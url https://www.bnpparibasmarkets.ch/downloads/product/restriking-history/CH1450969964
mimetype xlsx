--- v0 (2025-11-03)
+++ v1 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R774dc18f2bec4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d46e86838fa04612ae1f9aa1f5c643f6.psmdcp" Id="R28f725e8d6b54ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc3f6a3304d44836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/82a618d66bdb4c6ebc763c911bc463ed.psmdcp" Id="Rd7180e65bfac47c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450969964</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,114 +390,420 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E4"/>
+  <x:dimension ref="A1:E22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>11.54</x:v>
+        <x:v>10.55</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>213.939</x:v>
+        <x:v>227.025</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>237.71</x:v>
+        <x:v>252.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
+        <x:v>45987.9265972222</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C4" s="0">
+        <x:v>9.86</x:v>
+      </x:c>
+      <x:c r="D4" s="0">
+        <x:v>224.973</x:v>
+      </x:c>
+      <x:c r="E4" s="0">
+        <x:v>249.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:5">
+      <x:c r="A5" s="1">
+        <x:v>45986.9250925926</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C5" s="0">
+        <x:v>7.91</x:v>
+      </x:c>
+      <x:c r="D5" s="0">
+        <x:v>218.214</x:v>
+      </x:c>
+      <x:c r="E5" s="0">
+        <x:v>242.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="1">
+        <x:v>45982.9248842593</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C6" s="0">
+        <x:v>4.55</x:v>
+      </x:c>
+      <x:c r="D6" s="0">
+        <x:v>201.604</x:v>
+      </x:c>
+      <x:c r="E6" s="0">
+        <x:v>224.005</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>4.01</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>197.885</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>220.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>45981.3119560185</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>211.295</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>235.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>45980.9263773148</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>7.98</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>211.617</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>235.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>45979.9258333333</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>202.608</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>225.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>45978.9281712963</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>6.75</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>205.839</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>228.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>45975.925787037</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>6.19</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>203.409</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>226.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>45974.924837963</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>5.65</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>200.907</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>223.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>45973.9253125</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>7.64</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>207.657</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>230.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>45972.9253819444</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>7.14</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>205.803</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>228.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>45971.9254166667</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>9.15</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>211.572</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>235.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>45968.9254861111</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>207.063</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>230.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>45967.9277546296</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>8.89</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>210.177</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>233.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>45966.9253125</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>11.78</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>216.801</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>240.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>45965.92375</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>8.6</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>207.171</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>230.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>45964.9228703704</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>11.54</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>213.939</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>237.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
         <x:v>45961.8819791667</x:v>
       </x:c>
-      <x:c r="B4" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C4" s="0">
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D4" s="0">
+      <x:c r="D22" s="0">
         <x:v>209.79</x:v>
       </x:c>
-      <x:c r="E4" s="0">
+      <x:c r="E22" s="0">
         <x:v>233.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>