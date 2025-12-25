--- v1 (2025-11-29)
+++ v2 (2025-12-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc3f6a3304d44836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/82a618d66bdb4c6ebc763c911bc463ed.psmdcp" Id="Rd7180e65bfac47c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05eb507d63d6450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51f2aad4c9d447aba1ab6074e49bf688.psmdcp" Id="R24f8b8a508704dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450969964</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,420 +390,692 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E22"/>
+  <x:dimension ref="A1:E38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>10.55</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>227.025</x:v>
+        <x:v>234.207</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>252.25</x:v>
+        <x:v>260.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>9.86</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>224.973</x:v>
+        <x:v>233.109</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>249.97</x:v>
+        <x:v>259.01</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>7.91</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>218.214</x:v>
+        <x:v>230.769</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>242.46</x:v>
+        <x:v>256.41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>4.55</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>201.604</x:v>
+        <x:v>228.15</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>224.005</x:v>
+        <x:v>253.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.01</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>197.885</x:v>
+        <x:v>223.443</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>220.23</x:v>
+        <x:v>248.27</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>8.06</x:v>
+        <x:v>10.95</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>211.295</x:v>
+        <x:v>232.956</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>235.13</x:v>
+        <x:v>258.84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>7.98</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>211.617</x:v>
+        <x:v>235.143</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>235.13</x:v>
+        <x:v>261.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>5.9</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>202.608</x:v>
+        <x:v>233.289</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>225.12</x:v>
+        <x:v>259.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>6.75</x:v>
+        <x:v>16.56</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>205.839</x:v>
+        <x:v>243.099</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>228.71</x:v>
+        <x:v>270.11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>6.19</x:v>
+        <x:v>19.44</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>203.409</x:v>
+        <x:v>247.635</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>226.01</x:v>
+        <x:v>275.15</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>5.65</x:v>
+        <x:v>15.69</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>200.907</x:v>
+        <x:v>240.426</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>223.23</x:v>
+        <x:v>267.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>7.64</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>207.657</x:v>
+        <x:v>241.2</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>230.73</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>7.14</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>205.803</x:v>
+        <x:v>242.496</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>228.67</x:v>
+        <x:v>269.44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>9.15</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>211.572</x:v>
+        <x:v>241.767</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>235.08</x:v>
+        <x:v>268.63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>7.82</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>207.063</x:v>
+        <x:v>238.797</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>230.07</x:v>
+        <x:v>265.33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>8.89</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>210.177</x:v>
+        <x:v>229.275</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>233.53</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>11.78</x:v>
+        <x:v>10.55</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>216.801</x:v>
+        <x:v>227.025</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>240.89</x:v>
+        <x:v>252.25</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>8.6</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>207.171</x:v>
+        <x:v>224.973</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>230.19</x:v>
+        <x:v>249.97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>11.54</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>213.939</x:v>
+        <x:v>218.214</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>237.71</x:v>
+        <x:v>242.46</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
+        <x:v>45982.9248842593</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>4.55</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>201.604</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>224.005</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>4.01</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>197.885</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>220.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>45981.3119560185</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>211.295</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>235.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>45980.9263773148</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>7.98</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>211.617</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>235.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>45979.9258333333</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>202.608</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>225.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>45978.9281712963</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>6.75</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>205.839</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>228.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>45975.925787037</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>6.19</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>203.409</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>226.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>45974.924837963</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>5.65</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>200.907</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>223.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>45973.9253125</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>7.64</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>207.657</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>230.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>45972.9253819444</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>7.14</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>205.803</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>228.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>45971.9254166667</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>9.15</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>211.572</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>235.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>45968.9254861111</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>207.063</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>230.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>45967.9277546296</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>8.89</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>210.177</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>233.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>45966.9253125</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>11.78</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>216.801</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>240.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>45965.92375</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>8.6</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>207.171</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>230.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>45964.9228703704</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>11.54</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>213.939</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>237.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
         <x:v>45961.8819791667</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C22" s="0">
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D22" s="0">
+      <x:c r="D38" s="0">
         <x:v>209.79</x:v>
       </x:c>
-      <x:c r="E22" s="0">
+      <x:c r="E38" s="0">
         <x:v>233.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>