--- v2 (2025-12-25)
+++ v3 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05eb507d63d6450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51f2aad4c9d447aba1ab6074e49bf688.psmdcp" Id="R24f8b8a508704dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f577b11d9814484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cfa330b3c017442aab557347f7b4ae4b.psmdcp" Id="R8ff4dd53678044e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450969964</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,692 +390,1134 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E38"/>
+  <x:dimension ref="A1:E64"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>10.45</x:v>
+        <x:v>22.91</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>234.207</x:v>
+        <x:v>296.163</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>260.23</x:v>
+        <x:v>329.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>10.09</x:v>
+        <x:v>23.81</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>233.109</x:v>
+        <x:v>297.513</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>259.01</x:v>
+        <x:v>330.57</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>9.37</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>230.769</x:v>
+        <x:v>273.591</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>256.41</x:v>
+        <x:v>303.99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>8.59</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>228.15</x:v>
+        <x:v>267.84</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>253.5</x:v>
+        <x:v>297.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>7.36</x:v>
+        <x:v>24.39</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>223.443</x:v>
+        <x:v>286.803</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>248.27</x:v>
+        <x:v>318.67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>10.95</x:v>
+        <x:v>32.02</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>232.956</x:v>
+        <x:v>295.56</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>258.84</x:v>
+        <x:v>328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>11.85</x:v>
+        <x:v>50.51</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>235.143</x:v>
+        <x:v>307.206</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>261.27</x:v>
+        <x:v>341.34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>11.19</x:v>
+        <x:v>45.6</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>233.289</x:v>
+        <x:v>303.075</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>259.21</x:v>
+        <x:v>336.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>16.56</x:v>
+        <x:v>41.62</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>243.099</x:v>
+        <x:v>299.439</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>270.11</x:v>
+        <x:v>332.71</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>19.44</x:v>
+        <x:v>31.28</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>247.635</x:v>
+        <x:v>287.514</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>275.15</x:v>
+        <x:v>319.46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>15.69</x:v>
+        <x:v>33.87</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>240.426</x:v>
+        <x:v>290.142</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>267.14</x:v>
+        <x:v>322.38</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>16.2</x:v>
+        <x:v>31.11</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>241.2</x:v>
+        <x:v>286.906</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>268</x:v>
+        <x:v>318.785</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>16.95</x:v>
+        <x:v>37.04</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>242.496</x:v>
+        <x:v>292.716</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>269.44</x:v>
+        <x:v>325.24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>16.58</x:v>
+        <x:v>31.53</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>241.767</x:v>
+        <x:v>286.407</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>268.63</x:v>
+        <x:v>318.23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>15.1</x:v>
+        <x:v>40.44</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>238.797</x:v>
+        <x:v>294.309</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>265.33</x:v>
+        <x:v>327.01</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>11.34</x:v>
+        <x:v>33.77</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>229.275</x:v>
+        <x:v>287.172</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>254.75</x:v>
+        <x:v>319.08</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>10.55</x:v>
+        <x:v>23.22</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>227.025</x:v>
+        <x:v>271.701</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>252.25</x:v>
+        <x:v>301.89</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>9.86</x:v>
+        <x:v>25.23</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>224.973</x:v>
+        <x:v>274.383</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>249.97</x:v>
+        <x:v>304.87</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>7.91</x:v>
+        <x:v>26.93</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>218.214</x:v>
+        <x:v>276.516</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>242.46</x:v>
+        <x:v>307.24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>4.55</x:v>
+        <x:v>23.28</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>201.604</x:v>
+        <x:v>271.062</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>224.005</x:v>
+        <x:v>301.18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>4.01</x:v>
+        <x:v>14.98</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>197.885</x:v>
+        <x:v>253.476</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>220.23</x:v>
+        <x:v>281.64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>8.06</x:v>
+        <x:v>21.12</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>211.295</x:v>
+        <x:v>262.98</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>235.13</x:v>
+        <x:v>292.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>7.98</x:v>
+        <x:v>23.58</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>211.617</x:v>
+        <x:v>266.409</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>235.13</x:v>
+        <x:v>296.01</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>5.9</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>202.608</x:v>
+        <x:v>255.888</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>225.12</x:v>
+        <x:v>284.32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>6.75</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>205.839</x:v>
+        <x:v>233.973</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>228.71</x:v>
+        <x:v>259.97</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>6.19</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>203.409</x:v>
+        <x:v>236.745</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>226.01</x:v>
+        <x:v>263.05</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>5.65</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>200.907</x:v>
+        <x:v>234.207</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>223.23</x:v>
+        <x:v>260.23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>7.64</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>207.657</x:v>
+        <x:v>233.109</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>230.73</x:v>
+        <x:v>259.01</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>7.14</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>205.803</x:v>
+        <x:v>230.769</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>228.67</x:v>
+        <x:v>256.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>9.15</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>211.572</x:v>
+        <x:v>228.15</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>235.08</x:v>
+        <x:v>253.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>7.82</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>207.063</x:v>
+        <x:v>223.443</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>230.07</x:v>
+        <x:v>248.27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>8.89</x:v>
+        <x:v>10.95</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>210.177</x:v>
+        <x:v>232.956</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>233.53</x:v>
+        <x:v>258.84</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>11.78</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>216.801</x:v>
+        <x:v>235.143</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>240.89</x:v>
+        <x:v>261.27</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>8.6</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>207.171</x:v>
+        <x:v>233.289</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>230.19</x:v>
+        <x:v>259.21</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>11.54</x:v>
+        <x:v>16.56</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>213.939</x:v>
+        <x:v>243.099</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>237.71</x:v>
+        <x:v>270.11</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
+        <x:v>46001.9271064815</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>19.44</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>247.635</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>275.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>46000.9275578704</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>15.69</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>240.426</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>267.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>45996.9307291667</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>16.2</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>241.2</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>268</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45995.9303472222</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>16.95</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>242.496</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>269.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45994.9277546296</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>16.58</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>241.767</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>268.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45993.9303703704</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>15.1</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>238.797</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>265.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45992.9297569444</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>11.34</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>229.275</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>254.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45989.8196643519</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>10.55</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>227.025</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>252.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45987.9265972222</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>9.86</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>224.973</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>249.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45986.9250925926</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>7.91</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>218.214</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>242.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45982.9248842593</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>4.55</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>201.604</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>224.005</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>4.01</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>197.885</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>220.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45981.3119560185</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>211.295</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>235.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45980.9263773148</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>7.98</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>211.617</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>235.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45979.9258333333</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>202.608</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>225.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45978.9281712963</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>6.75</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>205.839</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>228.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45975.925787037</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>6.19</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>203.409</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>226.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45974.924837963</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>5.65</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>200.907</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>223.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45973.9253125</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>7.64</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>207.657</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>230.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45972.9253819444</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>7.14</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>205.803</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>228.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45971.9254166667</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>9.15</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>211.572</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>235.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45968.9254861111</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>207.063</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>230.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45967.9277546296</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>8.89</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>210.177</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>233.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45966.9253125</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>11.78</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>216.801</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>240.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45965.92375</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>8.6</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>207.171</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>230.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45964.9228703704</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>11.54</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>213.939</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>237.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
         <x:v>45961.8819791667</x:v>
       </x:c>
-      <x:c r="B38" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C38" s="0">
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D38" s="0">
+      <x:c r="D64" s="0">
         <x:v>209.79</x:v>
       </x:c>
-      <x:c r="E38" s="0">
+      <x:c r="E64" s="0">
         <x:v>233.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>