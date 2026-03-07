--- v3 (2026-02-11)
+++ v4 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f577b11d9814484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cfa330b3c017442aab557347f7b4ae4b.psmdcp" Id="R8ff4dd53678044e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4872a26590b4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab7cd40fafc44ab28aa314c089b20b71.psmdcp" Id="R146bb39fe8a84b8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450969964</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1134 +390,1423 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E64"/>
+  <x:dimension ref="A1:E81"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>22.91</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>296.163</x:v>
+        <x:v>292.266</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>329.07</x:v>
+        <x:v>324.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46062.9247106481</x:v>
+        <x:v>46086.9325115741</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>23.81</x:v>
+        <x:v>19.65</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>297.513</x:v>
+        <x:v>311.877</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>330.57</x:v>
+        <x:v>346.53</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46085.9285532407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>13.4</x:v>
+        <x:v>26.3</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>273.591</x:v>
+        <x:v>321.984</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>303.99</x:v>
+        <x:v>357.76</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46084.9254976852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>11.45</x:v>
+        <x:v>22.96</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>267.84</x:v>
+        <x:v>316.188</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>297.6</x:v>
+        <x:v>351.32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46083.9256365741</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>24.39</x:v>
+        <x:v>41.73</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>286.803</x:v>
+        <x:v>334.962</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>318.67</x:v>
+        <x:v>372.18</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46055.9254861111</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>32.02</x:v>
+        <x:v>42.02</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>295.56</x:v>
+        <x:v>335.07</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>328.4</x:v>
+        <x:v>372.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46051.9256018518</x:v>
+        <x:v>46079.9259027778</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>50.51</x:v>
+        <x:v>45.38</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>307.206</x:v>
+        <x:v>338.148</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>341.34</x:v>
+        <x:v>375.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>45.6</x:v>
+        <x:v>74.55</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>303.075</x:v>
+        <x:v>355.455</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>336.75</x:v>
+        <x:v>394.95</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46077.925462963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>41.62</x:v>
+        <x:v>54.86</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>299.439</x:v>
+        <x:v>340.137</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>332.71</x:v>
+        <x:v>377.93</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46048.924849537</x:v>
+        <x:v>46073.9253356481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>31.28</x:v>
+        <x:v>52.48</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>287.514</x:v>
+        <x:v>337.842</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>319.46</x:v>
+        <x:v>375.38</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46045.9251157407</x:v>
+        <x:v>46072.9253819444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>33.87</x:v>
+        <x:v>46.91</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>290.142</x:v>
+        <x:v>332.525</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>322.38</x:v>
+        <x:v>369.83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46044.9246064815</x:v>
+        <x:v>46072.3124768519</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>31.11</x:v>
+        <x:v>46.39</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>286.906</x:v>
+        <x:v>332.048</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>318.785</x:v>
+        <x:v>369.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46071.9253935185</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>37.04</x:v>
+        <x:v>46.13</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>292.716</x:v>
+        <x:v>332.37</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>325.24</x:v>
+        <x:v>369.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>31.53</x:v>
+        <x:v>37.65</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>286.407</x:v>
+        <x:v>323.217</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>318.23</x:v>
+        <x:v>359.13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46066.9254976852</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>40.44</x:v>
+        <x:v>34.55</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>294.309</x:v>
+        <x:v>319.419</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>327.01</x:v>
+        <x:v>354.91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>33.77</x:v>
+        <x:v>21.04</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>287.172</x:v>
+        <x:v>295.551</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>319.08</x:v>
+        <x:v>328.39</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>23.22</x:v>
+        <x:v>28.9</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>271.701</x:v>
+        <x:v>305.892</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>301.89</x:v>
+        <x:v>339.88</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>25.23</x:v>
+        <x:v>22.91</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>274.383</x:v>
+        <x:v>296.163</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>304.87</x:v>
+        <x:v>329.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>26.93</x:v>
+        <x:v>23.81</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>276.516</x:v>
+        <x:v>297.513</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>307.24</x:v>
+        <x:v>330.57</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>23.28</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>271.062</x:v>
+        <x:v>273.591</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>301.18</x:v>
+        <x:v>303.99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>14.98</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>253.476</x:v>
+        <x:v>267.84</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>281.64</x:v>
+        <x:v>297.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>21.12</x:v>
+        <x:v>24.39</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>262.98</x:v>
+        <x:v>286.803</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>292.2</x:v>
+        <x:v>318.67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>23.58</x:v>
+        <x:v>32.02</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>266.409</x:v>
+        <x:v>295.56</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>296.01</x:v>
+        <x:v>328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>17.76</x:v>
+        <x:v>50.51</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>255.888</x:v>
+        <x:v>307.206</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>284.32</x:v>
+        <x:v>341.34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>10.2</x:v>
+        <x:v>45.6</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>233.973</x:v>
+        <x:v>303.075</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>259.97</x:v>
+        <x:v>336.75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>11.27</x:v>
+        <x:v>41.62</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>236.745</x:v>
+        <x:v>299.439</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>263.05</x:v>
+        <x:v>332.71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>10.45</x:v>
+        <x:v>31.28</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>234.207</x:v>
+        <x:v>287.514</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>260.23</x:v>
+        <x:v>319.46</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>10.09</x:v>
+        <x:v>33.87</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>233.109</x:v>
+        <x:v>290.142</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>259.01</x:v>
+        <x:v>322.38</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>9.37</x:v>
+        <x:v>31.11</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>230.769</x:v>
+        <x:v>286.906</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>256.41</x:v>
+        <x:v>318.785</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>8.59</x:v>
+        <x:v>37.04</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>228.15</x:v>
+        <x:v>292.716</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>253.5</x:v>
+        <x:v>325.24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>7.36</x:v>
+        <x:v>31.53</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>223.443</x:v>
+        <x:v>286.407</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>248.27</x:v>
+        <x:v>318.23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>10.95</x:v>
+        <x:v>40.44</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>232.956</x:v>
+        <x:v>294.309</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>258.84</x:v>
+        <x:v>327.01</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>11.85</x:v>
+        <x:v>33.77</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>235.143</x:v>
+        <x:v>287.172</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>261.27</x:v>
+        <x:v>319.08</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>11.19</x:v>
+        <x:v>23.22</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>233.289</x:v>
+        <x:v>271.701</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>259.21</x:v>
+        <x:v>301.89</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>16.56</x:v>
+        <x:v>25.23</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>243.099</x:v>
+        <x:v>274.383</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>270.11</x:v>
+        <x:v>304.87</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>19.44</x:v>
+        <x:v>26.93</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>247.635</x:v>
+        <x:v>276.516</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>275.15</x:v>
+        <x:v>307.24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>15.69</x:v>
+        <x:v>23.28</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>240.426</x:v>
+        <x:v>271.062</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>267.14</x:v>
+        <x:v>301.18</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>16.2</x:v>
+        <x:v>14.98</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>241.2</x:v>
+        <x:v>253.476</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>268</x:v>
+        <x:v>281.64</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>16.95</x:v>
+        <x:v>21.12</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>242.496</x:v>
+        <x:v>262.98</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>269.44</x:v>
+        <x:v>292.2</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>16.58</x:v>
+        <x:v>23.58</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>241.767</x:v>
+        <x:v>266.409</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>268.63</x:v>
+        <x:v>296.01</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>15.1</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>238.797</x:v>
+        <x:v>255.888</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>265.33</x:v>
+        <x:v>284.32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>11.34</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>229.275</x:v>
+        <x:v>233.973</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>254.75</x:v>
+        <x:v>259.97</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>10.55</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>227.025</x:v>
+        <x:v>236.745</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>252.25</x:v>
+        <x:v>263.05</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>9.86</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>224.973</x:v>
+        <x:v>234.207</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>249.97</x:v>
+        <x:v>260.23</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>7.91</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>218.214</x:v>
+        <x:v>233.109</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>242.46</x:v>
+        <x:v>259.01</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>4.55</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>201.604</x:v>
+        <x:v>230.769</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>224.005</x:v>
+        <x:v>256.41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>4.01</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>197.885</x:v>
+        <x:v>228.15</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>220.23</x:v>
+        <x:v>253.5</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>8.06</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>211.295</x:v>
+        <x:v>223.443</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>235.13</x:v>
+        <x:v>248.27</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>7.98</x:v>
+        <x:v>10.95</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>211.617</x:v>
+        <x:v>232.956</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>235.13</x:v>
+        <x:v>258.84</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>5.9</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>202.608</x:v>
+        <x:v>235.143</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>225.12</x:v>
+        <x:v>261.27</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>6.75</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>205.839</x:v>
+        <x:v>233.289</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>228.71</x:v>
+        <x:v>259.21</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>6.19</x:v>
+        <x:v>16.56</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>203.409</x:v>
+        <x:v>243.099</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>226.01</x:v>
+        <x:v>270.11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>5.65</x:v>
+        <x:v>19.44</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>200.907</x:v>
+        <x:v>247.635</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>223.23</x:v>
+        <x:v>275.15</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>7.64</x:v>
+        <x:v>15.69</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>207.657</x:v>
+        <x:v>240.426</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>230.73</x:v>
+        <x:v>267.14</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>7.14</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>205.803</x:v>
+        <x:v>241.2</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>228.67</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>9.15</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>211.572</x:v>
+        <x:v>242.496</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>235.08</x:v>
+        <x:v>269.44</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>7.82</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>207.063</x:v>
+        <x:v>241.767</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>230.07</x:v>
+        <x:v>268.63</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>8.89</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>210.177</x:v>
+        <x:v>238.797</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>233.53</x:v>
+        <x:v>265.33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>11.78</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>216.801</x:v>
+        <x:v>229.275</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>240.89</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>8.6</x:v>
+        <x:v>10.55</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>207.171</x:v>
+        <x:v>227.025</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>230.19</x:v>
+        <x:v>252.25</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>11.54</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>213.939</x:v>
+        <x:v>224.973</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>237.71</x:v>
+        <x:v>249.97</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
+        <x:v>45986.9250925926</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>7.91</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>218.214</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>242.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45982.9248842593</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>4.55</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>201.604</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>224.005</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>4.01</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>197.885</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>220.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45981.3119560185</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>211.295</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>235.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45980.9263773148</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>7.98</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>211.617</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>235.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45979.9258333333</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>202.608</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>225.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45978.9281712963</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>6.75</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>205.839</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>228.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45975.925787037</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>6.19</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>203.409</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>226.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45974.924837963</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>5.65</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>200.907</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>223.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45973.9253125</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>7.64</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>207.657</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>230.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45972.9253819444</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>7.14</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>205.803</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>228.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45971.9254166667</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>9.15</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>211.572</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>235.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45968.9254861111</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>207.063</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>230.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45967.9277546296</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>8.89</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>210.177</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>233.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45966.9253125</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>11.78</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>216.801</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>240.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45965.92375</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>8.6</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>207.171</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>230.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45964.9228703704</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>11.54</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>213.939</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>237.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
         <x:v>45961.8819791667</x:v>
       </x:c>
-      <x:c r="B64" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C64" s="0">
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D64" s="0">
+      <x:c r="D81" s="0">
         <x:v>209.79</x:v>
       </x:c>
-      <x:c r="E64" s="0">
+      <x:c r="E81" s="0">
         <x:v>233.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>