--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4872a26590b4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab7cd40fafc44ab28aa314c089b20b71.psmdcp" Id="R146bb39fe8a84b8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9039ea4d9eaf46dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45056a96a0a043ccade4a8db802821ec.psmdcp" Id="R7e58969d847c48e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450969964</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1423 +390,1661 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E81"/>
+  <x:dimension ref="A1:E95"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.9262847222</x:v>
+        <x:v>46107.8849884259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>9.74</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>292.266</x:v>
+        <x:v>304.695</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>324.74</x:v>
+        <x:v>338.55</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46086.9325115741</x:v>
+        <x:v>46106.885150463</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>19.65</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>311.877</x:v>
+        <x:v>332.406</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>346.53</x:v>
+        <x:v>369.34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46085.9285532407</x:v>
+        <x:v>46105.8848726852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>26.3</x:v>
+        <x:v>24.66</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>321.984</x:v>
+        <x:v>336.591</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>357.76</x:v>
+        <x:v>373.99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46084.9254976852</x:v>
+        <x:v>46104.8850925926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>22.96</x:v>
+        <x:v>19.44</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>316.188</x:v>
+        <x:v>325.611</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>351.32</x:v>
+        <x:v>361.79</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46083.9256365741</x:v>
+        <x:v>46101.8853472222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>41.73</x:v>
+        <x:v>17.64</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>334.962</x:v>
+        <x:v>321.354</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>372.18</x:v>
+        <x:v>357.06</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46080.9257523148</x:v>
+        <x:v>46100.8877314815</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>42.02</x:v>
+        <x:v>17.73</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>335.07</x:v>
+        <x:v>321.489</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>372.3</x:v>
+        <x:v>357.21</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46079.9259027778</x:v>
+        <x:v>46099.8875925926</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>45.38</x:v>
+        <x:v>15.08</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>338.148</x:v>
+        <x:v>314.523</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>375.72</x:v>
+        <x:v>349.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46078.925775463</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>74.55</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>355.455</x:v>
+        <x:v>317.214</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>394.95</x:v>
+        <x:v>352.46</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46077.925462963</x:v>
+        <x:v>46097.8857060185</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>54.86</x:v>
+        <x:v>14.16</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>340.137</x:v>
+        <x:v>311.562</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>377.93</x:v>
+        <x:v>346.18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46073.9253356481</x:v>
+        <x:v>46094.8846296296</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>52.48</x:v>
+        <x:v>12.82</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>337.842</x:v>
+        <x:v>307.377</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>375.38</x:v>
+        <x:v>341.53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46072.9253819444</x:v>
+        <x:v>46093.8852777778</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>46.91</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>332.525</x:v>
+        <x:v>303.543</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>369.83</x:v>
+        <x:v>337.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46072.3124768519</x:v>
+        <x:v>46092.884837963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>46.39</x:v>
+        <x:v>17.04</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>332.048</x:v>
+        <x:v>315.963</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>369.3</x:v>
+        <x:v>351.07</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46071.9253935185</x:v>
+        <x:v>46091.8851157407</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>46.13</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>332.37</x:v>
+        <x:v>311.292</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>369.3</x:v>
+        <x:v>345.88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46070.9253472222</x:v>
+        <x:v>46090.8887384259</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>37.65</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>323.217</x:v>
+        <x:v>305.046</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>359.13</x:v>
+        <x:v>338.94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46066.9254976852</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>34.55</x:v>
+        <x:v>9.74</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>319.419</x:v>
+        <x:v>292.266</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>354.91</x:v>
+        <x:v>324.74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46065.9253703704</x:v>
+        <x:v>46086.9325115741</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>21.04</x:v>
+        <x:v>19.65</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>295.551</x:v>
+        <x:v>311.877</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>328.39</x:v>
+        <x:v>346.53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46064.9256481481</x:v>
+        <x:v>46085.9285532407</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>28.9</x:v>
+        <x:v>26.3</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>305.892</x:v>
+        <x:v>321.984</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>339.88</x:v>
+        <x:v>357.76</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46084.9254976852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>22.91</x:v>
+        <x:v>22.96</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>296.163</x:v>
+        <x:v>316.188</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>329.07</x:v>
+        <x:v>351.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46062.9247106481</x:v>
+        <x:v>46083.9256365741</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>23.81</x:v>
+        <x:v>41.73</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>297.513</x:v>
+        <x:v>334.962</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>330.57</x:v>
+        <x:v>372.18</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>13.4</x:v>
+        <x:v>42.02</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>273.591</x:v>
+        <x:v>335.07</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>303.99</x:v>
+        <x:v>372.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46079.9259027778</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>11.45</x:v>
+        <x:v>45.38</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>267.84</x:v>
+        <x:v>338.148</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>297.6</x:v>
+        <x:v>375.72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>24.39</x:v>
+        <x:v>74.55</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>286.803</x:v>
+        <x:v>355.455</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>318.67</x:v>
+        <x:v>394.95</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46055.9254861111</x:v>
+        <x:v>46077.925462963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>32.02</x:v>
+        <x:v>54.86</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>295.56</x:v>
+        <x:v>340.137</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>328.4</x:v>
+        <x:v>377.93</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46051.9256018518</x:v>
+        <x:v>46073.9253356481</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>50.51</x:v>
+        <x:v>52.48</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>307.206</x:v>
+        <x:v>337.842</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>341.34</x:v>
+        <x:v>375.38</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46072.9253819444</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>45.6</x:v>
+        <x:v>46.91</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>303.075</x:v>
+        <x:v>332.525</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>336.75</x:v>
+        <x:v>369.83</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46072.3124768519</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>41.62</x:v>
+        <x:v>46.39</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>299.439</x:v>
+        <x:v>332.048</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>332.71</x:v>
+        <x:v>369.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46048.924849537</x:v>
+        <x:v>46071.9253935185</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>31.28</x:v>
+        <x:v>46.13</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>287.514</x:v>
+        <x:v>332.37</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>319.46</x:v>
+        <x:v>369.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46045.9251157407</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>33.87</x:v>
+        <x:v>37.65</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>290.142</x:v>
+        <x:v>323.217</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>322.38</x:v>
+        <x:v>359.13</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46044.9246064815</x:v>
+        <x:v>46066.9254976852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>31.11</x:v>
+        <x:v>34.55</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>286.906</x:v>
+        <x:v>319.419</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>318.785</x:v>
+        <x:v>354.91</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>37.04</x:v>
+        <x:v>21.04</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>292.716</x:v>
+        <x:v>295.551</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>325.24</x:v>
+        <x:v>328.39</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>31.53</x:v>
+        <x:v>28.9</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>286.407</x:v>
+        <x:v>305.892</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>318.23</x:v>
+        <x:v>339.88</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>40.44</x:v>
+        <x:v>22.91</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>294.309</x:v>
+        <x:v>296.163</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>327.01</x:v>
+        <x:v>329.07</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>33.77</x:v>
+        <x:v>23.81</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>287.172</x:v>
+        <x:v>297.513</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>319.08</x:v>
+        <x:v>330.57</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>23.22</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>271.701</x:v>
+        <x:v>273.591</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>301.89</x:v>
+        <x:v>303.99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>25.23</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>274.383</x:v>
+        <x:v>267.84</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>304.87</x:v>
+        <x:v>297.6</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>26.93</x:v>
+        <x:v>24.39</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>276.516</x:v>
+        <x:v>286.803</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>307.24</x:v>
+        <x:v>318.67</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>23.28</x:v>
+        <x:v>32.02</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>271.062</x:v>
+        <x:v>295.56</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>301.18</x:v>
+        <x:v>328.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>14.98</x:v>
+        <x:v>50.51</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>253.476</x:v>
+        <x:v>307.206</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>281.64</x:v>
+        <x:v>341.34</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>21.12</x:v>
+        <x:v>45.6</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>262.98</x:v>
+        <x:v>303.075</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>292.2</x:v>
+        <x:v>336.75</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>23.58</x:v>
+        <x:v>41.62</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>266.409</x:v>
+        <x:v>299.439</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>296.01</x:v>
+        <x:v>332.71</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>17.76</x:v>
+        <x:v>31.28</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>255.888</x:v>
+        <x:v>287.514</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>284.32</x:v>
+        <x:v>319.46</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>10.2</x:v>
+        <x:v>33.87</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>233.973</x:v>
+        <x:v>290.142</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>259.97</x:v>
+        <x:v>322.38</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>11.27</x:v>
+        <x:v>31.11</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>236.745</x:v>
+        <x:v>286.906</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>263.05</x:v>
+        <x:v>318.785</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>10.45</x:v>
+        <x:v>37.04</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>234.207</x:v>
+        <x:v>292.716</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>260.23</x:v>
+        <x:v>325.24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>10.09</x:v>
+        <x:v>31.53</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>233.109</x:v>
+        <x:v>286.407</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>259.01</x:v>
+        <x:v>318.23</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>9.37</x:v>
+        <x:v>40.44</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>230.769</x:v>
+        <x:v>294.309</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>256.41</x:v>
+        <x:v>327.01</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>8.59</x:v>
+        <x:v>33.77</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>228.15</x:v>
+        <x:v>287.172</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>253.5</x:v>
+        <x:v>319.08</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>7.36</x:v>
+        <x:v>23.22</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>223.443</x:v>
+        <x:v>271.701</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>248.27</x:v>
+        <x:v>301.89</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>10.95</x:v>
+        <x:v>25.23</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>232.956</x:v>
+        <x:v>274.383</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>258.84</x:v>
+        <x:v>304.87</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>11.85</x:v>
+        <x:v>26.93</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>235.143</x:v>
+        <x:v>276.516</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>261.27</x:v>
+        <x:v>307.24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>11.19</x:v>
+        <x:v>23.28</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>233.289</x:v>
+        <x:v>271.062</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>259.21</x:v>
+        <x:v>301.18</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>16.56</x:v>
+        <x:v>14.98</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>243.099</x:v>
+        <x:v>253.476</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>270.11</x:v>
+        <x:v>281.64</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>19.44</x:v>
+        <x:v>21.12</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>247.635</x:v>
+        <x:v>262.98</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>275.15</x:v>
+        <x:v>292.2</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>15.69</x:v>
+        <x:v>23.58</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>240.426</x:v>
+        <x:v>266.409</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>267.14</x:v>
+        <x:v>296.01</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>16.2</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>241.2</x:v>
+        <x:v>255.888</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>268</x:v>
+        <x:v>284.32</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>16.95</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>242.496</x:v>
+        <x:v>233.973</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>269.44</x:v>
+        <x:v>259.97</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>16.58</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>241.767</x:v>
+        <x:v>236.745</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>268.63</x:v>
+        <x:v>263.05</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>15.1</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>238.797</x:v>
+        <x:v>234.207</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>265.33</x:v>
+        <x:v>260.23</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>11.34</x:v>
+        <x:v>10.09</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>229.275</x:v>
+        <x:v>233.109</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>254.75</x:v>
+        <x:v>259.01</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>10.55</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>227.025</x:v>
+        <x:v>230.769</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>252.25</x:v>
+        <x:v>256.41</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>9.86</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>224.973</x:v>
+        <x:v>228.15</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>249.97</x:v>
+        <x:v>253.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>7.91</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>218.214</x:v>
+        <x:v>223.443</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>242.46</x:v>
+        <x:v>248.27</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>4.55</x:v>
+        <x:v>10.95</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>201.604</x:v>
+        <x:v>232.956</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>224.005</x:v>
+        <x:v>258.84</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>4.01</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>197.885</x:v>
+        <x:v>235.143</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>220.23</x:v>
+        <x:v>261.27</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>8.06</x:v>
+        <x:v>11.19</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>211.295</x:v>
+        <x:v>233.289</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>235.13</x:v>
+        <x:v>259.21</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>7.98</x:v>
+        <x:v>16.56</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>211.617</x:v>
+        <x:v>243.099</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>235.13</x:v>
+        <x:v>270.11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>5.9</x:v>
+        <x:v>19.44</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>202.608</x:v>
+        <x:v>247.635</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>225.12</x:v>
+        <x:v>275.15</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>6.75</x:v>
+        <x:v>15.69</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>205.839</x:v>
+        <x:v>240.426</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>228.71</x:v>
+        <x:v>267.14</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>6.19</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>203.409</x:v>
+        <x:v>241.2</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>226.01</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>5.65</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>200.907</x:v>
+        <x:v>242.496</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>223.23</x:v>
+        <x:v>269.44</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>7.64</x:v>
+        <x:v>16.58</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>207.657</x:v>
+        <x:v>241.767</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>230.73</x:v>
+        <x:v>268.63</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>7.14</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>205.803</x:v>
+        <x:v>238.797</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>228.67</x:v>
+        <x:v>265.33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>9.15</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>211.572</x:v>
+        <x:v>229.275</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>235.08</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>7.82</x:v>
+        <x:v>10.55</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>207.063</x:v>
+        <x:v>227.025</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>230.07</x:v>
+        <x:v>252.25</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>8.89</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>210.177</x:v>
+        <x:v>224.973</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>233.53</x:v>
+        <x:v>249.97</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>11.78</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>216.801</x:v>
+        <x:v>218.214</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>240.89</x:v>
+        <x:v>242.46</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>8.6</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>207.171</x:v>
+        <x:v>201.604</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>230.19</x:v>
+        <x:v>224.005</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>11.54</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>213.939</x:v>
+        <x:v>197.885</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>237.71</x:v>
+        <x:v>220.23</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
+        <x:v>45981.3119560185</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>211.295</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>235.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45980.9263773148</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>7.98</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>211.617</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>235.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45979.9258333333</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>202.608</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>225.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45978.9281712963</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>6.75</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>205.839</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>228.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45975.925787037</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>6.19</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>203.409</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>226.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45974.924837963</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>5.65</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>200.907</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>223.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45973.9253125</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>7.64</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>207.657</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>230.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45972.9253819444</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>7.14</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>205.803</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>228.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45971.9254166667</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>9.15</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>211.572</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>235.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45968.9254861111</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>207.063</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>230.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45967.9277546296</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>8.89</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>210.177</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>233.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45966.9253125</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>11.78</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>216.801</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>240.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45965.92375</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>8.6</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>207.171</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>230.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45964.9228703704</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>11.54</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>213.939</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>237.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
         <x:v>45961.8819791667</x:v>
       </x:c>
-      <x:c r="B81" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C81" s="0">
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D81" s="0">
+      <x:c r="D95" s="0">
         <x:v>209.79</x:v>
       </x:c>
-      <x:c r="E81" s="0">
+      <x:c r="E95" s="0">
         <x:v>233.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>