--- v0 (2025-11-03)
+++ v1 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18920273577c4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17162f098e0d4609843f2af6c545877a.psmdcp" Id="Rd192ec53e7d6477b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb734fa3c51034482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eac5473898e8446e97b2c338564ef3de.psmdcp" Id="R5ca8f3ab5e5f4c78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450969741</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,114 +390,420 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E4"/>
+  <x:dimension ref="A1:E22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>9.46</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>246.181</x:v>
+        <x:v>255.148</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>269.05</x:v>
+        <x:v>278.85</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
+        <x:v>45987.9265972222</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C4" s="0">
+        <x:v>11.6</x:v>
+      </x:c>
+      <x:c r="D4" s="0">
+        <x:v>253.958</x:v>
+      </x:c>
+      <x:c r="E4" s="0">
+        <x:v>277.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:5">
+      <x:c r="A5" s="1">
+        <x:v>45986.9250925926</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C5" s="0">
+        <x:v>11.39</x:v>
+      </x:c>
+      <x:c r="D5" s="0">
+        <x:v>253.428</x:v>
+      </x:c>
+      <x:c r="E5" s="0">
+        <x:v>276.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5">
+      <x:c r="A6" s="1">
+        <x:v>45982.9248842593</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C6" s="0">
+        <x:v>9.49</x:v>
+      </x:c>
+      <x:c r="D6" s="0">
+        <x:v>248.413</x:v>
+      </x:c>
+      <x:c r="E6" s="0">
+        <x:v>271.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:5">
+      <x:c r="A7" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D7" s="0">
+        <x:v>243.619</x:v>
+      </x:c>
+      <x:c r="E7" s="0">
+        <x:v>266.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:5">
+      <x:c r="A8" s="1">
+        <x:v>45980.9263773148</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C8" s="0">
+        <x:v>8.71</x:v>
+      </x:c>
+      <x:c r="D8" s="0">
+        <x:v>245.732</x:v>
+      </x:c>
+      <x:c r="E8" s="0">
+        <x:v>268.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:5">
+      <x:c r="A9" s="1">
+        <x:v>45979.9258333333</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C9" s="0">
+        <x:v>8.37</x:v>
+      </x:c>
+      <x:c r="D9" s="0">
+        <x:v>244.708</x:v>
+      </x:c>
+      <x:c r="E9" s="0">
+        <x:v>267.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="1">
+        <x:v>45978.9281712963</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C10" s="0">
+        <x:v>8.39</x:v>
+      </x:c>
+      <x:c r="D10" s="0">
+        <x:v>244.726</x:v>
+      </x:c>
+      <x:c r="E10" s="0">
+        <x:v>267.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="1">
+        <x:v>45975.925787037</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C11" s="0">
+        <x:v>10.33</x:v>
+      </x:c>
+      <x:c r="D11" s="0">
+        <x:v>249.255</x:v>
+      </x:c>
+      <x:c r="E11" s="0">
+        <x:v>272.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="1">
+        <x:v>45974.924837963</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C12" s="0">
+        <x:v>10.55</x:v>
+      </x:c>
+      <x:c r="D12" s="0">
+        <x:v>249.749</x:v>
+      </x:c>
+      <x:c r="E12" s="0">
+        <x:v>272.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="1">
+        <x:v>45973.9253125</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C13" s="0">
+        <x:v>10.78</x:v>
+      </x:c>
+      <x:c r="D13" s="0">
+        <x:v>250.225</x:v>
+      </x:c>
+      <x:c r="E13" s="0">
+        <x:v>273.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="1">
+        <x:v>45972.9253819444</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C14" s="0">
+        <x:v>11.55</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
+        <x:v>251.854</x:v>
+      </x:c>
+      <x:c r="E14" s="0">
+        <x:v>275.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="1">
+        <x:v>45971.9254166667</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C15" s="0">
+        <x:v>9.51</x:v>
+      </x:c>
+      <x:c r="D15" s="0">
+        <x:v>246.346</x:v>
+      </x:c>
+      <x:c r="E15" s="0">
+        <x:v>269.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="1">
+        <x:v>45971.2992592593</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C16" s="0">
+        <x:v>9.18</x:v>
+      </x:c>
+      <x:c r="D16" s="0">
+        <x:v>245.468</x:v>
+      </x:c>
+      <x:c r="E16" s="0">
+        <x:v>268.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="1">
+        <x:v>45968.9254861111</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C17" s="0">
+        <x:v>9.17</x:v>
+      </x:c>
+      <x:c r="D17" s="0">
+        <x:v>245.65</x:v>
+      </x:c>
+      <x:c r="E17" s="0">
+        <x:v>268.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:5">
+      <x:c r="A18" s="1">
+        <x:v>45967.9277546296</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C18" s="0">
+        <x:v>9.65</x:v>
+      </x:c>
+      <x:c r="D18" s="0">
+        <x:v>246.84</x:v>
+      </x:c>
+      <x:c r="E18" s="0">
+        <x:v>269.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="1">
+        <x:v>45966.9253125</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C19" s="0">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="D19" s="0">
+        <x:v>247.178</x:v>
+      </x:c>
+      <x:c r="E19" s="0">
+        <x:v>270.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="1">
+        <x:v>45965.92375</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C20" s="0">
+        <x:v>9.79</x:v>
+      </x:c>
+      <x:c r="D20" s="0">
+        <x:v>247.087</x:v>
+      </x:c>
+      <x:c r="E20" s="0">
+        <x:v>270.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="1">
+        <x:v>45964.9228703704</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C21" s="0">
+        <x:v>9.46</x:v>
+      </x:c>
+      <x:c r="D21" s="0">
+        <x:v>246.181</x:v>
+      </x:c>
+      <x:c r="E21" s="0">
+        <x:v>269.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="1">
         <x:v>45961.8819791667</x:v>
       </x:c>
-      <x:c r="B4" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C4" s="0">
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D4" s="0">
+      <x:c r="D22" s="0">
         <x:v>247.389</x:v>
       </x:c>
-      <x:c r="E4" s="0">
+      <x:c r="E22" s="0">
         <x:v>270.37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>