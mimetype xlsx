--- v1 (2025-11-29)
+++ v2 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb734fa3c51034482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eac5473898e8446e97b2c338564ef3de.psmdcp" Id="R5ca8f3ab5e5f4c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f1358c99914c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f28bd961d9d423d83c8547bf3e04e52.psmdcp" Id="Ra13c587c46754cee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450969741</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,420 +390,1151 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E22"/>
+  <x:dimension ref="A1:E65"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>12.1</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>255.148</x:v>
+        <x:v>250.417</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>278.85</x:v>
+        <x:v>273.68</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>11.6</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>253.958</x:v>
+        <x:v>251.095</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>277.55</x:v>
+        <x:v>274.62</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46062.2991203704</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>11.39</x:v>
+        <x:v>7.56</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>253.428</x:v>
+        <x:v>254.298</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>276.97</x:v>
+        <x:v>278.12</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>9.49</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>248.413</x:v>
+        <x:v>252.458</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>271.49</x:v>
+        <x:v>275.91</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>7.94</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>243.619</x:v>
+        <x:v>252.988</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>266.25</x:v>
+        <x:v>276.49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>8.71</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>245.732</x:v>
+        <x:v>246.574</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>268.56</x:v>
+        <x:v>269.48</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>8.37</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>244.708</x:v>
+        <x:v>247.059</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>267.44</x:v>
+        <x:v>270.01</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>8.39</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>244.726</x:v>
+        <x:v>236.326</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>267.46</x:v>
+        <x:v>258.28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>10.33</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>249.255</x:v>
+        <x:v>234.643</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>272.41</x:v>
+        <x:v>256.44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>10.55</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>249.749</x:v>
+        <x:v>236.317</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>272.95</x:v>
+        <x:v>258.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>10.78</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>250.225</x:v>
+        <x:v>233.7</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>273.47</x:v>
+        <x:v>255.41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>11.55</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>251.854</x:v>
+        <x:v>226.957</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>275.25</x:v>
+        <x:v>248.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>9.51</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>246.346</x:v>
+        <x:v>227.24</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>269.43</x:v>
+        <x:v>248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45971.2992592593</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>9.18</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>245.468</x:v>
+        <x:v>226.6</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>268.47</x:v>
+        <x:v>247.65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>9.17</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>245.65</x:v>
+        <x:v>225.73</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>268.47</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>9.65</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>246.84</x:v>
+        <x:v>233.81</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>269.77</x:v>
+        <x:v>255.53</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>9.8</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>247.178</x:v>
+        <x:v>236.262</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>270.14</x:v>
+        <x:v>258.21</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>9.79</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>247.087</x:v>
+        <x:v>237.863</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>270.04</x:v>
+        <x:v>259.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>9.46</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>246.181</x:v>
+        <x:v>238.861</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>269.05</x:v>
+        <x:v>261.05</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
+        <x:v>46034.9279398148</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C22" s="0">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="D22" s="0">
+        <x:v>238.129</x:v>
+      </x:c>
+      <x:c r="E22" s="0">
+        <x:v>260.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="1">
+        <x:v>46031.9291203704</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C23" s="0">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="D23" s="0">
+        <x:v>237.324</x:v>
+      </x:c>
+      <x:c r="E23" s="0">
+        <x:v>259.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="1">
+        <x:v>46030.9270949074</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C24" s="0">
+        <x:v>4.85</x:v>
+      </x:c>
+      <x:c r="D24" s="0">
+        <x:v>237.022</x:v>
+      </x:c>
+      <x:c r="E24" s="0">
+        <x:v>259.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1">
+        <x:v>46029.9278819444</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C25" s="0">
+        <x:v>5.11</x:v>
+      </x:c>
+      <x:c r="D25" s="0">
+        <x:v>238.202</x:v>
+      </x:c>
+      <x:c r="E25" s="0">
+        <x:v>260.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1">
+        <x:v>46028.9272222222</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C26" s="0">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D26" s="0">
+        <x:v>240.059</x:v>
+      </x:c>
+      <x:c r="E26" s="0">
+        <x:v>262.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="1">
+        <x:v>46027.9295717593</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C27" s="0">
+        <x:v>6.82</x:v>
+      </x:c>
+      <x:c r="D27" s="0">
+        <x:v>244.543</x:v>
+      </x:c>
+      <x:c r="E27" s="0">
+        <x:v>267.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="1">
+        <x:v>46021.927037037</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C28" s="0">
+        <x:v>8.78</x:v>
+      </x:c>
+      <x:c r="D28" s="0">
+        <x:v>249.868</x:v>
+      </x:c>
+      <x:c r="E28" s="0">
+        <x:v>273.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="1">
+        <x:v>46020.9274074074</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C29" s="0">
+        <x:v>9.02</x:v>
+      </x:c>
+      <x:c r="D29" s="0">
+        <x:v>250.49</x:v>
+      </x:c>
+      <x:c r="E29" s="0">
+        <x:v>273.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="1">
+        <x:v>46014.9278240741</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C30" s="0">
+        <x:v>8.67</x:v>
+      </x:c>
+      <x:c r="D30" s="0">
+        <x:v>249.209</x:v>
+      </x:c>
+      <x:c r="E30" s="0">
+        <x:v>272.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="1">
+        <x:v>46013.9284722222</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C31" s="0">
+        <x:v>8.26</x:v>
+      </x:c>
+      <x:c r="D31" s="0">
+        <x:v>247.938</x:v>
+      </x:c>
+      <x:c r="E31" s="0">
+        <x:v>270.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="1">
+        <x:v>46010.927650463</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C32" s="0">
+        <x:v>9.21</x:v>
+      </x:c>
+      <x:c r="D32" s="0">
+        <x:v>250.408</x:v>
+      </x:c>
+      <x:c r="E32" s="0">
+        <x:v>273.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="1">
+        <x:v>46009.9307638889</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C33" s="0">
+        <x:v>8.75</x:v>
+      </x:c>
+      <x:c r="D33" s="0">
+        <x:v>249.054</x:v>
+      </x:c>
+      <x:c r="E33" s="0">
+        <x:v>272.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="1">
+        <x:v>46008.927650463</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C34" s="0">
+        <x:v>8.66</x:v>
+      </x:c>
+      <x:c r="D34" s="0">
+        <x:v>248.734</x:v>
+      </x:c>
+      <x:c r="E34" s="0">
+        <x:v>271.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="1">
+        <x:v>46007.9278703704</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C35" s="0">
+        <x:v>9.65</x:v>
+      </x:c>
+      <x:c r="D35" s="0">
+        <x:v>251.268</x:v>
+      </x:c>
+      <x:c r="E35" s="0">
+        <x:v>274.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="1">
+        <x:v>46006.9271527778</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C36" s="0">
+        <x:v>9.49</x:v>
+      </x:c>
+      <x:c r="D36" s="0">
+        <x:v>250.811</x:v>
+      </x:c>
+      <x:c r="E36" s="0">
+        <x:v>274.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="1">
+        <x:v>46003.9269444444</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C37" s="0">
+        <x:v>11.23</x:v>
+      </x:c>
+      <x:c r="D37" s="0">
+        <x:v>254.626</x:v>
+      </x:c>
+      <x:c r="E37" s="0">
+        <x:v>278.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1">
+        <x:v>46002.9320717593</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C38" s="0">
+        <x:v>11.15</x:v>
+      </x:c>
+      <x:c r="D38" s="0">
+        <x:v>254.398</x:v>
+      </x:c>
+      <x:c r="E38" s="0">
+        <x:v>278.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1">
+        <x:v>46001.9271064815</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C39" s="0">
+        <x:v>11.48</x:v>
+      </x:c>
+      <x:c r="D39" s="0">
+        <x:v>255.084</x:v>
+      </x:c>
+      <x:c r="E39" s="0">
+        <x:v>278.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="1">
+        <x:v>46000.9275578704</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C40" s="0">
+        <x:v>10.87</x:v>
+      </x:c>
+      <x:c r="D40" s="0">
+        <x:v>253.62</x:v>
+      </x:c>
+      <x:c r="E40" s="0">
+        <x:v>277.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1">
+        <x:v>45996.9307291667</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C41" s="0">
+        <x:v>11.61</x:v>
+      </x:c>
+      <x:c r="D41" s="0">
+        <x:v>255.084</x:v>
+      </x:c>
+      <x:c r="E41" s="0">
+        <x:v>278.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1">
+        <x:v>45995.9303472222</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C42" s="0">
+        <x:v>12.49</x:v>
+      </x:c>
+      <x:c r="D42" s="0">
+        <x:v>256.84</x:v>
+      </x:c>
+      <x:c r="E42" s="0">
+        <x:v>280.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1">
+        <x:v>45994.9277546296</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C43" s="0">
+        <x:v>14.25</x:v>
+      </x:c>
+      <x:c r="D43" s="0">
+        <x:v>259.997</x:v>
+      </x:c>
+      <x:c r="E43" s="0">
+        <x:v>284.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="1">
+        <x:v>45993.9303703704</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C44" s="0">
+        <x:v>15.37</x:v>
+      </x:c>
+      <x:c r="D44" s="0">
+        <x:v>261.864</x:v>
+      </x:c>
+      <x:c r="E44" s="0">
+        <x:v>286.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="1">
+        <x:v>45992.9297569444</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C45" s="0">
+        <x:v>13.88</x:v>
+      </x:c>
+      <x:c r="D45" s="0">
+        <x:v>259.036</x:v>
+      </x:c>
+      <x:c r="E45" s="0">
+        <x:v>283.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1">
+        <x:v>45989.8196643519</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C46" s="0">
+        <x:v>12.1</x:v>
+      </x:c>
+      <x:c r="D46" s="0">
+        <x:v>255.148</x:v>
+      </x:c>
+      <x:c r="E46" s="0">
+        <x:v>278.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1">
+        <x:v>45987.9265972222</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C47" s="0">
+        <x:v>11.6</x:v>
+      </x:c>
+      <x:c r="D47" s="0">
+        <x:v>253.958</x:v>
+      </x:c>
+      <x:c r="E47" s="0">
+        <x:v>277.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="1">
+        <x:v>45986.9250925926</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C48" s="0">
+        <x:v>11.39</x:v>
+      </x:c>
+      <x:c r="D48" s="0">
+        <x:v>253.428</x:v>
+      </x:c>
+      <x:c r="E48" s="0">
+        <x:v>276.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="1">
+        <x:v>45982.9248842593</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>9.49</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>248.413</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>271.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>243.619</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>266.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45980.9263773148</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>8.71</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>245.732</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>268.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45979.9258333333</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>8.37</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>244.708</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>267.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45978.9281712963</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>8.39</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>244.726</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>267.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45975.925787037</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>10.33</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>249.255</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>272.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45974.924837963</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>10.55</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>249.749</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>272.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45973.9253125</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>10.78</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>250.225</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>273.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45972.9253819444</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>11.55</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>251.854</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>275.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45971.9254166667</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>9.51</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>246.346</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>269.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45971.2992592593</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>9.18</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>245.468</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>268.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45968.9254861111</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>9.17</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>245.65</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>268.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45967.9277546296</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>9.65</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>246.84</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>269.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45966.9253125</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>247.178</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>270.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45965.92375</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>9.79</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>247.087</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>270.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45964.9228703704</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>9.46</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>246.181</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>269.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
         <x:v>45961.8819791667</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C22" s="0">
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D22" s="0">
+      <x:c r="D65" s="0">
         <x:v>247.389</x:v>
       </x:c>
-      <x:c r="E22" s="0">
+      <x:c r="E65" s="0">
         <x:v>270.37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>