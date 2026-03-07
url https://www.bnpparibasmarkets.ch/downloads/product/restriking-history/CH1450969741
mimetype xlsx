--- v2 (2026-02-11)
+++ v3 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f1358c99914c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f28bd961d9d423d83c8547bf3e04e52.psmdcp" Id="Ra13c587c46754cee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0730a6766d1408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66542501b10647c5b3a7e8a1e12d049a.psmdcp" Id="Rf6064700ffb74842" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450969741</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1151 +390,1423 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E65"/>
+  <x:dimension ref="A1:E81"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>6.37</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>250.417</x:v>
+        <x:v>235.576</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>273.68</x:v>
+        <x:v>257.46</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46062.9247106481</x:v>
+        <x:v>46086.9325115741</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>6.61</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>251.095</x:v>
+        <x:v>238.165</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>274.62</x:v>
+        <x:v>260.29</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46062.2991203704</x:v>
+        <x:v>46085.9285532407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>7.56</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>254.298</x:v>
+        <x:v>240.206</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>278.12</x:v>
+        <x:v>262.52</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46084.9254976852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>7</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>252.458</x:v>
+        <x:v>241.331</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>275.91</x:v>
+        <x:v>263.75</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46083.9256365741</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>7.16</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>252.988</x:v>
+        <x:v>242.219</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>276.49</x:v>
+        <x:v>264.72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>5.69</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>246.574</x:v>
+        <x:v>241.725</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>269.48</x:v>
+        <x:v>264.18</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46055.9254861111</x:v>
+        <x:v>46079.9259027778</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>5.82</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>247.059</x:v>
+        <x:v>249.749</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>270.01</x:v>
+        <x:v>272.95</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46051.9256018518</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>4</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>236.326</x:v>
+        <x:v>250.92</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>258.28</x:v>
+        <x:v>274.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46077.925462963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>3.74</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>234.643</x:v>
+        <x:v>249.008</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>256.44</x:v>
+        <x:v>272.14</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46073.9253356481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>4.03</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>236.317</x:v>
+        <x:v>242.091</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>258.27</x:v>
+        <x:v>264.58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46048.924849537</x:v>
+        <x:v>46072.9253819444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3.63</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>233.7</x:v>
+        <x:v>238.431</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>255.41</x:v>
+        <x:v>260.58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46045.9251157407</x:v>
+        <x:v>46071.9253935185</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>2.81</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>226.957</x:v>
+        <x:v>241.88</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>248.04</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46044.9246064815</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.85</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>227.24</x:v>
+        <x:v>241.45</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>248.35</x:v>
+        <x:v>263.88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46066.9254976852</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>226.6</x:v>
+        <x:v>234.039</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>247.65</x:v>
+        <x:v>255.78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.68</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>225.73</x:v>
+        <x:v>239.483</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>246.7</x:v>
+        <x:v>261.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>4.14</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>233.81</x:v>
+        <x:v>252.082</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>255.53</x:v>
+        <x:v>275.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>4.62</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>236.262</x:v>
+        <x:v>250.417</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>258.21</x:v>
+        <x:v>273.68</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>4.97</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>237.863</x:v>
+        <x:v>251.095</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>259.96</x:v>
+        <x:v>274.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46062.2991203704</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>5.19</x:v>
+        <x:v>7.56</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>238.861</x:v>
+        <x:v>254.298</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>261.05</x:v>
+        <x:v>278.12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>5.05</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>238.129</x:v>
+        <x:v>252.458</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>260.25</x:v>
+        <x:v>275.91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>4.91</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>237.324</x:v>
+        <x:v>252.988</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>259.37</x:v>
+        <x:v>276.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>4.85</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>237.022</x:v>
+        <x:v>246.574</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>259.04</x:v>
+        <x:v>269.48</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>5.11</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>238.202</x:v>
+        <x:v>247.059</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>260.33</x:v>
+        <x:v>270.01</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>5.55</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>240.059</x:v>
+        <x:v>236.326</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>262.36</x:v>
+        <x:v>258.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>6.82</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>244.543</x:v>
+        <x:v>234.643</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>267.26</x:v>
+        <x:v>256.44</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>8.78</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>249.868</x:v>
+        <x:v>236.317</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>273.08</x:v>
+        <x:v>258.27</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>9.02</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>250.49</x:v>
+        <x:v>233.7</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>273.76</x:v>
+        <x:v>255.41</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>8.67</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>249.209</x:v>
+        <x:v>226.957</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>272.36</x:v>
+        <x:v>248.04</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>8.26</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>247.938</x:v>
+        <x:v>227.24</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>270.97</x:v>
+        <x:v>248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>9.21</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>250.408</x:v>
+        <x:v>226.6</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>273.67</x:v>
+        <x:v>247.65</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>8.75</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>249.054</x:v>
+        <x:v>225.73</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>272.19</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>8.66</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>248.734</x:v>
+        <x:v>233.81</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>271.84</x:v>
+        <x:v>255.53</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>9.65</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>251.268</x:v>
+        <x:v>236.262</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>274.61</x:v>
+        <x:v>258.21</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>9.49</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>250.811</x:v>
+        <x:v>237.863</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>274.11</x:v>
+        <x:v>259.96</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>11.23</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>254.626</x:v>
+        <x:v>238.861</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>278.28</x:v>
+        <x:v>261.05</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>11.15</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>254.398</x:v>
+        <x:v>238.129</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>278.03</x:v>
+        <x:v>260.25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>11.48</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>255.084</x:v>
+        <x:v>237.324</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>278.78</x:v>
+        <x:v>259.37</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>10.87</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>253.62</x:v>
+        <x:v>237.022</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>277.18</x:v>
+        <x:v>259.04</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>11.61</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>255.084</x:v>
+        <x:v>238.202</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>278.78</x:v>
+        <x:v>260.33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>12.49</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>256.84</x:v>
+        <x:v>240.059</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>280.7</x:v>
+        <x:v>262.36</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>14.25</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>259.997</x:v>
+        <x:v>244.543</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>284.15</x:v>
+        <x:v>267.26</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>15.37</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>261.864</x:v>
+        <x:v>249.868</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>286.19</x:v>
+        <x:v>273.08</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>13.88</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>259.036</x:v>
+        <x:v>250.49</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>283.1</x:v>
+        <x:v>273.76</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>12.1</x:v>
+        <x:v>8.67</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>255.148</x:v>
+        <x:v>249.209</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>278.85</x:v>
+        <x:v>272.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>11.6</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>253.958</x:v>
+        <x:v>247.938</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>277.55</x:v>
+        <x:v>270.97</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>11.39</x:v>
+        <x:v>9.21</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>253.428</x:v>
+        <x:v>250.408</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>276.97</x:v>
+        <x:v>273.67</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>9.49</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>248.413</x:v>
+        <x:v>249.054</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>271.49</x:v>
+        <x:v>272.19</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>7.94</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>243.619</x:v>
+        <x:v>248.734</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>266.25</x:v>
+        <x:v>271.84</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>8.71</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>245.732</x:v>
+        <x:v>251.268</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>268.56</x:v>
+        <x:v>274.61</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>8.37</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>244.708</x:v>
+        <x:v>250.811</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>267.44</x:v>
+        <x:v>274.11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>8.39</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>244.726</x:v>
+        <x:v>254.626</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>267.46</x:v>
+        <x:v>278.28</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>10.33</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>249.255</x:v>
+        <x:v>254.398</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>272.41</x:v>
+        <x:v>278.03</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>10.55</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>249.749</x:v>
+        <x:v>255.084</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>272.95</x:v>
+        <x:v>278.78</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>10.78</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>250.225</x:v>
+        <x:v>253.62</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>273.47</x:v>
+        <x:v>277.18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>11.55</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>251.854</x:v>
+        <x:v>255.084</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>275.25</x:v>
+        <x:v>278.78</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>9.51</x:v>
+        <x:v>12.49</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>246.346</x:v>
+        <x:v>256.84</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>269.43</x:v>
+        <x:v>280.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45971.2992592593</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>9.18</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>245.468</x:v>
+        <x:v>259.997</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>268.47</x:v>
+        <x:v>284.15</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>9.17</x:v>
+        <x:v>15.37</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>245.65</x:v>
+        <x:v>261.864</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>268.47</x:v>
+        <x:v>286.19</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>9.65</x:v>
+        <x:v>13.88</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>246.84</x:v>
+        <x:v>259.036</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>269.77</x:v>
+        <x:v>283.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>9.8</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>247.178</x:v>
+        <x:v>255.148</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>270.14</x:v>
+        <x:v>278.85</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>9.79</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>247.087</x:v>
+        <x:v>253.958</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>270.04</x:v>
+        <x:v>277.55</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>9.46</x:v>
+        <x:v>11.39</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>246.181</x:v>
+        <x:v>253.428</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>269.05</x:v>
+        <x:v>276.97</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
+        <x:v>45982.9248842593</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>9.49</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>248.413</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>271.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45981.9259027778</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>243.619</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>266.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45980.9263773148</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>8.71</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>245.732</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>268.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45979.9258333333</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>8.37</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>244.708</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>267.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45978.9281712963</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>8.39</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>244.726</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>267.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45975.925787037</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>10.33</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>249.255</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>272.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45974.924837963</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>10.55</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>249.749</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>272.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45973.9253125</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>10.78</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>250.225</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>273.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45972.9253819444</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>11.55</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>251.854</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>275.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45971.9254166667</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>9.51</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>246.346</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>269.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45971.2992592593</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>9.18</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>245.468</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>268.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45968.9254861111</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>9.17</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>245.65</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>268.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45967.9277546296</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>9.65</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>246.84</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>269.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45966.9253125</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>247.178</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>270.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45965.92375</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>9.79</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>247.087</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>270.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45964.9228703704</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>9.46</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>246.181</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>269.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
         <x:v>45961.8819791667</x:v>
       </x:c>
-      <x:c r="B65" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C65" s="0">
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D65" s="0">
+      <x:c r="D81" s="0">
         <x:v>247.389</x:v>
       </x:c>
-      <x:c r="E65" s="0">
+      <x:c r="E81" s="0">
         <x:v>270.37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>