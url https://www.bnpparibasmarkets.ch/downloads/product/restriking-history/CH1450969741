--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0730a6766d1408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66542501b10647c5b3a7e8a1e12d049a.psmdcp" Id="Rf6064700ffb74842" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81434be06f134c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43cf9a73a8304e5aad80cc19501ec13e.psmdcp" Id="R4925d064827b484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450969741</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1423 +390,1661 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E81"/>
+  <x:dimension ref="A1:E95"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.9262847222</x:v>
+        <x:v>46107.8849884259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>235.576</x:v>
+        <x:v>231.394</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>257.46</x:v>
+        <x:v>252.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46086.9325115741</x:v>
+        <x:v>46106.885150463</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>2.59</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>238.165</x:v>
+        <x:v>231.147</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>260.29</x:v>
+        <x:v>252.62</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46085.9285532407</x:v>
+        <x:v>46105.8848726852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>2.84</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>240.206</x:v>
+        <x:v>230.251</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>262.52</x:v>
+        <x:v>251.64</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46084.9254976852</x:v>
+        <x:v>46104.8850925926</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>2.98</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>241.331</x:v>
+        <x:v>230.113</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>263.75</x:v>
+        <x:v>251.49</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46083.9256365741</x:v>
+        <x:v>46101.8853472222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>3.1</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>242.219</x:v>
+        <x:v>226.911</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>264.72</x:v>
+        <x:v>247.99</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46080.9257523148</x:v>
+        <x:v>46100.8877314815</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>3.05</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>241.725</x:v>
+        <x:v>227.798</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>264.18</x:v>
+        <x:v>248.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46079.9259027778</x:v>
+        <x:v>46099.8875925926</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>4.51</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>249.749</x:v>
+        <x:v>228.695</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>272.95</x:v>
+        <x:v>249.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46078.925775463</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>4.74</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>250.92</x:v>
+        <x:v>232.62</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>274.23</x:v>
+        <x:v>254.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46077.925462963</x:v>
+        <x:v>46097.8857060185</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>4.41</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>249.008</x:v>
+        <x:v>231.33</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>272.14</x:v>
+        <x:v>252.82</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46073.9253356481</x:v>
+        <x:v>46094.8846296296</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>3.42</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>242.091</x:v>
+        <x:v>228.86</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>264.58</x:v>
+        <x:v>250.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46072.9253819444</x:v>
+        <x:v>46093.8852777778</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>238.431</x:v>
+        <x:v>234.02</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>260.58</x:v>
+        <x:v>255.76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46071.9253935185</x:v>
+        <x:v>46092.884837963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.47</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>241.88</x:v>
+        <x:v>238.641</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>264.35</x:v>
+        <x:v>260.81</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46070.9253472222</x:v>
+        <x:v>46091.8851157407</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>3.41</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>241.45</x:v>
+        <x:v>238.66</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>263.88</x:v>
+        <x:v>260.83</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46066.9254976852</x:v>
+        <x:v>46090.8887384259</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2.61</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>234.039</x:v>
+        <x:v>237.79</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>255.78</x:v>
+        <x:v>259.88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46065.9253703704</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>3.38</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>239.483</x:v>
+        <x:v>235.576</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>261.73</x:v>
+        <x:v>257.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46064.9256481481</x:v>
+        <x:v>46086.9325115741</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>6.78</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>252.082</x:v>
+        <x:v>238.165</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>275.5</x:v>
+        <x:v>260.29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46085.9285532407</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>6.37</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>250.417</x:v>
+        <x:v>240.206</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>273.68</x:v>
+        <x:v>262.52</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46062.9247106481</x:v>
+        <x:v>46084.9254976852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>6.61</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>251.095</x:v>
+        <x:v>241.331</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>274.62</x:v>
+        <x:v>263.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46062.2991203704</x:v>
+        <x:v>46083.9256365741</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>7.56</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>254.298</x:v>
+        <x:v>242.219</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>278.12</x:v>
+        <x:v>264.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>7</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>252.458</x:v>
+        <x:v>241.725</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>275.91</x:v>
+        <x:v>264.18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46079.9259027778</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>7.16</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>252.988</x:v>
+        <x:v>249.749</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>276.49</x:v>
+        <x:v>272.95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>5.69</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>246.574</x:v>
+        <x:v>250.92</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>269.48</x:v>
+        <x:v>274.23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46055.9254861111</x:v>
+        <x:v>46077.925462963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>5.82</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>247.059</x:v>
+        <x:v>249.008</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>270.01</x:v>
+        <x:v>272.14</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46051.9256018518</x:v>
+        <x:v>46073.9253356481</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>4</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>236.326</x:v>
+        <x:v>242.091</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>258.28</x:v>
+        <x:v>264.58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46072.9253819444</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>3.74</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>234.643</x:v>
+        <x:v>238.431</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>256.44</x:v>
+        <x:v>260.58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46071.9253935185</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>4.03</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>236.317</x:v>
+        <x:v>241.88</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>258.27</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46048.924849537</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>3.63</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>233.7</x:v>
+        <x:v>241.45</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>255.41</x:v>
+        <x:v>263.88</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46045.9251157407</x:v>
+        <x:v>46066.9254976852</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>226.957</x:v>
+        <x:v>234.039</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>248.04</x:v>
+        <x:v>255.78</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46044.9246064815</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.85</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>227.24</x:v>
+        <x:v>239.483</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>248.35</x:v>
+        <x:v>261.73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>2.78</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>226.6</x:v>
+        <x:v>252.082</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>247.65</x:v>
+        <x:v>275.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>2.68</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>225.73</x:v>
+        <x:v>250.417</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>246.7</x:v>
+        <x:v>273.68</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>4.14</x:v>
+        <x:v>6.61</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>233.81</x:v>
+        <x:v>251.095</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>255.53</x:v>
+        <x:v>274.62</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46062.2991203704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>4.62</x:v>
+        <x:v>7.56</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>236.262</x:v>
+        <x:v>254.298</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>258.21</x:v>
+        <x:v>278.12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4.97</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>237.863</x:v>
+        <x:v>252.458</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>259.96</x:v>
+        <x:v>275.91</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>5.19</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>238.861</x:v>
+        <x:v>252.988</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>261.05</x:v>
+        <x:v>276.49</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>5.05</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>238.129</x:v>
+        <x:v>246.574</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>260.25</x:v>
+        <x:v>269.48</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>4.91</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>237.324</x:v>
+        <x:v>247.059</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>259.37</x:v>
+        <x:v>270.01</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>4.85</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>237.022</x:v>
+        <x:v>236.326</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>259.04</x:v>
+        <x:v>258.28</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>5.11</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>238.202</x:v>
+        <x:v>234.643</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>260.33</x:v>
+        <x:v>256.44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>5.55</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>240.059</x:v>
+        <x:v>236.317</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>262.36</x:v>
+        <x:v>258.27</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>6.82</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>244.543</x:v>
+        <x:v>233.7</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>267.26</x:v>
+        <x:v>255.41</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>8.78</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>249.868</x:v>
+        <x:v>226.957</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>273.08</x:v>
+        <x:v>248.04</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>9.02</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>250.49</x:v>
+        <x:v>227.24</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>273.76</x:v>
+        <x:v>248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>8.67</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>249.209</x:v>
+        <x:v>226.6</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>272.36</x:v>
+        <x:v>247.65</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>8.26</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>247.938</x:v>
+        <x:v>225.73</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>270.97</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>9.21</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>250.408</x:v>
+        <x:v>233.81</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>273.67</x:v>
+        <x:v>255.53</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>8.75</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>249.054</x:v>
+        <x:v>236.262</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>272.19</x:v>
+        <x:v>258.21</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>8.66</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>248.734</x:v>
+        <x:v>237.863</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>271.84</x:v>
+        <x:v>259.96</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>9.65</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>251.268</x:v>
+        <x:v>238.861</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>274.61</x:v>
+        <x:v>261.05</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>9.49</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>250.811</x:v>
+        <x:v>238.129</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>274.11</x:v>
+        <x:v>260.25</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>11.23</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>254.626</x:v>
+        <x:v>237.324</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>278.28</x:v>
+        <x:v>259.37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>11.15</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>254.398</x:v>
+        <x:v>237.022</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>278.03</x:v>
+        <x:v>259.04</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>11.48</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>255.084</x:v>
+        <x:v>238.202</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>278.78</x:v>
+        <x:v>260.33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>10.87</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>253.62</x:v>
+        <x:v>240.059</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>277.18</x:v>
+        <x:v>262.36</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>11.61</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>255.084</x:v>
+        <x:v>244.543</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>278.78</x:v>
+        <x:v>267.26</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>12.49</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>256.84</x:v>
+        <x:v>249.868</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>280.7</x:v>
+        <x:v>273.08</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>14.25</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>259.997</x:v>
+        <x:v>250.49</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>284.15</x:v>
+        <x:v>273.76</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>15.37</x:v>
+        <x:v>8.67</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>261.864</x:v>
+        <x:v>249.209</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>286.19</x:v>
+        <x:v>272.36</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>13.88</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>259.036</x:v>
+        <x:v>247.938</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>283.1</x:v>
+        <x:v>270.97</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>12.1</x:v>
+        <x:v>9.21</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>255.148</x:v>
+        <x:v>250.408</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>278.85</x:v>
+        <x:v>273.67</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>11.6</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>253.958</x:v>
+        <x:v>249.054</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>277.55</x:v>
+        <x:v>272.19</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>11.39</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>253.428</x:v>
+        <x:v>248.734</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>276.97</x:v>
+        <x:v>271.84</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>9.49</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>248.413</x:v>
+        <x:v>251.268</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>271.49</x:v>
+        <x:v>274.61</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>7.94</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>243.619</x:v>
+        <x:v>250.811</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>266.25</x:v>
+        <x:v>274.11</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>8.71</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>245.732</x:v>
+        <x:v>254.626</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>268.56</x:v>
+        <x:v>278.28</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>8.37</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>244.708</x:v>
+        <x:v>254.398</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>267.44</x:v>
+        <x:v>278.03</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>8.39</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>244.726</x:v>
+        <x:v>255.084</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>267.46</x:v>
+        <x:v>278.78</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>10.33</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>249.255</x:v>
+        <x:v>253.62</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>272.41</x:v>
+        <x:v>277.18</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>10.55</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>249.749</x:v>
+        <x:v>255.084</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>272.95</x:v>
+        <x:v>278.78</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>10.78</x:v>
+        <x:v>12.49</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>250.225</x:v>
+        <x:v>256.84</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>273.47</x:v>
+        <x:v>280.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>11.55</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>251.854</x:v>
+        <x:v>259.997</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>275.25</x:v>
+        <x:v>284.15</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>9.51</x:v>
+        <x:v>15.37</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>246.346</x:v>
+        <x:v>261.864</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>269.43</x:v>
+        <x:v>286.19</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45971.2992592593</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>9.18</x:v>
+        <x:v>13.88</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>245.468</x:v>
+        <x:v>259.036</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>268.47</x:v>
+        <x:v>283.1</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>9.17</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>245.65</x:v>
+        <x:v>255.148</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>268.47</x:v>
+        <x:v>278.85</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>9.65</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>246.84</x:v>
+        <x:v>253.958</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>269.77</x:v>
+        <x:v>277.55</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>9.8</x:v>
+        <x:v>11.39</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>247.178</x:v>
+        <x:v>253.428</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>270.14</x:v>
+        <x:v>276.97</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>9.79</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>247.087</x:v>
+        <x:v>248.413</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>270.04</x:v>
+        <x:v>271.49</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>9.46</x:v>
+        <x:v>7.94</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>246.181</x:v>
+        <x:v>243.619</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>269.05</x:v>
+        <x:v>266.25</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
+        <x:v>45980.9263773148</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>8.71</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>245.732</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>268.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45979.9258333333</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>8.37</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>244.708</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>267.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45978.9281712963</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>8.39</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>244.726</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>267.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45975.925787037</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>10.33</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>249.255</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>272.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45974.924837963</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>10.55</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>249.749</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>272.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45973.9253125</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>10.78</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>250.225</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>273.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45972.9253819444</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>11.55</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>251.854</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>275.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45971.9254166667</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>9.51</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>246.346</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>269.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45971.2992592593</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>9.18</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>245.468</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>268.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45968.9254861111</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>9.17</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>245.65</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>268.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45967.9277546296</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>9.65</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>246.84</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>269.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45966.9253125</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>247.178</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>270.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45965.92375</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>9.79</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>247.087</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>270.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45964.9228703704</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>9.46</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>246.181</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>269.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
         <x:v>45961.8819791667</x:v>
       </x:c>
-      <x:c r="B81" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C81" s="0">
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D81" s="0">
+      <x:c r="D95" s="0">
         <x:v>247.389</x:v>
       </x:c>
-      <x:c r="E81" s="0">
+      <x:c r="E95" s="0">
         <x:v>270.37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>