--- v0 (2025-10-23)
+++ v1 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40f6c40da21e4970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8078c9d2cec64243a202b0ea7e0a3a88.psmdcp" Id="R9ece08249c0243dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R064e4838c7724224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a29bab038eb4618bacb36862e300981.psmdcp" Id="Re4550c90fb064e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450968511</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,879 +393,1321 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E49"/>
+  <x:dimension ref="A1:E75"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>249.8</x:v>
+        <x:v>236.02</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>230.23</x:v>
+        <x:v>217.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>258.263</x:v>
+        <x:v>232.45</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>238.03</x:v>
+        <x:v>214.24</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>261.008</x:v>
+        <x:v>223.651</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>240.56</x:v>
+        <x:v>206.13</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>252.892</x:v>
+        <x:v>221.101</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>233.08</x:v>
+        <x:v>203.78</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>254.498</x:v>
+        <x:v>223.532</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>234.56</x:v>
+        <x:v>206.02</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>258.881</x:v>
+        <x:v>242.552</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>238.6</x:v>
+        <x:v>223.55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45945.7065972222</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>256.741</x:v>
+        <x:v>249.865</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>236.628</x:v>
+        <x:v>230.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>236.628</x:v>
+        <x:v>260.964</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>218.09</x:v>
+        <x:v>240.52</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>234.816</x:v>
+        <x:v>267.789</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>216.42</x:v>
+        <x:v>246.81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>233.166</x:v>
+        <x:v>269.037</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>214.9</x:v>
+        <x:v>247.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>255.583</x:v>
+        <x:v>280.896</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>235.56</x:v>
+        <x:v>258.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45938.8115393519</x:v>
+        <x:v>45973.6480555556</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>250.516</x:v>
+        <x:v>279.614</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>230.89</x:v>
+        <x:v>257.709</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>229.488</x:v>
+        <x:v>257.709</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>211.51</x:v>
+        <x:v>237.52</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>221.025</x:v>
+        <x:v>264.718</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>203.71</x:v>
+        <x:v>243.98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45936.6459027778</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>245.21</x:v>
+        <x:v>253.391</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>226</x:v>
+        <x:v>233.54</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>5.35</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>178.667</x:v>
+        <x:v>257.904</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>164.67</x:v>
+        <x:v>237.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>4.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>184.157</x:v>
+        <x:v>278.118</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>169.73</x:v>
+        <x:v>256.33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>6.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>177.951</x:v>
+        <x:v>271.304</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>164.01</x:v>
+        <x:v>250.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>7.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>175.542</x:v>
+        <x:v>281.72</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>161.79</x:v>
+        <x:v>259.65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>7.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>175.076</x:v>
+        <x:v>277.89</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>161.36</x:v>
+        <x:v>256.12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>8.52</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>173.014</x:v>
+        <x:v>276.501</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>159.46</x:v>
+        <x:v>254.84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>7.65</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>174.978</x:v>
+        <x:v>286.798</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>161.27</x:v>
+        <x:v>264.33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>7.84</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>174.555</x:v>
+        <x:v>279.941</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>160.88</x:v>
+        <x:v>258.01</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>7.83</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>174.576</x:v>
+        <x:v>281.742</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>160.9</x:v>
+        <x:v>259.67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>8.41</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>173.372</x:v>
+        <x:v>274.418</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>159.79</x:v>
+        <x:v>252.92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>9.91</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>170.768</x:v>
+        <x:v>254.964</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>157.39</x:v>
+        <x:v>234.99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>9.58</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>171.343</x:v>
+        <x:v>249.8</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>157.92</x:v>
+        <x:v>230.23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>8.88</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>172.689</x:v>
+        <x:v>258.263</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>159.16</x:v>
+        <x:v>238.03</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>8.21</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>174.099</x:v>
+        <x:v>261.008</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>160.46</x:v>
+        <x:v>240.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>7.87</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>174.859</x:v>
+        <x:v>252.892</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>161.16</x:v>
+        <x:v>233.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>9.39</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>172.048</x:v>
+        <x:v>254.498</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>158.57</x:v>
+        <x:v>234.56</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>11.53</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>168.902</x:v>
+        <x:v>258.881</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>155.67</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45945.7065972222</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>9.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>173.101</x:v>
+        <x:v>256.741</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>159.54</x:v>
+        <x:v>236.628</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>12.18</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>169.065</x:v>
+        <x:v>236.628</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>155.82</x:v>
+        <x:v>218.09</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>17.17</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>164.28</x:v>
+        <x:v>234.816</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>151.41</x:v>
+        <x:v>216.42</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>17.45</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>163.987</x:v>
+        <x:v>233.166</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>151.14</x:v>
+        <x:v>214.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>10.52</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>175.542</x:v>
+        <x:v>255.583</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>161.79</x:v>
+        <x:v>235.56</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45938.8115393519</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>10.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>175.911</x:v>
+        <x:v>250.516</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>162.13</x:v>
+        <x:v>230.89</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>10.18</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>176.117</x:v>
+        <x:v>229.488</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>162.32</x:v>
+        <x:v>211.51</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>9.97</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>176.454</x:v>
+        <x:v>221.025</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>162.63</x:v>
+        <x:v>203.71</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45936.6459027778</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>7.36</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>182.909</x:v>
+        <x:v>245.21</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>168.58</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>8.06</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>181.336</x:v>
+        <x:v>178.667</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>167.13</x:v>
+        <x:v>164.67</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>8.31</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>180.783</x:v>
+        <x:v>184.157</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>166.62</x:v>
+        <x:v>169.73</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>10.38</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>177.246</x:v>
+        <x:v>177.951</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>163.36</x:v>
+        <x:v>164.01</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>8.21</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>182.02</x:v>
+        <x:v>175.542</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>167.76</x:v>
+        <x:v>161.79</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>10.91</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>177.625</x:v>
+        <x:v>175.076</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>163.71</x:v>
+        <x:v>161.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
+        <x:v>45926.9299189815</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C49" s="0">
+        <x:v>8.52</x:v>
+      </x:c>
+      <x:c r="D49" s="0">
+        <x:v>173.014</x:v>
+      </x:c>
+      <x:c r="E49" s="0">
+        <x:v>159.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="1">
+        <x:v>45925.9294097222</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C50" s="0">
+        <x:v>7.65</x:v>
+      </x:c>
+      <x:c r="D50" s="0">
+        <x:v>174.978</x:v>
+      </x:c>
+      <x:c r="E50" s="0">
+        <x:v>161.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="1">
+        <x:v>45924.9297106481</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C51" s="0">
+        <x:v>7.84</x:v>
+      </x:c>
+      <x:c r="D51" s="0">
+        <x:v>174.555</x:v>
+      </x:c>
+      <x:c r="E51" s="0">
+        <x:v>160.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="1">
+        <x:v>45923.9251388889</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C52" s="0">
+        <x:v>7.83</x:v>
+      </x:c>
+      <x:c r="D52" s="0">
+        <x:v>174.576</x:v>
+      </x:c>
+      <x:c r="E52" s="0">
+        <x:v>160.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="1">
+        <x:v>45922.926712963</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C53" s="0">
+        <x:v>8.41</x:v>
+      </x:c>
+      <x:c r="D53" s="0">
+        <x:v>173.372</x:v>
+      </x:c>
+      <x:c r="E53" s="0">
+        <x:v>159.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="1">
+        <x:v>45919.9342361111</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C54" s="0">
+        <x:v>9.91</x:v>
+      </x:c>
+      <x:c r="D54" s="0">
+        <x:v>170.768</x:v>
+      </x:c>
+      <x:c r="E54" s="0">
+        <x:v>157.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="1">
+        <x:v>45918.9265856482</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C55" s="0">
+        <x:v>9.58</x:v>
+      </x:c>
+      <x:c r="D55" s="0">
+        <x:v>171.343</x:v>
+      </x:c>
+      <x:c r="E55" s="0">
+        <x:v>157.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="1">
+        <x:v>45917.9270833333</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C56" s="0">
+        <x:v>8.88</x:v>
+      </x:c>
+      <x:c r="D56" s="0">
+        <x:v>172.689</x:v>
+      </x:c>
+      <x:c r="E56" s="0">
+        <x:v>159.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="1">
+        <x:v>45916.9259375</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C57" s="0">
+        <x:v>8.21</x:v>
+      </x:c>
+      <x:c r="D57" s="0">
+        <x:v>174.099</x:v>
+      </x:c>
+      <x:c r="E57" s="0">
+        <x:v>160.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="1">
+        <x:v>45915.9270949074</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C58" s="0">
+        <x:v>7.87</x:v>
+      </x:c>
+      <x:c r="D58" s="0">
+        <x:v>174.859</x:v>
+      </x:c>
+      <x:c r="E58" s="0">
+        <x:v>161.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="1">
+        <x:v>45912.9234375</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C59" s="0">
+        <x:v>9.39</x:v>
+      </x:c>
+      <x:c r="D59" s="0">
+        <x:v>172.048</x:v>
+      </x:c>
+      <x:c r="E59" s="0">
+        <x:v>158.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="1">
+        <x:v>45911.9251851852</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C60" s="0">
+        <x:v>11.53</x:v>
+      </x:c>
+      <x:c r="D60" s="0">
+        <x:v>168.902</x:v>
+      </x:c>
+      <x:c r="E60" s="0">
+        <x:v>155.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="1">
+        <x:v>45910.9240509259</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C61" s="0">
+        <x:v>9.27</x:v>
+      </x:c>
+      <x:c r="D61" s="0">
+        <x:v>173.101</x:v>
+      </x:c>
+      <x:c r="E61" s="0">
+        <x:v>159.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="1">
+        <x:v>45909.9245601852</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>12.18</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>169.065</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>155.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45908.9240162037</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>17.17</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>164.28</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>151.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45905.9285532407</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>17.45</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>163.987</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>151.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45904.9245717593</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>10.52</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>175.542</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>161.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45903.9236342593</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>10.3</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>175.911</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>162.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45902.9238657407</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>10.18</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>176.117</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>162.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45898.9303356481</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>9.97</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>176.454</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>162.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45897.9274768519</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>7.36</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>182.909</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>168.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45896.924849537</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>181.336</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>167.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45895.9239814815</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>8.31</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>180.783</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>166.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45894.923912037</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>10.38</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>177.246</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>163.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45891.9251967593</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>8.21</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>182.02</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>167.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45890.9256944444</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>10.91</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>177.625</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>163.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
         <x:v>45889.9243171296</x:v>
       </x:c>
-      <x:c r="B49" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C49" s="0">
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D49" s="0">
+      <x:c r="D75" s="0">
         <x:v>179.242</x:v>
       </x:c>
-      <x:c r="E49" s="0">
+      <x:c r="E75" s="0">
         <x:v>165.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>