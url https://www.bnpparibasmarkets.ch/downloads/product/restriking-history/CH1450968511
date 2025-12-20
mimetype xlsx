--- v1 (2025-11-29)
+++ v2 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R064e4838c7724224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a29bab038eb4618bacb36862e300981.psmdcp" Id="Re4550c90fb064e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac2b4554b144e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b3ae266f4a141cfbcc0bf9a4afd7dcc.psmdcp" Id="Rc74e33943b474d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450968511</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,1321 +393,1491 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E75"/>
+  <x:dimension ref="A1:E85"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>236.02</x:v>
+        <x:v>225.224</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>217.53</x:v>
+        <x:v>207.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>232.45</x:v>
+        <x:v>228.696</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>214.24</x:v>
+        <x:v>210.78</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>223.651</x:v>
+        <x:v>240.252</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>206.13</x:v>
+        <x:v>221.43</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>221.101</x:v>
+        <x:v>240.241</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>203.78</x:v>
+        <x:v>221.42</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>223.532</x:v>
+        <x:v>240.458</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>206.02</x:v>
+        <x:v>221.62</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>242.552</x:v>
+        <x:v>236.498</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>223.55</x:v>
+        <x:v>217.97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>249.865</x:v>
+        <x:v>234.338</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>230.29</x:v>
+        <x:v>215.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>260.964</x:v>
+        <x:v>236.096</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>240.52</x:v>
+        <x:v>217.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>267.789</x:v>
+        <x:v>233.535</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>246.81</x:v>
+        <x:v>215.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>269.037</x:v>
+        <x:v>238.44</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>247.96</x:v>
+        <x:v>219.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>280.896</x:v>
+        <x:v>236.02</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>258.89</x:v>
+        <x:v>217.53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45973.6480555556</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>279.614</x:v>
+        <x:v>232.45</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>257.709</x:v>
+        <x:v>214.24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>257.709</x:v>
+        <x:v>223.651</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>237.52</x:v>
+        <x:v>206.13</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>264.718</x:v>
+        <x:v>221.101</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>243.98</x:v>
+        <x:v>203.78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>253.391</x:v>
+        <x:v>223.532</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>233.54</x:v>
+        <x:v>206.02</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>257.904</x:v>
+        <x:v>242.552</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>237.7</x:v>
+        <x:v>223.55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>278.118</x:v>
+        <x:v>249.865</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>256.33</x:v>
+        <x:v>230.29</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>271.304</x:v>
+        <x:v>260.964</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>250.05</x:v>
+        <x:v>240.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>281.72</x:v>
+        <x:v>267.789</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>259.65</x:v>
+        <x:v>246.81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>277.89</x:v>
+        <x:v>269.037</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>256.12</x:v>
+        <x:v>247.96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>276.501</x:v>
+        <x:v>280.896</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>254.84</x:v>
+        <x:v>258.89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45973.6480555556</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>286.798</x:v>
+        <x:v>279.614</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>264.33</x:v>
+        <x:v>257.709</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>279.941</x:v>
+        <x:v>257.709</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>258.01</x:v>
+        <x:v>237.52</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>281.742</x:v>
+        <x:v>264.718</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>259.67</x:v>
+        <x:v>243.98</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>274.418</x:v>
+        <x:v>253.391</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>252.92</x:v>
+        <x:v>233.54</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>254.964</x:v>
+        <x:v>257.904</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>234.99</x:v>
+        <x:v>237.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>249.8</x:v>
+        <x:v>278.118</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>230.23</x:v>
+        <x:v>256.33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>258.263</x:v>
+        <x:v>271.304</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>238.03</x:v>
+        <x:v>250.05</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>261.008</x:v>
+        <x:v>281.72</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>240.56</x:v>
+        <x:v>259.65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>252.892</x:v>
+        <x:v>277.89</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>233.08</x:v>
+        <x:v>256.12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>254.498</x:v>
+        <x:v>276.501</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>234.56</x:v>
+        <x:v>254.84</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>258.881</x:v>
+        <x:v>286.798</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>238.6</x:v>
+        <x:v>264.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45945.7065972222</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>256.741</x:v>
+        <x:v>279.941</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>236.628</x:v>
+        <x:v>258.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>236.628</x:v>
+        <x:v>281.742</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>218.09</x:v>
+        <x:v>259.67</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>234.816</x:v>
+        <x:v>274.418</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>216.42</x:v>
+        <x:v>252.92</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>233.166</x:v>
+        <x:v>254.964</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>214.9</x:v>
+        <x:v>234.99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>255.583</x:v>
+        <x:v>249.8</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>235.56</x:v>
+        <x:v>230.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45938.8115393519</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>250.516</x:v>
+        <x:v>258.263</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>230.89</x:v>
+        <x:v>238.03</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>229.488</x:v>
+        <x:v>261.008</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>211.51</x:v>
+        <x:v>240.56</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>221.025</x:v>
+        <x:v>252.892</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>203.71</x:v>
+        <x:v>233.08</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45936.6459027778</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>245.21</x:v>
+        <x:v>254.498</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>226</x:v>
+        <x:v>234.56</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>5.35</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>178.667</x:v>
+        <x:v>258.881</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>164.67</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45945.7065972222</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>4.12</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>184.157</x:v>
+        <x:v>256.741</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>169.73</x:v>
+        <x:v>236.628</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>6.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>177.951</x:v>
+        <x:v>236.628</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>164.01</x:v>
+        <x:v>218.09</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>7.32</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>175.542</x:v>
+        <x:v>234.816</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>161.79</x:v>
+        <x:v>216.42</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>7.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>175.076</x:v>
+        <x:v>233.166</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>161.36</x:v>
+        <x:v>214.9</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>8.52</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>173.014</x:v>
+        <x:v>255.583</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>159.46</x:v>
+        <x:v>235.56</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45938.8115393519</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>7.65</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>174.978</x:v>
+        <x:v>250.516</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>161.27</x:v>
+        <x:v>230.89</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>7.84</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>174.555</x:v>
+        <x:v>229.488</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>160.88</x:v>
+        <x:v>211.51</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>7.83</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>174.576</x:v>
+        <x:v>221.025</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>160.9</x:v>
+        <x:v>203.71</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45936.6459027778</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>8.41</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>173.372</x:v>
+        <x:v>245.21</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>159.79</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>9.91</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>170.768</x:v>
+        <x:v>178.667</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>157.39</x:v>
+        <x:v>164.67</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>9.58</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>171.343</x:v>
+        <x:v>184.157</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>157.92</x:v>
+        <x:v>169.73</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>8.88</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>172.689</x:v>
+        <x:v>177.951</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>159.16</x:v>
+        <x:v>164.01</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>8.21</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>174.099</x:v>
+        <x:v>175.542</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>160.46</x:v>
+        <x:v>161.79</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>7.87</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>174.859</x:v>
+        <x:v>175.076</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>161.16</x:v>
+        <x:v>161.36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>9.39</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>172.048</x:v>
+        <x:v>173.014</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>158.57</x:v>
+        <x:v>159.46</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>11.53</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>168.902</x:v>
+        <x:v>174.978</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>155.67</x:v>
+        <x:v>161.27</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>9.27</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>173.101</x:v>
+        <x:v>174.555</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>159.54</x:v>
+        <x:v>160.88</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>12.18</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>169.065</x:v>
+        <x:v>174.576</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>155.82</x:v>
+        <x:v>160.9</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>17.17</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>164.28</x:v>
+        <x:v>173.372</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>151.41</x:v>
+        <x:v>159.79</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>17.45</x:v>
+        <x:v>9.91</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>163.987</x:v>
+        <x:v>170.768</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>151.14</x:v>
+        <x:v>157.39</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>10.52</x:v>
+        <x:v>9.58</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>175.542</x:v>
+        <x:v>171.343</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>161.79</x:v>
+        <x:v>157.92</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>10.3</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>175.911</x:v>
+        <x:v>172.689</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>162.13</x:v>
+        <x:v>159.16</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>10.18</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>176.117</x:v>
+        <x:v>174.099</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>162.32</x:v>
+        <x:v>160.46</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>9.97</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>176.454</x:v>
+        <x:v>174.859</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>162.63</x:v>
+        <x:v>161.16</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>7.36</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>182.909</x:v>
+        <x:v>172.048</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>168.58</x:v>
+        <x:v>158.57</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>8.06</x:v>
+        <x:v>11.53</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>181.336</x:v>
+        <x:v>168.902</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>167.13</x:v>
+        <x:v>155.67</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>8.31</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>180.783</x:v>
+        <x:v>173.101</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>166.62</x:v>
+        <x:v>159.54</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>10.38</x:v>
+        <x:v>12.18</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>177.246</x:v>
+        <x:v>169.065</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>163.36</x:v>
+        <x:v>155.82</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>8.21</x:v>
+        <x:v>17.17</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>182.02</x:v>
+        <x:v>164.28</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>167.76</x:v>
+        <x:v>151.41</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>10.91</x:v>
+        <x:v>17.45</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>177.625</x:v>
+        <x:v>163.987</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>163.71</x:v>
+        <x:v>151.14</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
+        <x:v>45904.9245717593</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>10.52</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>175.542</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>161.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45903.9236342593</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>10.3</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>175.911</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>162.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45902.9238657407</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>10.18</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>176.117</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>162.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
+        <x:v>45898.9303356481</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>9.97</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>176.454</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>162.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45897.9274768519</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>7.36</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>182.909</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>168.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45896.924849537</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>8.06</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>181.336</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>167.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45895.9239814815</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>8.31</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>180.783</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>166.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45894.923912037</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>10.38</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>177.246</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>163.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45891.9251967593</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>8.21</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>182.02</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>167.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45890.9256944444</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>10.91</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>177.625</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>163.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
         <x:v>45889.9243171296</x:v>
       </x:c>
-      <x:c r="B75" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C75" s="0">
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D75" s="0">
+      <x:c r="D85" s="0">
         <x:v>179.242</x:v>
       </x:c>
-      <x:c r="E75" s="0">
+      <x:c r="E85" s="0">
         <x:v>165.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>