--- v2 (2025-12-20)
+++ v3 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac2b4554b144e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b3ae266f4a141cfbcc0bf9a4afd7dcc.psmdcp" Id="Rc74e33943b474d7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1f798548694916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb18bdf9caa74db0aeb7ba047a292434.psmdcp" Id="R4fef30cbb97b4a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450968511</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>