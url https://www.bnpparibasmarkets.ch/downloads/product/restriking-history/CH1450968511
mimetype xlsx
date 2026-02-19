--- v3 (2026-01-25)
+++ v4 (2026-02-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1f798548694916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eb18bdf9caa74db0aeb7ba047a292434.psmdcp" Id="R4fef30cbb97b4a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4355ce4316744dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52db07ae7a56423eb753b579407be56c.psmdcp" Id="R5d75ea840f9d473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450968511</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>