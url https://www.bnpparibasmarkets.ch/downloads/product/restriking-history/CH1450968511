--- v4 (2026-02-19)
+++ v5 (2026-03-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4355ce4316744dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52db07ae7a56423eb753b579407be56c.psmdcp" Id="R5d75ea840f9d473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a2d25d342b4cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bce4393180b445f8714d73e0b9149ca.psmdcp" Id="R72a035e0e952464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450968511</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>