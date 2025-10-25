--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7554d586ef644ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f96610189004d84ab1c1819a68df98b.psmdcp" Id="R90b85965c0f7431d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radca8ed74bdd4502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abe29711696745d29594b27cc10fc9f9.psmdcp" Id="R8bd27fa152df438e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967935</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>