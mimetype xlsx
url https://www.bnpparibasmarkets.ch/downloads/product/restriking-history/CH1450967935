--- v1 (2025-10-25)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radca8ed74bdd4502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abe29711696745d29594b27cc10fc9f9.psmdcp" Id="R8bd27fa152df438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R528e4ee086eb438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/488a2d23b3ea4f139fecb62a65bf542f.psmdcp" Id="R2f4764714baa4944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967935</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>