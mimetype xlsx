--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R528e4ee086eb438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/488a2d23b3ea4f139fecb62a65bf542f.psmdcp" Id="R2f4764714baa4944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R695153cec0994182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40cb5825fc584b259b9f31d57da6328f.psmdcp" Id="R7b541bb575b84262" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967935</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>