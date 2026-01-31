--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R695153cec0994182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40cb5825fc584b259b9f31d57da6328f.psmdcp" Id="R7b541bb575b84262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438a80e81f4f4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/563bdf34a538448b836c44312cf1196e.psmdcp" Id="R28b95b036cb24d18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967935</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>