--- v4 (2026-01-31)
+++ v5 (2026-03-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438a80e81f4f4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/563bdf34a538448b836c44312cf1196e.psmdcp" Id="R28b95b036cb24d18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R229bd0ecd84b4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c88111949f2142879313223e126c6d0a.psmdcp" Id="Rc0db1e90caa2477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967935</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>