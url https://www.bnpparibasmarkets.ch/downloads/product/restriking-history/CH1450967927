--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d55644d97974086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97d12678a41145e88990f79509242054.psmdcp" Id="R9a6fe20e93fd478a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4dfd7c35a6c4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b00b0010efde4ca6b26a49174b4a3293.psmdcp" Id="Rfde5147e4d0844b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967927</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>