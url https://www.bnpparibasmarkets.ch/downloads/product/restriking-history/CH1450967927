--- v1 (2025-10-25)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4dfd7c35a6c4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b00b0010efde4ca6b26a49174b4a3293.psmdcp" Id="Rfde5147e4d0844b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bb345f55d84319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b10eabf040f64767b53f3be9dd92a156.psmdcp" Id="Rb4a52cbbceb746b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967927</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>