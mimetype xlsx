--- v2 (2025-12-13)
+++ v3 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bb345f55d84319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b10eabf040f64767b53f3be9dd92a156.psmdcp" Id="Rb4a52cbbceb746b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187b26f78c1b40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98b2a64a3fce4b56b9413d11e88aef1d.psmdcp" Id="R07fbb4256eb74e7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967927</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>