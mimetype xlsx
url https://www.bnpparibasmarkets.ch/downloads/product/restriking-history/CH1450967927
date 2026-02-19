--- v3 (2026-01-25)
+++ v4 (2026-02-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187b26f78c1b40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98b2a64a3fce4b56b9413d11e88aef1d.psmdcp" Id="R07fbb4256eb74e7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7d0fbf453e4ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3612d9b4ffae4139a31ccf24a9a28279.psmdcp" Id="R8ed190638105446c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967927</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>