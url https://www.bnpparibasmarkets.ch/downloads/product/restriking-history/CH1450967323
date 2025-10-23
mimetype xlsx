--- v0 (2025-10-01)
+++ v1 (2025-10-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redd82d4a3176460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/29bbc4a8747e445389a4c81d72effa99.psmdcp" Id="R5144f7b6c2f942c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R481f99a86c8e4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71474b4bf39e4371889d3b72eb8da486.psmdcp" Id="R0e860ab6763843e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967323</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1100 +390,1372 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E62"/>
+  <x:dimension ref="A1:E78"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>34.67</x:v>
+        <x:v>53.99</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>436.592</x:v>
+        <x:v>470.228</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>477.15</x:v>
+        <x:v>513.91</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>31.08</x:v>
+        <x:v>68.05</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>431.523</x:v>
+        <x:v>480.055</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>471.61</x:v>
+        <x:v>524.65</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>27.75</x:v>
+        <x:v>77.76</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>426.17</x:v>
+        <x:v>484.973</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>465.76</x:v>
+        <x:v>531.18</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>26.63</x:v>
+        <x:v>72.61</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>424.304</x:v>
+        <x:v>481.221</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>463.72</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>30.65</x:v>
+        <x:v>71.19</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>429.858</x:v>
+        <x:v>482.278</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>469.79</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>31.69</x:v>
+        <x:v>96.01</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>431.203</x:v>
+        <x:v>494.978</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>471.26</x:v>
+        <x:v>540.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>32.33</x:v>
+        <x:v>85.15</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>431.972</x:v>
+        <x:v>488.656</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>472.1</x:v>
+        <x:v>534.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>29.03</x:v>
+        <x:v>75.83</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>426.884</x:v>
+        <x:v>482.635</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>466.54</x:v>
+        <x:v>527.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>29.35</x:v>
+        <x:v>52.37</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>427.268</x:v>
+        <x:v>461.855</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>466.96</x:v>
+        <x:v>504.76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>21.59</x:v>
+        <x:v>41.29</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>412.354</x:v>
+        <x:v>449.54</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>450.66</x:v>
+        <x:v>491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>17.62</x:v>
+        <x:v>52.47</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>403.213</x:v>
+        <x:v>459.44</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>440.67</x:v>
+        <x:v>502.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>15.93</x:v>
+        <x:v>39.91</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>398.885</x:v>
+        <x:v>445.34</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>435.94</x:v>
+        <x:v>486.71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>14.52</x:v>
+        <x:v>48.49</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>394.841</x:v>
+        <x:v>453.273</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>431.52</x:v>
+        <x:v>495.38</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>14.51</x:v>
+        <x:v>51.32</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>394.713</x:v>
+        <x:v>455.533</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>431.38</x:v>
+        <x:v>497.85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>12.1</x:v>
+        <x:v>44.76</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>386.963</x:v>
+        <x:v>448.872</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>422.91</x:v>
+        <x:v>490.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>10.87</x:v>
+        <x:v>37.28</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>382.552</x:v>
+        <x:v>439.95</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>418.09</x:v>
+        <x:v>480.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>12.26</x:v>
+        <x:v>34.67</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>386.844</x:v>
+        <x:v>436.592</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>422.78</x:v>
+        <x:v>477.15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>12.42</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>387.118</x:v>
+        <x:v>431.523</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>423.08</x:v>
+        <x:v>471.61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>11.65</x:v>
+        <x:v>27.75</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>384.501</x:v>
+        <x:v>426.17</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>420.22</x:v>
+        <x:v>465.76</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>10.39</x:v>
+        <x:v>26.63</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>379.835</x:v>
+        <x:v>424.304</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>415.12</x:v>
+        <x:v>463.72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>10.65</x:v>
+        <x:v>30.65</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>380.686</x:v>
+        <x:v>429.858</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>416.05</x:v>
+        <x:v>469.79</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>11.56</x:v>
+        <x:v>31.69</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>383.422</x:v>
+        <x:v>431.203</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>419.04</x:v>
+        <x:v>471.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>18.26</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>397.943</x:v>
+        <x:v>431.972</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>434.91</x:v>
+        <x:v>472.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>17.39</x:v>
+        <x:v>29.03</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>395.893</x:v>
+        <x:v>426.884</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>432.67</x:v>
+        <x:v>466.54</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>16.87</x:v>
+        <x:v>29.35</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>394.603</x:v>
+        <x:v>427.268</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>431.26</x:v>
+        <x:v>466.96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>17.32</x:v>
+        <x:v>21.59</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>395.554</x:v>
+        <x:v>412.354</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>432.3</x:v>
+        <x:v>450.66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>18.89</x:v>
+        <x:v>17.62</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>398.638</x:v>
+        <x:v>403.213</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>435.67</x:v>
+        <x:v>440.67</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>13.27</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>382.369</x:v>
+        <x:v>398.885</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>417.89</x:v>
+        <x:v>435.94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>14.21</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>384.84</x:v>
+        <x:v>394.841</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>420.59</x:v>
+        <x:v>431.52</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>12.85</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>380.722</x:v>
+        <x:v>394.713</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>416.09</x:v>
+        <x:v>431.38</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>11.88</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>377.566</x:v>
+        <x:v>386.963</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>412.64</x:v>
+        <x:v>422.91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>10.67</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>373.128</x:v>
+        <x:v>382.552</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>407.79</x:v>
+        <x:v>418.09</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>13.94</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>382.012</x:v>
+        <x:v>386.844</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>417.5</x:v>
+        <x:v>422.78</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>12.79</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>378.536</x:v>
+        <x:v>387.118</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>413.7</x:v>
+        <x:v>423.08</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>12.51</x:v>
+        <x:v>11.65</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>377.63</x:v>
+        <x:v>384.501</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>412.71</x:v>
+        <x:v>420.22</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>11.37</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>373.814</x:v>
+        <x:v>379.835</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>408.54</x:v>
+        <x:v>415.12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>14.17</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>381.116</x:v>
+        <x:v>380.686</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>416.52</x:v>
+        <x:v>416.05</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>14.4</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>381.665</x:v>
+        <x:v>383.422</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>417.12</x:v>
+        <x:v>419.04</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>19.2</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>391.364</x:v>
+        <x:v>397.943</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>427.72</x:v>
+        <x:v>434.91</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>22.63</x:v>
+        <x:v>17.39</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>397.32</x:v>
+        <x:v>395.893</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>434.23</x:v>
+        <x:v>432.67</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>22.59</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>396.836</x:v>
+        <x:v>394.603</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>433.7</x:v>
+        <x:v>431.26</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>25.28</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>400.788</x:v>
+        <x:v>395.554</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>438.02</x:v>
+        <x:v>432.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>23.24</x:v>
+        <x:v>18.89</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>397.22</x:v>
+        <x:v>398.638</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>434.12</x:v>
+        <x:v>435.67</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>21.27</x:v>
+        <x:v>13.27</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>393.496</x:v>
+        <x:v>382.369</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>430.05</x:v>
+        <x:v>417.89</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>22.84</x:v>
+        <x:v>14.21</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>396.14</x:v>
+        <x:v>384.84</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>432.94</x:v>
+        <x:v>420.59</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>23.41</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>396.881</x:v>
+        <x:v>380.722</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>433.75</x:v>
+        <x:v>416.09</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>21.35</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>393.011</x:v>
+        <x:v>377.566</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>429.52</x:v>
+        <x:v>412.64</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>20.46</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>391.245</x:v>
+        <x:v>373.128</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>427.59</x:v>
+        <x:v>407.79</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>16.4</x:v>
+        <x:v>13.94</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>381.729</x:v>
+        <x:v>382.012</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>417.19</x:v>
+        <x:v>417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>14</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>374.157</x:v>
+        <x:v>378.536</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>410.07</x:v>
+        <x:v>413.7</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45859.3186342593</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>15.39</x:v>
+        <x:v>12.51</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>377.488</x:v>
+        <x:v>377.63</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>413.71</x:v>
+        <x:v>412.71</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>15.02</x:v>
+        <x:v>11.37</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>378.545</x:v>
+        <x:v>373.814</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>413.71</x:v>
+        <x:v>408.54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>16.81</x:v>
+        <x:v>14.17</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>382.534</x:v>
+        <x:v>381.116</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>418.07</x:v>
+        <x:v>416.52</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>14.96</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>377.785</x:v>
+        <x:v>381.665</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>412.88</x:v>
+        <x:v>417.12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>12.45</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>370.246</x:v>
+        <x:v>391.364</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>404.64</x:v>
+        <x:v>427.72</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>12.83</x:v>
+        <x:v>22.63</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>371.28</x:v>
+        <x:v>397.32</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>405.77</x:v>
+        <x:v>434.23</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>12.95</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>371.417</x:v>
+        <x:v>396.836</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>405.92</x:v>
+        <x:v>433.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>13.79</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>373.622</x:v>
+        <x:v>400.788</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>408.33</x:v>
+        <x:v>438.02</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>11.98</x:v>
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>367.995</x:v>
+        <x:v>397.22</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>402.18</x:v>
+        <x:v>434.12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
+        <x:v>45867.9289814815</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C62" s="0">
+        <x:v>21.27</x:v>
+      </x:c>
+      <x:c r="D62" s="0">
+        <x:v>393.496</x:v>
+      </x:c>
+      <x:c r="E62" s="0">
+        <x:v>430.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="1">
+        <x:v>45866.9278587963</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C63" s="0">
+        <x:v>22.84</x:v>
+      </x:c>
+      <x:c r="D63" s="0">
+        <x:v>396.14</x:v>
+      </x:c>
+      <x:c r="E63" s="0">
+        <x:v>432.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="1">
+        <x:v>45863.9269097222</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C64" s="0">
+        <x:v>23.41</x:v>
+      </x:c>
+      <x:c r="D64" s="0">
+        <x:v>396.881</x:v>
+      </x:c>
+      <x:c r="E64" s="0">
+        <x:v>433.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="1">
+        <x:v>45862.9245601852</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C65" s="0">
+        <x:v>21.35</x:v>
+      </x:c>
+      <x:c r="D65" s="0">
+        <x:v>393.011</x:v>
+      </x:c>
+      <x:c r="E65" s="0">
+        <x:v>429.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="1">
+        <x:v>45861.926400463</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C66" s="0">
+        <x:v>20.46</x:v>
+      </x:c>
+      <x:c r="D66" s="0">
+        <x:v>391.245</x:v>
+      </x:c>
+      <x:c r="E66" s="0">
+        <x:v>427.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="1">
+        <x:v>45860.9260648148</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C67" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+      <x:c r="D67" s="0">
+        <x:v>381.729</x:v>
+      </x:c>
+      <x:c r="E67" s="0">
+        <x:v>417.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="1">
+        <x:v>45859.9273611111</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C68" s="0">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D68" s="0">
+        <x:v>374.157</x:v>
+      </x:c>
+      <x:c r="E68" s="0">
+        <x:v>410.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="1">
+        <x:v>45859.3186342593</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C69" s="0">
+        <x:v>15.39</x:v>
+      </x:c>
+      <x:c r="D69" s="0">
+        <x:v>377.488</x:v>
+      </x:c>
+      <x:c r="E69" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="1">
+        <x:v>45856.949212963</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C70" s="0">
+        <x:v>15.02</x:v>
+      </x:c>
+      <x:c r="D70" s="0">
+        <x:v>378.545</x:v>
+      </x:c>
+      <x:c r="E70" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="1">
+        <x:v>45855.9327777778</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C71" s="0">
+        <x:v>16.81</x:v>
+      </x:c>
+      <x:c r="D71" s="0">
+        <x:v>382.534</x:v>
+      </x:c>
+      <x:c r="E71" s="0">
+        <x:v>418.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="1">
+        <x:v>45854.9360416667</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C72" s="0">
+        <x:v>14.96</x:v>
+      </x:c>
+      <x:c r="D72" s="0">
+        <x:v>377.785</x:v>
+      </x:c>
+      <x:c r="E72" s="0">
+        <x:v>412.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="1">
+        <x:v>45853.9275462963</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C73" s="0">
+        <x:v>12.45</x:v>
+      </x:c>
+      <x:c r="D73" s="0">
+        <x:v>370.246</x:v>
+      </x:c>
+      <x:c r="E73" s="0">
+        <x:v>404.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="1">
+        <x:v>45852.9328472222</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C74" s="0">
+        <x:v>12.83</x:v>
+      </x:c>
+      <x:c r="D74" s="0">
+        <x:v>371.28</x:v>
+      </x:c>
+      <x:c r="E74" s="0">
+        <x:v>405.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="1">
+        <x:v>45849.9250115741</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C75" s="0">
+        <x:v>12.95</x:v>
+      </x:c>
+      <x:c r="D75" s="0">
+        <x:v>371.417</x:v>
+      </x:c>
+      <x:c r="E75" s="0">
+        <x:v>405.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="1">
+        <x:v>45848.9261689815</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C76" s="0">
+        <x:v>13.79</x:v>
+      </x:c>
+      <x:c r="D76" s="0">
+        <x:v>373.622</x:v>
+      </x:c>
+      <x:c r="E76" s="0">
+        <x:v>408.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="1">
+        <x:v>45847.9257638889</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C77" s="0">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="D77" s="0">
+        <x:v>367.995</x:v>
+      </x:c>
+      <x:c r="E77" s="0">
+        <x:v>402.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="1">
         <x:v>45846.9248842593</x:v>
       </x:c>
-      <x:c r="B62" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C62" s="0">
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D62" s="0">
+      <x:c r="D78" s="0">
         <x:v>360.775</x:v>
       </x:c>
-      <x:c r="E62" s="0">
+      <x:c r="E78" s="0">
         <x:v>394.29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>