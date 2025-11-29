--- v1 (2025-10-23)
+++ v2 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R481f99a86c8e4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71474b4bf39e4371889d3b72eb8da486.psmdcp" Id="R0e860ab6763843e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d71ee9972574115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5aed34f81c2b4653b59ea7c99677d974.psmdcp" Id="R9607d134546e4ab0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967323</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1372 +390,1797 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E78"/>
+  <x:dimension ref="A1:E103"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>53.99</x:v>
+        <x:v>82.33</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>470.228</x:v>
+        <x:v>526.82</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>513.91</x:v>
+        <x:v>575.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>68.05</x:v>
+        <x:v>79.8</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>480.055</x:v>
+        <x:v>524.963</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>524.65</x:v>
+        <x:v>573.73</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>77.76</x:v>
+        <x:v>71.01</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>484.973</x:v>
+        <x:v>518.448</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>531.18</x:v>
+        <x:v>566.61</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>72.61</x:v>
+        <x:v>54.44</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>481.221</x:v>
+        <x:v>503.644</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>527.08</x:v>
+        <x:v>550.43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>71.19</x:v>
+        <x:v>50.55</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>482.278</x:v>
+        <x:v>499.709</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>527.08</x:v>
+        <x:v>546.13</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>96.01</x:v>
+        <x:v>57.97</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>494.978</x:v>
+        <x:v>506.096</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>540.96</x:v>
+        <x:v>553.11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>85.15</x:v>
+        <x:v>52.12</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>488.656</x:v>
+        <x:v>500.395</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>534.05</x:v>
+        <x:v>546.88</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>75.83</x:v>
+        <x:v>57.63</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>482.635</x:v>
+        <x:v>505.126</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>527.47</x:v>
+        <x:v>552.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>52.37</x:v>
+        <x:v>60.1</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>461.855</x:v>
+        <x:v>506.938</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>504.76</x:v>
+        <x:v>554.03</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>41.29</x:v>
+        <x:v>59.69</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>449.54</x:v>
+        <x:v>506.498</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>491.3</x:v>
+        <x:v>553.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>52.47</x:v>
+        <x:v>90.67</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>459.44</x:v>
+        <x:v>524.313</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>502.12</x:v>
+        <x:v>573.02</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>39.91</x:v>
+        <x:v>83.35</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>445.34</x:v>
+        <x:v>519.656</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>486.71</x:v>
+        <x:v>567.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>48.49</x:v>
+        <x:v>88.01</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>453.273</x:v>
+        <x:v>522.328</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>495.38</x:v>
+        <x:v>570.85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>51.32</x:v>
+        <x:v>77.74</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>455.533</x:v>
+        <x:v>515.236</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>497.85</x:v>
+        <x:v>563.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>44.76</x:v>
+        <x:v>88.24</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>448.872</x:v>
+        <x:v>521.349</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>490.57</x:v>
+        <x:v>569.78</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>37.28</x:v>
+        <x:v>87.43</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>439.95</x:v>
+        <x:v>520.772</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>480.82</x:v>
+        <x:v>569.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>34.67</x:v>
+        <x:v>62.81</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>436.592</x:v>
+        <x:v>501.036</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>477.15</x:v>
+        <x:v>547.58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>31.08</x:v>
+        <x:v>105.58</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>431.523</x:v>
+        <x:v>522.09</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>471.61</x:v>
+        <x:v>570.59</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>27.75</x:v>
+        <x:v>120.14</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>426.17</x:v>
+        <x:v>528.193</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>465.76</x:v>
+        <x:v>577.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>26.63</x:v>
+        <x:v>133.92</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>424.304</x:v>
+        <x:v>533.582</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>463.72</x:v>
+        <x:v>583.15</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>30.65</x:v>
+        <x:v>139.77</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>429.858</x:v>
+        <x:v>535.723</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>469.79</x:v>
+        <x:v>585.49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>31.69</x:v>
+        <x:v>64.71</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>431.203</x:v>
+        <x:v>479.89</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>471.26</x:v>
+        <x:v>524.47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>32.33</x:v>
+        <x:v>68.2</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>431.972</x:v>
+        <x:v>482.269</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>472.1</x:v>
+        <x:v>527.07</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>29.03</x:v>
+        <x:v>63.3</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>426.884</x:v>
+        <x:v>478.298</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>466.54</x:v>
+        <x:v>522.73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>29.35</x:v>
+        <x:v>60.81</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>427.268</x:v>
+        <x:v>476.258</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>466.96</x:v>
+        <x:v>520.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>21.59</x:v>
+        <x:v>53.99</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>412.354</x:v>
+        <x:v>470.228</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>450.66</x:v>
+        <x:v>513.91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>17.62</x:v>
+        <x:v>68.05</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>403.213</x:v>
+        <x:v>480.055</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>440.67</x:v>
+        <x:v>524.65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>15.93</x:v>
+        <x:v>77.76</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>398.885</x:v>
+        <x:v>484.973</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>435.94</x:v>
+        <x:v>531.18</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>14.52</x:v>
+        <x:v>72.61</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>394.841</x:v>
+        <x:v>481.221</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>431.52</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>14.51</x:v>
+        <x:v>71.19</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>394.713</x:v>
+        <x:v>482.278</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>431.38</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>12.1</x:v>
+        <x:v>96.01</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>386.963</x:v>
+        <x:v>494.978</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>422.91</x:v>
+        <x:v>540.96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>10.87</x:v>
+        <x:v>85.15</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>382.552</x:v>
+        <x:v>488.656</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>418.09</x:v>
+        <x:v>534.05</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>12.26</x:v>
+        <x:v>75.83</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>386.844</x:v>
+        <x:v>482.635</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>422.78</x:v>
+        <x:v>527.47</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>12.42</x:v>
+        <x:v>52.37</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>387.118</x:v>
+        <x:v>461.855</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>423.08</x:v>
+        <x:v>504.76</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>11.65</x:v>
+        <x:v>41.29</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>384.501</x:v>
+        <x:v>449.54</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>420.22</x:v>
+        <x:v>491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>10.39</x:v>
+        <x:v>52.47</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>379.835</x:v>
+        <x:v>459.44</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>415.12</x:v>
+        <x:v>502.12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>10.65</x:v>
+        <x:v>39.91</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>380.686</x:v>
+        <x:v>445.34</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>416.05</x:v>
+        <x:v>486.71</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>11.56</x:v>
+        <x:v>48.49</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>383.422</x:v>
+        <x:v>453.273</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>419.04</x:v>
+        <x:v>495.38</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>18.26</x:v>
+        <x:v>51.32</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>397.943</x:v>
+        <x:v>455.533</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>434.91</x:v>
+        <x:v>497.85</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>17.39</x:v>
+        <x:v>44.76</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>395.893</x:v>
+        <x:v>448.872</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>432.67</x:v>
+        <x:v>490.57</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>16.87</x:v>
+        <x:v>37.28</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>394.603</x:v>
+        <x:v>439.95</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>431.26</x:v>
+        <x:v>480.82</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>17.32</x:v>
+        <x:v>34.67</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>395.554</x:v>
+        <x:v>436.592</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>432.3</x:v>
+        <x:v>477.15</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>18.89</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>398.638</x:v>
+        <x:v>431.523</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>435.67</x:v>
+        <x:v>471.61</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>13.27</x:v>
+        <x:v>27.75</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>382.369</x:v>
+        <x:v>426.17</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>417.89</x:v>
+        <x:v>465.76</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>14.21</x:v>
+        <x:v>26.63</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>384.84</x:v>
+        <x:v>424.304</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>420.59</x:v>
+        <x:v>463.72</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>12.85</x:v>
+        <x:v>30.65</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>380.722</x:v>
+        <x:v>429.858</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>416.09</x:v>
+        <x:v>469.79</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>11.88</x:v>
+        <x:v>31.69</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>377.566</x:v>
+        <x:v>431.203</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>412.64</x:v>
+        <x:v>471.26</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>10.67</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>373.128</x:v>
+        <x:v>431.972</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>407.79</x:v>
+        <x:v>472.1</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>13.94</x:v>
+        <x:v>29.03</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>382.012</x:v>
+        <x:v>426.884</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>417.5</x:v>
+        <x:v>466.54</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>12.79</x:v>
+        <x:v>29.35</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>378.536</x:v>
+        <x:v>427.268</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>413.7</x:v>
+        <x:v>466.96</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>12.51</x:v>
+        <x:v>21.59</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>377.63</x:v>
+        <x:v>412.354</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>412.71</x:v>
+        <x:v>450.66</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>11.37</x:v>
+        <x:v>17.62</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>373.814</x:v>
+        <x:v>403.213</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>408.54</x:v>
+        <x:v>440.67</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>14.17</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>381.116</x:v>
+        <x:v>398.885</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>416.52</x:v>
+        <x:v>435.94</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>14.4</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>381.665</x:v>
+        <x:v>394.841</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>417.12</x:v>
+        <x:v>431.52</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>19.2</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>391.364</x:v>
+        <x:v>394.713</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>427.72</x:v>
+        <x:v>431.38</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>22.63</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>397.32</x:v>
+        <x:v>386.963</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>434.23</x:v>
+        <x:v>422.91</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>22.59</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>396.836</x:v>
+        <x:v>382.552</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>433.7</x:v>
+        <x:v>418.09</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>25.28</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>400.788</x:v>
+        <x:v>386.844</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>438.02</x:v>
+        <x:v>422.78</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>23.24</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>397.22</x:v>
+        <x:v>387.118</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>434.12</x:v>
+        <x:v>423.08</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>21.27</x:v>
+        <x:v>11.65</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>393.496</x:v>
+        <x:v>384.501</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>430.05</x:v>
+        <x:v>420.22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>22.84</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>396.14</x:v>
+        <x:v>379.835</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>432.94</x:v>
+        <x:v>415.12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>23.41</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>396.881</x:v>
+        <x:v>380.686</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>433.75</x:v>
+        <x:v>416.05</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>21.35</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>393.011</x:v>
+        <x:v>383.422</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>429.52</x:v>
+        <x:v>419.04</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>20.46</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>391.245</x:v>
+        <x:v>397.943</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>427.59</x:v>
+        <x:v>434.91</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>16.4</x:v>
+        <x:v>17.39</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>381.729</x:v>
+        <x:v>395.893</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>417.19</x:v>
+        <x:v>432.67</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>14</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>374.157</x:v>
+        <x:v>394.603</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>410.07</x:v>
+        <x:v>431.26</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45859.3186342593</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>15.39</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>377.488</x:v>
+        <x:v>395.554</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>413.71</x:v>
+        <x:v>432.3</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>15.02</x:v>
+        <x:v>18.89</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>378.545</x:v>
+        <x:v>398.638</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>413.71</x:v>
+        <x:v>435.67</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>16.81</x:v>
+        <x:v>13.27</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>382.534</x:v>
+        <x:v>382.369</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>418.07</x:v>
+        <x:v>417.89</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>14.96</x:v>
+        <x:v>14.21</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>377.785</x:v>
+        <x:v>384.84</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>412.88</x:v>
+        <x:v>420.59</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>12.45</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>370.246</x:v>
+        <x:v>380.722</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>404.64</x:v>
+        <x:v>416.09</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>12.83</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>371.28</x:v>
+        <x:v>377.566</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>405.77</x:v>
+        <x:v>412.64</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>12.95</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>371.417</x:v>
+        <x:v>373.128</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>405.92</x:v>
+        <x:v>407.79</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>13.79</x:v>
+        <x:v>13.94</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>373.622</x:v>
+        <x:v>382.012</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>408.33</x:v>
+        <x:v>417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>11.98</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>367.995</x:v>
+        <x:v>378.536</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>402.18</x:v>
+        <x:v>413.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
+        <x:v>45881.9233796296</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C78" s="0">
+        <x:v>12.51</x:v>
+      </x:c>
+      <x:c r="D78" s="0">
+        <x:v>377.63</x:v>
+      </x:c>
+      <x:c r="E78" s="0">
+        <x:v>412.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="1">
+        <x:v>45880.9235763889</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C79" s="0">
+        <x:v>11.37</x:v>
+      </x:c>
+      <x:c r="D79" s="0">
+        <x:v>373.814</x:v>
+      </x:c>
+      <x:c r="E79" s="0">
+        <x:v>408.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="1">
+        <x:v>45877.9331944444</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C80" s="0">
+        <x:v>14.17</x:v>
+      </x:c>
+      <x:c r="D80" s="0">
+        <x:v>381.116</x:v>
+      </x:c>
+      <x:c r="E80" s="0">
+        <x:v>416.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="1">
+        <x:v>45876.9384490741</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C81" s="0">
+        <x:v>14.4</x:v>
+      </x:c>
+      <x:c r="D81" s="0">
+        <x:v>381.665</x:v>
+      </x:c>
+      <x:c r="E81" s="0">
+        <x:v>417.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="1">
+        <x:v>45875.9344444444</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C82" s="0">
+        <x:v>19.2</x:v>
+      </x:c>
+      <x:c r="D82" s="0">
+        <x:v>391.364</x:v>
+      </x:c>
+      <x:c r="E82" s="0">
+        <x:v>427.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="1">
+        <x:v>45874.9326273148</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C83" s="0">
+        <x:v>22.63</x:v>
+      </x:c>
+      <x:c r="D83" s="0">
+        <x:v>397.32</x:v>
+      </x:c>
+      <x:c r="E83" s="0">
+        <x:v>434.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="1">
+        <x:v>45873.9313425926</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C84" s="0">
+        <x:v>22.59</x:v>
+      </x:c>
+      <x:c r="D84" s="0">
+        <x:v>396.836</x:v>
+      </x:c>
+      <x:c r="E84" s="0">
+        <x:v>433.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="1">
+        <x:v>45869.9244212963</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C85" s="0">
+        <x:v>25.28</x:v>
+      </x:c>
+      <x:c r="D85" s="0">
+        <x:v>400.788</x:v>
+      </x:c>
+      <x:c r="E85" s="0">
+        <x:v>438.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="1">
+        <x:v>45868.9255092593</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C86" s="0">
+        <x:v>23.24</x:v>
+      </x:c>
+      <x:c r="D86" s="0">
+        <x:v>397.22</x:v>
+      </x:c>
+      <x:c r="E86" s="0">
+        <x:v>434.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="1">
+        <x:v>45867.9289814815</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C87" s="0">
+        <x:v>21.27</x:v>
+      </x:c>
+      <x:c r="D87" s="0">
+        <x:v>393.496</x:v>
+      </x:c>
+      <x:c r="E87" s="0">
+        <x:v>430.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="1">
+        <x:v>45866.9278587963</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C88" s="0">
+        <x:v>22.84</x:v>
+      </x:c>
+      <x:c r="D88" s="0">
+        <x:v>396.14</x:v>
+      </x:c>
+      <x:c r="E88" s="0">
+        <x:v>432.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1">
+        <x:v>45863.9269097222</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C89" s="0">
+        <x:v>23.41</x:v>
+      </x:c>
+      <x:c r="D89" s="0">
+        <x:v>396.881</x:v>
+      </x:c>
+      <x:c r="E89" s="0">
+        <x:v>433.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1">
+        <x:v>45862.9245601852</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C90" s="0">
+        <x:v>21.35</x:v>
+      </x:c>
+      <x:c r="D90" s="0">
+        <x:v>393.011</x:v>
+      </x:c>
+      <x:c r="E90" s="0">
+        <x:v>429.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1">
+        <x:v>45861.926400463</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C91" s="0">
+        <x:v>20.46</x:v>
+      </x:c>
+      <x:c r="D91" s="0">
+        <x:v>391.245</x:v>
+      </x:c>
+      <x:c r="E91" s="0">
+        <x:v>427.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="1">
+        <x:v>45860.9260648148</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C92" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+      <x:c r="D92" s="0">
+        <x:v>381.729</x:v>
+      </x:c>
+      <x:c r="E92" s="0">
+        <x:v>417.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="1">
+        <x:v>45859.9273611111</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C93" s="0">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D93" s="0">
+        <x:v>374.157</x:v>
+      </x:c>
+      <x:c r="E93" s="0">
+        <x:v>410.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="1">
+        <x:v>45859.3186342593</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C94" s="0">
+        <x:v>15.39</x:v>
+      </x:c>
+      <x:c r="D94" s="0">
+        <x:v>377.488</x:v>
+      </x:c>
+      <x:c r="E94" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="1">
+        <x:v>45856.949212963</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C95" s="0">
+        <x:v>15.02</x:v>
+      </x:c>
+      <x:c r="D95" s="0">
+        <x:v>378.545</x:v>
+      </x:c>
+      <x:c r="E95" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="1">
+        <x:v>45855.9327777778</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C96" s="0">
+        <x:v>16.81</x:v>
+      </x:c>
+      <x:c r="D96" s="0">
+        <x:v>382.534</x:v>
+      </x:c>
+      <x:c r="E96" s="0">
+        <x:v>418.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1">
+        <x:v>45854.9360416667</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C97" s="0">
+        <x:v>14.96</x:v>
+      </x:c>
+      <x:c r="D97" s="0">
+        <x:v>377.785</x:v>
+      </x:c>
+      <x:c r="E97" s="0">
+        <x:v>412.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="1">
+        <x:v>45853.9275462963</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C98" s="0">
+        <x:v>12.45</x:v>
+      </x:c>
+      <x:c r="D98" s="0">
+        <x:v>370.246</x:v>
+      </x:c>
+      <x:c r="E98" s="0">
+        <x:v>404.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1">
+        <x:v>45852.9328472222</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C99" s="0">
+        <x:v>12.83</x:v>
+      </x:c>
+      <x:c r="D99" s="0">
+        <x:v>371.28</x:v>
+      </x:c>
+      <x:c r="E99" s="0">
+        <x:v>405.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1">
+        <x:v>45849.9250115741</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C100" s="0">
+        <x:v>12.95</x:v>
+      </x:c>
+      <x:c r="D100" s="0">
+        <x:v>371.417</x:v>
+      </x:c>
+      <x:c r="E100" s="0">
+        <x:v>405.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1">
+        <x:v>45848.9261689815</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C101" s="0">
+        <x:v>13.79</x:v>
+      </x:c>
+      <x:c r="D101" s="0">
+        <x:v>373.622</x:v>
+      </x:c>
+      <x:c r="E101" s="0">
+        <x:v>408.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1">
+        <x:v>45847.9257638889</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C102" s="0">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="D102" s="0">
+        <x:v>367.995</x:v>
+      </x:c>
+      <x:c r="E102" s="0">
+        <x:v>402.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="1">
         <x:v>45846.9248842593</x:v>
       </x:c>
-      <x:c r="B78" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C78" s="0">
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D78" s="0">
+      <x:c r="D103" s="0">
         <x:v>360.775</x:v>
       </x:c>
-      <x:c r="E78" s="0">
+      <x:c r="E103" s="0">
         <x:v>394.29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>