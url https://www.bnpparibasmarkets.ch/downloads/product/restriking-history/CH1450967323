--- v2 (2025-11-29)
+++ v3 (2025-12-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d71ee9972574115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5aed34f81c2b4653b59ea7c99677d974.psmdcp" Id="R9607d134546e4ab0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c225f36d1dd4b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33db3e58a3a340c4bd54431d9795d34c.psmdcp" Id="Rcef5b6146b0346bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967323</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,1797 +390,2069 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E103"/>
+  <x:dimension ref="A1:E119"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>82.33</x:v>
+        <x:v>57.83</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>526.82</x:v>
+        <x:v>532.914</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>575.76</x:v>
+        <x:v>582.42</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>79.8</x:v>
+        <x:v>57.92</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>524.963</x:v>
+        <x:v>532.905</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>573.73</x:v>
+        <x:v>582.41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>71.01</x:v>
+        <x:v>52.55</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>518.448</x:v>
+        <x:v>527.241</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>566.61</x:v>
+        <x:v>576.22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>54.44</x:v>
+        <x:v>44.46</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>503.644</x:v>
+        <x:v>517.734</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>550.43</x:v>
+        <x:v>565.83</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>50.55</x:v>
+        <x:v>41.62</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>499.709</x:v>
+        <x:v>514.129</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>546.13</x:v>
+        <x:v>561.89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>57.97</x:v>
+        <x:v>77.2</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>506.096</x:v>
+        <x:v>538.871</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>553.11</x:v>
+        <x:v>588.93</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>52.12</x:v>
+        <x:v>78.44</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>500.395</x:v>
+        <x:v>539.63</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>546.88</x:v>
+        <x:v>589.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>57.63</x:v>
+        <x:v>91.34</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>505.126</x:v>
+        <x:v>547.069</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>552.05</x:v>
+        <x:v>597.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>60.1</x:v>
+        <x:v>164.53</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>506.938</x:v>
+        <x:v>572.433</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>554.03</x:v>
+        <x:v>625.61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>59.69</x:v>
+        <x:v>141.24</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>506.498</x:v>
+        <x:v>563.045</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>553.55</x:v>
+        <x:v>615.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>90.67</x:v>
+        <x:v>104.52</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>524.313</x:v>
+        <x:v>543.839</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>573.02</x:v>
+        <x:v>594.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>83.35</x:v>
+        <x:v>122.87</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>519.656</x:v>
+        <x:v>551.901</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>567.93</x:v>
+        <x:v>603.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>88.01</x:v>
+        <x:v>115.34</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>522.328</x:v>
+        <x:v>548.222</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>570.85</x:v>
+        <x:v>599.15</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>77.74</x:v>
+        <x:v>102.28</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>515.236</x:v>
+        <x:v>541.213</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>563.1</x:v>
+        <x:v>591.49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>88.24</x:v>
+        <x:v>88.7</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>521.349</x:v>
+        <x:v>532.96</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>569.78</x:v>
+        <x:v>582.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>87.43</x:v>
+        <x:v>70.86</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>520.772</x:v>
+        <x:v>519.775</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>569.15</x:v>
+        <x:v>568.06</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>62.81</x:v>
+        <x:v>82.33</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>501.036</x:v>
+        <x:v>526.82</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>547.58</x:v>
+        <x:v>575.76</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>105.58</x:v>
+        <x:v>79.8</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>522.09</x:v>
+        <x:v>524.963</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>570.59</x:v>
+        <x:v>573.73</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>120.14</x:v>
+        <x:v>71.01</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>528.193</x:v>
+        <x:v>518.448</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>577.26</x:v>
+        <x:v>566.61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>133.92</x:v>
+        <x:v>54.44</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>533.582</x:v>
+        <x:v>503.644</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>583.15</x:v>
+        <x:v>550.43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>139.77</x:v>
+        <x:v>50.55</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>535.723</x:v>
+        <x:v>499.709</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>585.49</x:v>
+        <x:v>546.13</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>64.71</x:v>
+        <x:v>57.97</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>479.89</x:v>
+        <x:v>506.096</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>524.47</x:v>
+        <x:v>553.11</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>68.2</x:v>
+        <x:v>52.12</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>482.269</x:v>
+        <x:v>500.395</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>527.07</x:v>
+        <x:v>546.88</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>63.3</x:v>
+        <x:v>57.63</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>478.298</x:v>
+        <x:v>505.126</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>522.73</x:v>
+        <x:v>552.05</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>60.81</x:v>
+        <x:v>60.1</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>476.258</x:v>
+        <x:v>506.938</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>520.5</x:v>
+        <x:v>554.03</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>53.99</x:v>
+        <x:v>59.69</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>470.228</x:v>
+        <x:v>506.498</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>513.91</x:v>
+        <x:v>553.55</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>68.05</x:v>
+        <x:v>90.67</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>480.055</x:v>
+        <x:v>524.313</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>524.65</x:v>
+        <x:v>573.02</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>77.76</x:v>
+        <x:v>83.35</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>484.973</x:v>
+        <x:v>519.656</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>531.18</x:v>
+        <x:v>567.93</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>72.61</x:v>
+        <x:v>88.01</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>481.221</x:v>
+        <x:v>522.328</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>527.08</x:v>
+        <x:v>570.85</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>71.19</x:v>
+        <x:v>77.74</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>482.278</x:v>
+        <x:v>515.236</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>527.08</x:v>
+        <x:v>563.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>96.01</x:v>
+        <x:v>88.24</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>494.978</x:v>
+        <x:v>521.349</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>540.96</x:v>
+        <x:v>569.78</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>85.15</x:v>
+        <x:v>87.43</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>488.656</x:v>
+        <x:v>520.772</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>534.05</x:v>
+        <x:v>569.15</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>75.83</x:v>
+        <x:v>62.81</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>482.635</x:v>
+        <x:v>501.036</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>527.47</x:v>
+        <x:v>547.58</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>52.37</x:v>
+        <x:v>105.58</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>461.855</x:v>
+        <x:v>522.09</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>504.76</x:v>
+        <x:v>570.59</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>41.29</x:v>
+        <x:v>120.14</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>449.54</x:v>
+        <x:v>528.193</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>491.3</x:v>
+        <x:v>577.26</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>52.47</x:v>
+        <x:v>133.92</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>459.44</x:v>
+        <x:v>533.582</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>502.12</x:v>
+        <x:v>583.15</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>39.91</x:v>
+        <x:v>139.77</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>445.34</x:v>
+        <x:v>535.723</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>486.71</x:v>
+        <x:v>585.49</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>48.49</x:v>
+        <x:v>64.71</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>453.273</x:v>
+        <x:v>479.89</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>495.38</x:v>
+        <x:v>524.47</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>51.32</x:v>
+        <x:v>68.2</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>455.533</x:v>
+        <x:v>482.269</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>497.85</x:v>
+        <x:v>527.07</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>44.76</x:v>
+        <x:v>63.3</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>448.872</x:v>
+        <x:v>478.298</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>490.57</x:v>
+        <x:v>522.73</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>37.28</x:v>
+        <x:v>60.81</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>439.95</x:v>
+        <x:v>476.258</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>480.82</x:v>
+        <x:v>520.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>34.67</x:v>
+        <x:v>53.99</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>436.592</x:v>
+        <x:v>470.228</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>477.15</x:v>
+        <x:v>513.91</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>31.08</x:v>
+        <x:v>68.05</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>431.523</x:v>
+        <x:v>480.055</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>471.61</x:v>
+        <x:v>524.65</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>27.75</x:v>
+        <x:v>77.76</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>426.17</x:v>
+        <x:v>484.973</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>465.76</x:v>
+        <x:v>531.18</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>26.63</x:v>
+        <x:v>72.61</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>424.304</x:v>
+        <x:v>481.221</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>463.72</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>30.65</x:v>
+        <x:v>71.19</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>429.858</x:v>
+        <x:v>482.278</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>469.79</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>31.69</x:v>
+        <x:v>96.01</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>431.203</x:v>
+        <x:v>494.978</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>471.26</x:v>
+        <x:v>540.96</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>32.33</x:v>
+        <x:v>85.15</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>431.972</x:v>
+        <x:v>488.656</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>472.1</x:v>
+        <x:v>534.05</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>29.03</x:v>
+        <x:v>75.83</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>426.884</x:v>
+        <x:v>482.635</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>466.54</x:v>
+        <x:v>527.47</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>29.35</x:v>
+        <x:v>52.37</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>427.268</x:v>
+        <x:v>461.855</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>466.96</x:v>
+        <x:v>504.76</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>21.59</x:v>
+        <x:v>41.29</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>412.354</x:v>
+        <x:v>449.54</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>450.66</x:v>
+        <x:v>491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>17.62</x:v>
+        <x:v>52.47</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>403.213</x:v>
+        <x:v>459.44</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>440.67</x:v>
+        <x:v>502.12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>15.93</x:v>
+        <x:v>39.91</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>398.885</x:v>
+        <x:v>445.34</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>435.94</x:v>
+        <x:v>486.71</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>14.52</x:v>
+        <x:v>48.49</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>394.841</x:v>
+        <x:v>453.273</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>431.52</x:v>
+        <x:v>495.38</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>14.51</x:v>
+        <x:v>51.32</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>394.713</x:v>
+        <x:v>455.533</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>431.38</x:v>
+        <x:v>497.85</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>12.1</x:v>
+        <x:v>44.76</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>386.963</x:v>
+        <x:v>448.872</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>422.91</x:v>
+        <x:v>490.57</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>10.87</x:v>
+        <x:v>37.28</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>382.552</x:v>
+        <x:v>439.95</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>418.09</x:v>
+        <x:v>480.82</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>12.26</x:v>
+        <x:v>34.67</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>386.844</x:v>
+        <x:v>436.592</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>422.78</x:v>
+        <x:v>477.15</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>12.42</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>387.118</x:v>
+        <x:v>431.523</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>423.08</x:v>
+        <x:v>471.61</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>11.65</x:v>
+        <x:v>27.75</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>384.501</x:v>
+        <x:v>426.17</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>420.22</x:v>
+        <x:v>465.76</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>10.39</x:v>
+        <x:v>26.63</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>379.835</x:v>
+        <x:v>424.304</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>415.12</x:v>
+        <x:v>463.72</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>10.65</x:v>
+        <x:v>30.65</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>380.686</x:v>
+        <x:v>429.858</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>416.05</x:v>
+        <x:v>469.79</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>11.56</x:v>
+        <x:v>31.69</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>383.422</x:v>
+        <x:v>431.203</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>419.04</x:v>
+        <x:v>471.26</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>18.26</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>397.943</x:v>
+        <x:v>431.972</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>434.91</x:v>
+        <x:v>472.1</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>17.39</x:v>
+        <x:v>29.03</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>395.893</x:v>
+        <x:v>426.884</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>432.67</x:v>
+        <x:v>466.54</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>16.87</x:v>
+        <x:v>29.35</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>394.603</x:v>
+        <x:v>427.268</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>431.26</x:v>
+        <x:v>466.96</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>17.32</x:v>
+        <x:v>21.59</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>395.554</x:v>
+        <x:v>412.354</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>432.3</x:v>
+        <x:v>450.66</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>18.89</x:v>
+        <x:v>17.62</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>398.638</x:v>
+        <x:v>403.213</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>435.67</x:v>
+        <x:v>440.67</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>13.27</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>382.369</x:v>
+        <x:v>398.885</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>417.89</x:v>
+        <x:v>435.94</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>14.21</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>384.84</x:v>
+        <x:v>394.841</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>420.59</x:v>
+        <x:v>431.52</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>12.85</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>380.722</x:v>
+        <x:v>394.713</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>416.09</x:v>
+        <x:v>431.38</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>11.88</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>377.566</x:v>
+        <x:v>386.963</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>412.64</x:v>
+        <x:v>422.91</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>10.67</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>373.128</x:v>
+        <x:v>382.552</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>407.79</x:v>
+        <x:v>418.09</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>13.94</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>382.012</x:v>
+        <x:v>386.844</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>417.5</x:v>
+        <x:v>422.78</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>12.79</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>378.536</x:v>
+        <x:v>387.118</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>413.7</x:v>
+        <x:v>423.08</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>12.51</x:v>
+        <x:v>11.65</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>377.63</x:v>
+        <x:v>384.501</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>412.71</x:v>
+        <x:v>420.22</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>11.37</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>373.814</x:v>
+        <x:v>379.835</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>408.54</x:v>
+        <x:v>415.12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>14.17</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>381.116</x:v>
+        <x:v>380.686</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>416.52</x:v>
+        <x:v>416.05</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>14.4</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>381.665</x:v>
+        <x:v>383.422</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>417.12</x:v>
+        <x:v>419.04</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>19.2</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>391.364</x:v>
+        <x:v>397.943</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>427.72</x:v>
+        <x:v>434.91</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>22.63</x:v>
+        <x:v>17.39</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>397.32</x:v>
+        <x:v>395.893</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>434.23</x:v>
+        <x:v>432.67</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>22.59</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>396.836</x:v>
+        <x:v>394.603</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>433.7</x:v>
+        <x:v>431.26</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>25.28</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>400.788</x:v>
+        <x:v>395.554</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>438.02</x:v>
+        <x:v>432.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>23.24</x:v>
+        <x:v>18.89</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>397.22</x:v>
+        <x:v>398.638</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>434.12</x:v>
+        <x:v>435.67</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>21.27</x:v>
+        <x:v>13.27</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>393.496</x:v>
+        <x:v>382.369</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>430.05</x:v>
+        <x:v>417.89</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>22.84</x:v>
+        <x:v>14.21</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>396.14</x:v>
+        <x:v>384.84</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>432.94</x:v>
+        <x:v>420.59</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>23.41</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>396.881</x:v>
+        <x:v>380.722</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>433.75</x:v>
+        <x:v>416.09</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>21.35</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>393.011</x:v>
+        <x:v>377.566</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>429.52</x:v>
+        <x:v>412.64</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>20.46</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>391.245</x:v>
+        <x:v>373.128</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>427.59</x:v>
+        <x:v>407.79</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>16.4</x:v>
+        <x:v>13.94</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>381.729</x:v>
+        <x:v>382.012</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>417.19</x:v>
+        <x:v>417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>14</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>374.157</x:v>
+        <x:v>378.536</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>410.07</x:v>
+        <x:v>413.7</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45859.3186342593</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>15.39</x:v>
+        <x:v>12.51</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>377.488</x:v>
+        <x:v>377.63</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>413.71</x:v>
+        <x:v>412.71</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>15.02</x:v>
+        <x:v>11.37</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>378.545</x:v>
+        <x:v>373.814</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>413.71</x:v>
+        <x:v>408.54</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>16.81</x:v>
+        <x:v>14.17</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>382.534</x:v>
+        <x:v>381.116</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>418.07</x:v>
+        <x:v>416.52</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>14.96</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>377.785</x:v>
+        <x:v>381.665</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>412.88</x:v>
+        <x:v>417.12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>12.45</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>370.246</x:v>
+        <x:v>391.364</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>404.64</x:v>
+        <x:v>427.72</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>12.83</x:v>
+        <x:v>22.63</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>371.28</x:v>
+        <x:v>397.32</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>405.77</x:v>
+        <x:v>434.23</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>12.95</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>371.417</x:v>
+        <x:v>396.836</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>405.92</x:v>
+        <x:v>433.7</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>13.79</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>373.622</x:v>
+        <x:v>400.788</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>408.33</x:v>
+        <x:v>438.02</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>11.98</x:v>
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>367.995</x:v>
+        <x:v>397.22</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>402.18</x:v>
+        <x:v>434.12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
+        <x:v>45867.9289814815</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C103" s="0">
+        <x:v>21.27</x:v>
+      </x:c>
+      <x:c r="D103" s="0">
+        <x:v>393.496</x:v>
+      </x:c>
+      <x:c r="E103" s="0">
+        <x:v>430.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1">
+        <x:v>45866.9278587963</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C104" s="0">
+        <x:v>22.84</x:v>
+      </x:c>
+      <x:c r="D104" s="0">
+        <x:v>396.14</x:v>
+      </x:c>
+      <x:c r="E104" s="0">
+        <x:v>432.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1">
+        <x:v>45863.9269097222</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C105" s="0">
+        <x:v>23.41</x:v>
+      </x:c>
+      <x:c r="D105" s="0">
+        <x:v>396.881</x:v>
+      </x:c>
+      <x:c r="E105" s="0">
+        <x:v>433.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="1">
+        <x:v>45862.9245601852</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C106" s="0">
+        <x:v>21.35</x:v>
+      </x:c>
+      <x:c r="D106" s="0">
+        <x:v>393.011</x:v>
+      </x:c>
+      <x:c r="E106" s="0">
+        <x:v>429.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="1">
+        <x:v>45861.926400463</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>20.46</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>391.245</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>427.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45860.9260648148</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>381.729</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>417.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45859.9273611111</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>374.157</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>410.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45859.3186342593</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>15.39</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>377.488</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45856.949212963</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>15.02</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>378.545</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45855.9327777778</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>16.81</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>382.534</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>418.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45854.9360416667</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>14.96</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>377.785</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>412.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45853.9275462963</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>12.45</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>370.246</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>404.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45852.9328472222</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>12.83</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>371.28</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>405.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45849.9250115741</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>12.95</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>371.417</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>405.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45848.9261689815</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>13.79</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>373.622</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>408.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45847.9257638889</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>367.995</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>402.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
         <x:v>45846.9248842593</x:v>
       </x:c>
-      <x:c r="B103" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C103" s="0">
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D103" s="0">
+      <x:c r="D119" s="0">
         <x:v>360.775</x:v>
       </x:c>
-      <x:c r="E103" s="0">
+      <x:c r="E119" s="0">
         <x:v>394.29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>