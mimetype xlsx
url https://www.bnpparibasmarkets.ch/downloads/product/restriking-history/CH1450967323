--- v3 (2025-12-24)
+++ v4 (2025-12-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c225f36d1dd4b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33db3e58a3a340c4bd54431d9795d34c.psmdcp" Id="Rcef5b6146b0346bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2c920c566e94e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0dc2fa2e295a48e7b56346b922848db8.psmdcp" Id="Rfcdc902854714188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967323</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>