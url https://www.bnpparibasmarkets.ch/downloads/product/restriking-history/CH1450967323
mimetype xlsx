--- v4 (2025-12-25)
+++ v5 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2c920c566e94e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0dc2fa2e295a48e7b56346b922848db8.psmdcp" Id="Rfcdc902854714188" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f246cbe524454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/01fae3c0087f4ba8b37519ebe96a49ba.psmdcp" Id="R5de9d06fd7bf47ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967323</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2069 +390,2528 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E119"/>
+  <x:dimension ref="A1:E146"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>57.83</x:v>
+        <x:v>273.25</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>532.914</x:v>
+        <x:v>679.269</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>582.42</x:v>
+        <x:v>742.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>57.92</x:v>
+        <x:v>272.81</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>532.905</x:v>
+        <x:v>679.04</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>582.41</x:v>
+        <x:v>742.12</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>52.55</x:v>
+        <x:v>131.86</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>527.241</x:v>
+        <x:v>620.654</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>576.22</x:v>
+        <x:v>678.31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>44.46</x:v>
+        <x:v>164.21</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>517.734</x:v>
+        <x:v>633.015</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>565.83</x:v>
+        <x:v>691.82</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>41.62</x:v>
+        <x:v>195.31</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>514.129</x:v>
+        <x:v>643.144</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>561.89</x:v>
+        <x:v>702.89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>77.2</x:v>
+        <x:v>166.7</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>538.871</x:v>
+        <x:v>632.183</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>588.93</x:v>
+        <x:v>690.91</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>78.44</x:v>
+        <x:v>125.89</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>539.63</x:v>
+        <x:v>608.695</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>589.76</x:v>
+        <x:v>665.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>91.34</x:v>
+        <x:v>94.37</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>547.069</x:v>
+        <x:v>588.601</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>597.89</x:v>
+        <x:v>643.28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>164.53</x:v>
+        <x:v>88.47</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>572.433</x:v>
+        <x:v>584.603</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>625.61</x:v>
+        <x:v>638.91</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>141.24</x:v>
+        <x:v>84.64</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>563.045</x:v>
+        <x:v>581.867</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>615.35</x:v>
+        <x:v>635.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>104.52</x:v>
+        <x:v>74.04</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>543.839</x:v>
+        <x:v>573.357</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>594.36</x:v>
+        <x:v>626.62</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>122.87</x:v>
+        <x:v>111.8</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>551.901</x:v>
+        <x:v>593.295</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>603.17</x:v>
+        <x:v>648.41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>115.34</x:v>
+        <x:v>106.97</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>548.222</x:v>
+        <x:v>590.523</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>599.15</x:v>
+        <x:v>645.38</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>102.28</x:v>
+        <x:v>84.98</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>541.213</x:v>
+        <x:v>574.478</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>591.49</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46042.2972916667</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>88.7</x:v>
+        <x:v>105.62</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>532.96</x:v>
+        <x:v>590.847</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>582.47</x:v>
+        <x:v>646.89</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>70.86</x:v>
+        <x:v>115.97</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>519.775</x:v>
+        <x:v>591.904</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>568.06</x:v>
+        <x:v>646.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>82.33</x:v>
+        <x:v>116.7</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>526.82</x:v>
+        <x:v>592.17</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>575.76</x:v>
+        <x:v>647.18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>79.8</x:v>
+        <x:v>103.25</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>524.963</x:v>
+        <x:v>584.456</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>573.73</x:v>
+        <x:v>638.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>71.01</x:v>
+        <x:v>99.94</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>518.448</x:v>
+        <x:v>582.425</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>566.61</x:v>
+        <x:v>636.53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>54.44</x:v>
+        <x:v>90.4</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>503.644</x:v>
+        <x:v>576.24</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>550.43</x:v>
+        <x:v>629.77</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>50.55</x:v>
+        <x:v>75.87</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>499.709</x:v>
+        <x:v>565.122</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>546.13</x:v>
+        <x:v>617.62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>57.97</x:v>
+        <x:v>65.73</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>506.096</x:v>
+        <x:v>556.439</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>553.11</x:v>
+        <x:v>608.13</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>52.12</x:v>
+        <x:v>55.1</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>500.395</x:v>
+        <x:v>545.816</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>546.88</x:v>
+        <x:v>596.52</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>57.63</x:v>
+        <x:v>96.35</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>505.126</x:v>
+        <x:v>570.127</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>552.05</x:v>
+        <x:v>623.09</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>60.1</x:v>
+        <x:v>86.67</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>506.938</x:v>
+        <x:v>563.732</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>554.03</x:v>
+        <x:v>616.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>59.69</x:v>
+        <x:v>52.22</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>506.498</x:v>
+        <x:v>528.312</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>553.55</x:v>
+        <x:v>577.39</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>90.67</x:v>
+        <x:v>53.44</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>524.313</x:v>
+        <x:v>529.428</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>573.02</x:v>
+        <x:v>578.61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>83.35</x:v>
+        <x:v>57.83</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>519.656</x:v>
+        <x:v>532.914</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>567.93</x:v>
+        <x:v>582.42</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>88.01</x:v>
+        <x:v>57.92</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>522.328</x:v>
+        <x:v>532.905</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>570.85</x:v>
+        <x:v>582.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>77.74</x:v>
+        <x:v>52.55</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>515.236</x:v>
+        <x:v>527.241</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>563.1</x:v>
+        <x:v>576.22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>88.24</x:v>
+        <x:v>44.46</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>521.349</x:v>
+        <x:v>517.734</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>569.78</x:v>
+        <x:v>565.83</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>87.43</x:v>
+        <x:v>41.62</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>520.772</x:v>
+        <x:v>514.129</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>569.15</x:v>
+        <x:v>561.89</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>62.81</x:v>
+        <x:v>77.2</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>501.036</x:v>
+        <x:v>538.871</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>547.58</x:v>
+        <x:v>588.93</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>105.58</x:v>
+        <x:v>78.44</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>522.09</x:v>
+        <x:v>539.63</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>570.59</x:v>
+        <x:v>589.76</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>120.14</x:v>
+        <x:v>91.34</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>528.193</x:v>
+        <x:v>547.069</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>577.26</x:v>
+        <x:v>597.89</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>133.92</x:v>
+        <x:v>164.53</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>533.582</x:v>
+        <x:v>572.433</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>583.15</x:v>
+        <x:v>625.61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>139.77</x:v>
+        <x:v>141.24</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>535.723</x:v>
+        <x:v>563.045</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>585.49</x:v>
+        <x:v>615.35</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>64.71</x:v>
+        <x:v>104.52</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>479.89</x:v>
+        <x:v>543.839</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>524.47</x:v>
+        <x:v>594.36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>68.2</x:v>
+        <x:v>122.87</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>482.269</x:v>
+        <x:v>551.901</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>527.07</x:v>
+        <x:v>603.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>63.3</x:v>
+        <x:v>115.34</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>478.298</x:v>
+        <x:v>548.222</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>522.73</x:v>
+        <x:v>599.15</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>60.81</x:v>
+        <x:v>102.28</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>476.258</x:v>
+        <x:v>541.213</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>520.5</x:v>
+        <x:v>591.49</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>53.99</x:v>
+        <x:v>88.7</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>470.228</x:v>
+        <x:v>532.96</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>513.91</x:v>
+        <x:v>582.47</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>68.05</x:v>
+        <x:v>70.86</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>480.055</x:v>
+        <x:v>519.775</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>524.65</x:v>
+        <x:v>568.06</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>77.76</x:v>
+        <x:v>82.33</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>484.973</x:v>
+        <x:v>526.82</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>531.18</x:v>
+        <x:v>575.76</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>72.61</x:v>
+        <x:v>79.8</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>481.221</x:v>
+        <x:v>524.963</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>527.08</x:v>
+        <x:v>573.73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>71.19</x:v>
+        <x:v>71.01</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>482.278</x:v>
+        <x:v>518.448</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>527.08</x:v>
+        <x:v>566.61</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>96.01</x:v>
+        <x:v>54.44</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>494.978</x:v>
+        <x:v>503.644</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>540.96</x:v>
+        <x:v>550.43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>85.15</x:v>
+        <x:v>50.55</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>488.656</x:v>
+        <x:v>499.709</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>534.05</x:v>
+        <x:v>546.13</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>75.83</x:v>
+        <x:v>57.97</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>482.635</x:v>
+        <x:v>506.096</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>527.47</x:v>
+        <x:v>553.11</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>52.37</x:v>
+        <x:v>52.12</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>461.855</x:v>
+        <x:v>500.395</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>504.76</x:v>
+        <x:v>546.88</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>41.29</x:v>
+        <x:v>57.63</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>449.54</x:v>
+        <x:v>505.126</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>491.3</x:v>
+        <x:v>552.05</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>52.47</x:v>
+        <x:v>60.1</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>459.44</x:v>
+        <x:v>506.938</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>502.12</x:v>
+        <x:v>554.03</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>39.91</x:v>
+        <x:v>59.69</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>445.34</x:v>
+        <x:v>506.498</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>486.71</x:v>
+        <x:v>553.55</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>48.49</x:v>
+        <x:v>90.67</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>453.273</x:v>
+        <x:v>524.313</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>495.38</x:v>
+        <x:v>573.02</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>51.32</x:v>
+        <x:v>83.35</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>455.533</x:v>
+        <x:v>519.656</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>497.85</x:v>
+        <x:v>567.93</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>44.76</x:v>
+        <x:v>88.01</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>448.872</x:v>
+        <x:v>522.328</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>490.57</x:v>
+        <x:v>570.85</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>37.28</x:v>
+        <x:v>77.74</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>439.95</x:v>
+        <x:v>515.236</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>480.82</x:v>
+        <x:v>563.1</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>34.67</x:v>
+        <x:v>88.24</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>436.592</x:v>
+        <x:v>521.349</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>477.15</x:v>
+        <x:v>569.78</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>31.08</x:v>
+        <x:v>87.43</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>431.523</x:v>
+        <x:v>520.772</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>471.61</x:v>
+        <x:v>569.15</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>27.75</x:v>
+        <x:v>62.81</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>426.17</x:v>
+        <x:v>501.036</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>465.76</x:v>
+        <x:v>547.58</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>26.63</x:v>
+        <x:v>105.58</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>424.304</x:v>
+        <x:v>522.09</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>463.72</x:v>
+        <x:v>570.59</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>30.65</x:v>
+        <x:v>120.14</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>429.858</x:v>
+        <x:v>528.193</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>469.79</x:v>
+        <x:v>577.26</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>31.69</x:v>
+        <x:v>133.92</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>431.203</x:v>
+        <x:v>533.582</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>471.26</x:v>
+        <x:v>583.15</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>32.33</x:v>
+        <x:v>139.77</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>431.972</x:v>
+        <x:v>535.723</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>472.1</x:v>
+        <x:v>585.49</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>29.03</x:v>
+        <x:v>64.71</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>426.884</x:v>
+        <x:v>479.89</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>466.54</x:v>
+        <x:v>524.47</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>29.35</x:v>
+        <x:v>68.2</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>427.268</x:v>
+        <x:v>482.269</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>466.96</x:v>
+        <x:v>527.07</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>21.59</x:v>
+        <x:v>63.3</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>412.354</x:v>
+        <x:v>478.298</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>450.66</x:v>
+        <x:v>522.73</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>17.62</x:v>
+        <x:v>60.81</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>403.213</x:v>
+        <x:v>476.258</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>440.67</x:v>
+        <x:v>520.5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>15.93</x:v>
+        <x:v>53.99</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>398.885</x:v>
+        <x:v>470.228</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>435.94</x:v>
+        <x:v>513.91</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>14.52</x:v>
+        <x:v>68.05</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>394.841</x:v>
+        <x:v>480.055</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>431.52</x:v>
+        <x:v>524.65</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>14.51</x:v>
+        <x:v>77.76</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>394.713</x:v>
+        <x:v>484.973</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>431.38</x:v>
+        <x:v>531.18</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>12.1</x:v>
+        <x:v>72.61</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>386.963</x:v>
+        <x:v>481.221</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>422.91</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>10.87</x:v>
+        <x:v>71.19</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>382.552</x:v>
+        <x:v>482.278</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>418.09</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>12.26</x:v>
+        <x:v>96.01</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>386.844</x:v>
+        <x:v>494.978</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>422.78</x:v>
+        <x:v>540.96</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>12.42</x:v>
+        <x:v>85.15</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>387.118</x:v>
+        <x:v>488.656</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>423.08</x:v>
+        <x:v>534.05</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>11.65</x:v>
+        <x:v>75.83</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>384.501</x:v>
+        <x:v>482.635</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>420.22</x:v>
+        <x:v>527.47</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>10.39</x:v>
+        <x:v>52.37</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>379.835</x:v>
+        <x:v>461.855</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>415.12</x:v>
+        <x:v>504.76</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>10.65</x:v>
+        <x:v>41.29</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>380.686</x:v>
+        <x:v>449.54</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>416.05</x:v>
+        <x:v>491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>11.56</x:v>
+        <x:v>52.47</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>383.422</x:v>
+        <x:v>459.44</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>419.04</x:v>
+        <x:v>502.12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>18.26</x:v>
+        <x:v>39.91</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>397.943</x:v>
+        <x:v>445.34</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>434.91</x:v>
+        <x:v>486.71</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>17.39</x:v>
+        <x:v>48.49</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>395.893</x:v>
+        <x:v>453.273</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>432.67</x:v>
+        <x:v>495.38</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>16.87</x:v>
+        <x:v>51.32</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>394.603</x:v>
+        <x:v>455.533</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>431.26</x:v>
+        <x:v>497.85</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>17.32</x:v>
+        <x:v>44.76</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>395.554</x:v>
+        <x:v>448.872</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>432.3</x:v>
+        <x:v>490.57</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>18.89</x:v>
+        <x:v>37.28</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>398.638</x:v>
+        <x:v>439.95</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>435.67</x:v>
+        <x:v>480.82</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>13.27</x:v>
+        <x:v>34.67</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>382.369</x:v>
+        <x:v>436.592</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>417.89</x:v>
+        <x:v>477.15</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>14.21</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>384.84</x:v>
+        <x:v>431.523</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>420.59</x:v>
+        <x:v>471.61</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>12.85</x:v>
+        <x:v>27.75</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>380.722</x:v>
+        <x:v>426.17</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>416.09</x:v>
+        <x:v>465.76</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>11.88</x:v>
+        <x:v>26.63</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>377.566</x:v>
+        <x:v>424.304</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>412.64</x:v>
+        <x:v>463.72</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>10.67</x:v>
+        <x:v>30.65</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>373.128</x:v>
+        <x:v>429.858</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>407.79</x:v>
+        <x:v>469.79</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>13.94</x:v>
+        <x:v>31.69</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>382.012</x:v>
+        <x:v>431.203</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>417.5</x:v>
+        <x:v>471.26</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>12.79</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>378.536</x:v>
+        <x:v>431.972</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>413.7</x:v>
+        <x:v>472.1</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>12.51</x:v>
+        <x:v>29.03</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>377.63</x:v>
+        <x:v>426.884</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>412.71</x:v>
+        <x:v>466.54</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>11.37</x:v>
+        <x:v>29.35</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>373.814</x:v>
+        <x:v>427.268</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>408.54</x:v>
+        <x:v>466.96</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>14.17</x:v>
+        <x:v>21.59</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>381.116</x:v>
+        <x:v>412.354</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>416.52</x:v>
+        <x:v>450.66</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>14.4</x:v>
+        <x:v>17.62</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>381.665</x:v>
+        <x:v>403.213</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>417.12</x:v>
+        <x:v>440.67</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>19.2</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>391.364</x:v>
+        <x:v>398.885</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>427.72</x:v>
+        <x:v>435.94</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>22.63</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>397.32</x:v>
+        <x:v>394.841</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>434.23</x:v>
+        <x:v>431.52</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>22.59</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>396.836</x:v>
+        <x:v>394.713</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>433.7</x:v>
+        <x:v>431.38</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>25.28</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>400.788</x:v>
+        <x:v>386.963</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>438.02</x:v>
+        <x:v>422.91</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>23.24</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>397.22</x:v>
+        <x:v>382.552</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>434.12</x:v>
+        <x:v>418.09</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>21.27</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>393.496</x:v>
+        <x:v>386.844</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>430.05</x:v>
+        <x:v>422.78</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>22.84</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>396.14</x:v>
+        <x:v>387.118</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>432.94</x:v>
+        <x:v>423.08</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>23.41</x:v>
+        <x:v>11.65</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>396.881</x:v>
+        <x:v>384.501</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>433.75</x:v>
+        <x:v>420.22</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>21.35</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>393.011</x:v>
+        <x:v>379.835</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>429.52</x:v>
+        <x:v>415.12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>20.46</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>391.245</x:v>
+        <x:v>380.686</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>427.59</x:v>
+        <x:v>416.05</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>16.4</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>381.729</x:v>
+        <x:v>383.422</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>417.19</x:v>
+        <x:v>419.04</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>14</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>374.157</x:v>
+        <x:v>397.943</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>410.07</x:v>
+        <x:v>434.91</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45859.3186342593</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>15.39</x:v>
+        <x:v>17.39</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>377.488</x:v>
+        <x:v>395.893</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>413.71</x:v>
+        <x:v>432.67</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>15.02</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>378.545</x:v>
+        <x:v>394.603</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>413.71</x:v>
+        <x:v>431.26</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>16.81</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>382.534</x:v>
+        <x:v>395.554</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>418.07</x:v>
+        <x:v>432.3</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>14.96</x:v>
+        <x:v>18.89</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>377.785</x:v>
+        <x:v>398.638</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>412.88</x:v>
+        <x:v>435.67</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>12.45</x:v>
+        <x:v>13.27</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>370.246</x:v>
+        <x:v>382.369</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>404.64</x:v>
+        <x:v>417.89</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>12.83</x:v>
+        <x:v>14.21</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>371.28</x:v>
+        <x:v>384.84</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>405.77</x:v>
+        <x:v>420.59</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>12.95</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>371.417</x:v>
+        <x:v>380.722</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>405.92</x:v>
+        <x:v>416.09</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>13.79</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>373.622</x:v>
+        <x:v>377.566</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>408.33</x:v>
+        <x:v>412.64</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>11.98</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>367.995</x:v>
+        <x:v>373.128</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>402.18</x:v>
+        <x:v>407.79</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
+        <x:v>45883.9240277778</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>13.94</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>382.012</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>417.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45882.923912037</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>12.79</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>378.536</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>413.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45881.9233796296</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>12.51</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>377.63</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>412.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45880.9235763889</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>11.37</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>373.814</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>408.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45877.9331944444</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>14.17</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>381.116</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>416.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
+        <x:v>45876.9384490741</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>14.4</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>381.665</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>417.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45875.9344444444</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>19.2</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>391.364</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>427.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45874.9326273148</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>22.63</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>397.32</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>434.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45873.9313425926</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>22.59</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>396.836</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>433.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45869.9244212963</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>25.28</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>400.788</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>438.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45868.9255092593</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>23.24</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>397.22</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>434.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45867.9289814815</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>21.27</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>393.496</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>430.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45866.9278587963</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>22.84</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>396.14</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>432.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45863.9269097222</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>23.41</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>396.881</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>433.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45862.9245601852</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>21.35</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>393.011</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>429.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45861.926400463</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>20.46</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>391.245</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>427.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45860.9260648148</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>381.729</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>417.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45859.9273611111</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>374.157</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>410.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45859.3186342593</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>15.39</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>377.488</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45856.949212963</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>15.02</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>378.545</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45855.9327777778</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>16.81</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>382.534</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>418.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45854.9360416667</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>14.96</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>377.785</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>412.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45853.9275462963</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>12.45</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>370.246</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>404.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45852.9328472222</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>12.83</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>371.28</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>405.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45849.9250115741</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>12.95</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>371.417</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>405.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45848.9261689815</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>13.79</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>373.622</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>408.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45847.9257638889</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>367.995</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>402.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
         <x:v>45846.9248842593</x:v>
       </x:c>
-      <x:c r="B119" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C119" s="0">
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D119" s="0">
+      <x:c r="D146" s="0">
         <x:v>360.775</x:v>
       </x:c>
-      <x:c r="E119" s="0">
+      <x:c r="E146" s="0">
         <x:v>394.29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>