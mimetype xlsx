--- v5 (2026-02-11)
+++ v6 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f246cbe524454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/01fae3c0087f4ba8b37519ebe96a49ba.psmdcp" Id="R5de9d06fd7bf47ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ed2596ef4d848d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1623b52f128b47d8a2da4581d7935f6c.psmdcp" Id="R1fd27ce5138f41b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967323</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2528 +390,2800 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E146"/>
+  <x:dimension ref="A1:E162"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>273.25</x:v>
+        <x:v>70.62</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>679.269</x:v>
+        <x:v>623.024</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>742.37</x:v>
+        <x:v>680.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46062.9247106481</x:v>
+        <x:v>46086.9325115741</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>272.81</x:v>
+        <x:v>110.06</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>679.04</x:v>
+        <x:v>646.063</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>742.12</x:v>
+        <x:v>706.08</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46085.9285532407</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>131.86</x:v>
+        <x:v>170.76</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>620.654</x:v>
+        <x:v>669.753</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>678.31</x:v>
+        <x:v>731.97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46084.9254976852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>164.21</x:v>
+        <x:v>150.61</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>633.015</x:v>
+        <x:v>660.795</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>691.82</x:v>
+        <x:v>722.18</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46083.9256365741</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>195.31</x:v>
+        <x:v>252.01</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>643.144</x:v>
+        <x:v>688.373</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>702.89</x:v>
+        <x:v>752.32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46055.9254861111</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>166.7</x:v>
+        <x:v>224.51</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>632.183</x:v>
+        <x:v>679.69</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>690.91</x:v>
+        <x:v>742.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46051.9256018518</x:v>
+        <x:v>46079.9259027778</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>125.89</x:v>
+        <x:v>259.82</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>608.695</x:v>
+        <x:v>688.931</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>665.24</x:v>
+        <x:v>752.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>94.37</x:v>
+        <x:v>316.93</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>588.601</x:v>
+        <x:v>701.448</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>643.28</x:v>
+        <x:v>766.61</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46077.925462963</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>88.47</x:v>
+        <x:v>324.34</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>584.603</x:v>
+        <x:v>702.93</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>638.91</x:v>
+        <x:v>768.23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46048.924849537</x:v>
+        <x:v>46073.9253356481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>84.64</x:v>
+        <x:v>295.39</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>581.867</x:v>
+        <x:v>695.162</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>635.92</x:v>
+        <x:v>759.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46045.9251157407</x:v>
+        <x:v>46072.9253819444</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>74.04</x:v>
+        <x:v>299.02</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>573.357</x:v>
+        <x:v>695.885</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>626.62</x:v>
+        <x:v>760.53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46044.9246064815</x:v>
+        <x:v>46071.9253935185</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>111.8</x:v>
+        <x:v>268.89</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>593.295</x:v>
+        <x:v>688.053</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>648.41</x:v>
+        <x:v>751.97</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>106.97</x:v>
+        <x:v>323.57</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>590.523</x:v>
+        <x:v>699.755</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>645.38</x:v>
+        <x:v>764.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46066.9254976852</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>84.98</x:v>
+        <x:v>371.46</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>574.478</x:v>
+        <x:v>708.393</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>629</x:v>
+        <x:v>774.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46042.2972916667</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>105.62</x:v>
+        <x:v>307.48</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>590.847</x:v>
+        <x:v>693.835</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>646.89</x:v>
+        <x:v>758.29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>115.97</x:v>
+        <x:v>392.88</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>591.904</x:v>
+        <x:v>709.125</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>646.89</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>116.7</x:v>
+        <x:v>273.25</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>592.17</x:v>
+        <x:v>679.269</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>647.18</x:v>
+        <x:v>742.37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>103.25</x:v>
+        <x:v>272.81</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>584.456</x:v>
+        <x:v>679.04</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>638.75</x:v>
+        <x:v>742.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>99.94</x:v>
+        <x:v>131.86</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>582.425</x:v>
+        <x:v>620.654</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>636.53</x:v>
+        <x:v>678.31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>90.4</x:v>
+        <x:v>164.21</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>576.24</x:v>
+        <x:v>633.015</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>629.77</x:v>
+        <x:v>691.82</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>75.87</x:v>
+        <x:v>195.31</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>565.122</x:v>
+        <x:v>643.144</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>617.62</x:v>
+        <x:v>702.89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>65.73</x:v>
+        <x:v>166.7</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>556.439</x:v>
+        <x:v>632.183</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>608.13</x:v>
+        <x:v>690.91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>55.1</x:v>
+        <x:v>125.89</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>545.816</x:v>
+        <x:v>608.695</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>596.52</x:v>
+        <x:v>665.24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>96.35</x:v>
+        <x:v>94.37</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>570.127</x:v>
+        <x:v>588.601</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>623.09</x:v>
+        <x:v>643.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>86.67</x:v>
+        <x:v>88.47</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>563.732</x:v>
+        <x:v>584.603</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>616.1</x:v>
+        <x:v>638.91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>52.22</x:v>
+        <x:v>84.64</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>528.312</x:v>
+        <x:v>581.867</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>577.39</x:v>
+        <x:v>635.92</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>53.44</x:v>
+        <x:v>74.04</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>529.428</x:v>
+        <x:v>573.357</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>578.61</x:v>
+        <x:v>626.62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>57.83</x:v>
+        <x:v>111.8</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>532.914</x:v>
+        <x:v>593.295</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>582.42</x:v>
+        <x:v>648.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>57.92</x:v>
+        <x:v>106.97</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>532.905</x:v>
+        <x:v>590.523</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>582.41</x:v>
+        <x:v>645.38</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>52.55</x:v>
+        <x:v>84.98</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>527.241</x:v>
+        <x:v>574.478</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>576.22</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46042.2972916667</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>44.46</x:v>
+        <x:v>105.62</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>517.734</x:v>
+        <x:v>590.847</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>565.83</x:v>
+        <x:v>646.89</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>41.62</x:v>
+        <x:v>115.97</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>514.129</x:v>
+        <x:v>591.904</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>561.89</x:v>
+        <x:v>646.89</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>77.2</x:v>
+        <x:v>116.7</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>538.871</x:v>
+        <x:v>592.17</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>588.93</x:v>
+        <x:v>647.18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>78.44</x:v>
+        <x:v>103.25</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>539.63</x:v>
+        <x:v>584.456</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>589.76</x:v>
+        <x:v>638.75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>91.34</x:v>
+        <x:v>99.94</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>547.069</x:v>
+        <x:v>582.425</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>597.89</x:v>
+        <x:v>636.53</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>164.53</x:v>
+        <x:v>90.4</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>572.433</x:v>
+        <x:v>576.24</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>625.61</x:v>
+        <x:v>629.77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>141.24</x:v>
+        <x:v>75.87</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>563.045</x:v>
+        <x:v>565.122</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>615.35</x:v>
+        <x:v>617.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>104.52</x:v>
+        <x:v>65.73</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>543.839</x:v>
+        <x:v>556.439</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>594.36</x:v>
+        <x:v>608.13</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>122.87</x:v>
+        <x:v>55.1</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>551.901</x:v>
+        <x:v>545.816</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>603.17</x:v>
+        <x:v>596.52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>115.34</x:v>
+        <x:v>96.35</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>548.222</x:v>
+        <x:v>570.127</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>599.15</x:v>
+        <x:v>623.09</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>102.28</x:v>
+        <x:v>86.67</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>541.213</x:v>
+        <x:v>563.732</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>591.49</x:v>
+        <x:v>616.1</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>88.7</x:v>
+        <x:v>52.22</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>532.96</x:v>
+        <x:v>528.312</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>582.47</x:v>
+        <x:v>577.39</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>70.86</x:v>
+        <x:v>53.44</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>519.775</x:v>
+        <x:v>529.428</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>568.06</x:v>
+        <x:v>578.61</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>82.33</x:v>
+        <x:v>57.83</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>526.82</x:v>
+        <x:v>532.914</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>575.76</x:v>
+        <x:v>582.42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>79.8</x:v>
+        <x:v>57.92</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>524.963</x:v>
+        <x:v>532.905</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>573.73</x:v>
+        <x:v>582.41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>71.01</x:v>
+        <x:v>52.55</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>518.448</x:v>
+        <x:v>527.241</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>566.61</x:v>
+        <x:v>576.22</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>54.44</x:v>
+        <x:v>44.46</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>503.644</x:v>
+        <x:v>517.734</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>550.43</x:v>
+        <x:v>565.83</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>50.55</x:v>
+        <x:v>41.62</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>499.709</x:v>
+        <x:v>514.129</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>546.13</x:v>
+        <x:v>561.89</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>57.97</x:v>
+        <x:v>77.2</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>506.096</x:v>
+        <x:v>538.871</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>553.11</x:v>
+        <x:v>588.93</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>52.12</x:v>
+        <x:v>78.44</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>500.395</x:v>
+        <x:v>539.63</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>546.88</x:v>
+        <x:v>589.76</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>57.63</x:v>
+        <x:v>91.34</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>505.126</x:v>
+        <x:v>547.069</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>552.05</x:v>
+        <x:v>597.89</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>60.1</x:v>
+        <x:v>164.53</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>506.938</x:v>
+        <x:v>572.433</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>554.03</x:v>
+        <x:v>625.61</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>59.69</x:v>
+        <x:v>141.24</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>506.498</x:v>
+        <x:v>563.045</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>553.55</x:v>
+        <x:v>615.35</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>90.67</x:v>
+        <x:v>104.52</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>524.313</x:v>
+        <x:v>543.839</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>573.02</x:v>
+        <x:v>594.36</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>83.35</x:v>
+        <x:v>122.87</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>519.656</x:v>
+        <x:v>551.901</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>567.93</x:v>
+        <x:v>603.17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>88.01</x:v>
+        <x:v>115.34</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>522.328</x:v>
+        <x:v>548.222</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>570.85</x:v>
+        <x:v>599.15</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>77.74</x:v>
+        <x:v>102.28</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>515.236</x:v>
+        <x:v>541.213</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>563.1</x:v>
+        <x:v>591.49</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>88.24</x:v>
+        <x:v>88.7</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>521.349</x:v>
+        <x:v>532.96</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>569.78</x:v>
+        <x:v>582.47</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>87.43</x:v>
+        <x:v>70.86</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>520.772</x:v>
+        <x:v>519.775</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>569.15</x:v>
+        <x:v>568.06</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>62.81</x:v>
+        <x:v>82.33</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>501.036</x:v>
+        <x:v>526.82</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>547.58</x:v>
+        <x:v>575.76</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>105.58</x:v>
+        <x:v>79.8</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>522.09</x:v>
+        <x:v>524.963</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>570.59</x:v>
+        <x:v>573.73</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>120.14</x:v>
+        <x:v>71.01</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>528.193</x:v>
+        <x:v>518.448</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>577.26</x:v>
+        <x:v>566.61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>133.92</x:v>
+        <x:v>54.44</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>533.582</x:v>
+        <x:v>503.644</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>583.15</x:v>
+        <x:v>550.43</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>139.77</x:v>
+        <x:v>50.55</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>535.723</x:v>
+        <x:v>499.709</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>585.49</x:v>
+        <x:v>546.13</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>64.71</x:v>
+        <x:v>57.97</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>479.89</x:v>
+        <x:v>506.096</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>524.47</x:v>
+        <x:v>553.11</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>68.2</x:v>
+        <x:v>52.12</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>482.269</x:v>
+        <x:v>500.395</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>527.07</x:v>
+        <x:v>546.88</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>63.3</x:v>
+        <x:v>57.63</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>478.298</x:v>
+        <x:v>505.126</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>522.73</x:v>
+        <x:v>552.05</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>60.81</x:v>
+        <x:v>60.1</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>476.258</x:v>
+        <x:v>506.938</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>520.5</x:v>
+        <x:v>554.03</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>53.99</x:v>
+        <x:v>59.69</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>470.228</x:v>
+        <x:v>506.498</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>513.91</x:v>
+        <x:v>553.55</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>68.05</x:v>
+        <x:v>90.67</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>480.055</x:v>
+        <x:v>524.313</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>524.65</x:v>
+        <x:v>573.02</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>77.76</x:v>
+        <x:v>83.35</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>484.973</x:v>
+        <x:v>519.656</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>531.18</x:v>
+        <x:v>567.93</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>72.61</x:v>
+        <x:v>88.01</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>481.221</x:v>
+        <x:v>522.328</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>527.08</x:v>
+        <x:v>570.85</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>71.19</x:v>
+        <x:v>77.74</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>482.278</x:v>
+        <x:v>515.236</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>527.08</x:v>
+        <x:v>563.1</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>96.01</x:v>
+        <x:v>88.24</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>494.978</x:v>
+        <x:v>521.349</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>540.96</x:v>
+        <x:v>569.78</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>85.15</x:v>
+        <x:v>87.43</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>488.656</x:v>
+        <x:v>520.772</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>534.05</x:v>
+        <x:v>569.15</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>75.83</x:v>
+        <x:v>62.81</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>482.635</x:v>
+        <x:v>501.036</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>527.47</x:v>
+        <x:v>547.58</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>52.37</x:v>
+        <x:v>105.58</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>461.855</x:v>
+        <x:v>522.09</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>504.76</x:v>
+        <x:v>570.59</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>41.29</x:v>
+        <x:v>120.14</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>449.54</x:v>
+        <x:v>528.193</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>491.3</x:v>
+        <x:v>577.26</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>52.47</x:v>
+        <x:v>133.92</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>459.44</x:v>
+        <x:v>533.582</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>502.12</x:v>
+        <x:v>583.15</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>39.91</x:v>
+        <x:v>139.77</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>445.34</x:v>
+        <x:v>535.723</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>486.71</x:v>
+        <x:v>585.49</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>48.49</x:v>
+        <x:v>64.71</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>453.273</x:v>
+        <x:v>479.89</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>495.38</x:v>
+        <x:v>524.47</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>51.32</x:v>
+        <x:v>68.2</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>455.533</x:v>
+        <x:v>482.269</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>497.85</x:v>
+        <x:v>527.07</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>44.76</x:v>
+        <x:v>63.3</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>448.872</x:v>
+        <x:v>478.298</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>490.57</x:v>
+        <x:v>522.73</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>37.28</x:v>
+        <x:v>60.81</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>439.95</x:v>
+        <x:v>476.258</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>480.82</x:v>
+        <x:v>520.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>34.67</x:v>
+        <x:v>53.99</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>436.592</x:v>
+        <x:v>470.228</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>477.15</x:v>
+        <x:v>513.91</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>31.08</x:v>
+        <x:v>68.05</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>431.523</x:v>
+        <x:v>480.055</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>471.61</x:v>
+        <x:v>524.65</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>27.75</x:v>
+        <x:v>77.76</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>426.17</x:v>
+        <x:v>484.973</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>465.76</x:v>
+        <x:v>531.18</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>26.63</x:v>
+        <x:v>72.61</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>424.304</x:v>
+        <x:v>481.221</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>463.72</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>30.65</x:v>
+        <x:v>71.19</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>429.858</x:v>
+        <x:v>482.278</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>469.79</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>31.69</x:v>
+        <x:v>96.01</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>431.203</x:v>
+        <x:v>494.978</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>471.26</x:v>
+        <x:v>540.96</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>32.33</x:v>
+        <x:v>85.15</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>431.972</x:v>
+        <x:v>488.656</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>472.1</x:v>
+        <x:v>534.05</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>29.03</x:v>
+        <x:v>75.83</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>426.884</x:v>
+        <x:v>482.635</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>466.54</x:v>
+        <x:v>527.47</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>29.35</x:v>
+        <x:v>52.37</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>427.268</x:v>
+        <x:v>461.855</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>466.96</x:v>
+        <x:v>504.76</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>21.59</x:v>
+        <x:v>41.29</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>412.354</x:v>
+        <x:v>449.54</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>450.66</x:v>
+        <x:v>491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>17.62</x:v>
+        <x:v>52.47</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>403.213</x:v>
+        <x:v>459.44</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>440.67</x:v>
+        <x:v>502.12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>15.93</x:v>
+        <x:v>39.91</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>398.885</x:v>
+        <x:v>445.34</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>435.94</x:v>
+        <x:v>486.71</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>14.52</x:v>
+        <x:v>48.49</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>394.841</x:v>
+        <x:v>453.273</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>431.52</x:v>
+        <x:v>495.38</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>14.51</x:v>
+        <x:v>51.32</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>394.713</x:v>
+        <x:v>455.533</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>431.38</x:v>
+        <x:v>497.85</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>12.1</x:v>
+        <x:v>44.76</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>386.963</x:v>
+        <x:v>448.872</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>422.91</x:v>
+        <x:v>490.57</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>10.87</x:v>
+        <x:v>37.28</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>382.552</x:v>
+        <x:v>439.95</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>418.09</x:v>
+        <x:v>480.82</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>12.26</x:v>
+        <x:v>34.67</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>386.844</x:v>
+        <x:v>436.592</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>422.78</x:v>
+        <x:v>477.15</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>12.42</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>387.118</x:v>
+        <x:v>431.523</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>423.08</x:v>
+        <x:v>471.61</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>11.65</x:v>
+        <x:v>27.75</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>384.501</x:v>
+        <x:v>426.17</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>420.22</x:v>
+        <x:v>465.76</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>10.39</x:v>
+        <x:v>26.63</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>379.835</x:v>
+        <x:v>424.304</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>415.12</x:v>
+        <x:v>463.72</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>10.65</x:v>
+        <x:v>30.65</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>380.686</x:v>
+        <x:v>429.858</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>416.05</x:v>
+        <x:v>469.79</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>11.56</x:v>
+        <x:v>31.69</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>383.422</x:v>
+        <x:v>431.203</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>419.04</x:v>
+        <x:v>471.26</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>18.26</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>397.943</x:v>
+        <x:v>431.972</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>434.91</x:v>
+        <x:v>472.1</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>17.39</x:v>
+        <x:v>29.03</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>395.893</x:v>
+        <x:v>426.884</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>432.67</x:v>
+        <x:v>466.54</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>16.87</x:v>
+        <x:v>29.35</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>394.603</x:v>
+        <x:v>427.268</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>431.26</x:v>
+        <x:v>466.96</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>17.32</x:v>
+        <x:v>21.59</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>395.554</x:v>
+        <x:v>412.354</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>432.3</x:v>
+        <x:v>450.66</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>18.89</x:v>
+        <x:v>17.62</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>398.638</x:v>
+        <x:v>403.213</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>435.67</x:v>
+        <x:v>440.67</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>13.27</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>382.369</x:v>
+        <x:v>398.885</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>417.89</x:v>
+        <x:v>435.94</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>14.21</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>384.84</x:v>
+        <x:v>394.841</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>420.59</x:v>
+        <x:v>431.52</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>12.85</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>380.722</x:v>
+        <x:v>394.713</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>416.09</x:v>
+        <x:v>431.38</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>11.88</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>377.566</x:v>
+        <x:v>386.963</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>412.64</x:v>
+        <x:v>422.91</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>10.67</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>373.128</x:v>
+        <x:v>382.552</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>407.79</x:v>
+        <x:v>418.09</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>13.94</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>382.012</x:v>
+        <x:v>386.844</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>417.5</x:v>
+        <x:v>422.78</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>12.79</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>378.536</x:v>
+        <x:v>387.118</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>413.7</x:v>
+        <x:v>423.08</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>12.51</x:v>
+        <x:v>11.65</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>377.63</x:v>
+        <x:v>384.501</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>412.71</x:v>
+        <x:v>420.22</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>11.37</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>373.814</x:v>
+        <x:v>379.835</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>408.54</x:v>
+        <x:v>415.12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>14.17</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>381.116</x:v>
+        <x:v>380.686</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>416.52</x:v>
+        <x:v>416.05</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>14.4</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>381.665</x:v>
+        <x:v>383.422</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>417.12</x:v>
+        <x:v>419.04</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>19.2</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>391.364</x:v>
+        <x:v>397.943</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>427.72</x:v>
+        <x:v>434.91</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>22.63</x:v>
+        <x:v>17.39</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>397.32</x:v>
+        <x:v>395.893</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>434.23</x:v>
+        <x:v>432.67</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>22.59</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>396.836</x:v>
+        <x:v>394.603</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>433.7</x:v>
+        <x:v>431.26</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>25.28</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>400.788</x:v>
+        <x:v>395.554</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>438.02</x:v>
+        <x:v>432.3</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>23.24</x:v>
+        <x:v>18.89</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>397.22</x:v>
+        <x:v>398.638</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>434.12</x:v>
+        <x:v>435.67</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>21.27</x:v>
+        <x:v>13.27</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>393.496</x:v>
+        <x:v>382.369</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>430.05</x:v>
+        <x:v>417.89</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>22.84</x:v>
+        <x:v>14.21</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>396.14</x:v>
+        <x:v>384.84</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>432.94</x:v>
+        <x:v>420.59</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>23.41</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>396.881</x:v>
+        <x:v>380.722</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>433.75</x:v>
+        <x:v>416.09</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>21.35</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>393.011</x:v>
+        <x:v>377.566</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>429.52</x:v>
+        <x:v>412.64</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>20.46</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>391.245</x:v>
+        <x:v>373.128</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>427.59</x:v>
+        <x:v>407.79</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>16.4</x:v>
+        <x:v>13.94</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>381.729</x:v>
+        <x:v>382.012</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>417.19</x:v>
+        <x:v>417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>14</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>374.157</x:v>
+        <x:v>378.536</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>410.07</x:v>
+        <x:v>413.7</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45859.3186342593</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>15.39</x:v>
+        <x:v>12.51</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>377.488</x:v>
+        <x:v>377.63</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>413.71</x:v>
+        <x:v>412.71</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>15.02</x:v>
+        <x:v>11.37</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>378.545</x:v>
+        <x:v>373.814</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>413.71</x:v>
+        <x:v>408.54</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>16.81</x:v>
+        <x:v>14.17</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>382.534</x:v>
+        <x:v>381.116</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>418.07</x:v>
+        <x:v>416.52</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>14.96</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>377.785</x:v>
+        <x:v>381.665</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>412.88</x:v>
+        <x:v>417.12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>12.45</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>370.246</x:v>
+        <x:v>391.364</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>404.64</x:v>
+        <x:v>427.72</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>12.83</x:v>
+        <x:v>22.63</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>371.28</x:v>
+        <x:v>397.32</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>405.77</x:v>
+        <x:v>434.23</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>12.95</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>371.417</x:v>
+        <x:v>396.836</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>405.92</x:v>
+        <x:v>433.7</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>13.79</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>373.622</x:v>
+        <x:v>400.788</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>408.33</x:v>
+        <x:v>438.02</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>11.98</x:v>
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>367.995</x:v>
+        <x:v>397.22</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>402.18</x:v>
+        <x:v>434.12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
+        <x:v>45867.9289814815</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>21.27</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>393.496</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>430.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45866.9278587963</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>22.84</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>396.14</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>432.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45863.9269097222</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>23.41</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>396.881</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>433.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45862.9245601852</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>21.35</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>393.011</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>429.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
+        <x:v>45861.926400463</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>20.46</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>391.245</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>427.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45860.9260648148</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>381.729</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>417.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45859.9273611111</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>374.157</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>410.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45859.3186342593</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>15.39</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>377.488</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45856.949212963</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>15.02</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>378.545</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45855.9327777778</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>16.81</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>382.534</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>418.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45854.9360416667</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>14.96</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>377.785</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>412.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45853.9275462963</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>12.45</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>370.246</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>404.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45852.9328472222</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>12.83</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>371.28</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>405.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45849.9250115741</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>12.95</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>371.417</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>405.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45848.9261689815</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>13.79</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>373.622</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>408.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45847.9257638889</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>367.995</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>402.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
         <x:v>45846.9248842593</x:v>
       </x:c>
-      <x:c r="B146" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C146" s="0">
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D146" s="0">
+      <x:c r="D162" s="0">
         <x:v>360.775</x:v>
       </x:c>
-      <x:c r="E146" s="0">
+      <x:c r="E162" s="0">
         <x:v>394.29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>