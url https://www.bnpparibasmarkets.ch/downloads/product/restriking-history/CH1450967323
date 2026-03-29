--- v6 (2026-03-07)
+++ v7 (2026-03-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ed2596ef4d848d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1623b52f128b47d8a2da4581d7935f6c.psmdcp" Id="R1fd27ce5138f41b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb755895a0d483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c258b39cdf04e019e020f70c80060a0.psmdcp" Id="R9f99d1e1957148f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1450967323</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,2800 +390,3055 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E162"/>
+  <x:dimension ref="A1:E177"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46087.9262847222</x:v>
+        <x:v>46108.8851851852</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>70.62</x:v>
+        <x:v>70.58</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>623.024</x:v>
+        <x:v>636.291</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>680.9</x:v>
+        <x:v>695.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46086.9325115741</x:v>
+        <x:v>46107.8849884259</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>110.06</x:v>
+        <x:v>79.53</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>646.063</x:v>
+        <x:v>643.419</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>706.08</x:v>
+        <x:v>703.19</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46085.9285532407</x:v>
+        <x:v>46106.885150463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>170.76</x:v>
+        <x:v>102.25</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>669.753</x:v>
+        <x:v>657.922</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>731.97</x:v>
+        <x:v>719.04</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46084.9254976852</x:v>
+        <x:v>46105.8848726852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>150.61</x:v>
+        <x:v>99.09</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>660.795</x:v>
+        <x:v>655.716</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>722.18</x:v>
+        <x:v>716.63</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46083.9256365741</x:v>
+        <x:v>46104.8850925926</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>252.01</x:v>
+        <x:v>81.82</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>688.373</x:v>
+        <x:v>642.056</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>752.32</x:v>
+        <x:v>701.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46080.9257523148</x:v>
+        <x:v>46101.8853472222</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>224.51</x:v>
+        <x:v>62.91</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>679.69</x:v>
+        <x:v>623.005</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>742.83</x:v>
+        <x:v>680.88</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46079.9259027778</x:v>
+        <x:v>46100.8877314815</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>259.82</x:v>
+        <x:v>71.05</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>688.931</x:v>
+        <x:v>630.115</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>752.93</x:v>
+        <x:v>688.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46078.925775463</x:v>
+        <x:v>46099.8875925926</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>316.93</x:v>
+        <x:v>76.68</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>701.448</x:v>
+        <x:v>634.662</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>766.61</x:v>
+        <x:v>693.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46077.925462963</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>324.34</x:v>
+        <x:v>87.25</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>702.93</x:v>
+        <x:v>642.33</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>768.23</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46073.9253356481</x:v>
+        <x:v>46097.8857060185</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>295.39</x:v>
+        <x:v>84.71</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>695.162</x:v>
+        <x:v>640.299</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>759.74</x:v>
+        <x:v>699.78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46072.9253819444</x:v>
+        <x:v>46094.8846296296</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>299.02</x:v>
+        <x:v>78.56</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>695.885</x:v>
+        <x:v>635.001</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>760.53</x:v>
+        <x:v>693.99</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46071.9253935185</x:v>
+        <x:v>46093.8852777778</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>268.89</x:v>
+        <x:v>87.04</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>688.053</x:v>
+        <x:v>641.131</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>751.97</x:v>
+        <x:v>700.69</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46070.9253472222</x:v>
+        <x:v>46092.884837963</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>323.57</x:v>
+        <x:v>96.63</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>699.755</x:v>
+        <x:v>647.445</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>764.76</x:v>
+        <x:v>707.59</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46066.9254976852</x:v>
+        <x:v>46091.8851157407</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>371.46</x:v>
+        <x:v>110.89</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>708.393</x:v>
+        <x:v>655.762</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>774.2</x:v>
+        <x:v>716.68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46065.9253703704</x:v>
+        <x:v>46090.8887384259</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>307.48</x:v>
+        <x:v>95.06</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>693.835</x:v>
+        <x:v>644.91</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>758.29</x:v>
+        <x:v>704.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46064.9256481481</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>392.88</x:v>
+        <x:v>70.62</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>709.125</x:v>
+        <x:v>623.024</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>775</x:v>
+        <x:v>680.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46086.9325115741</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>273.25</x:v>
+        <x:v>110.06</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>679.269</x:v>
+        <x:v>646.063</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>742.37</x:v>
+        <x:v>706.08</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46062.9247106481</x:v>
+        <x:v>46085.9285532407</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>272.81</x:v>
+        <x:v>170.76</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>679.04</x:v>
+        <x:v>669.753</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>742.12</x:v>
+        <x:v>731.97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46084.9254976852</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>131.86</x:v>
+        <x:v>150.61</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>620.654</x:v>
+        <x:v>660.795</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>678.31</x:v>
+        <x:v>722.18</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46083.9256365741</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>164.21</x:v>
+        <x:v>252.01</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>633.015</x:v>
+        <x:v>688.373</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>691.82</x:v>
+        <x:v>752.32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>195.31</x:v>
+        <x:v>224.51</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>643.144</x:v>
+        <x:v>679.69</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>702.89</x:v>
+        <x:v>742.83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46055.9254861111</x:v>
+        <x:v>46079.9259027778</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>166.7</x:v>
+        <x:v>259.82</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>632.183</x:v>
+        <x:v>688.931</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>690.91</x:v>
+        <x:v>752.93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46051.9256018518</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>125.89</x:v>
+        <x:v>316.93</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>608.695</x:v>
+        <x:v>701.448</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>665.24</x:v>
+        <x:v>766.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46077.925462963</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>94.37</x:v>
+        <x:v>324.34</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>588.601</x:v>
+        <x:v>702.93</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>643.28</x:v>
+        <x:v>768.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46073.9253356481</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>88.47</x:v>
+        <x:v>295.39</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>584.603</x:v>
+        <x:v>695.162</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>638.91</x:v>
+        <x:v>759.74</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46048.924849537</x:v>
+        <x:v>46072.9253819444</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>84.64</x:v>
+        <x:v>299.02</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>581.867</x:v>
+        <x:v>695.885</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>635.92</x:v>
+        <x:v>760.53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46045.9251157407</x:v>
+        <x:v>46071.9253935185</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>74.04</x:v>
+        <x:v>268.89</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>573.357</x:v>
+        <x:v>688.053</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>626.62</x:v>
+        <x:v>751.97</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46044.9246064815</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>111.8</x:v>
+        <x:v>323.57</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>593.295</x:v>
+        <x:v>699.755</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>648.41</x:v>
+        <x:v>764.76</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46066.9254976852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>106.97</x:v>
+        <x:v>371.46</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>590.523</x:v>
+        <x:v>708.393</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>645.38</x:v>
+        <x:v>774.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>84.98</x:v>
+        <x:v>307.48</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>574.478</x:v>
+        <x:v>693.835</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>629</x:v>
+        <x:v>758.29</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46042.2972916667</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>105.62</x:v>
+        <x:v>392.88</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>590.847</x:v>
+        <x:v>709.125</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>646.89</x:v>
+        <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>115.97</x:v>
+        <x:v>273.25</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>591.904</x:v>
+        <x:v>679.269</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>646.89</x:v>
+        <x:v>742.37</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>116.7</x:v>
+        <x:v>272.81</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>592.17</x:v>
+        <x:v>679.04</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>647.18</x:v>
+        <x:v>742.12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>103.25</x:v>
+        <x:v>131.86</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>584.456</x:v>
+        <x:v>620.654</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>638.75</x:v>
+        <x:v>678.31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>99.94</x:v>
+        <x:v>164.21</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>582.425</x:v>
+        <x:v>633.015</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>636.53</x:v>
+        <x:v>691.82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>90.4</x:v>
+        <x:v>195.31</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>576.24</x:v>
+        <x:v>643.144</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>629.77</x:v>
+        <x:v>702.89</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>75.87</x:v>
+        <x:v>166.7</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>565.122</x:v>
+        <x:v>632.183</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>617.62</x:v>
+        <x:v>690.91</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>65.73</x:v>
+        <x:v>125.89</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>556.439</x:v>
+        <x:v>608.695</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>608.13</x:v>
+        <x:v>665.24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>55.1</x:v>
+        <x:v>94.37</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>545.816</x:v>
+        <x:v>588.601</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>596.52</x:v>
+        <x:v>643.28</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>96.35</x:v>
+        <x:v>88.47</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>570.127</x:v>
+        <x:v>584.603</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>623.09</x:v>
+        <x:v>638.91</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>86.67</x:v>
+        <x:v>84.64</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>563.732</x:v>
+        <x:v>581.867</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>616.1</x:v>
+        <x:v>635.92</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>52.22</x:v>
+        <x:v>74.04</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>528.312</x:v>
+        <x:v>573.357</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>577.39</x:v>
+        <x:v>626.62</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>53.44</x:v>
+        <x:v>111.8</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>529.428</x:v>
+        <x:v>593.295</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>578.61</x:v>
+        <x:v>648.41</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>57.83</x:v>
+        <x:v>106.97</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>532.914</x:v>
+        <x:v>590.523</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>582.42</x:v>
+        <x:v>645.38</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>57.92</x:v>
+        <x:v>84.98</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>532.905</x:v>
+        <x:v>574.478</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>582.41</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46042.2972916667</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>52.55</x:v>
+        <x:v>105.62</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>527.241</x:v>
+        <x:v>590.847</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>576.22</x:v>
+        <x:v>646.89</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>44.46</x:v>
+        <x:v>115.97</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>517.734</x:v>
+        <x:v>591.904</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>565.83</x:v>
+        <x:v>646.89</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>41.62</x:v>
+        <x:v>116.7</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>514.129</x:v>
+        <x:v>592.17</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>561.89</x:v>
+        <x:v>647.18</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>77.2</x:v>
+        <x:v>103.25</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>538.871</x:v>
+        <x:v>584.456</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>588.93</x:v>
+        <x:v>638.75</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>78.44</x:v>
+        <x:v>99.94</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>539.63</x:v>
+        <x:v>582.425</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>589.76</x:v>
+        <x:v>636.53</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>91.34</x:v>
+        <x:v>90.4</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>547.069</x:v>
+        <x:v>576.24</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>597.89</x:v>
+        <x:v>629.77</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>164.53</x:v>
+        <x:v>75.87</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>572.433</x:v>
+        <x:v>565.122</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>625.61</x:v>
+        <x:v>617.62</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>141.24</x:v>
+        <x:v>65.73</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>563.045</x:v>
+        <x:v>556.439</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>615.35</x:v>
+        <x:v>608.13</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>104.52</x:v>
+        <x:v>55.1</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>543.839</x:v>
+        <x:v>545.816</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>594.36</x:v>
+        <x:v>596.52</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>122.87</x:v>
+        <x:v>96.35</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>551.901</x:v>
+        <x:v>570.127</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>603.17</x:v>
+        <x:v>623.09</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>115.34</x:v>
+        <x:v>86.67</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>548.222</x:v>
+        <x:v>563.732</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>599.15</x:v>
+        <x:v>616.1</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>102.28</x:v>
+        <x:v>52.22</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>541.213</x:v>
+        <x:v>528.312</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>591.49</x:v>
+        <x:v>577.39</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>88.7</x:v>
+        <x:v>53.44</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>532.96</x:v>
+        <x:v>529.428</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>582.47</x:v>
+        <x:v>578.61</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>70.86</x:v>
+        <x:v>57.83</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>519.775</x:v>
+        <x:v>532.914</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>568.06</x:v>
+        <x:v>582.42</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>82.33</x:v>
+        <x:v>57.92</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>526.82</x:v>
+        <x:v>532.905</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>575.76</x:v>
+        <x:v>582.41</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>79.8</x:v>
+        <x:v>52.55</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>524.963</x:v>
+        <x:v>527.241</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>573.73</x:v>
+        <x:v>576.22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>71.01</x:v>
+        <x:v>44.46</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>518.448</x:v>
+        <x:v>517.734</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>566.61</x:v>
+        <x:v>565.83</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>54.44</x:v>
+        <x:v>41.62</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>503.644</x:v>
+        <x:v>514.129</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>550.43</x:v>
+        <x:v>561.89</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>50.55</x:v>
+        <x:v>77.2</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>499.709</x:v>
+        <x:v>538.871</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>546.13</x:v>
+        <x:v>588.93</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>57.97</x:v>
+        <x:v>78.44</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>506.096</x:v>
+        <x:v>539.63</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>553.11</x:v>
+        <x:v>589.76</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>52.12</x:v>
+        <x:v>91.34</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>500.395</x:v>
+        <x:v>547.069</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>546.88</x:v>
+        <x:v>597.89</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>57.63</x:v>
+        <x:v>164.53</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>505.126</x:v>
+        <x:v>572.433</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>552.05</x:v>
+        <x:v>625.61</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>60.1</x:v>
+        <x:v>141.24</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>506.938</x:v>
+        <x:v>563.045</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>554.03</x:v>
+        <x:v>615.35</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>59.69</x:v>
+        <x:v>104.52</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>506.498</x:v>
+        <x:v>543.839</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>553.55</x:v>
+        <x:v>594.36</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>90.67</x:v>
+        <x:v>122.87</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>524.313</x:v>
+        <x:v>551.901</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>573.02</x:v>
+        <x:v>603.17</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>83.35</x:v>
+        <x:v>115.34</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>519.656</x:v>
+        <x:v>548.222</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>567.93</x:v>
+        <x:v>599.15</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>88.01</x:v>
+        <x:v>102.28</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>522.328</x:v>
+        <x:v>541.213</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>570.85</x:v>
+        <x:v>591.49</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>77.74</x:v>
+        <x:v>88.7</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>515.236</x:v>
+        <x:v>532.96</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>563.1</x:v>
+        <x:v>582.47</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>88.24</x:v>
+        <x:v>70.86</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>521.349</x:v>
+        <x:v>519.775</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>569.78</x:v>
+        <x:v>568.06</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>87.43</x:v>
+        <x:v>82.33</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>520.772</x:v>
+        <x:v>526.82</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>569.15</x:v>
+        <x:v>575.76</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>62.81</x:v>
+        <x:v>79.8</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>501.036</x:v>
+        <x:v>524.963</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>547.58</x:v>
+        <x:v>573.73</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>105.58</x:v>
+        <x:v>71.01</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>522.09</x:v>
+        <x:v>518.448</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>570.59</x:v>
+        <x:v>566.61</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>120.14</x:v>
+        <x:v>54.44</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>528.193</x:v>
+        <x:v>503.644</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>577.26</x:v>
+        <x:v>550.43</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>133.92</x:v>
+        <x:v>50.55</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>533.582</x:v>
+        <x:v>499.709</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>583.15</x:v>
+        <x:v>546.13</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>139.77</x:v>
+        <x:v>57.97</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>535.723</x:v>
+        <x:v>506.096</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>585.49</x:v>
+        <x:v>553.11</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>64.71</x:v>
+        <x:v>52.12</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>479.89</x:v>
+        <x:v>500.395</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>524.47</x:v>
+        <x:v>546.88</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>68.2</x:v>
+        <x:v>57.63</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>482.269</x:v>
+        <x:v>505.126</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>527.07</x:v>
+        <x:v>552.05</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>63.3</x:v>
+        <x:v>60.1</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>478.298</x:v>
+        <x:v>506.938</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>522.73</x:v>
+        <x:v>554.03</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>60.81</x:v>
+        <x:v>59.69</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>476.258</x:v>
+        <x:v>506.498</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>520.5</x:v>
+        <x:v>553.55</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>53.99</x:v>
+        <x:v>90.67</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>470.228</x:v>
+        <x:v>524.313</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>513.91</x:v>
+        <x:v>573.02</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>68.05</x:v>
+        <x:v>83.35</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>480.055</x:v>
+        <x:v>519.656</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>524.65</x:v>
+        <x:v>567.93</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>77.76</x:v>
+        <x:v>88.01</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>484.973</x:v>
+        <x:v>522.328</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>531.18</x:v>
+        <x:v>570.85</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>72.61</x:v>
+        <x:v>77.74</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>481.221</x:v>
+        <x:v>515.236</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>527.08</x:v>
+        <x:v>563.1</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>71.19</x:v>
+        <x:v>88.24</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>482.278</x:v>
+        <x:v>521.349</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>527.08</x:v>
+        <x:v>569.78</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>96.01</x:v>
+        <x:v>87.43</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>494.978</x:v>
+        <x:v>520.772</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>540.96</x:v>
+        <x:v>569.15</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>85.15</x:v>
+        <x:v>62.81</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>488.656</x:v>
+        <x:v>501.036</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>534.05</x:v>
+        <x:v>547.58</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>75.83</x:v>
+        <x:v>105.58</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>482.635</x:v>
+        <x:v>522.09</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>527.47</x:v>
+        <x:v>570.59</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>52.37</x:v>
+        <x:v>120.14</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>461.855</x:v>
+        <x:v>528.193</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>504.76</x:v>
+        <x:v>577.26</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>41.29</x:v>
+        <x:v>133.92</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>449.54</x:v>
+        <x:v>533.582</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>491.3</x:v>
+        <x:v>583.15</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>52.47</x:v>
+        <x:v>139.77</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>459.44</x:v>
+        <x:v>535.723</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>502.12</x:v>
+        <x:v>585.49</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>39.91</x:v>
+        <x:v>64.71</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>445.34</x:v>
+        <x:v>479.89</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>486.71</x:v>
+        <x:v>524.47</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>48.49</x:v>
+        <x:v>68.2</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>453.273</x:v>
+        <x:v>482.269</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>495.38</x:v>
+        <x:v>527.07</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>51.32</x:v>
+        <x:v>63.3</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>455.533</x:v>
+        <x:v>478.298</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>497.85</x:v>
+        <x:v>522.73</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>44.76</x:v>
+        <x:v>60.81</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>448.872</x:v>
+        <x:v>476.258</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>490.57</x:v>
+        <x:v>520.5</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>37.28</x:v>
+        <x:v>53.99</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>439.95</x:v>
+        <x:v>470.228</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>480.82</x:v>
+        <x:v>513.91</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>34.67</x:v>
+        <x:v>68.05</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>436.592</x:v>
+        <x:v>480.055</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>477.15</x:v>
+        <x:v>524.65</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>31.08</x:v>
+        <x:v>77.76</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>431.523</x:v>
+        <x:v>484.973</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>471.61</x:v>
+        <x:v>531.18</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>27.75</x:v>
+        <x:v>72.61</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>426.17</x:v>
+        <x:v>481.221</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>465.76</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>26.63</x:v>
+        <x:v>71.19</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>424.304</x:v>
+        <x:v>482.278</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>463.72</x:v>
+        <x:v>527.08</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>30.65</x:v>
+        <x:v>96.01</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>429.858</x:v>
+        <x:v>494.978</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>469.79</x:v>
+        <x:v>540.96</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>31.69</x:v>
+        <x:v>85.15</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>431.203</x:v>
+        <x:v>488.656</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>471.26</x:v>
+        <x:v>534.05</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>32.33</x:v>
+        <x:v>75.83</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>431.972</x:v>
+        <x:v>482.635</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>472.1</x:v>
+        <x:v>527.47</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>29.03</x:v>
+        <x:v>52.37</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>426.884</x:v>
+        <x:v>461.855</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>466.54</x:v>
+        <x:v>504.76</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>29.35</x:v>
+        <x:v>41.29</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>427.268</x:v>
+        <x:v>449.54</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>466.96</x:v>
+        <x:v>491.3</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>21.59</x:v>
+        <x:v>52.47</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>412.354</x:v>
+        <x:v>459.44</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>450.66</x:v>
+        <x:v>502.12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>17.62</x:v>
+        <x:v>39.91</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>403.213</x:v>
+        <x:v>445.34</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>440.67</x:v>
+        <x:v>486.71</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>15.93</x:v>
+        <x:v>48.49</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>398.885</x:v>
+        <x:v>453.273</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>435.94</x:v>
+        <x:v>495.38</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>14.52</x:v>
+        <x:v>51.32</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>394.841</x:v>
+        <x:v>455.533</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>431.52</x:v>
+        <x:v>497.85</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>14.51</x:v>
+        <x:v>44.76</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>394.713</x:v>
+        <x:v>448.872</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>431.38</x:v>
+        <x:v>490.57</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>12.1</x:v>
+        <x:v>37.28</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>386.963</x:v>
+        <x:v>439.95</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>422.91</x:v>
+        <x:v>480.82</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>10.87</x:v>
+        <x:v>34.67</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>382.552</x:v>
+        <x:v>436.592</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>418.09</x:v>
+        <x:v>477.15</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>12.26</x:v>
+        <x:v>31.08</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>386.844</x:v>
+        <x:v>431.523</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>422.78</x:v>
+        <x:v>471.61</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>12.42</x:v>
+        <x:v>27.75</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>387.118</x:v>
+        <x:v>426.17</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>423.08</x:v>
+        <x:v>465.76</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>11.65</x:v>
+        <x:v>26.63</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>384.501</x:v>
+        <x:v>424.304</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>420.22</x:v>
+        <x:v>463.72</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>10.39</x:v>
+        <x:v>30.65</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>379.835</x:v>
+        <x:v>429.858</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>415.12</x:v>
+        <x:v>469.79</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>10.65</x:v>
+        <x:v>31.69</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>380.686</x:v>
+        <x:v>431.203</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>416.05</x:v>
+        <x:v>471.26</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>11.56</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>383.422</x:v>
+        <x:v>431.972</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>419.04</x:v>
+        <x:v>472.1</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>18.26</x:v>
+        <x:v>29.03</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>397.943</x:v>
+        <x:v>426.884</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>434.91</x:v>
+        <x:v>466.54</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>17.39</x:v>
+        <x:v>29.35</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>395.893</x:v>
+        <x:v>427.268</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>432.67</x:v>
+        <x:v>466.96</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>16.87</x:v>
+        <x:v>21.59</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>394.603</x:v>
+        <x:v>412.354</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>431.26</x:v>
+        <x:v>450.66</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>17.32</x:v>
+        <x:v>17.62</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>395.554</x:v>
+        <x:v>403.213</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>432.3</x:v>
+        <x:v>440.67</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>18.89</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>398.638</x:v>
+        <x:v>398.885</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>435.67</x:v>
+        <x:v>435.94</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>13.27</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>382.369</x:v>
+        <x:v>394.841</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>417.89</x:v>
+        <x:v>431.52</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>14.21</x:v>
+        <x:v>14.51</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>384.84</x:v>
+        <x:v>394.713</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>420.59</x:v>
+        <x:v>431.38</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>12.85</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>380.722</x:v>
+        <x:v>386.963</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>416.09</x:v>
+        <x:v>422.91</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>11.88</x:v>
+        <x:v>10.87</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>377.566</x:v>
+        <x:v>382.552</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>412.64</x:v>
+        <x:v>418.09</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>10.67</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>373.128</x:v>
+        <x:v>386.844</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>407.79</x:v>
+        <x:v>422.78</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>13.94</x:v>
+        <x:v>12.42</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>382.012</x:v>
+        <x:v>387.118</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>417.5</x:v>
+        <x:v>423.08</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>12.79</x:v>
+        <x:v>11.65</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>378.536</x:v>
+        <x:v>384.501</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>413.7</x:v>
+        <x:v>420.22</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>12.51</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>377.63</x:v>
+        <x:v>379.835</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>412.71</x:v>
+        <x:v>415.12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>11.37</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>373.814</x:v>
+        <x:v>380.686</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>408.54</x:v>
+        <x:v>416.05</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>14.17</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>381.116</x:v>
+        <x:v>383.422</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>416.52</x:v>
+        <x:v>419.04</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>14.4</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>381.665</x:v>
+        <x:v>397.943</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>417.12</x:v>
+        <x:v>434.91</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>19.2</x:v>
+        <x:v>17.39</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>391.364</x:v>
+        <x:v>395.893</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>427.72</x:v>
+        <x:v>432.67</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>22.63</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>397.32</x:v>
+        <x:v>394.603</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>434.23</x:v>
+        <x:v>431.26</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>22.59</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>396.836</x:v>
+        <x:v>395.554</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>433.7</x:v>
+        <x:v>432.3</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>25.28</x:v>
+        <x:v>18.89</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>400.788</x:v>
+        <x:v>398.638</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>438.02</x:v>
+        <x:v>435.67</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>23.24</x:v>
+        <x:v>13.27</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>397.22</x:v>
+        <x:v>382.369</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>434.12</x:v>
+        <x:v>417.89</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>21.27</x:v>
+        <x:v>14.21</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>393.496</x:v>
+        <x:v>384.84</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>430.05</x:v>
+        <x:v>420.59</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>22.84</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>396.14</x:v>
+        <x:v>380.722</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>432.94</x:v>
+        <x:v>416.09</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>23.41</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>396.881</x:v>
+        <x:v>377.566</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>433.75</x:v>
+        <x:v>412.64</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>21.35</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>393.011</x:v>
+        <x:v>373.128</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>429.52</x:v>
+        <x:v>407.79</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>20.46</x:v>
+        <x:v>13.94</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>391.245</x:v>
+        <x:v>382.012</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>427.59</x:v>
+        <x:v>417.5</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>16.4</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>381.729</x:v>
+        <x:v>378.536</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>417.19</x:v>
+        <x:v>413.7</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>14</x:v>
+        <x:v>12.51</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>374.157</x:v>
+        <x:v>377.63</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>410.07</x:v>
+        <x:v>412.71</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45859.3186342593</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>15.39</x:v>
+        <x:v>11.37</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>377.488</x:v>
+        <x:v>373.814</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>413.71</x:v>
+        <x:v>408.54</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>15.02</x:v>
+        <x:v>14.17</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>378.545</x:v>
+        <x:v>381.116</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>413.71</x:v>
+        <x:v>416.52</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>16.81</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>382.534</x:v>
+        <x:v>381.665</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>418.07</x:v>
+        <x:v>417.12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>14.96</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>377.785</x:v>
+        <x:v>391.364</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>412.88</x:v>
+        <x:v>427.72</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>12.45</x:v>
+        <x:v>22.63</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>370.246</x:v>
+        <x:v>397.32</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>404.64</x:v>
+        <x:v>434.23</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>12.83</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>371.28</x:v>
+        <x:v>396.836</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>405.77</x:v>
+        <x:v>433.7</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>12.95</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>371.417</x:v>
+        <x:v>400.788</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>405.92</x:v>
+        <x:v>438.02</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>13.79</x:v>
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>373.622</x:v>
+        <x:v>397.22</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>408.33</x:v>
+        <x:v>434.12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>11.98</x:v>
+        <x:v>21.27</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>367.995</x:v>
+        <x:v>393.496</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>402.18</x:v>
+        <x:v>430.05</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
+        <x:v>45866.9278587963</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>22.84</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>396.14</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>432.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45863.9269097222</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>23.41</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>396.881</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>433.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
+        <x:v>45862.9245601852</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
+        <x:v>21.35</x:v>
+      </x:c>
+      <x:c r="D164" s="0">
+        <x:v>393.011</x:v>
+      </x:c>
+      <x:c r="E164" s="0">
+        <x:v>429.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:5">
+      <x:c r="A165" s="1">
+        <x:v>45861.926400463</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C165" s="0">
+        <x:v>20.46</x:v>
+      </x:c>
+      <x:c r="D165" s="0">
+        <x:v>391.245</x:v>
+      </x:c>
+      <x:c r="E165" s="0">
+        <x:v>427.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:5">
+      <x:c r="A166" s="1">
+        <x:v>45860.9260648148</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C166" s="0">
+        <x:v>16.4</x:v>
+      </x:c>
+      <x:c r="D166" s="0">
+        <x:v>381.729</x:v>
+      </x:c>
+      <x:c r="E166" s="0">
+        <x:v>417.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:5">
+      <x:c r="A167" s="1">
+        <x:v>45859.9273611111</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C167" s="0">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D167" s="0">
+        <x:v>374.157</x:v>
+      </x:c>
+      <x:c r="E167" s="0">
+        <x:v>410.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:5">
+      <x:c r="A168" s="1">
+        <x:v>45859.3186342593</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C168" s="0">
+        <x:v>15.39</x:v>
+      </x:c>
+      <x:c r="D168" s="0">
+        <x:v>377.488</x:v>
+      </x:c>
+      <x:c r="E168" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:5">
+      <x:c r="A169" s="1">
+        <x:v>45856.949212963</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C169" s="0">
+        <x:v>15.02</x:v>
+      </x:c>
+      <x:c r="D169" s="0">
+        <x:v>378.545</x:v>
+      </x:c>
+      <x:c r="E169" s="0">
+        <x:v>413.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:5">
+      <x:c r="A170" s="1">
+        <x:v>45855.9327777778</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C170" s="0">
+        <x:v>16.81</x:v>
+      </x:c>
+      <x:c r="D170" s="0">
+        <x:v>382.534</x:v>
+      </x:c>
+      <x:c r="E170" s="0">
+        <x:v>418.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:5">
+      <x:c r="A171" s="1">
+        <x:v>45854.9360416667</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C171" s="0">
+        <x:v>14.96</x:v>
+      </x:c>
+      <x:c r="D171" s="0">
+        <x:v>377.785</x:v>
+      </x:c>
+      <x:c r="E171" s="0">
+        <x:v>412.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:5">
+      <x:c r="A172" s="1">
+        <x:v>45853.9275462963</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C172" s="0">
+        <x:v>12.45</x:v>
+      </x:c>
+      <x:c r="D172" s="0">
+        <x:v>370.246</x:v>
+      </x:c>
+      <x:c r="E172" s="0">
+        <x:v>404.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:5">
+      <x:c r="A173" s="1">
+        <x:v>45852.9328472222</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C173" s="0">
+        <x:v>12.83</x:v>
+      </x:c>
+      <x:c r="D173" s="0">
+        <x:v>371.28</x:v>
+      </x:c>
+      <x:c r="E173" s="0">
+        <x:v>405.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:5">
+      <x:c r="A174" s="1">
+        <x:v>45849.9250115741</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C174" s="0">
+        <x:v>12.95</x:v>
+      </x:c>
+      <x:c r="D174" s="0">
+        <x:v>371.417</x:v>
+      </x:c>
+      <x:c r="E174" s="0">
+        <x:v>405.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:5">
+      <x:c r="A175" s="1">
+        <x:v>45848.9261689815</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C175" s="0">
+        <x:v>13.79</x:v>
+      </x:c>
+      <x:c r="D175" s="0">
+        <x:v>373.622</x:v>
+      </x:c>
+      <x:c r="E175" s="0">
+        <x:v>408.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:5">
+      <x:c r="A176" s="1">
+        <x:v>45847.9257638889</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C176" s="0">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="D176" s="0">
+        <x:v>367.995</x:v>
+      </x:c>
+      <x:c r="E176" s="0">
+        <x:v>402.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:5">
+      <x:c r="A177" s="1">
         <x:v>45846.9248842593</x:v>
       </x:c>
-      <x:c r="B162" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C162" s="0">
+      <x:c r="B177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C177" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D162" s="0">
+      <x:c r="D177" s="0">
         <x:v>360.775</x:v>
       </x:c>
-      <x:c r="E162" s="0">
+      <x:c r="E177" s="0">
         <x:v>394.29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>