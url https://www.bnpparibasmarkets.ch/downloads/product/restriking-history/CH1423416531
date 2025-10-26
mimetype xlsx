--- v0 (2025-10-02)
+++ v1 (2025-10-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c78952129d44df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e4bab4a669b453da2363bdd55e68a1c.psmdcp" Id="Rb5289a4445ab438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb671edb7c29d4d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2710fbca37754b7f83bcfdfb606a46a6.psmdcp" Id="R1d54726f746d4c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1423416531</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,1865 +393,2154 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E107"/>
+  <x:dimension ref="A1:E124"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45954.7370486111</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.99</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>1100.495</x:v>
+        <x:v>1067.004</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>1028.5</x:v>
+        <x:v>997.2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45953.7373726852</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>1105.845</x:v>
+        <x:v>1047.316</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>1033.5</x:v>
+        <x:v>978.8</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>1109.055</x:v>
+        <x:v>1055.02</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>1036.5</x:v>
+        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45951.7369791667</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>1104.775</x:v>
+        <x:v>1057.16</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>1032.5</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>1103.17</x:v>
+        <x:v>1049.884</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>1031</x:v>
+        <x:v>981.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45947.7368171296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.79</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>1124.035</x:v>
+        <x:v>1033.834</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>1050.5</x:v>
+        <x:v>966.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45946.7602893518</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.6</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1072.14</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>1080</x:v>
+        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45945.7369097222</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.73</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>1139.015</x:v>
+        <x:v>1079.63</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>1064.5</x:v>
+        <x:v>1009</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45944.7693171296</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.64</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1074.28</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1004</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45943.7842476852</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.5</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>1179.675</x:v>
+        <x:v>1080.165</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>1102.5</x:v>
+        <x:v>1009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.6</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>1164.16</x:v>
+        <x:v>1079.095</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>1088</x:v>
+        <x:v>1008.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>1142.225</x:v>
+        <x:v>1106.915</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>1067.5</x:v>
+        <x:v>1034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45938.7624421296</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>1167.37</x:v>
+        <x:v>1111.195</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>1091</x:v>
+        <x:v>1038.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45937.7621527778</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>1150.785</x:v>
+        <x:v>1113.335</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>1075.5</x:v>
+        <x:v>1040.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45936.7575462963</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>1149.18</x:v>
+        <x:v>1131.525</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>1074</x:v>
+        <x:v>1057.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>1137.41</x:v>
+        <x:v>1122.43</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>1063</x:v>
+        <x:v>1049</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>1133.13</x:v>
+        <x:v>1105.31</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>1059</x:v>
+        <x:v>1033</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>1140.62</x:v>
+        <x:v>1100.495</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>1066</x:v>
+        <x:v>1028.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>1142.76</x:v>
+        <x:v>1105.845</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>1068</x:v>
+        <x:v>1033.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>1143.295</x:v>
+        <x:v>1109.055</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>1068.5</x:v>
+        <x:v>1036.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>1147.575</x:v>
+        <x:v>1104.775</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>1072.5</x:v>
+        <x:v>1032.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>1135.27</x:v>
+        <x:v>1103.17</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>1061</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>1173.255</x:v>
+        <x:v>1124.035</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>1096.5</x:v>
+        <x:v>1050.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>1174.325</x:v>
+        <x:v>1155.6</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>1097.5</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>1193.05</x:v>
+        <x:v>1139.015</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>1115</x:v>
+        <x:v>1064.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>1191.445</x:v>
+        <x:v>1151.855</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>1113.5</x:v>
+        <x:v>1076.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>1184.49</x:v>
+        <x:v>1179.675</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>1107</x:v>
+        <x:v>1102.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>1206.96</x:v>
+        <x:v>1164.16</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>1128</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>1211.775</x:v>
+        <x:v>1142.225</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>1132.5</x:v>
+        <x:v>1067.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>1182.35</x:v>
+        <x:v>1167.37</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>1105</x:v>
+        <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>1191.98</x:v>
+        <x:v>1150.785</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>1114</x:v>
+        <x:v>1075.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>1203.215</x:v>
+        <x:v>1149.18</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>1124.5</x:v>
+        <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>1183.955</x:v>
+        <x:v>1137.41</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>1106.5</x:v>
+        <x:v>1063</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>1183.42</x:v>
+        <x:v>1133.13</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>1106</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>1180.21</x:v>
+        <x:v>1140.62</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>1103</x:v>
+        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1142.76</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>1122</x:v>
+        <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1143.295</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>1122</x:v>
+        <x:v>1068.5</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>1212.845</x:v>
+        <x:v>1147.575</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>1133.5</x:v>
+        <x:v>1072.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>1219.8</x:v>
+        <x:v>1135.27</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>1140</x:v>
+        <x:v>1061</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>1220.87</x:v>
+        <x:v>1173.255</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>1141</x:v>
+        <x:v>1096.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>1207.495</x:v>
+        <x:v>1174.325</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>1128.5</x:v>
+        <x:v>1097.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>1187.7</x:v>
+        <x:v>1193.05</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>1110</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>1170.58</x:v>
+        <x:v>1191.445</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>1094</x:v>
+        <x:v>1113.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>1168.44</x:v>
+        <x:v>1184.49</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>1092</x:v>
+        <x:v>1107</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>1178.605</x:v>
+        <x:v>1206.96</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>1101.5</x:v>
+        <x:v>1128</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>1203.75</x:v>
+        <x:v>1211.775</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>1125</x:v>
+        <x:v>1132.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45867.7584837963</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>1188.77</x:v>
+        <x:v>1182.35</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>1111</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>1198.935</x:v>
+        <x:v>1191.98</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>1120.5</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>1199.47</x:v>
+        <x:v>1203.215</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>1121</x:v>
+        <x:v>1124.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>1202.68</x:v>
+        <x:v>1183.955</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>1124</x:v>
+        <x:v>1106.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>1193.05</x:v>
+        <x:v>1183.42</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>1115</x:v>
+        <x:v>1106</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>1178.605</x:v>
+        <x:v>1180.21</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>1101.5</x:v>
+        <x:v>1103</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>1206.96</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>1128</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D56" s="0">
         <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E56" s="0">
         <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>1202.68</x:v>
+        <x:v>1212.845</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>1124</x:v>
+        <x:v>1133.5</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>1192.515</x:v>
+        <x:v>1219.8</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>1114.5</x:v>
+        <x:v>1140</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>1192.515</x:v>
+        <x:v>1220.87</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>1114.5</x:v>
+        <x:v>1141</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45854.3801041667</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>1214.166</x:v>
+        <x:v>1207.495</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>1134.735</x:v>
+        <x:v>1128.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45854.3801041667</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>1299.158</x:v>
+        <x:v>1187.7</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>1214.166</x:v>
+        <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>4.13</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>1134.735</x:v>
+        <x:v>1170.58</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>1060.5</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>4.2</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>1133.13</x:v>
+        <x:v>1168.44</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>1059</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>4.42</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>1128.85</x:v>
+        <x:v>1178.605</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>1055</x:v>
+        <x:v>1101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.66</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>1148.645</x:v>
+        <x:v>1203.75</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>1073.5</x:v>
+        <x:v>1125</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45867.7584837963</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>4.55</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>1130.455</x:v>
+        <x:v>1188.77</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>1056.5</x:v>
+        <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>4.58</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>1129.92</x:v>
+        <x:v>1198.935</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>1056</x:v>
+        <x:v>1120.5</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>5.43</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>1115.475</x:v>
+        <x:v>1199.47</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>1042.5</x:v>
+        <x:v>1121</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>6.16</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>1104.775</x:v>
+        <x:v>1202.68</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>1032.5</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>5.45</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>1117.08</x:v>
+        <x:v>1193.05</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>1044</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>6.17</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>1106.38</x:v>
+        <x:v>1178.605</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>1034</x:v>
+        <x:v>1101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>6.18</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>1106.38</x:v>
+        <x:v>1206.96</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>1034</x:v>
+        <x:v>1128</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>6.11</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>1107.45</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>1035</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>6.51</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>1102.1</x:v>
+        <x:v>1202.68</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>1030</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>8.62</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>1080.165</x:v>
+        <x:v>1192.515</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>1009.5</x:v>
+        <x:v>1114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>9.54</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>1071.605</x:v>
+        <x:v>1192.515</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>1001.5</x:v>
+        <x:v>1114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45854.3801041667</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>9.67</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>1070.535</x:v>
+        <x:v>1214.166</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>1000.5</x:v>
+        <x:v>1134.735</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45854.3801041667</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>11.86</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>1054.378</x:v>
+        <x:v>1299.158</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>985.4</x:v>
+        <x:v>1214.166</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>11.32</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>1058.872</x:v>
+        <x:v>1134.735</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>989.6</x:v>
+        <x:v>1060.5</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>11.25</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>1059.514</x:v>
+        <x:v>1133.13</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>990.2</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>8.74</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1128.85</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>1055</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>8.75</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1148.645</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>1073.5</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>8.66</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>1086.585</x:v>
+        <x:v>1130.455</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>1015.5</x:v>
+        <x:v>1056.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>8.79</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1129.92</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>1056</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>6.23</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>1124.035</x:v>
+        <x:v>1115.475</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>1050.5</x:v>
+        <x:v>1042.5</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>5.03</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>1147.04</x:v>
+        <x:v>1104.775</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>1072</x:v>
+        <x:v>1032.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>4.53</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>1157.74</x:v>
+        <x:v>1117.08</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>1082</x:v>
+        <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>4.65</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1106.38</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>1080</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45813.7588078704</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>4.65</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1106.38</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>1080</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>4.37</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>1162.02</x:v>
+        <x:v>1107.45</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>1086</x:v>
+        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>4.47</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>1159.88</x:v>
+        <x:v>1102.1</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>1084</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>4.47</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>1159.88</x:v>
+        <x:v>1080.165</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>1084</x:v>
+        <x:v>1009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>4.88</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1071.605</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1001.5</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>4.88</x:v>
+        <x:v>9.67</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1070.535</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1000.5</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>4.38</x:v>
+        <x:v>11.86</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>1167.37</x:v>
+        <x:v>1054.378</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>1091</x:v>
+        <x:v>985.4</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>5.66</x:v>
+        <x:v>11.32</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>1103.97</x:v>
+        <x:v>1058.872</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>1071</x:v>
+        <x:v>989.6</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45800.3403125</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>2.65</x:v>
+        <x:v>11.25</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>1167.1</x:v>
+        <x:v>1059.514</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>1130</x:v>
+        <x:v>990.2</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>4.8</x:v>
+        <x:v>8.74</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>1209.1</x:v>
+        <x:v>1085.515</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>1130</x:v>
+        <x:v>1014.5</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>3.96</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>1231.035</x:v>
+        <x:v>1085.515</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>1150.5</x:v>
+        <x:v>1014.5</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>3.8</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>1235.315</x:v>
+        <x:v>1086.585</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>1154.5</x:v>
+        <x:v>1015.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>3.12</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>1258.32</x:v>
+        <x:v>1085.515</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>1176</x:v>
+        <x:v>1014.5</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>2.93</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>1265.275</x:v>
+        <x:v>1124.035</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>1182.5</x:v>
+        <x:v>1050.5</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>2.73</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>1273.3</x:v>
+        <x:v>1147.04</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>1190</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>2.52</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>1282.395</x:v>
+        <x:v>1157.74</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>1198.5</x:v>
+        <x:v>1082</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>2.71</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>1274.905</x:v>
+        <x:v>1155.6</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>1191.5</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45813.7588078704</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>3.19</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>1259.39</x:v>
+        <x:v>1155.6</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>1177</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
+        <x:v>45812.7670023148</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C107" s="0">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="D107" s="0">
+        <x:v>1162.02</x:v>
+      </x:c>
+      <x:c r="E107" s="0">
+        <x:v>1086</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="1">
+        <x:v>45811.9362152778</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C108" s="0">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="D108" s="0">
+        <x:v>1159.88</x:v>
+      </x:c>
+      <x:c r="E108" s="0">
+        <x:v>1084</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="1">
+        <x:v>45811.758599537</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C109" s="0">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="D109" s="0">
+        <x:v>1159.88</x:v>
+      </x:c>
+      <x:c r="E109" s="0">
+        <x:v>1084</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="1">
+        <x:v>45810.9414814815</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C110" s="0">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="D110" s="0">
+        <x:v>1151.855</x:v>
+      </x:c>
+      <x:c r="E110" s="0">
+        <x:v>1076.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="1">
+        <x:v>45810.757650463</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C111" s="0">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="D111" s="0">
+        <x:v>1151.855</x:v>
+      </x:c>
+      <x:c r="E111" s="0">
+        <x:v>1076.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="1">
+        <x:v>45803.758900463</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C112" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D112" s="0">
+        <x:v>1167.37</x:v>
+      </x:c>
+      <x:c r="E112" s="0">
+        <x:v>1091</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="1">
+        <x:v>45800.7594675926</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C113" s="0">
+        <x:v>5.66</x:v>
+      </x:c>
+      <x:c r="D113" s="0">
+        <x:v>1103.97</x:v>
+      </x:c>
+      <x:c r="E113" s="0">
+        <x:v>1071</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="1">
+        <x:v>45800.3403125</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C114" s="0">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="D114" s="0">
+        <x:v>1167.1</x:v>
+      </x:c>
+      <x:c r="E114" s="0">
+        <x:v>1130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="1">
+        <x:v>45799.7596296296</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C115" s="0">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="D115" s="0">
+        <x:v>1209.1</x:v>
+      </x:c>
+      <x:c r="E115" s="0">
+        <x:v>1130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="1">
+        <x:v>45798.7642939815</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C116" s="0">
+        <x:v>3.96</x:v>
+      </x:c>
+      <x:c r="D116" s="0">
+        <x:v>1231.035</x:v>
+      </x:c>
+      <x:c r="E116" s="0">
+        <x:v>1150.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="1">
+        <x:v>45797.7621643519</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C117" s="0">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="D117" s="0">
+        <x:v>1235.315</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
+        <x:v>1154.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="1">
+        <x:v>45796.761724537</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C118" s="0">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="D118" s="0">
+        <x:v>1258.32</x:v>
+      </x:c>
+      <x:c r="E118" s="0">
+        <x:v>1176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="1">
+        <x:v>45793.7569560185</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C119" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D119" s="0">
+        <x:v>1265.275</x:v>
+      </x:c>
+      <x:c r="E119" s="0">
+        <x:v>1182.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="1">
+        <x:v>45792.7607407407</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C120" s="0">
+        <x:v>2.73</x:v>
+      </x:c>
+      <x:c r="D120" s="0">
+        <x:v>1273.3</x:v>
+      </x:c>
+      <x:c r="E120" s="0">
+        <x:v>1190</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="1">
+        <x:v>45791.7642476852</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C121" s="0">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D121" s="0">
+        <x:v>1282.395</x:v>
+      </x:c>
+      <x:c r="E121" s="0">
+        <x:v>1198.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="1">
+        <x:v>45790.7568865741</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C122" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D122" s="0">
+        <x:v>1274.905</x:v>
+      </x:c>
+      <x:c r="E122" s="0">
+        <x:v>1191.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="1">
+        <x:v>45789.7603240741</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C123" s="0">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D123" s="0">
+        <x:v>1259.39</x:v>
+      </x:c>
+      <x:c r="E123" s="0">
+        <x:v>1177</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="1">
         <x:v>45786.7591087963</x:v>
       </x:c>
-      <x:c r="B107" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C107" s="0">
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D107" s="0">
+      <x:c r="D124" s="0">
         <x:v>1191.98</x:v>
       </x:c>
-      <x:c r="E107" s="0">
+      <x:c r="E124" s="0">
         <x:v>1114</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>