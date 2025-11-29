--- v1 (2025-10-26)
+++ v2 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb671edb7c29d4d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2710fbca37754b7f83bcfdfb606a46a6.psmdcp" Id="R1d54726f746d4c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebe58f8c3e8476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f3787141cfb401485250d8a10c63232.psmdcp" Id="Rdc6956e6dd4040c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1423416531</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,2154 +393,2596 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E124"/>
+  <x:dimension ref="A1:E150"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45954.7370486111</x:v>
+        <x:v>45989.7370486111</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>1067.004</x:v>
+        <x:v>1019.496</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>997.2</x:v>
+        <x:v>952.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45953.7373726852</x:v>
+        <x:v>45988.7369907407</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>1047.316</x:v>
+        <x:v>1019.282</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>978.8</x:v>
+        <x:v>952.6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45952.7370601852</x:v>
+        <x:v>45987.7371412037</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>1055.02</x:v>
+        <x:v>1000.45</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>986</x:v>
+        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45951.7369791667</x:v>
+        <x:v>45986.7690046296</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>1057.16</x:v>
+        <x:v>993.602</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>988</x:v>
+        <x:v>928.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45950.737037037</x:v>
+        <x:v>45986.7372685185</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>1049.884</x:v>
+        <x:v>993.602</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>981.2</x:v>
+        <x:v>928.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45947.7368171296</x:v>
+        <x:v>45985.7367476852</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.72</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>1033.834</x:v>
+        <x:v>992.318</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>966.2</x:v>
+        <x:v>927.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45946.7602893518</x:v>
+        <x:v>45982.7369791667</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.21</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>1072.14</x:v>
+        <x:v>982.046</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>1002</x:v>
+        <x:v>917.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45945.7369097222</x:v>
+        <x:v>45981.7368402778</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.12</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>1079.63</x:v>
+        <x:v>981.832</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>1009</x:v>
+        <x:v>917.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45944.7693171296</x:v>
+        <x:v>45980.7367361111</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.19</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>1074.28</x:v>
+        <x:v>974.556</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>1004</x:v>
+        <x:v>910.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45943.7842476852</x:v>
+        <x:v>45979.7367939815</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.12</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>1080.165</x:v>
+        <x:v>980.12</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>1009.5</x:v>
+        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45940.7627893519</x:v>
+        <x:v>45978.7367824074</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>1079.095</x:v>
+        <x:v>997.668</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>1008.5</x:v>
+        <x:v>932.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45939.7571412037</x:v>
+        <x:v>45975.7367013889</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>1106.915</x:v>
+        <x:v>1018.854</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>1034.5</x:v>
+        <x:v>952.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45938.7624421296</x:v>
+        <x:v>45974.7370023148</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>1111.195</x:v>
+        <x:v>1026.986</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>1038.5</x:v>
+        <x:v>959.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45937.7621527778</x:v>
+        <x:v>45973.736712963</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.82</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>1113.335</x:v>
+        <x:v>1043.25</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>1040.5</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45936.7575462963</x:v>
+        <x:v>45972.7367476852</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.68</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>1131.525</x:v>
+        <x:v>1049.242</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>1057.5</x:v>
+        <x:v>980.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45933.7560763889</x:v>
+        <x:v>45968.7369097222</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.76</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>1122.43</x:v>
+        <x:v>1008.582</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>1049</x:v>
+        <x:v>942.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45932.7757986111</x:v>
+        <x:v>45967.7368287037</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.93</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>1105.31</x:v>
+        <x:v>1008.154</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>1033</x:v>
+        <x:v>942.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45966.7368287037</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.99</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>1100.495</x:v>
+        <x:v>1028.698</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>1028.5</x:v>
+        <x:v>961.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45965.7388425926</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>1105.845</x:v>
+        <x:v>1026.13</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>1033.5</x:v>
+        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45964.7369444444</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>1109.055</x:v>
+        <x:v>1038.97</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>1036.5</x:v>
+        <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45961.8178472222</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>1104.775</x:v>
+        <x:v>1051.168</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>1032.5</x:v>
+        <x:v>982.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45961.7365509259</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>1103.17</x:v>
+        <x:v>1051.168</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>1031</x:v>
+        <x:v>982.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45960.7368055556</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.79</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>1124.035</x:v>
+        <x:v>1056.946</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>1050.5</x:v>
+        <x:v>987.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45959.7367476852</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.6</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1059.3</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>1080</x:v>
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45958.7367708333</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.73</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>1139.015</x:v>
+        <x:v>1061.44</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>1064.5</x:v>
+        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45957.7750925926</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.64</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1069.786</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>999.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45954.7370486111</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>1179.675</x:v>
+        <x:v>1067.004</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>1102.5</x:v>
+        <x:v>997.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45953.7373726852</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.6</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>1164.16</x:v>
+        <x:v>1047.316</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>1088</x:v>
+        <x:v>978.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.78</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>1142.225</x:v>
+        <x:v>1055.02</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>1067.5</x:v>
+        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45951.7369791667</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.62</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>1167.37</x:v>
+        <x:v>1057.16</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>1091</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.75</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>1150.785</x:v>
+        <x:v>1049.884</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>1075.5</x:v>
+        <x:v>981.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45947.7368171296</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>1149.18</x:v>
+        <x:v>1033.834</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>1074</x:v>
+        <x:v>966.2</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45946.7602893518</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>1137.41</x:v>
+        <x:v>1072.14</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>1063</x:v>
+        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45945.7369097222</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.91</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>1133.13</x:v>
+        <x:v>1079.63</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>1059</x:v>
+        <x:v>1009</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45944.7693171296</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.85</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>1140.62</x:v>
+        <x:v>1074.28</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>1066</x:v>
+        <x:v>1004</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45943.7842476852</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>1142.76</x:v>
+        <x:v>1080.165</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>1068</x:v>
+        <x:v>1009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>1143.295</x:v>
+        <x:v>1079.095</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>1068.5</x:v>
+        <x:v>1008.5</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>1147.575</x:v>
+        <x:v>1106.915</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>1072.5</x:v>
+        <x:v>1034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45938.7624421296</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>1135.27</x:v>
+        <x:v>1111.195</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>1061</x:v>
+        <x:v>1038.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45937.7621527778</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>1173.255</x:v>
+        <x:v>1113.335</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>1096.5</x:v>
+        <x:v>1040.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45936.7575462963</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>1174.325</x:v>
+        <x:v>1131.525</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>1097.5</x:v>
+        <x:v>1057.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>1193.05</x:v>
+        <x:v>1122.43</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>1115</x:v>
+        <x:v>1049</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>1191.445</x:v>
+        <x:v>1105.31</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>1113.5</x:v>
+        <x:v>1033</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>1184.49</x:v>
+        <x:v>1100.495</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>1107</x:v>
+        <x:v>1028.5</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>1206.96</x:v>
+        <x:v>1105.845</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>1128</x:v>
+        <x:v>1033.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>1211.775</x:v>
+        <x:v>1109.055</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>1132.5</x:v>
+        <x:v>1036.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>1182.35</x:v>
+        <x:v>1104.775</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>1105</x:v>
+        <x:v>1032.5</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>1191.98</x:v>
+        <x:v>1103.17</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>1114</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>1203.215</x:v>
+        <x:v>1124.035</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>1124.5</x:v>
+        <x:v>1050.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>1183.955</x:v>
+        <x:v>1155.6</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>1106.5</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>1183.42</x:v>
+        <x:v>1139.015</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>1106</x:v>
+        <x:v>1064.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>1180.21</x:v>
+        <x:v>1151.855</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>1103</x:v>
+        <x:v>1076.5</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1179.675</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>1122</x:v>
+        <x:v>1102.5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1164.16</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>1122</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>1212.845</x:v>
+        <x:v>1142.225</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>1133.5</x:v>
+        <x:v>1067.5</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>1219.8</x:v>
+        <x:v>1167.37</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>1140</x:v>
+        <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>1220.87</x:v>
+        <x:v>1150.785</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>1141</x:v>
+        <x:v>1075.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>1207.495</x:v>
+        <x:v>1149.18</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>1128.5</x:v>
+        <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>1187.7</x:v>
+        <x:v>1137.41</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>1110</x:v>
+        <x:v>1063</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>1170.58</x:v>
+        <x:v>1133.13</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>1094</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>1168.44</x:v>
+        <x:v>1140.62</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>1092</x:v>
+        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>1178.605</x:v>
+        <x:v>1142.76</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>1101.5</x:v>
+        <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>1203.75</x:v>
+        <x:v>1143.295</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>1125</x:v>
+        <x:v>1068.5</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45867.7584837963</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>1188.77</x:v>
+        <x:v>1147.575</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>1111</x:v>
+        <x:v>1072.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>1198.935</x:v>
+        <x:v>1135.27</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>1120.5</x:v>
+        <x:v>1061</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>1199.47</x:v>
+        <x:v>1173.255</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>1121</x:v>
+        <x:v>1096.5</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>1202.68</x:v>
+        <x:v>1174.325</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>1124</x:v>
+        <x:v>1097.5</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D70" s="0">
         <x:v>1193.05</x:v>
       </x:c>
       <x:c r="E70" s="0">
         <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>1178.605</x:v>
+        <x:v>1191.445</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>1101.5</x:v>
+        <x:v>1113.5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>1206.96</x:v>
+        <x:v>1184.49</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>1128</x:v>
+        <x:v>1107</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1206.96</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>1122</x:v>
+        <x:v>1128</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>1202.68</x:v>
+        <x:v>1211.775</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>1124</x:v>
+        <x:v>1132.5</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>1192.515</x:v>
+        <x:v>1182.35</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>1114.5</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>1192.515</x:v>
+        <x:v>1191.98</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>1114.5</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45854.3801041667</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>1214.166</x:v>
+        <x:v>1203.215</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>1134.735</x:v>
+        <x:v>1124.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45854.3801041667</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>1299.158</x:v>
+        <x:v>1183.955</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>1214.166</x:v>
+        <x:v>1106.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>4.13</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>1134.735</x:v>
+        <x:v>1183.42</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>1060.5</x:v>
+        <x:v>1106</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>4.2</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>1133.13</x:v>
+        <x:v>1180.21</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>1059</x:v>
+        <x:v>1103</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>4.42</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>1128.85</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>1055</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.66</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>1148.645</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>1073.5</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>4.55</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>1130.455</x:v>
+        <x:v>1212.845</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>1056.5</x:v>
+        <x:v>1133.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>4.58</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>1129.92</x:v>
+        <x:v>1219.8</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>1056</x:v>
+        <x:v>1140</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>5.43</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>1115.475</x:v>
+        <x:v>1220.87</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>1042.5</x:v>
+        <x:v>1141</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>6.16</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>1104.775</x:v>
+        <x:v>1207.495</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>1032.5</x:v>
+        <x:v>1128.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>5.45</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>1117.08</x:v>
+        <x:v>1187.7</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>1044</x:v>
+        <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>6.17</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>1106.38</x:v>
+        <x:v>1170.58</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>1034</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>6.18</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>1106.38</x:v>
+        <x:v>1168.44</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>1034</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>6.11</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>1107.45</x:v>
+        <x:v>1178.605</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>1035</x:v>
+        <x:v>1101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>6.51</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>1102.1</x:v>
+        <x:v>1203.75</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>1030</x:v>
+        <x:v>1125</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45867.7584837963</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>8.62</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>1080.165</x:v>
+        <x:v>1188.77</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>1009.5</x:v>
+        <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>9.54</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>1071.605</x:v>
+        <x:v>1198.935</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>1001.5</x:v>
+        <x:v>1120.5</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>9.67</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>1070.535</x:v>
+        <x:v>1199.47</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>1000.5</x:v>
+        <x:v>1121</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>11.86</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>1054.378</x:v>
+        <x:v>1202.68</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>985.4</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>11.32</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>1058.872</x:v>
+        <x:v>1193.05</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>989.6</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>11.25</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>1059.514</x:v>
+        <x:v>1178.605</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>990.2</x:v>
+        <x:v>1101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>8.74</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1206.96</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>1128</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>8.75</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>8.66</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>1086.585</x:v>
+        <x:v>1202.68</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>1015.5</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>8.79</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1192.515</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>1114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>6.23</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>1124.035</x:v>
+        <x:v>1192.515</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>1050.5</x:v>
+        <x:v>1114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45854.3801041667</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>5.03</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>1147.04</x:v>
+        <x:v>1214.166</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>1072</x:v>
+        <x:v>1134.735</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45854.3801041667</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>4.53</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>1157.74</x:v>
+        <x:v>1299.158</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>1082</x:v>
+        <x:v>1214.166</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>4.65</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1134.735</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>1080</x:v>
+        <x:v>1060.5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45813.7588078704</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>4.65</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1133.13</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>1080</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>4.37</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>1162.02</x:v>
+        <x:v>1128.85</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>1086</x:v>
+        <x:v>1055</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>4.47</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>1159.88</x:v>
+        <x:v>1148.645</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>1084</x:v>
+        <x:v>1073.5</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>4.47</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>1159.88</x:v>
+        <x:v>1130.455</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>1084</x:v>
+        <x:v>1056.5</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>4.88</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1129.92</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1056</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>4.88</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1115.475</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1042.5</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>4.38</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>1167.37</x:v>
+        <x:v>1104.775</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>1091</x:v>
+        <x:v>1032.5</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>5.66</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>1103.97</x:v>
+        <x:v>1117.08</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>1071</x:v>
+        <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45800.3403125</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>2.65</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>1167.1</x:v>
+        <x:v>1106.38</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>1130</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>4.8</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>1209.1</x:v>
+        <x:v>1106.38</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>1130</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>3.96</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>1231.035</x:v>
+        <x:v>1107.45</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>1150.5</x:v>
+        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.8</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>1235.315</x:v>
+        <x:v>1102.1</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>1154.5</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>3.12</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>1258.32</x:v>
+        <x:v>1080.165</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>1176</x:v>
+        <x:v>1009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>2.93</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>1265.275</x:v>
+        <x:v>1071.605</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>1182.5</x:v>
+        <x:v>1001.5</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>2.73</x:v>
+        <x:v>9.67</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>1273.3</x:v>
+        <x:v>1070.535</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>1190</x:v>
+        <x:v>1000.5</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.52</x:v>
+        <x:v>11.86</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>1282.395</x:v>
+        <x:v>1054.378</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>1198.5</x:v>
+        <x:v>985.4</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>2.71</x:v>
+        <x:v>11.32</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>1274.905</x:v>
+        <x:v>1058.872</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>1191.5</x:v>
+        <x:v>989.6</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>3.19</x:v>
+        <x:v>11.25</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>1259.39</x:v>
+        <x:v>1059.514</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>1177</x:v>
+        <x:v>990.2</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
+        <x:v>45826.7621180556</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C124" s="0">
+        <x:v>8.74</x:v>
+      </x:c>
+      <x:c r="D124" s="0">
+        <x:v>1085.515</x:v>
+      </x:c>
+      <x:c r="E124" s="0">
+        <x:v>1014.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="1">
+        <x:v>45825.7634143519</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C125" s="0">
+        <x:v>8.75</x:v>
+      </x:c>
+      <x:c r="D125" s="0">
+        <x:v>1085.515</x:v>
+      </x:c>
+      <x:c r="E125" s="0">
+        <x:v>1014.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="1">
+        <x:v>45824.7587615741</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C126" s="0">
+        <x:v>8.66</x:v>
+      </x:c>
+      <x:c r="D126" s="0">
+        <x:v>1086.585</x:v>
+      </x:c>
+      <x:c r="E126" s="0">
+        <x:v>1015.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="1">
+        <x:v>45821.760162037</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C127" s="0">
+        <x:v>8.79</x:v>
+      </x:c>
+      <x:c r="D127" s="0">
+        <x:v>1085.515</x:v>
+      </x:c>
+      <x:c r="E127" s="0">
+        <x:v>1014.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="1">
+        <x:v>45820.7828703704</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C128" s="0">
+        <x:v>6.23</x:v>
+      </x:c>
+      <x:c r="D128" s="0">
+        <x:v>1124.035</x:v>
+      </x:c>
+      <x:c r="E128" s="0">
+        <x:v>1050.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="1">
+        <x:v>45819.7603356481</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C129" s="0">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D129" s="0">
+        <x:v>1147.04</x:v>
+      </x:c>
+      <x:c r="E129" s="0">
+        <x:v>1072</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="1">
+        <x:v>45818.7603472222</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C130" s="0">
+        <x:v>4.53</x:v>
+      </x:c>
+      <x:c r="D130" s="0">
+        <x:v>1157.74</x:v>
+      </x:c>
+      <x:c r="E130" s="0">
+        <x:v>1082</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="1">
+        <x:v>45814.7598148148</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C131" s="0">
+        <x:v>4.65</x:v>
+      </x:c>
+      <x:c r="D131" s="0">
+        <x:v>1155.6</x:v>
+      </x:c>
+      <x:c r="E131" s="0">
+        <x:v>1080</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="1">
+        <x:v>45813.7588078704</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C132" s="0">
+        <x:v>4.65</x:v>
+      </x:c>
+      <x:c r="D132" s="0">
+        <x:v>1155.6</x:v>
+      </x:c>
+      <x:c r="E132" s="0">
+        <x:v>1080</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="1">
+        <x:v>45812.7670023148</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C133" s="0">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="D133" s="0">
+        <x:v>1162.02</x:v>
+      </x:c>
+      <x:c r="E133" s="0">
+        <x:v>1086</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="1">
+        <x:v>45811.9362152778</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C134" s="0">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="D134" s="0">
+        <x:v>1159.88</x:v>
+      </x:c>
+      <x:c r="E134" s="0">
+        <x:v>1084</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="1">
+        <x:v>45811.758599537</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C135" s="0">
+        <x:v>4.47</x:v>
+      </x:c>
+      <x:c r="D135" s="0">
+        <x:v>1159.88</x:v>
+      </x:c>
+      <x:c r="E135" s="0">
+        <x:v>1084</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="1">
+        <x:v>45810.9414814815</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C136" s="0">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="D136" s="0">
+        <x:v>1151.855</x:v>
+      </x:c>
+      <x:c r="E136" s="0">
+        <x:v>1076.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="1">
+        <x:v>45810.757650463</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C137" s="0">
+        <x:v>4.88</x:v>
+      </x:c>
+      <x:c r="D137" s="0">
+        <x:v>1151.855</x:v>
+      </x:c>
+      <x:c r="E137" s="0">
+        <x:v>1076.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="1">
+        <x:v>45803.758900463</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C138" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D138" s="0">
+        <x:v>1167.37</x:v>
+      </x:c>
+      <x:c r="E138" s="0">
+        <x:v>1091</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="1">
+        <x:v>45800.7594675926</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C139" s="0">
+        <x:v>5.66</x:v>
+      </x:c>
+      <x:c r="D139" s="0">
+        <x:v>1103.97</x:v>
+      </x:c>
+      <x:c r="E139" s="0">
+        <x:v>1071</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="1">
+        <x:v>45800.3403125</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C140" s="0">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="D140" s="0">
+        <x:v>1167.1</x:v>
+      </x:c>
+      <x:c r="E140" s="0">
+        <x:v>1130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="1">
+        <x:v>45799.7596296296</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C141" s="0">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="D141" s="0">
+        <x:v>1209.1</x:v>
+      </x:c>
+      <x:c r="E141" s="0">
+        <x:v>1130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="1">
+        <x:v>45798.7642939815</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C142" s="0">
+        <x:v>3.96</x:v>
+      </x:c>
+      <x:c r="D142" s="0">
+        <x:v>1231.035</x:v>
+      </x:c>
+      <x:c r="E142" s="0">
+        <x:v>1150.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="1">
+        <x:v>45797.7621643519</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C143" s="0">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="D143" s="0">
+        <x:v>1235.315</x:v>
+      </x:c>
+      <x:c r="E143" s="0">
+        <x:v>1154.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="1">
+        <x:v>45796.761724537</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C144" s="0">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="D144" s="0">
+        <x:v>1258.32</x:v>
+      </x:c>
+      <x:c r="E144" s="0">
+        <x:v>1176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="1">
+        <x:v>45793.7569560185</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C145" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D145" s="0">
+        <x:v>1265.275</x:v>
+      </x:c>
+      <x:c r="E145" s="0">
+        <x:v>1182.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="1">
+        <x:v>45792.7607407407</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C146" s="0">
+        <x:v>2.73</x:v>
+      </x:c>
+      <x:c r="D146" s="0">
+        <x:v>1273.3</x:v>
+      </x:c>
+      <x:c r="E146" s="0">
+        <x:v>1190</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="1">
+        <x:v>45791.7642476852</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C147" s="0">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D147" s="0">
+        <x:v>1282.395</x:v>
+      </x:c>
+      <x:c r="E147" s="0">
+        <x:v>1198.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="1">
+        <x:v>45790.7568865741</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C148" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D148" s="0">
+        <x:v>1274.905</x:v>
+      </x:c>
+      <x:c r="E148" s="0">
+        <x:v>1191.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="1">
+        <x:v>45789.7603240741</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C149" s="0">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D149" s="0">
+        <x:v>1259.39</x:v>
+      </x:c>
+      <x:c r="E149" s="0">
+        <x:v>1177</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="1">
         <x:v>45786.7591087963</x:v>
       </x:c>
-      <x:c r="B124" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C124" s="0">
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D124" s="0">
+      <x:c r="D150" s="0">
         <x:v>1191.98</x:v>
       </x:c>
-      <x:c r="E124" s="0">
+      <x:c r="E150" s="0">
         <x:v>1114</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>