--- v2 (2025-11-29)
+++ v3 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfebe58f8c3e8476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f3787141cfb401485250d8a10c63232.psmdcp" Id="Rdc6956e6dd4040c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e3fc806cc04b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38d90c9fee60400f85bc258ffdeee37c.psmdcp" Id="Rd7c610b83667472a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1423416531</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,2596 +393,2800 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E150"/>
+  <x:dimension ref="A1:E162"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.7370486111</x:v>
+        <x:v>46003.7371527778</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>1019.496</x:v>
+        <x:v>1017.998</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>952.8</x:v>
+        <x:v>951.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45988.7369907407</x:v>
+        <x:v>46002.7741203704</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>1019.282</x:v>
+        <x:v>1010.508</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>952.6</x:v>
+        <x:v>944.4</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45987.7371412037</x:v>
+        <x:v>46002.7369328704</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>1000.45</x:v>
+        <x:v>1010.508</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>935</x:v>
+        <x:v>944.4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45986.7690046296</x:v>
+        <x:v>46001.772662037</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>993.602</x:v>
+        <x:v>1020.566</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>928.6</x:v>
+        <x:v>953.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45986.7372685185</x:v>
+        <x:v>46001.737037037</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>993.602</x:v>
+        <x:v>1020.566</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>928.6</x:v>
+        <x:v>953.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45985.7367476852</x:v>
+        <x:v>46000.737037037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>2</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>992.318</x:v>
+        <x:v>1021.85</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>927.4</x:v>
+        <x:v>955</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45982.7369791667</x:v>
+        <x:v>45999.7371875</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>982.046</x:v>
+        <x:v>1019.71</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>917.8</x:v>
+        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45981.7368402778</x:v>
+        <x:v>45996.7368287037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>2.3</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>981.832</x:v>
+        <x:v>1023.776</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>917.6</x:v>
+        <x:v>956.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45980.7367361111</x:v>
+        <x:v>45995.7378935185</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2.53</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>974.556</x:v>
+        <x:v>1004.516</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>910.8</x:v>
+        <x:v>938.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45979.7367939815</x:v>
+        <x:v>45994.7372685185</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>2.37</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>980.12</x:v>
+        <x:v>990.606</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>916</x:v>
+        <x:v>925.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45978.7367824074</x:v>
+        <x:v>45993.7373263889</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.96</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>997.668</x:v>
+        <x:v>994.672</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>932.4</x:v>
+        <x:v>929.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45975.7367013889</x:v>
+        <x:v>45992.7372222222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.57</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>1018.854</x:v>
+        <x:v>1009.01</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>952.2</x:v>
+        <x:v>943</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45974.7370023148</x:v>
+        <x:v>45989.7370486111</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>1026.986</x:v>
+        <x:v>1019.496</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>959.8</x:v>
+        <x:v>952.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45973.736712963</x:v>
+        <x:v>45988.7369907407</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>1043.25</x:v>
+        <x:v>1019.282</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>975</x:v>
+        <x:v>952.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45972.7367476852</x:v>
+        <x:v>45987.7371412037</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.14</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>1049.242</x:v>
+        <x:v>1000.45</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>980.6</x:v>
+        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45968.7369097222</x:v>
+        <x:v>45986.7690046296</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>1008.582</x:v>
+        <x:v>993.602</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>942.6</x:v>
+        <x:v>928.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45967.7368287037</x:v>
+        <x:v>45986.7372685185</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>1008.154</x:v>
+        <x:v>993.602</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>942.2</x:v>
+        <x:v>928.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45966.7368287037</x:v>
+        <x:v>45985.7367476852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>1028.698</x:v>
+        <x:v>992.318</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>961.4</x:v>
+        <x:v>927.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45965.7388425926</x:v>
+        <x:v>45982.7369791667</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.69</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>1026.13</x:v>
+        <x:v>982.046</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>959</x:v>
+        <x:v>917.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45964.7369444444</x:v>
+        <x:v>45981.7368402778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.47</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>1038.97</x:v>
+        <x:v>981.832</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>971</x:v>
+        <x:v>917.6</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45961.8178472222</x:v>
+        <x:v>45980.7367361111</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.3</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>1051.168</x:v>
+        <x:v>974.556</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>982.4</x:v>
+        <x:v>910.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45961.7365509259</x:v>
+        <x:v>45979.7367939815</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.3</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>1051.168</x:v>
+        <x:v>980.12</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>982.4</x:v>
+        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45960.7368055556</x:v>
+        <x:v>45978.7367824074</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>1056.946</x:v>
+        <x:v>997.668</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>987.8</x:v>
+        <x:v>932.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45959.7367476852</x:v>
+        <x:v>45975.7367013889</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>1059.3</x:v>
+        <x:v>1018.854</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>990</x:v>
+        <x:v>952.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45958.7367708333</x:v>
+        <x:v>45974.7370023148</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>1061.44</x:v>
+        <x:v>1026.986</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>992</x:v>
+        <x:v>959.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45957.7750925926</x:v>
+        <x:v>45973.736712963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>1069.786</x:v>
+        <x:v>1043.25</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>999.8</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45954.7370486111</x:v>
+        <x:v>45972.7367476852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>1067.004</x:v>
+        <x:v>1049.242</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>997.2</x:v>
+        <x:v>980.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45953.7373726852</x:v>
+        <x:v>45968.7369097222</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.42</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>1047.316</x:v>
+        <x:v>1008.582</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>978.8</x:v>
+        <x:v>942.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45952.7370601852</x:v>
+        <x:v>45967.7368287037</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.31</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>1055.02</x:v>
+        <x:v>1008.154</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>986</x:v>
+        <x:v>942.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45951.7369791667</x:v>
+        <x:v>45966.7368287037</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>1057.16</x:v>
+        <x:v>1028.698</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>988</x:v>
+        <x:v>961.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45950.737037037</x:v>
+        <x:v>45965.7388425926</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>1049.884</x:v>
+        <x:v>1026.13</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>981.2</x:v>
+        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45947.7368171296</x:v>
+        <x:v>45964.7369444444</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.72</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>1033.834</x:v>
+        <x:v>1038.97</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>966.2</x:v>
+        <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45946.7602893518</x:v>
+        <x:v>45961.8178472222</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>1072.14</x:v>
+        <x:v>1051.168</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>1002</x:v>
+        <x:v>982.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45945.7369097222</x:v>
+        <x:v>45961.7365509259</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>1079.63</x:v>
+        <x:v>1051.168</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>1009</x:v>
+        <x:v>982.4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45944.7693171296</x:v>
+        <x:v>45960.7368055556</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>1074.28</x:v>
+        <x:v>1056.946</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>1004</x:v>
+        <x:v>987.8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45943.7842476852</x:v>
+        <x:v>45959.7367476852</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>1080.165</x:v>
+        <x:v>1059.3</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>1009.5</x:v>
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45940.7627893519</x:v>
+        <x:v>45958.7367708333</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>1079.095</x:v>
+        <x:v>1061.44</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>1008.5</x:v>
+        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45939.7571412037</x:v>
+        <x:v>45957.7750925926</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>1106.915</x:v>
+        <x:v>1069.786</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>1034.5</x:v>
+        <x:v>999.8</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45938.7624421296</x:v>
+        <x:v>45954.7370486111</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>1111.195</x:v>
+        <x:v>1067.004</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>1038.5</x:v>
+        <x:v>997.2</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45937.7621527778</x:v>
+        <x:v>45953.7373726852</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.82</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>1113.335</x:v>
+        <x:v>1047.316</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>1040.5</x:v>
+        <x:v>978.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45936.7575462963</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.68</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>1131.525</x:v>
+        <x:v>1055.02</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>1057.5</x:v>
+        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45933.7560763889</x:v>
+        <x:v>45951.7369791667</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.76</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>1122.43</x:v>
+        <x:v>1057.16</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>1049</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45932.7757986111</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>1105.31</x:v>
+        <x:v>1049.884</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>1033</x:v>
+        <x:v>981.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45947.7368171296</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.99</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>1100.495</x:v>
+        <x:v>1033.834</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>1028.5</x:v>
+        <x:v>966.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45946.7602893518</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.93</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>1105.845</x:v>
+        <x:v>1072.14</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>1033.5</x:v>
+        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45945.7369097222</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>1109.055</x:v>
+        <x:v>1079.63</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>1036.5</x:v>
+        <x:v>1009</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45944.7693171296</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.95</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>1104.775</x:v>
+        <x:v>1074.28</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>1032.5</x:v>
+        <x:v>1004</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45943.7842476852</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>1103.17</x:v>
+        <x:v>1080.165</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>1031</x:v>
+        <x:v>1009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.79</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>1124.035</x:v>
+        <x:v>1079.095</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>1050.5</x:v>
+        <x:v>1008.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1106.915</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>1080</x:v>
+        <x:v>1034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45938.7624421296</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>1139.015</x:v>
+        <x:v>1111.195</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>1064.5</x:v>
+        <x:v>1038.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45937.7621527778</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1113.335</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1040.5</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45936.7575462963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>1179.675</x:v>
+        <x:v>1131.525</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>1102.5</x:v>
+        <x:v>1057.5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>1164.16</x:v>
+        <x:v>1122.43</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>1088</x:v>
+        <x:v>1049</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>1142.225</x:v>
+        <x:v>1105.31</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>1067.5</x:v>
+        <x:v>1033</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>1167.37</x:v>
+        <x:v>1100.495</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>1091</x:v>
+        <x:v>1028.5</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>1150.785</x:v>
+        <x:v>1105.845</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>1075.5</x:v>
+        <x:v>1033.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>1149.18</x:v>
+        <x:v>1109.055</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>1074</x:v>
+        <x:v>1036.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>1137.41</x:v>
+        <x:v>1104.775</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>1063</x:v>
+        <x:v>1032.5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>1133.13</x:v>
+        <x:v>1103.17</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>1059</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>1140.62</x:v>
+        <x:v>1124.035</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>1066</x:v>
+        <x:v>1050.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>1142.76</x:v>
+        <x:v>1155.6</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>1068</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>1143.295</x:v>
+        <x:v>1139.015</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>1068.5</x:v>
+        <x:v>1064.5</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>1147.575</x:v>
+        <x:v>1151.855</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>1072.5</x:v>
+        <x:v>1076.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>1135.27</x:v>
+        <x:v>1179.675</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>1061</x:v>
+        <x:v>1102.5</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>1173.255</x:v>
+        <x:v>1164.16</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>1096.5</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>1174.325</x:v>
+        <x:v>1142.225</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>1097.5</x:v>
+        <x:v>1067.5</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>1193.05</x:v>
+        <x:v>1167.37</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>1115</x:v>
+        <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>1191.445</x:v>
+        <x:v>1150.785</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>1113.5</x:v>
+        <x:v>1075.5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>1184.49</x:v>
+        <x:v>1149.18</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>1107</x:v>
+        <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>1206.96</x:v>
+        <x:v>1137.41</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>1128</x:v>
+        <x:v>1063</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>1211.775</x:v>
+        <x:v>1133.13</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>1132.5</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>1182.35</x:v>
+        <x:v>1140.62</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>1105</x:v>
+        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>1191.98</x:v>
+        <x:v>1142.76</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>1114</x:v>
+        <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>1203.215</x:v>
+        <x:v>1143.295</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>1124.5</x:v>
+        <x:v>1068.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>1183.955</x:v>
+        <x:v>1147.575</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>1106.5</x:v>
+        <x:v>1072.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>1183.42</x:v>
+        <x:v>1135.27</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>1106</x:v>
+        <x:v>1061</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>1180.21</x:v>
+        <x:v>1173.255</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>1103</x:v>
+        <x:v>1096.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1174.325</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>1122</x:v>
+        <x:v>1097.5</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1193.05</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>1122</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>1212.845</x:v>
+        <x:v>1191.445</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>1133.5</x:v>
+        <x:v>1113.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>1219.8</x:v>
+        <x:v>1184.49</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>1140</x:v>
+        <x:v>1107</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>1220.87</x:v>
+        <x:v>1206.96</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>1141</x:v>
+        <x:v>1128</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>1207.495</x:v>
+        <x:v>1211.775</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>1128.5</x:v>
+        <x:v>1132.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>1187.7</x:v>
+        <x:v>1182.35</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>1110</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>1170.58</x:v>
+        <x:v>1191.98</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>1094</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>1168.44</x:v>
+        <x:v>1203.215</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>1092</x:v>
+        <x:v>1124.5</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>1178.605</x:v>
+        <x:v>1183.955</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>1101.5</x:v>
+        <x:v>1106.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>1203.75</x:v>
+        <x:v>1183.42</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>1125</x:v>
+        <x:v>1106</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45867.7584837963</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>1188.77</x:v>
+        <x:v>1180.21</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>1111</x:v>
+        <x:v>1103</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>1198.935</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>1120.5</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>1199.47</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>1121</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>1202.68</x:v>
+        <x:v>1212.845</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>1124</x:v>
+        <x:v>1133.5</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>1193.05</x:v>
+        <x:v>1219.8</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>1115</x:v>
+        <x:v>1140</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>1178.605</x:v>
+        <x:v>1220.87</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>1101.5</x:v>
+        <x:v>1141</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>1206.96</x:v>
+        <x:v>1207.495</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>1128</x:v>
+        <x:v>1128.5</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1187.7</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>1122</x:v>
+        <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>1202.68</x:v>
+        <x:v>1170.58</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>1124</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>1192.515</x:v>
+        <x:v>1168.44</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>1114.5</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>1192.515</x:v>
+        <x:v>1178.605</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>1114.5</x:v>
+        <x:v>1101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45854.3801041667</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>1214.166</x:v>
+        <x:v>1203.75</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>1134.735</x:v>
+        <x:v>1125</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45854.3801041667</x:v>
+        <x:v>45867.7584837963</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>1299.158</x:v>
+        <x:v>1188.77</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>1214.166</x:v>
+        <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>4.13</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>1134.735</x:v>
+        <x:v>1198.935</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>1060.5</x:v>
+        <x:v>1120.5</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>4.2</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>1133.13</x:v>
+        <x:v>1199.47</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>1059</x:v>
+        <x:v>1121</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>4.42</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>1128.85</x:v>
+        <x:v>1202.68</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>1055</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>3.66</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>1148.645</x:v>
+        <x:v>1193.05</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>1073.5</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>4.55</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>1130.455</x:v>
+        <x:v>1178.605</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>1056.5</x:v>
+        <x:v>1101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>4.58</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>1129.92</x:v>
+        <x:v>1206.96</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>1056</x:v>
+        <x:v>1128</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>5.43</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>1115.475</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>1042.5</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>6.16</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>1104.775</x:v>
+        <x:v>1202.68</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>1032.5</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>5.45</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>1117.08</x:v>
+        <x:v>1192.515</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>1044</x:v>
+        <x:v>1114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>6.17</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>1106.38</x:v>
+        <x:v>1192.515</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>1034</x:v>
+        <x:v>1114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45854.3801041667</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>6.18</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>1106.38</x:v>
+        <x:v>1214.166</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>1034</x:v>
+        <x:v>1134.735</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45854.3801041667</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>6.11</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>1107.45</x:v>
+        <x:v>1299.158</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>1035</x:v>
+        <x:v>1214.166</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>6.51</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>1102.1</x:v>
+        <x:v>1134.735</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>1030</x:v>
+        <x:v>1060.5</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>8.62</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>1080.165</x:v>
+        <x:v>1133.13</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>1009.5</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>9.54</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>1071.605</x:v>
+        <x:v>1128.85</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>1001.5</x:v>
+        <x:v>1055</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>9.67</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>1070.535</x:v>
+        <x:v>1148.645</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>1000.5</x:v>
+        <x:v>1073.5</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>11.86</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>1054.378</x:v>
+        <x:v>1130.455</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>985.4</x:v>
+        <x:v>1056.5</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>11.32</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>1058.872</x:v>
+        <x:v>1129.92</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>989.6</x:v>
+        <x:v>1056</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>11.25</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>1059.514</x:v>
+        <x:v>1115.475</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>990.2</x:v>
+        <x:v>1042.5</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>8.74</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1104.775</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>1032.5</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>8.75</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1117.08</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>8.66</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>1086.585</x:v>
+        <x:v>1106.38</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>1015.5</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>8.79</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1106.38</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>6.23</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>1124.035</x:v>
+        <x:v>1107.45</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>1050.5</x:v>
+        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>5.03</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>1147.04</x:v>
+        <x:v>1102.1</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>1072</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>4.53</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>1157.74</x:v>
+        <x:v>1080.165</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>1082</x:v>
+        <x:v>1009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>4.65</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1071.605</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>1080</x:v>
+        <x:v>1001.5</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45813.7588078704</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>4.65</x:v>
+        <x:v>9.67</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1070.535</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>1080</x:v>
+        <x:v>1000.5</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>4.37</x:v>
+        <x:v>11.86</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>1162.02</x:v>
+        <x:v>1054.378</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>1086</x:v>
+        <x:v>985.4</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>4.47</x:v>
+        <x:v>11.32</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>1159.88</x:v>
+        <x:v>1058.872</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>1084</x:v>
+        <x:v>989.6</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>4.47</x:v>
+        <x:v>11.25</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>1159.88</x:v>
+        <x:v>1059.514</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>1084</x:v>
+        <x:v>990.2</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>4.88</x:v>
+        <x:v>8.74</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1085.515</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1014.5</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>4.88</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1085.515</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1014.5</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>4.38</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>1167.37</x:v>
+        <x:v>1086.585</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>1091</x:v>
+        <x:v>1015.5</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>5.66</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>1103.97</x:v>
+        <x:v>1085.515</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>1071</x:v>
+        <x:v>1014.5</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45800.3403125</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>2.65</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>1167.1</x:v>
+        <x:v>1124.035</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>1130</x:v>
+        <x:v>1050.5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>4.8</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>1209.1</x:v>
+        <x:v>1147.04</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>1130</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>3.96</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>1231.035</x:v>
+        <x:v>1157.74</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>1150.5</x:v>
+        <x:v>1082</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>3.8</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>1235.315</x:v>
+        <x:v>1155.6</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>1154.5</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45813.7588078704</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>3.12</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>1258.32</x:v>
+        <x:v>1155.6</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>1176</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45812.7670023148</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>2.93</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>1265.275</x:v>
+        <x:v>1162.02</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>1182.5</x:v>
+        <x:v>1086</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>2.73</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>1273.3</x:v>
+        <x:v>1159.88</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>1190</x:v>
+        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45811.758599537</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>2.52</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>1282.395</x:v>
+        <x:v>1159.88</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>1198.5</x:v>
+        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>2.71</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>1274.905</x:v>
+        <x:v>1151.855</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>1191.5</x:v>
+        <x:v>1076.5</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45810.757650463</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>3.19</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>1259.39</x:v>
+        <x:v>1151.855</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>1177</x:v>
+        <x:v>1076.5</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
+        <x:v>45803.758900463</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C150" s="0">
+        <x:v>4.38</x:v>
+      </x:c>
+      <x:c r="D150" s="0">
+        <x:v>1167.37</x:v>
+      </x:c>
+      <x:c r="E150" s="0">
+        <x:v>1091</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="1">
+        <x:v>45800.7594675926</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C151" s="0">
+        <x:v>5.66</x:v>
+      </x:c>
+      <x:c r="D151" s="0">
+        <x:v>1103.97</x:v>
+      </x:c>
+      <x:c r="E151" s="0">
+        <x:v>1071</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:5">
+      <x:c r="A152" s="1">
+        <x:v>45800.3403125</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C152" s="0">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="D152" s="0">
+        <x:v>1167.1</x:v>
+      </x:c>
+      <x:c r="E152" s="0">
+        <x:v>1130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:5">
+      <x:c r="A153" s="1">
+        <x:v>45799.7596296296</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C153" s="0">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="D153" s="0">
+        <x:v>1209.1</x:v>
+      </x:c>
+      <x:c r="E153" s="0">
+        <x:v>1130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:5">
+      <x:c r="A154" s="1">
+        <x:v>45798.7642939815</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C154" s="0">
+        <x:v>3.96</x:v>
+      </x:c>
+      <x:c r="D154" s="0">
+        <x:v>1231.035</x:v>
+      </x:c>
+      <x:c r="E154" s="0">
+        <x:v>1150.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:5">
+      <x:c r="A155" s="1">
+        <x:v>45797.7621643519</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C155" s="0">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="D155" s="0">
+        <x:v>1235.315</x:v>
+      </x:c>
+      <x:c r="E155" s="0">
+        <x:v>1154.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:5">
+      <x:c r="A156" s="1">
+        <x:v>45796.761724537</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C156" s="0">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="D156" s="0">
+        <x:v>1258.32</x:v>
+      </x:c>
+      <x:c r="E156" s="0">
+        <x:v>1176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:5">
+      <x:c r="A157" s="1">
+        <x:v>45793.7569560185</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C157" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D157" s="0">
+        <x:v>1265.275</x:v>
+      </x:c>
+      <x:c r="E157" s="0">
+        <x:v>1182.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:5">
+      <x:c r="A158" s="1">
+        <x:v>45792.7607407407</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C158" s="0">
+        <x:v>2.73</x:v>
+      </x:c>
+      <x:c r="D158" s="0">
+        <x:v>1273.3</x:v>
+      </x:c>
+      <x:c r="E158" s="0">
+        <x:v>1190</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:5">
+      <x:c r="A159" s="1">
+        <x:v>45791.7642476852</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C159" s="0">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D159" s="0">
+        <x:v>1282.395</x:v>
+      </x:c>
+      <x:c r="E159" s="0">
+        <x:v>1198.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:5">
+      <x:c r="A160" s="1">
+        <x:v>45790.7568865741</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C160" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D160" s="0">
+        <x:v>1274.905</x:v>
+      </x:c>
+      <x:c r="E160" s="0">
+        <x:v>1191.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:5">
+      <x:c r="A161" s="1">
+        <x:v>45789.7603240741</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C161" s="0">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D161" s="0">
+        <x:v>1259.39</x:v>
+      </x:c>
+      <x:c r="E161" s="0">
+        <x:v>1177</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:5">
+      <x:c r="A162" s="1">
         <x:v>45786.7591087963</x:v>
       </x:c>
-      <x:c r="B150" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C150" s="0">
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D150" s="0">
+      <x:c r="D162" s="0">
         <x:v>1191.98</x:v>
       </x:c>
-      <x:c r="E150" s="0">
+      <x:c r="E162" s="0">
         <x:v>1114</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>