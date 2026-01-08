--- v3 (2025-12-14)
+++ v4 (2026-01-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e3fc806cc04b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38d90c9fee60400f85bc258ffdeee37c.psmdcp" Id="Rd7c610b83667472a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47f803d0f9754973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/335cc562e2f74c1bb59959faf171eb61.psmdcp" Id="Rb29fb42b576c4d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1423416531</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,2800 +393,2834 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E162"/>
+  <x:dimension ref="A1:E164"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46003.7371527778</x:v>
+        <x:v>46006.7735532407</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>1017.998</x:v>
+        <x:v>1029.554</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>951.4</x:v>
+        <x:v>962.2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46002.7741203704</x:v>
+        <x:v>46006.7372685185</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>1010.508</x:v>
+        <x:v>1029.554</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>944.4</x:v>
+        <x:v>962.2</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46002.7369328704</x:v>
+        <x:v>46003.7371527778</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>1010.508</x:v>
+        <x:v>1017.998</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>944.4</x:v>
+        <x:v>951.4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46001.772662037</x:v>
+        <x:v>46002.7741203704</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>1020.566</x:v>
+        <x:v>1010.508</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>953.8</x:v>
+        <x:v>944.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46001.737037037</x:v>
+        <x:v>46002.7369328704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.26</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>1020.566</x:v>
+        <x:v>1010.508</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>953.8</x:v>
+        <x:v>944.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46000.737037037</x:v>
+        <x:v>46001.772662037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.24</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>1021.85</x:v>
+        <x:v>1020.566</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>955</x:v>
+        <x:v>953.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45999.7371875</x:v>
+        <x:v>46001.737037037</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.27</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>1019.71</x:v>
+        <x:v>1020.566</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>953</x:v>
+        <x:v>953.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45996.7368287037</x:v>
+        <x:v>46000.737037037</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>1023.776</x:v>
+        <x:v>1021.85</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>956.8</x:v>
+        <x:v>955</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45995.7378935185</x:v>
+        <x:v>45999.7371875</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.58</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>1004.516</x:v>
+        <x:v>1019.71</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>938.8</x:v>
+        <x:v>953</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45994.7372685185</x:v>
+        <x:v>45996.7368287037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.91</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>990.606</x:v>
+        <x:v>1023.776</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>925.8</x:v>
+        <x:v>956.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45993.7373263889</x:v>
+        <x:v>45995.7378935185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>994.672</x:v>
+        <x:v>1004.516</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>929.6</x:v>
+        <x:v>938.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45992.7372222222</x:v>
+        <x:v>45994.7372685185</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.55</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>1009.01</x:v>
+        <x:v>990.606</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>943</x:v>
+        <x:v>925.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45989.7370486111</x:v>
+        <x:v>45993.7373263889</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>1019.496</x:v>
+        <x:v>994.672</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>952.8</x:v>
+        <x:v>929.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45988.7369907407</x:v>
+        <x:v>45992.7372222222</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>1019.282</x:v>
+        <x:v>1009.01</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>952.6</x:v>
+        <x:v>943</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45987.7371412037</x:v>
+        <x:v>45989.7370486111</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.8</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>1000.45</x:v>
+        <x:v>1019.496</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>935</x:v>
+        <x:v>952.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45986.7690046296</x:v>
+        <x:v>45988.7369907407</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>993.602</x:v>
+        <x:v>1019.282</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>928.6</x:v>
+        <x:v>952.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45986.7372685185</x:v>
+        <x:v>45987.7371412037</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>993.602</x:v>
+        <x:v>1000.45</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>928.6</x:v>
+        <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45985.7367476852</x:v>
+        <x:v>45986.7690046296</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>992.318</x:v>
+        <x:v>993.602</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>927.4</x:v>
+        <x:v>928.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45982.7369791667</x:v>
+        <x:v>45986.7372685185</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>982.046</x:v>
+        <x:v>993.602</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>917.8</x:v>
+        <x:v>928.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45981.7368402778</x:v>
+        <x:v>45985.7367476852</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>981.832</x:v>
+        <x:v>992.318</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>917.6</x:v>
+        <x:v>927.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45980.7367361111</x:v>
+        <x:v>45982.7369791667</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>974.556</x:v>
+        <x:v>982.046</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>910.8</x:v>
+        <x:v>917.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45979.7367939815</x:v>
+        <x:v>45981.7368402778</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>2.37</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>980.12</x:v>
+        <x:v>981.832</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>916</x:v>
+        <x:v>917.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45978.7367824074</x:v>
+        <x:v>45980.7367361111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>997.668</x:v>
+        <x:v>974.556</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>932.4</x:v>
+        <x:v>910.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45975.7367013889</x:v>
+        <x:v>45979.7367939815</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.57</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>1018.854</x:v>
+        <x:v>980.12</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>952.2</x:v>
+        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45974.7370023148</x:v>
+        <x:v>45978.7367824074</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.44</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>1026.986</x:v>
+        <x:v>997.668</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>959.8</x:v>
+        <x:v>932.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45973.736712963</x:v>
+        <x:v>45975.7367013889</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>1043.25</x:v>
+        <x:v>1018.854</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>975</x:v>
+        <x:v>952.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45972.7367476852</x:v>
+        <x:v>45974.7370023148</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.14</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>1049.242</x:v>
+        <x:v>1026.986</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>980.6</x:v>
+        <x:v>959.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45968.7369097222</x:v>
+        <x:v>45973.736712963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>2.02</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>1008.582</x:v>
+        <x:v>1043.25</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>942.6</x:v>
+        <x:v>975</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45967.7368287037</x:v>
+        <x:v>45972.7367476852</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>2.03</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>1008.154</x:v>
+        <x:v>1049.242</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>942.2</x:v>
+        <x:v>980.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45966.7368287037</x:v>
+        <x:v>45968.7369097222</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.64</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>1028.698</x:v>
+        <x:v>1008.582</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>961.4</x:v>
+        <x:v>942.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45965.7388425926</x:v>
+        <x:v>45967.7368287037</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.69</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>1026.13</x:v>
+        <x:v>1008.154</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>959</x:v>
+        <x:v>942.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45964.7369444444</x:v>
+        <x:v>45966.7368287037</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>1038.97</x:v>
+        <x:v>1028.698</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>971</x:v>
+        <x:v>961.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45961.8178472222</x:v>
+        <x:v>45965.7388425926</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>1051.168</x:v>
+        <x:v>1026.13</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>982.4</x:v>
+        <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45961.7365509259</x:v>
+        <x:v>45964.7369444444</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>1051.168</x:v>
+        <x:v>1038.97</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>982.4</x:v>
+        <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45960.7368055556</x:v>
+        <x:v>45961.8178472222</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.22</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>1056.946</x:v>
+        <x:v>1051.168</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>987.8</x:v>
+        <x:v>982.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45959.7367476852</x:v>
+        <x:v>45961.7365509259</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>1059.3</x:v>
+        <x:v>1051.168</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>990</x:v>
+        <x:v>982.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45958.7367708333</x:v>
+        <x:v>45960.7368055556</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.16</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>1061.44</x:v>
+        <x:v>1056.946</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>992</x:v>
+        <x:v>987.8</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45957.7750925926</x:v>
+        <x:v>45959.7367476852</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.06</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>1069.786</x:v>
+        <x:v>1059.3</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>999.8</x:v>
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45954.7370486111</x:v>
+        <x:v>45958.7367708333</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.1</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>1067.004</x:v>
+        <x:v>1061.44</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>997.2</x:v>
+        <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45953.7373726852</x:v>
+        <x:v>45957.7750925926</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>1047.316</x:v>
+        <x:v>1069.786</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>978.8</x:v>
+        <x:v>999.8</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45952.7370601852</x:v>
+        <x:v>45954.7370486111</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>1055.02</x:v>
+        <x:v>1067.004</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>986</x:v>
+        <x:v>997.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45951.7369791667</x:v>
+        <x:v>45953.7373726852</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>1057.16</x:v>
+        <x:v>1047.316</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>988</x:v>
+        <x:v>978.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45950.737037037</x:v>
+        <x:v>45952.7370601852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>1049.884</x:v>
+        <x:v>1055.02</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>981.2</x:v>
+        <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45947.7368171296</x:v>
+        <x:v>45951.7369791667</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.72</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>1033.834</x:v>
+        <x:v>1057.16</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>966.2</x:v>
+        <x:v>988</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45946.7602893518</x:v>
+        <x:v>45950.737037037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.21</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>1072.14</x:v>
+        <x:v>1049.884</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>1002</x:v>
+        <x:v>981.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45945.7369097222</x:v>
+        <x:v>45947.7368171296</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>1079.63</x:v>
+        <x:v>1033.834</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>1009</x:v>
+        <x:v>966.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45944.7693171296</x:v>
+        <x:v>45946.7602893518</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.19</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>1074.28</x:v>
+        <x:v>1072.14</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>1004</x:v>
+        <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45943.7842476852</x:v>
+        <x:v>45945.7369097222</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>1080.165</x:v>
+        <x:v>1079.63</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>1009.5</x:v>
+        <x:v>1009</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45940.7627893519</x:v>
+        <x:v>45944.7693171296</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.13</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>1079.095</x:v>
+        <x:v>1074.28</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>1008.5</x:v>
+        <x:v>1004</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45939.7571412037</x:v>
+        <x:v>45943.7842476852</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.87</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>1106.915</x:v>
+        <x:v>1080.165</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>1034.5</x:v>
+        <x:v>1009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45938.7624421296</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.83</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>1111.195</x:v>
+        <x:v>1079.095</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>1038.5</x:v>
+        <x:v>1008.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45937.7621527778</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.82</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>1113.335</x:v>
+        <x:v>1106.915</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>1040.5</x:v>
+        <x:v>1034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45936.7575462963</x:v>
+        <x:v>45938.7624421296</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>1131.525</x:v>
+        <x:v>1111.195</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>1057.5</x:v>
+        <x:v>1038.5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45933.7560763889</x:v>
+        <x:v>45937.7621527778</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>1122.43</x:v>
+        <x:v>1113.335</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>1049</x:v>
+        <x:v>1040.5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45932.7757986111</x:v>
+        <x:v>45936.7575462963</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.93</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>1105.31</x:v>
+        <x:v>1131.525</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>1033</x:v>
+        <x:v>1057.5</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.99</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>1100.495</x:v>
+        <x:v>1122.43</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>1028.5</x:v>
+        <x:v>1049</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
         <x:v>0.93</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>1105.845</x:v>
+        <x:v>1105.31</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>1033.5</x:v>
+        <x:v>1033</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>1109.055</x:v>
+        <x:v>1100.495</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>1036.5</x:v>
+        <x:v>1028.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.95</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>1104.775</x:v>
+        <x:v>1105.845</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>1032.5</x:v>
+        <x:v>1033.5</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>1103.17</x:v>
+        <x:v>1109.055</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>1031</x:v>
+        <x:v>1036.5</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>1124.035</x:v>
+        <x:v>1104.775</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>1050.5</x:v>
+        <x:v>1032.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1103.17</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>1080</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>1139.015</x:v>
+        <x:v>1124.035</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>1064.5</x:v>
+        <x:v>1050.5</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1155.6</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>1179.675</x:v>
+        <x:v>1139.015</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>1102.5</x:v>
+        <x:v>1064.5</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>1164.16</x:v>
+        <x:v>1151.855</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>1088</x:v>
+        <x:v>1076.5</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>1142.225</x:v>
+        <x:v>1179.675</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>1067.5</x:v>
+        <x:v>1102.5</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>1167.37</x:v>
+        <x:v>1164.16</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>1091</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>1150.785</x:v>
+        <x:v>1142.225</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>1075.5</x:v>
+        <x:v>1067.5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>1149.18</x:v>
+        <x:v>1167.37</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>1074</x:v>
+        <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>1137.41</x:v>
+        <x:v>1150.785</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>1063</x:v>
+        <x:v>1075.5</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>1133.13</x:v>
+        <x:v>1149.18</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>1059</x:v>
+        <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>1140.62</x:v>
+        <x:v>1137.41</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>1066</x:v>
+        <x:v>1063</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>1142.76</x:v>
+        <x:v>1133.13</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>1068</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.83</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>1143.295</x:v>
+        <x:v>1140.62</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>1068.5</x:v>
+        <x:v>1066</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>1147.575</x:v>
+        <x:v>1142.76</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>1072.5</x:v>
+        <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>1135.27</x:v>
+        <x:v>1143.295</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>1061</x:v>
+        <x:v>1068.5</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>1173.255</x:v>
+        <x:v>1147.575</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>1096.5</x:v>
+        <x:v>1072.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>1174.325</x:v>
+        <x:v>1135.27</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>1097.5</x:v>
+        <x:v>1061</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>1193.05</x:v>
+        <x:v>1173.255</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>1115</x:v>
+        <x:v>1096.5</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>1191.445</x:v>
+        <x:v>1174.325</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>1113.5</x:v>
+        <x:v>1097.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>1184.49</x:v>
+        <x:v>1193.05</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>1107</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>1206.96</x:v>
+        <x:v>1191.445</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>1128</x:v>
+        <x:v>1113.5</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.47</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>1211.775</x:v>
+        <x:v>1184.49</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>1132.5</x:v>
+        <x:v>1107</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>1182.35</x:v>
+        <x:v>1206.96</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>1105</x:v>
+        <x:v>1128</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>1191.98</x:v>
+        <x:v>1211.775</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>1114</x:v>
+        <x:v>1132.5</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>1203.215</x:v>
+        <x:v>1182.35</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>1124.5</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>1183.955</x:v>
+        <x:v>1191.98</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>1106.5</x:v>
+        <x:v>1114</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>1183.42</x:v>
+        <x:v>1203.215</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>1106</x:v>
+        <x:v>1124.5</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>1180.21</x:v>
+        <x:v>1183.955</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>1103</x:v>
+        <x:v>1106.5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1183.42</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>1122</x:v>
+        <x:v>1106</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1180.21</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>1122</x:v>
+        <x:v>1103</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.53</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>1212.845</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>1133.5</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>1219.8</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>1140</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.5</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>1220.87</x:v>
+        <x:v>1212.845</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>1141</x:v>
+        <x:v>1133.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>1207.495</x:v>
+        <x:v>1219.8</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>1128.5</x:v>
+        <x:v>1140</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>1187.7</x:v>
+        <x:v>1220.87</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>1110</x:v>
+        <x:v>1141</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>1170.58</x:v>
+        <x:v>1207.495</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>1094</x:v>
+        <x:v>1128.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.89</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>1168.44</x:v>
+        <x:v>1187.7</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>1092</x:v>
+        <x:v>1110</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>1178.605</x:v>
+        <x:v>1170.58</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>1101.5</x:v>
+        <x:v>1094</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.65</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>1203.75</x:v>
+        <x:v>1168.44</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>1125</x:v>
+        <x:v>1092</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45867.7584837963</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.77</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>1188.77</x:v>
+        <x:v>1178.605</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>1111</x:v>
+        <x:v>1101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>1198.935</x:v>
+        <x:v>1203.75</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>1120.5</x:v>
+        <x:v>1125</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45867.7584837963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>1199.47</x:v>
+        <x:v>1188.77</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>1121</x:v>
+        <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.67</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>1202.68</x:v>
+        <x:v>1198.935</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>1124</x:v>
+        <x:v>1120.5</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>1193.05</x:v>
+        <x:v>1199.47</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>1115</x:v>
+        <x:v>1121</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>1178.605</x:v>
+        <x:v>1202.68</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>1101.5</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>1206.96</x:v>
+        <x:v>1193.05</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>1128</x:v>
+        <x:v>1115</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>1200.54</x:v>
+        <x:v>1178.605</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>1122</x:v>
+        <x:v>1101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>1202.68</x:v>
+        <x:v>1206.96</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>1124</x:v>
+        <x:v>1128</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>1192.515</x:v>
+        <x:v>1200.54</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>1114.5</x:v>
+        <x:v>1122</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.8</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>1192.515</x:v>
+        <x:v>1202.68</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>1114.5</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45854.3801041667</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>1214.166</x:v>
+        <x:v>1192.515</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>1134.735</x:v>
+        <x:v>1114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45854.3801041667</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>1299.158</x:v>
+        <x:v>1192.515</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>1214.166</x:v>
+        <x:v>1114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45854.3801041667</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>4.13</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D117" s="0">
+        <x:v>1214.166</x:v>
+      </x:c>
+      <x:c r="E117" s="0">
         <x:v>1134.735</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1060.5</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45854.3801041667</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>4.2</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>1133.13</x:v>
+        <x:v>1299.158</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>1059</x:v>
+        <x:v>1214.166</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>4.42</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>1128.85</x:v>
+        <x:v>1134.735</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>1055</x:v>
+        <x:v>1060.5</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>3.66</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>1148.645</x:v>
+        <x:v>1133.13</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>1073.5</x:v>
+        <x:v>1059</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>4.55</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>1130.455</x:v>
+        <x:v>1128.85</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>1056.5</x:v>
+        <x:v>1055</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>4.58</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>1129.92</x:v>
+        <x:v>1148.645</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>1056</x:v>
+        <x:v>1073.5</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>5.43</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>1115.475</x:v>
+        <x:v>1130.455</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>1042.5</x:v>
+        <x:v>1056.5</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>6.16</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>1104.775</x:v>
+        <x:v>1129.92</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>1032.5</x:v>
+        <x:v>1056</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>5.45</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>1117.08</x:v>
+        <x:v>1115.475</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>1044</x:v>
+        <x:v>1042.5</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>6.17</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>1106.38</x:v>
+        <x:v>1104.775</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>1034</x:v>
+        <x:v>1032.5</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>6.18</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>1106.38</x:v>
+        <x:v>1117.08</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>1034</x:v>
+        <x:v>1044</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>6.11</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>1107.45</x:v>
+        <x:v>1106.38</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>1035</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>6.51</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>1102.1</x:v>
+        <x:v>1106.38</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>1030</x:v>
+        <x:v>1034</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>8.62</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>1080.165</x:v>
+        <x:v>1107.45</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>1009.5</x:v>
+        <x:v>1035</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>9.54</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>1071.605</x:v>
+        <x:v>1102.1</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>1001.5</x:v>
+        <x:v>1030</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>9.67</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>1070.535</x:v>
+        <x:v>1080.165</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>1000.5</x:v>
+        <x:v>1009.5</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>11.86</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>1054.378</x:v>
+        <x:v>1071.605</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>985.4</x:v>
+        <x:v>1001.5</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>11.32</x:v>
+        <x:v>9.67</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>1058.872</x:v>
+        <x:v>1070.535</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>989.6</x:v>
+        <x:v>1000.5</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>11.25</x:v>
+        <x:v>11.86</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>1059.514</x:v>
+        <x:v>1054.378</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>990.2</x:v>
+        <x:v>985.4</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>8.74</x:v>
+        <x:v>11.32</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1058.872</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>989.6</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>8.75</x:v>
+        <x:v>11.25</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>1085.515</x:v>
+        <x:v>1059.514</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>1014.5</x:v>
+        <x:v>990.2</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>8.66</x:v>
+        <x:v>8.74</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>1086.585</x:v>
+        <x:v>1085.515</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>1015.5</x:v>
+        <x:v>1014.5</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>8.79</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D139" s="0">
         <x:v>1085.515</x:v>
       </x:c>
       <x:c r="E139" s="0">
         <x:v>1014.5</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>6.23</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>1124.035</x:v>
+        <x:v>1086.585</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>1050.5</x:v>
+        <x:v>1015.5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>5.03</x:v>
+        <x:v>8.79</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>1147.04</x:v>
+        <x:v>1085.515</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>1072</x:v>
+        <x:v>1014.5</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>4.53</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>1157.74</x:v>
+        <x:v>1124.035</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>1082</x:v>
+        <x:v>1050.5</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>4.65</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1147.04</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>1080</x:v>
+        <x:v>1072</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45813.7588078704</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>4.65</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>1155.6</x:v>
+        <x:v>1157.74</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>1080</x:v>
+        <x:v>1082</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>4.37</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>1162.02</x:v>
+        <x:v>1155.6</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>1086</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45813.7588078704</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>4.47</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>1159.88</x:v>
+        <x:v>1155.6</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>1084</x:v>
+        <x:v>1080</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45812.7670023148</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>4.47</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>1159.88</x:v>
+        <x:v>1162.02</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>1084</x:v>
+        <x:v>1086</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>4.88</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1159.88</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45811.758599537</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>4.88</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>1151.855</x:v>
+        <x:v>1159.88</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>1076.5</x:v>
+        <x:v>1084</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>4.38</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>1167.37</x:v>
+        <x:v>1151.855</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>1091</x:v>
+        <x:v>1076.5</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45810.757650463</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>5.66</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>1103.97</x:v>
+        <x:v>1151.855</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>1071</x:v>
+        <x:v>1076.5</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45800.3403125</x:v>
+        <x:v>45803.758900463</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>2.65</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>1167.1</x:v>
+        <x:v>1167.37</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>1130</x:v>
+        <x:v>1091</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45800.7594675926</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>4.8</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>1209.1</x:v>
+        <x:v>1103.97</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>1130</x:v>
+        <x:v>1071</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45800.3403125</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>3.96</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>1231.035</x:v>
+        <x:v>1167.1</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>1150.5</x:v>
+        <x:v>1130</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45799.7596296296</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>3.8</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>1235.315</x:v>
+        <x:v>1209.1</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>1154.5</x:v>
+        <x:v>1130</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45798.7642939815</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>3.12</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>1258.32</x:v>
+        <x:v>1231.035</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>1176</x:v>
+        <x:v>1150.5</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45797.7621643519</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>2.93</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>1265.275</x:v>
+        <x:v>1235.315</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>1182.5</x:v>
+        <x:v>1154.5</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45796.761724537</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>2.73</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>1273.3</x:v>
+        <x:v>1258.32</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>1190</x:v>
+        <x:v>1176</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45793.7569560185</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>2.52</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>1282.395</x:v>
+        <x:v>1265.275</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>1198.5</x:v>
+        <x:v>1182.5</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45792.7607407407</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>2.71</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>1274.905</x:v>
+        <x:v>1273.3</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>1191.5</x:v>
+        <x:v>1190</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45791.7642476852</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>3.19</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>1259.39</x:v>
+        <x:v>1282.395</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>1177</x:v>
+        <x:v>1198.5</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
+        <x:v>45790.7568865741</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C162" s="0">
+        <x:v>2.71</x:v>
+      </x:c>
+      <x:c r="D162" s="0">
+        <x:v>1274.905</x:v>
+      </x:c>
+      <x:c r="E162" s="0">
+        <x:v>1191.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:5">
+      <x:c r="A163" s="1">
+        <x:v>45789.7603240741</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C163" s="0">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="D163" s="0">
+        <x:v>1259.39</x:v>
+      </x:c>
+      <x:c r="E163" s="0">
+        <x:v>1177</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:5">
+      <x:c r="A164" s="1">
         <x:v>45786.7591087963</x:v>
       </x:c>
-      <x:c r="B162" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C162" s="0">
+      <x:c r="B164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C164" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D162" s="0">
+      <x:c r="D164" s="0">
         <x:v>1191.98</x:v>
       </x:c>
-      <x:c r="E162" s="0">
+      <x:c r="E164" s="0">
         <x:v>1114</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>