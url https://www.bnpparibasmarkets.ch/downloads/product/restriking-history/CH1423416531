--- v4 (2026-01-08)
+++ v5 (2026-02-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47f803d0f9754973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/335cc562e2f74c1bb59959faf171eb61.psmdcp" Id="Rb29fb42b576c4d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00c32a050454e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7e5502ca34549c888802ac7c786f354.psmdcp" Id="R25e97b65178640f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1423416531</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>