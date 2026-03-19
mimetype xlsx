--- v5 (2026-02-19)
+++ v6 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00c32a050454e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7e5502ca34549c888802ac7c786f354.psmdcp" Id="R25e97b65178640f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re734138ce1534e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/800bd53f7fa04d6c8cece7bf8bf94493.psmdcp" Id="R77cf63a2299c47c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1423416531</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>