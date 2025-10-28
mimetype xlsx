--- v0 (2025-10-01)
+++ v1 (2025-10-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d7ef87d1de4bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3bca673bc62b4d28a05a309eb2fa9e11.psmdcp" Id="R42690c5277ac4aa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R924c2db397d64dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d1217cbf58d452ab0e2a3d1cebe3c3f.psmdcp" Id="Rdc09d6e4d97049ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1396327889</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,3123 +393,3429 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E181"/>
+  <x:dimension ref="A1:E199"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45957.7156018519</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>311.568</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>366.55</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45954.7155902778</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>292.952</x:v>
+        <x:v>290.785</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>344.65</x:v>
+        <x:v>342.1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45953.7155439815</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>298.775</x:v>
+        <x:v>291.55</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>351.5</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45952.7157523148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>296.225</x:v>
+        <x:v>291.932</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>348.5</x:v>
+        <x:v>343.45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45951.7155324074</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>306.935</x:v>
+        <x:v>301.708</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>361.1</x:v>
+        <x:v>354.95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45950.7155671296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>315.818</x:v>
+        <x:v>305.83</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>371.55</x:v>
+        <x:v>359.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45947.715474537</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>318.282</x:v>
+        <x:v>291.252</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>374.45</x:v>
+        <x:v>342.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45946.7155671296</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>325.72</x:v>
+        <x:v>311.1</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>383.2</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45945.715474537</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>330.31</x:v>
+        <x:v>309.315</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>388.6</x:v>
+        <x:v>363.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45944.7155787037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>333.625</x:v>
+        <x:v>306.552</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>392.5</x:v>
+        <x:v>360.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45943.7160416667</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>314.075</x:v>
+        <x:v>317.518</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>369.5</x:v>
+        <x:v>373.55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>305.235</x:v>
+        <x:v>320.408</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>359.1</x:v>
+        <x:v>376.95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>301.835</x:v>
+        <x:v>322.66</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>355.1</x:v>
+        <x:v>379.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45938.7190277778</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>296.055</x:v>
+        <x:v>326.74</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>348.3</x:v>
+        <x:v>384.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45937.7189236111</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>294.015</x:v>
+        <x:v>319.345</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>345.9</x:v>
+        <x:v>375.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45936.7190972222</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>298.478</x:v>
+        <x:v>328.568</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>351.15</x:v>
+        <x:v>386.55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>287.895</x:v>
+        <x:v>322.022</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>338.7</x:v>
+        <x:v>378.85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>294.908</x:v>
+        <x:v>315.478</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>346.95</x:v>
+        <x:v>371.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>297.5</x:v>
+        <x:v>311.568</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>350</x:v>
+        <x:v>366.55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>306.425</x:v>
+        <x:v>292.952</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>360.5</x:v>
+        <x:v>344.65</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>309.952</x:v>
+        <x:v>298.775</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>364.65</x:v>
+        <x:v>351.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>304.682</x:v>
+        <x:v>296.225</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>358.45</x:v>
+        <x:v>348.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>310.335</x:v>
+        <x:v>306.935</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>365.1</x:v>
+        <x:v>361.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>304.98</x:v>
+        <x:v>315.818</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>358.8</x:v>
+        <x:v>371.55</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>304.98</x:v>
+        <x:v>318.282</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>358.8</x:v>
+        <x:v>374.45</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>303.195</x:v>
+        <x:v>325.72</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>356.7</x:v>
+        <x:v>383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>298.308</x:v>
+        <x:v>330.31</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>350.95</x:v>
+        <x:v>388.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>312.205</x:v>
+        <x:v>333.625</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>367.3</x:v>
+        <x:v>392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>309.315</x:v>
+        <x:v>314.075</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>363.9</x:v>
+        <x:v>369.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>302.685</x:v>
+        <x:v>305.235</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>356.1</x:v>
+        <x:v>359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>293.76</x:v>
+        <x:v>301.835</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>345.6</x:v>
+        <x:v>355.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>295.842</x:v>
+        <x:v>296.055</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>348.05</x:v>
+        <x:v>348.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>295.375</x:v>
+        <x:v>294.015</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>347.5</x:v>
+        <x:v>345.9</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>274.278</x:v>
+        <x:v>298.478</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>325.9</x:v>
+        <x:v>351.15</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>273.088</x:v>
+        <x:v>287.895</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>324.5</x:v>
+        <x:v>338.7</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>275.825</x:v>
+        <x:v>294.908</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>324.5</x:v>
+        <x:v>346.95</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>277.015</x:v>
+        <x:v>297.5</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>325.9</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>277.015</x:v>
+        <x:v>306.425</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>325.9</x:v>
+        <x:v>360.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>272.425</x:v>
+        <x:v>309.952</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>320.5</x:v>
+        <x:v>364.65</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>274.21</x:v>
+        <x:v>304.682</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>322.6</x:v>
+        <x:v>358.45</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>274.592</x:v>
+        <x:v>310.335</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>323.05</x:v>
+        <x:v>365.1</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>262.522</x:v>
+        <x:v>304.98</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>308.85</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>246.075</x:v>
+        <x:v>304.98</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>289.5</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>260.015</x:v>
+        <x:v>303.195</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>305.9</x:v>
+        <x:v>356.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>266.05</x:v>
+        <x:v>298.308</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>313</x:v>
+        <x:v>350.95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>267.325</x:v>
+        <x:v>312.205</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>314.5</x:v>
+        <x:v>367.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>276.25</x:v>
+        <x:v>309.315</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>325</x:v>
+        <x:v>363.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45867.786099537</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>294.865</x:v>
+        <x:v>302.685</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>346.9</x:v>
+        <x:v>356.1</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45867.5727893518</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>271.902</x:v>
+        <x:v>293.76</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>319.884</x:v>
+        <x:v>345.6</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45867.5483912037</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>319.884</x:v>
+        <x:v>295.842</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>376.334</x:v>
+        <x:v>348.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.33</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>383.478</x:v>
+        <x:v>295.375</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>451.15</x:v>
+        <x:v>347.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>3.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>384.285</x:v>
+        <x:v>274.278</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>452.1</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45884.3109953704</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>3.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>379.992</x:v>
+        <x:v>273.088</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>447.05</x:v>
+        <x:v>324.5</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>2.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>376.38</x:v>
+        <x:v>275.825</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>442.8</x:v>
+        <x:v>324.5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>2.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>360.315</x:v>
+        <x:v>277.015</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>423.9</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>349.265</x:v>
+        <x:v>277.015</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>410.9</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>2.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>352.41</x:v>
+        <x:v>272.425</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>414.6</x:v>
+        <x:v>320.5</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>2.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>360.4</x:v>
+        <x:v>274.21</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>424</x:v>
+        <x:v>322.6</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>2.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>368.56</x:v>
+        <x:v>274.592</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>433.6</x:v>
+        <x:v>323.05</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>368.56</x:v>
+        <x:v>262.522</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>433.6</x:v>
+        <x:v>308.85</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.79</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>368.135</x:v>
+        <x:v>246.075</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>433.1</x:v>
+        <x:v>289.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>3.23</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>376.762</x:v>
+        <x:v>260.015</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>443.25</x:v>
+        <x:v>305.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>3.06</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>373.108</x:v>
+        <x:v>266.05</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>438.95</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>3.92</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>387.218</x:v>
+        <x:v>267.325</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>455.55</x:v>
+        <x:v>314.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>3.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>376.592</x:v>
+        <x:v>276.25</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>443.05</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45867.786099537</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>3.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>382.458</x:v>
+        <x:v>294.865</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>449.95</x:v>
+        <x:v>346.9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45867.5727893518</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.31</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>375.02</x:v>
+        <x:v>271.902</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>441.2</x:v>
+        <x:v>319.884</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45867.5483912037</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.83</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>383.605</x:v>
+        <x:v>319.884</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>451.3</x:v>
+        <x:v>376.334</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.24</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>372.215</x:v>
+        <x:v>383.478</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>437.9</x:v>
+        <x:v>451.15</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.41</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>375.275</x:v>
+        <x:v>384.285</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>441.5</x:v>
+        <x:v>452.1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>3.27</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>372.598</x:v>
+        <x:v>379.992</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>438.35</x:v>
+        <x:v>447.05</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.33</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>373.66</x:v>
+        <x:v>376.38</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>439.6</x:v>
+        <x:v>442.8</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>371.875</x:v>
+        <x:v>360.315</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>437.5</x:v>
+        <x:v>423.9</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>2.97</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>366.308</x:v>
+        <x:v>349.265</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>430.95</x:v>
+        <x:v>410.9</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>369.962</x:v>
+        <x:v>352.41</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>435.25</x:v>
+        <x:v>414.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>4.15</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>385.092</x:v>
+        <x:v>360.4</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>453.05</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>4.02</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>383.052</x:v>
+        <x:v>368.56</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>450.65</x:v>
+        <x:v>433.6</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>5.91</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>404.43</x:v>
+        <x:v>368.56</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>475.8</x:v>
+        <x:v>433.6</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>7</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>415.14</x:v>
+        <x:v>368.135</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>488.4</x:v>
+        <x:v>433.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>6.52</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>410.125</x:v>
+        <x:v>376.762</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>482.5</x:v>
+        <x:v>443.25</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>7</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>414.8</x:v>
+        <x:v>373.108</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>488</x:v>
+        <x:v>438.95</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>7.98</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>423.385</x:v>
+        <x:v>387.218</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>498.1</x:v>
+        <x:v>455.55</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>10.13</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>438.77</x:v>
+        <x:v>376.592</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>516.2</x:v>
+        <x:v>443.05</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>10.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>441.32</x:v>
+        <x:v>382.458</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>519.2</x:v>
+        <x:v>449.95</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>10.22</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>439.195</x:v>
+        <x:v>375.02</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>516.7</x:v>
+        <x:v>441.2</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>10.6</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>441.83</x:v>
+        <x:v>383.605</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>519.8</x:v>
+        <x:v>451.3</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>7.81</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>416.798</x:v>
+        <x:v>372.215</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>490.35</x:v>
+        <x:v>437.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>6.68</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>405.195</x:v>
+        <x:v>375.275</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>476.7</x:v>
+        <x:v>441.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>6.68</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>405.195</x:v>
+        <x:v>372.598</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>476.7</x:v>
+        <x:v>438.35</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>5.9</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>396.398</x:v>
+        <x:v>373.66</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>466.35</x:v>
+        <x:v>439.6</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>5.9</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>396.398</x:v>
+        <x:v>371.875</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>466.35</x:v>
+        <x:v>437.5</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>6.62</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>403.75</x:v>
+        <x:v>366.308</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>475</x:v>
+        <x:v>430.95</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>6.62</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>403.75</x:v>
+        <x:v>369.962</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>475</x:v>
+        <x:v>435.25</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>5.73</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>391.255</x:v>
+        <x:v>385.092</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>460.3</x:v>
+        <x:v>453.05</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>4.65</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>376.508</x:v>
+        <x:v>383.052</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>442.95</x:v>
+        <x:v>450.65</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>4.87</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>379.355</x:v>
+        <x:v>404.43</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>446.3</x:v>
+        <x:v>475.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>5.64</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>388.11</x:v>
+        <x:v>415.14</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>456.6</x:v>
+        <x:v>488.4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>5.61</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>387.728</x:v>
+        <x:v>410.125</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>456.15</x:v>
+        <x:v>482.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>4.53</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>372.895</x:v>
+        <x:v>414.8</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>438.7</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>3.88</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>362.568</x:v>
+        <x:v>423.385</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>426.55</x:v>
+        <x:v>498.1</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>4.35</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>369.24</x:v>
+        <x:v>438.77</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>434.4</x:v>
+        <x:v>516.2</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>4.26</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>367.922</x:v>
+        <x:v>441.32</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>432.85</x:v>
+        <x:v>519.2</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>4.63</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>372.81</x:v>
+        <x:v>439.195</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>438.6</x:v>
+        <x:v>516.7</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>4.82</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>375.19</x:v>
+        <x:v>441.83</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>441.4</x:v>
+        <x:v>519.8</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45786.7591087963</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>5.03</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>377.655</x:v>
+        <x:v>416.798</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>444.3</x:v>
+        <x:v>490.35</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45785.7577199074</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>4.14</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>364.565</x:v>
+        <x:v>405.195</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>428.9</x:v>
+        <x:v>476.7</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45784.7685069444</x:v>
+        <x:v>45812.7670023148</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>5.46</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>379.78</x:v>
+        <x:v>405.195</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>446.8</x:v>
+        <x:v>476.7</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45783.7975</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>5.06</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>374.892</x:v>
+        <x:v>396.398</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>441.05</x:v>
+        <x:v>466.35</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45783.7610648148</x:v>
+        <x:v>45811.758599537</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>5.06</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>374.892</x:v>
+        <x:v>396.398</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>441.05</x:v>
+        <x:v>466.35</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45782.7990972222</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>6.63</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>390.235</x:v>
+        <x:v>403.75</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>459.1</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45782.7613425926</x:v>
+        <x:v>45810.757650463</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>6.63</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>390.235</x:v>
+        <x:v>403.75</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>459.1</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45779.7593171296</x:v>
+        <x:v>45803.758900463</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>6.38</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>387.515</x:v>
+        <x:v>391.255</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>455.9</x:v>
+        <x:v>460.3</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45777.7615740741</x:v>
+        <x:v>45800.7594675926</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>4.96</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>369.835</x:v>
+        <x:v>376.508</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>435.1</x:v>
+        <x:v>442.95</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45776.7598958333</x:v>
+        <x:v>45799.7596296296</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>4.31</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>360.698</x:v>
+        <x:v>379.355</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>424.35</x:v>
+        <x:v>446.3</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45775.7601273148</x:v>
+        <x:v>45798.7642939815</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.77</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>352.155</x:v>
+        <x:v>388.11</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>414.3</x:v>
+        <x:v>456.6</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45772.7647222222</x:v>
+        <x:v>45797.7621643519</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>3.25</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>342.975</x:v>
+        <x:v>387.728</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>403.5</x:v>
+        <x:v>456.15</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45771.7646296296</x:v>
+        <x:v>45796.761724537</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>3.6</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>348.585</x:v>
+        <x:v>372.895</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>410.1</x:v>
+        <x:v>438.7</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45770.7698726852</x:v>
+        <x:v>45793.7569560185</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>3.54</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>347.565</x:v>
+        <x:v>362.568</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>408.9</x:v>
+        <x:v>426.55</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45769.7601041667</x:v>
+        <x:v>45792.7607407407</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>2.75</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>331.5</x:v>
+        <x:v>369.24</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>390</x:v>
+        <x:v>434.4</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45763.762337963</x:v>
+        <x:v>45791.7642476852</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>4.99</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>358.062</x:v>
+        <x:v>367.922</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>421.25</x:v>
+        <x:v>432.85</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45762.7596990741</x:v>
+        <x:v>45790.7568865741</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>5.33</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>361.802</x:v>
+        <x:v>372.81</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>425.65</x:v>
+        <x:v>438.6</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45761.7606597222</x:v>
+        <x:v>45789.7603240741</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>6.21</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>370.472</x:v>
+        <x:v>375.19</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>435.85</x:v>
+        <x:v>441.4</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45758.7869097222</x:v>
+        <x:v>45786.7591087963</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>5.09</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>357.255</x:v>
+        <x:v>377.655</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>420.3</x:v>
+        <x:v>444.3</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45757.7688078704</x:v>
+        <x:v>45785.7577199074</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>4.4</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>348.118</x:v>
+        <x:v>364.565</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>409.55</x:v>
+        <x:v>428.9</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45756.7571064815</x:v>
+        <x:v>45784.7685069444</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>4.06</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>343.358</x:v>
+        <x:v>379.78</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>403.95</x:v>
+        <x:v>446.8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45755.7789814815</x:v>
+        <x:v>45783.7975</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>6.97</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>368.942</x:v>
+        <x:v>374.892</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>434.05</x:v>
+        <x:v>441.05</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45754.7628125</x:v>
+        <x:v>45783.7610648148</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>6.98</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>368.942</x:v>
+        <x:v>374.892</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>434.05</x:v>
+        <x:v>441.05</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45782.7990972222</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>6.8</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>367.2</x:v>
+        <x:v>390.235</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>432</x:v>
+        <x:v>459.1</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45751.7592824074</x:v>
+        <x:v>45782.7613425926</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>6.8</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>367.2</x:v>
+        <x:v>390.235</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>432</x:v>
+        <x:v>459.1</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45750.7636226852</x:v>
+        <x:v>45779.7593171296</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>10.11</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>388.322</x:v>
+        <x:v>387.515</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>456.85</x:v>
+        <x:v>455.9</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45749.7615856481</x:v>
+        <x:v>45777.7615740741</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>11.56</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>396.61</x:v>
+        <x:v>369.835</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>466.6</x:v>
+        <x:v>435.1</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45748.7584606481</x:v>
+        <x:v>45776.7598958333</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>13.7</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>407.15</x:v>
+        <x:v>360.698</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>479</x:v>
+        <x:v>424.35</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45747.7615740741</x:v>
+        <x:v>45775.7601273148</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>12.27</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>399.33</x:v>
+        <x:v>352.155</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>469.8</x:v>
+        <x:v>414.3</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45744.7642708333</x:v>
+        <x:v>45772.7647222222</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>13</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>397.176</x:v>
+        <x:v>342.975</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>474.05</x:v>
+        <x:v>403.5</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45744.3355555556</x:v>
+        <x:v>45771.7646296296</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>14.08</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>402.743</x:v>
+        <x:v>348.585</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>480.6</x:v>
+        <x:v>410.1</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45743.767349537</x:v>
+        <x:v>45770.7698726852</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>13.14</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>408.51</x:v>
+        <x:v>347.565</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>480.6</x:v>
+        <x:v>408.9</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45742.758912037</x:v>
+        <x:v>45769.7601041667</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>17.1</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>424.83</x:v>
+        <x:v>331.5</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>499.8</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45741.7595023148</x:v>
+        <x:v>45763.762337963</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>20.08</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>435.54</x:v>
+        <x:v>358.062</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>512.4</x:v>
+        <x:v>421.25</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45740.763599537</x:v>
+        <x:v>45762.7596990741</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>22.5</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>443.445</x:v>
+        <x:v>361.802</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>521.7</x:v>
+        <x:v>425.65</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45737.759525463</x:v>
+        <x:v>45761.7606597222</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>24.54</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>449.48</x:v>
+        <x:v>370.472</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>528.8</x:v>
+        <x:v>435.85</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45736.7631134259</x:v>
+        <x:v>45758.7869097222</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>29.63</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>462.655</x:v>
+        <x:v>357.255</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>544.3</x:v>
+        <x:v>420.3</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45735.7582638889</x:v>
+        <x:v>45757.7688078704</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>30.32</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>464.355</x:v>
+        <x:v>348.118</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>546.3</x:v>
+        <x:v>409.55</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45734.7602314815</x:v>
+        <x:v>45756.7571064815</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>31.48</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>467.16</x:v>
+        <x:v>343.358</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>549.6</x:v>
+        <x:v>403.95</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45733.7570833333</x:v>
+        <x:v>45755.7789814815</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>30.05</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>463.42</x:v>
+        <x:v>368.942</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>545.2</x:v>
+        <x:v>434.05</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45730.76125</x:v>
+        <x:v>45754.7628125</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>25.75</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>446.25</x:v>
+        <x:v>368.942</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>530.2</x:v>
+        <x:v>434.05</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45729.7592824074</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>24.32</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>446.25</x:v>
+        <x:v>367.2</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>0</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45728.7584837963</x:v>
+        <x:v>45751.7592824074</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>20.19</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>431.46</x:v>
+        <x:v>367.2</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>0</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45727.7601388889</x:v>
+        <x:v>45750.7636226852</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>27.27</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>450.925</x:v>
+        <x:v>388.322</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>530.5</x:v>
+        <x:v>456.85</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45726.7684259259</x:v>
+        <x:v>45749.7615856481</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>34.4</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>507.96</x:v>
+        <x:v>396.61</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>597.6</x:v>
+        <x:v>466.6</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45723.7596643519</x:v>
+        <x:v>45748.7584606481</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>66.99</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>520.54</x:v>
+        <x:v>407.15</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>612.4</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45722.7590162037</x:v>
+        <x:v>45747.7615740741</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>78.43</x:v>
+        <x:v>12.27</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>536.775</x:v>
+        <x:v>399.33</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>631.5</x:v>
+        <x:v>469.8</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45721.7632291667</x:v>
+        <x:v>45744.7642708333</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>95.91</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>523.77</x:v>
+        <x:v>397.176</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>616.2</x:v>
+        <x:v>474.05</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45720.7598842593</x:v>
+        <x:v>45744.3355555556</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>83.54</x:v>
+        <x:v>14.08</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>543.235</x:v>
+        <x:v>402.743</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>639.1</x:v>
+        <x:v>480.6</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45719.76</x:v>
+        <x:v>45743.767349537</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>106.53</x:v>
+        <x:v>13.14</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>547.825</x:v>
+        <x:v>408.51</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>644.5</x:v>
+        <x:v>480.6</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45716.7600115741</x:v>
+        <x:v>45742.758912037</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>112.47</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>545.53</x:v>
+        <x:v>424.83</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>641.8</x:v>
+        <x:v>499.8</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45715.7569907407</x:v>
+        <x:v>45741.7595023148</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>109.79</x:v>
+        <x:v>20.08</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>546.38</x:v>
+        <x:v>435.54</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>642.8</x:v>
+        <x:v>512.4</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45714.7741666667</x:v>
+        <x:v>45740.763599537</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>110.91</x:v>
+        <x:v>22.5</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>558.45</x:v>
+        <x:v>443.445</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>657</x:v>
+        <x:v>521.7</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45713.7589467593</x:v>
+        <x:v>45737.759525463</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>127.56</x:v>
+        <x:v>24.54</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>543.32</x:v>
+        <x:v>449.48</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>639.2</x:v>
+        <x:v>528.8</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45712.7659027778</x:v>
+        <x:v>45736.7631134259</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>109.38</x:v>
+        <x:v>29.63</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>535.5</x:v>
+        <x:v>462.655</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>630</x:v>
+        <x:v>544.3</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45709.7637731481</x:v>
+        <x:v>45735.7582638889</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>100.8</x:v>
+        <x:v>30.32</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>506.005</x:v>
+        <x:v>464.355</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>595.3</x:v>
+        <x:v>546.3</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45708.7618634259</x:v>
+        <x:v>45734.7602314815</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>74.73</x:v>
+        <x:v>31.48</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>507.875</x:v>
+        <x:v>467.16</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>597.5</x:v>
+        <x:v>549.6</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45707.7577430556</x:v>
+        <x:v>45733.7570833333</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>76.49</x:v>
+        <x:v>30.05</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>498.95</x:v>
+        <x:v>463.42</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>587</x:v>
+        <x:v>545.2</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45706.762337963</x:v>
+        <x:v>45730.76125</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>69.13</x:v>
+        <x:v>25.75</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>483.99</x:v>
+        <x:v>446.25</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>569.4</x:v>
+        <x:v>530.2</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45705.7592013889</x:v>
+        <x:v>45729.7592824074</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>58.35</x:v>
+        <x:v>24.32</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>473.875</x:v>
+        <x:v>446.25</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>557.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45702.7668171296</x:v>
+        <x:v>45728.7584837963</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>51.85</x:v>
+        <x:v>20.19</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>481.1</x:v>
+        <x:v>431.46</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>566</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45701.7653703704</x:v>
+        <x:v>45727.7601388889</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>57.03</x:v>
+        <x:v>27.27</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>497.845</x:v>
+        <x:v>450.925</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>585.7</x:v>
+        <x:v>530.5</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45700.7626967593</x:v>
+        <x:v>45726.7684259259</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>71.53</x:v>
+        <x:v>34.4</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>510.17</x:v>
+        <x:v>507.96</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>600.2</x:v>
+        <x:v>597.6</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45699.7634259259</x:v>
+        <x:v>45723.7596643519</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>83.74</x:v>
+        <x:v>66.99</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>523.09</x:v>
+        <x:v>520.54</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>615.4</x:v>
+        <x:v>612.4</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45698.7617361111</x:v>
+        <x:v>45722.7590162037</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>98.41</x:v>
+        <x:v>78.43</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>534.565</x:v>
+        <x:v>536.775</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>628.9</x:v>
+        <x:v>631.5</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45695.7611458333</x:v>
+        <x:v>45721.7632291667</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>113.3</x:v>
+        <x:v>95.91</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>539.75</x:v>
+        <x:v>523.77</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>635</x:v>
+        <x:v>616.2</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45694.7634490741</x:v>
+        <x:v>45720.7598842593</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>120.34</x:v>
+        <x:v>83.54</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>526.575</x:v>
+        <x:v>543.235</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>619.5</x:v>
+        <x:v>639.1</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45693.7706365741</x:v>
+        <x:v>45719.76</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>104.71</x:v>
+        <x:v>106.53</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>526.575</x:v>
+        <x:v>547.825</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>619.5</x:v>
+        <x:v>644.5</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45692.7817476852</x:v>
+        <x:v>45716.7600115741</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>82.35</x:v>
+        <x:v>112.47</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>503.71</x:v>
+        <x:v>545.53</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>592.6</x:v>
+        <x:v>641.8</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45715.7569907407</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>88.73</x:v>
+        <x:v>109.79</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>509.745</x:v>
+        <x:v>546.38</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>599.7</x:v>
+        <x:v>642.8</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45691.7625578704</x:v>
+        <x:v>45714.7741666667</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>88.73</x:v>
+        <x:v>110.91</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>509.745</x:v>
+        <x:v>558.45</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>599.7</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45688.76</x:v>
+        <x:v>45713.7589467593</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>96.2</x:v>
+        <x:v>127.56</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>516.205</x:v>
+        <x:v>543.32</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>607.3</x:v>
+        <x:v>639.2</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45687.7638888889</x:v>
+        <x:v>45712.7659027778</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>92.96</x:v>
+        <x:v>109.38</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>513.145</x:v>
+        <x:v>535.5</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>603.7</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45686.7638078704</x:v>
+        <x:v>45709.7637731481</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>96.87</x:v>
+        <x:v>100.8</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>516.545</x:v>
+        <x:v>506.005</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>607.7</x:v>
+        <x:v>595.3</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
+        <x:v>45708.7618634259</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C181" s="0">
+        <x:v>74.73</x:v>
+      </x:c>
+      <x:c r="D181" s="0">
+        <x:v>507.875</x:v>
+      </x:c>
+      <x:c r="E181" s="0">
+        <x:v>597.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:5">
+      <x:c r="A182" s="1">
+        <x:v>45707.7577430556</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C182" s="0">
+        <x:v>76.49</x:v>
+      </x:c>
+      <x:c r="D182" s="0">
+        <x:v>498.95</x:v>
+      </x:c>
+      <x:c r="E182" s="0">
+        <x:v>587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:5">
+      <x:c r="A183" s="1">
+        <x:v>45706.762337963</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C183" s="0">
+        <x:v>69.13</x:v>
+      </x:c>
+      <x:c r="D183" s="0">
+        <x:v>483.99</x:v>
+      </x:c>
+      <x:c r="E183" s="0">
+        <x:v>569.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:5">
+      <x:c r="A184" s="1">
+        <x:v>45705.7592013889</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C184" s="0">
+        <x:v>58.35</x:v>
+      </x:c>
+      <x:c r="D184" s="0">
+        <x:v>473.875</x:v>
+      </x:c>
+      <x:c r="E184" s="0">
+        <x:v>557.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:5">
+      <x:c r="A185" s="1">
+        <x:v>45702.7668171296</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C185" s="0">
+        <x:v>51.85</x:v>
+      </x:c>
+      <x:c r="D185" s="0">
+        <x:v>481.1</x:v>
+      </x:c>
+      <x:c r="E185" s="0">
+        <x:v>566</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:5">
+      <x:c r="A186" s="1">
+        <x:v>45701.7653703704</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C186" s="0">
+        <x:v>57.03</x:v>
+      </x:c>
+      <x:c r="D186" s="0">
+        <x:v>497.845</x:v>
+      </x:c>
+      <x:c r="E186" s="0">
+        <x:v>585.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:5">
+      <x:c r="A187" s="1">
+        <x:v>45700.7626967593</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C187" s="0">
+        <x:v>71.53</x:v>
+      </x:c>
+      <x:c r="D187" s="0">
+        <x:v>510.17</x:v>
+      </x:c>
+      <x:c r="E187" s="0">
+        <x:v>600.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:5">
+      <x:c r="A188" s="1">
+        <x:v>45699.7634259259</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C188" s="0">
+        <x:v>83.74</x:v>
+      </x:c>
+      <x:c r="D188" s="0">
+        <x:v>523.09</x:v>
+      </x:c>
+      <x:c r="E188" s="0">
+        <x:v>615.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:5">
+      <x:c r="A189" s="1">
+        <x:v>45698.7617361111</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C189" s="0">
+        <x:v>98.41</x:v>
+      </x:c>
+      <x:c r="D189" s="0">
+        <x:v>534.565</x:v>
+      </x:c>
+      <x:c r="E189" s="0">
+        <x:v>628.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:5">
+      <x:c r="A190" s="1">
+        <x:v>45695.7611458333</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C190" s="0">
+        <x:v>113.3</x:v>
+      </x:c>
+      <x:c r="D190" s="0">
+        <x:v>539.75</x:v>
+      </x:c>
+      <x:c r="E190" s="0">
+        <x:v>635</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:5">
+      <x:c r="A191" s="1">
+        <x:v>45694.7634490741</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C191" s="0">
+        <x:v>120.34</x:v>
+      </x:c>
+      <x:c r="D191" s="0">
+        <x:v>526.575</x:v>
+      </x:c>
+      <x:c r="E191" s="0">
+        <x:v>619.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:5">
+      <x:c r="A192" s="1">
+        <x:v>45693.7706365741</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C192" s="0">
+        <x:v>104.71</x:v>
+      </x:c>
+      <x:c r="D192" s="0">
+        <x:v>526.575</x:v>
+      </x:c>
+      <x:c r="E192" s="0">
+        <x:v>619.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:5">
+      <x:c r="A193" s="1">
+        <x:v>45692.7817476852</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C193" s="0">
+        <x:v>82.35</x:v>
+      </x:c>
+      <x:c r="D193" s="0">
+        <x:v>503.71</x:v>
+      </x:c>
+      <x:c r="E193" s="0">
+        <x:v>592.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:5">
+      <x:c r="A194" s="1">
+        <x:v>45691.9280671296</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C194" s="0">
+        <x:v>88.73</x:v>
+      </x:c>
+      <x:c r="D194" s="0">
+        <x:v>509.745</x:v>
+      </x:c>
+      <x:c r="E194" s="0">
+        <x:v>599.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:5">
+      <x:c r="A195" s="1">
+        <x:v>45691.7625578704</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C195" s="0">
+        <x:v>88.73</x:v>
+      </x:c>
+      <x:c r="D195" s="0">
+        <x:v>509.745</x:v>
+      </x:c>
+      <x:c r="E195" s="0">
+        <x:v>599.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:5">
+      <x:c r="A196" s="1">
+        <x:v>45688.76</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C196" s="0">
+        <x:v>96.2</x:v>
+      </x:c>
+      <x:c r="D196" s="0">
+        <x:v>516.205</x:v>
+      </x:c>
+      <x:c r="E196" s="0">
+        <x:v>607.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:5">
+      <x:c r="A197" s="1">
+        <x:v>45687.7638888889</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C197" s="0">
+        <x:v>92.96</x:v>
+      </x:c>
+      <x:c r="D197" s="0">
+        <x:v>513.145</x:v>
+      </x:c>
+      <x:c r="E197" s="0">
+        <x:v>603.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:5">
+      <x:c r="A198" s="1">
+        <x:v>45686.7638078704</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C198" s="0">
+        <x:v>96.87</x:v>
+      </x:c>
+      <x:c r="D198" s="0">
+        <x:v>516.545</x:v>
+      </x:c>
+      <x:c r="E198" s="0">
+        <x:v>607.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:5">
+      <x:c r="A199" s="1">
         <x:v>45685.9323263889</x:v>
       </x:c>
-      <x:c r="B181" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C181" s="0">
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D181" s="0">
+      <x:c r="D199" s="0">
         <x:v>519.18</x:v>
       </x:c>
-      <x:c r="E181" s="0">
+      <x:c r="E199" s="0">
         <x:v>610.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>