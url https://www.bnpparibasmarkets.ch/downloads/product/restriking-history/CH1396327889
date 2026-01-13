--- v1 (2025-10-28)
+++ v2 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R924c2db397d64dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d1217cbf58d452ab0e2a3d1cebe3c3f.psmdcp" Id="Rdc09d6e4d97049ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2556792451456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8111d51dcc484cc6a2698b017e3f4661.psmdcp" Id="Rcd45837998b54d37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1396327889</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,3429 +393,4109 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E199"/>
+  <x:dimension ref="A1:E239"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45957.7156018519</x:v>
+        <x:v>46006.7735532407</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>289</x:v>
+        <x:v>268.94</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>340</x:v>
+        <x:v>316.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45954.7155902778</x:v>
+        <x:v>46006.7156018519</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>290.785</x:v>
+        <x:v>268.94</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>342.1</x:v>
+        <x:v>316.4</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45953.7155439815</x:v>
+        <x:v>46003.7156597222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>291.55</x:v>
+        <x:v>272.978</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>343</x:v>
+        <x:v>321.15</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45952.7157523148</x:v>
+        <x:v>46002.7741203704</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>291.932</x:v>
+        <x:v>271.745</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>343.45</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45951.7155324074</x:v>
+        <x:v>46002.7156018519</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>301.708</x:v>
+        <x:v>271.745</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>354.95</x:v>
+        <x:v>319.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45950.7155671296</x:v>
+        <x:v>46001.772662037</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>305.83</x:v>
+        <x:v>262.735</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>359.8</x:v>
+        <x:v>309.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45947.715474537</x:v>
+        <x:v>46001.7599652778</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>291.252</x:v>
+        <x:v>262.735</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>342.65</x:v>
+        <x:v>309.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45946.7155671296</x:v>
+        <x:v>46000.715625</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>311.1</x:v>
+        <x:v>254.32</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>366</x:v>
+        <x:v>299.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45945.715474537</x:v>
+        <x:v>45999.7155671296</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>309.315</x:v>
+        <x:v>254.15</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>363.9</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45944.7155787037</x:v>
+        <x:v>45996.7615277778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>306.552</x:v>
+        <x:v>263.16</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>360.65</x:v>
+        <x:v>309.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45943.7160416667</x:v>
+        <x:v>45996.7156365741</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>317.518</x:v>
+        <x:v>263.16</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>373.55</x:v>
+        <x:v>309.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45940.7627893519</x:v>
+        <x:v>45995.7618518519</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>320.408</x:v>
+        <x:v>259.93</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>376.95</x:v>
+        <x:v>305.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45939.7571412037</x:v>
+        <x:v>45994.7156712963</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>322.66</x:v>
+        <x:v>258.23</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>379.6</x:v>
+        <x:v>303.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45938.7190277778</x:v>
+        <x:v>45993.7157291667</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>326.74</x:v>
+        <x:v>260.992</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>384.4</x:v>
+        <x:v>307.05</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45937.7189236111</x:v>
+        <x:v>45992.715625</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>319.345</x:v>
+        <x:v>267.282</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>375.7</x:v>
+        <x:v>314.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45936.7190972222</x:v>
+        <x:v>45989.7157291667</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>328.568</x:v>
+        <x:v>269.45</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>386.55</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45933.7560763889</x:v>
+        <x:v>45988.7156481482</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>322.022</x:v>
+        <x:v>264.265</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>378.85</x:v>
+        <x:v>310.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45932.7757986111</x:v>
+        <x:v>45987.7155671296</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>315.478</x:v>
+        <x:v>267.07</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>371.15</x:v>
+        <x:v>314.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45986.7690046296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>311.568</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>366.55</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45986.7156597222</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>292.952</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>344.65</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45985.7158680556</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>298.775</x:v>
+        <x:v>243.95</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>351.5</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45982.7205902778</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>296.225</x:v>
+        <x:v>258.952</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>348.5</x:v>
+        <x:v>304.65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45981.7155555556</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>306.935</x:v>
+        <x:v>267.028</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>361.1</x:v>
+        <x:v>314.15</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45980.7155902778</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>315.818</x:v>
+        <x:v>264.052</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>371.55</x:v>
+        <x:v>310.65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45979.7156134259</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>318.282</x:v>
+        <x:v>259.122</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>374.45</x:v>
+        <x:v>304.85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45978.7154976852</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>325.72</x:v>
+        <x:v>265.795</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>383.2</x:v>
+        <x:v>312.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45975.7155671296</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>330.31</x:v>
+        <x:v>264.392</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>388.6</x:v>
+        <x:v>311.05</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45974.7159143519</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>333.625</x:v>
+        <x:v>270.852</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>392.5</x:v>
+        <x:v>318.65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45973.7618402778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>314.075</x:v>
+        <x:v>272.892</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>369.5</x:v>
+        <x:v>321.05</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45972.715474537</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>305.235</x:v>
+        <x:v>266.602</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>359.1</x:v>
+        <x:v>313.65</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45968.7156018519</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>301.835</x:v>
+        <x:v>247.52</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>355.1</x:v>
+        <x:v>291.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45967.7155555556</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>296.055</x:v>
+        <x:v>260.908</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>348.3</x:v>
+        <x:v>306.95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45966.7155208333</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>294.015</x:v>
+        <x:v>255.892</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>345.9</x:v>
+        <x:v>301.05</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45965.7159837963</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>298.478</x:v>
+        <x:v>267.92</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>351.15</x:v>
+        <x:v>315.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45964.7156365741</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>287.895</x:v>
+        <x:v>268.005</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>338.7</x:v>
+        <x:v>315.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45961.8178472222</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>294.908</x:v>
+        <x:v>268.558</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>346.95</x:v>
+        <x:v>315.95</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45961.7155671296</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>297.5</x:v>
+        <x:v>268.558</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>350</x:v>
+        <x:v>315.95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45960.7155324074</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>306.425</x:v>
+        <x:v>274.295</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>360.5</x:v>
+        <x:v>322.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45959.716087963</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>309.952</x:v>
+        <x:v>284.622</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>364.65</x:v>
+        <x:v>334.85</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45958.7156712963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>304.682</x:v>
+        <x:v>281.605</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>358.45</x:v>
+        <x:v>331.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45957.7156018519</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>310.335</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>365.1</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45954.7155902778</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>304.98</x:v>
+        <x:v>290.785</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>358.8</x:v>
+        <x:v>342.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45953.7155439815</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>304.98</x:v>
+        <x:v>291.55</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>358.8</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45952.7157523148</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>303.195</x:v>
+        <x:v>291.932</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>356.7</x:v>
+        <x:v>343.45</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45951.7155324074</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>298.308</x:v>
+        <x:v>301.708</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>350.95</x:v>
+        <x:v>354.95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45950.7155671296</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>312.205</x:v>
+        <x:v>305.83</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>367.3</x:v>
+        <x:v>359.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45947.715474537</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>309.315</x:v>
+        <x:v>291.252</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>363.9</x:v>
+        <x:v>342.65</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45946.7155671296</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>302.685</x:v>
+        <x:v>311.1</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>356.1</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45945.715474537</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>293.76</x:v>
+        <x:v>309.315</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>345.6</x:v>
+        <x:v>363.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45944.7155787037</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>295.842</x:v>
+        <x:v>306.552</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>348.05</x:v>
+        <x:v>360.65</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45943.7160416667</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>295.375</x:v>
+        <x:v>317.518</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>347.5</x:v>
+        <x:v>373.55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>274.278</x:v>
+        <x:v>320.408</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>325.9</x:v>
+        <x:v>376.95</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>273.088</x:v>
+        <x:v>322.66</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>324.5</x:v>
+        <x:v>379.6</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45938.7190277778</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>275.825</x:v>
+        <x:v>326.74</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>324.5</x:v>
+        <x:v>384.4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45937.7189236111</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>277.015</x:v>
+        <x:v>319.345</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>325.9</x:v>
+        <x:v>375.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45936.7190972222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>277.015</x:v>
+        <x:v>328.568</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>325.9</x:v>
+        <x:v>386.55</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>272.425</x:v>
+        <x:v>322.022</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>320.5</x:v>
+        <x:v>378.85</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>274.21</x:v>
+        <x:v>315.478</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>322.6</x:v>
+        <x:v>371.15</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>274.592</x:v>
+        <x:v>311.568</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>323.05</x:v>
+        <x:v>366.55</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>262.522</x:v>
+        <x:v>292.952</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>308.85</x:v>
+        <x:v>344.65</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>246.075</x:v>
+        <x:v>298.775</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>289.5</x:v>
+        <x:v>351.5</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>260.015</x:v>
+        <x:v>296.225</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>305.9</x:v>
+        <x:v>348.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>266.05</x:v>
+        <x:v>306.935</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>313</x:v>
+        <x:v>361.1</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>267.325</x:v>
+        <x:v>315.818</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>314.5</x:v>
+        <x:v>371.55</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>276.25</x:v>
+        <x:v>318.282</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>325</x:v>
+        <x:v>374.45</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45867.786099537</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>294.865</x:v>
+        <x:v>325.72</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>346.9</x:v>
+        <x:v>383.2</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45867.5727893518</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>271.902</x:v>
+        <x:v>330.31</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>319.884</x:v>
+        <x:v>388.6</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45867.5483912037</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>319.884</x:v>
+        <x:v>333.625</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>376.334</x:v>
+        <x:v>392.5</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.33</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>383.478</x:v>
+        <x:v>314.075</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>451.15</x:v>
+        <x:v>369.5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.38</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>384.285</x:v>
+        <x:v>305.235</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>452.1</x:v>
+        <x:v>359.1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>3.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>379.992</x:v>
+        <x:v>301.835</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>447.05</x:v>
+        <x:v>355.1</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>2.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>376.38</x:v>
+        <x:v>296.055</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>442.8</x:v>
+        <x:v>348.3</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>2.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>360.315</x:v>
+        <x:v>294.015</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>423.9</x:v>
+        <x:v>345.9</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.99</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>349.265</x:v>
+        <x:v>298.478</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>410.9</x:v>
+        <x:v>351.15</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>2.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>352.41</x:v>
+        <x:v>287.895</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>414.6</x:v>
+        <x:v>338.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>2.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>360.4</x:v>
+        <x:v>294.908</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>424</x:v>
+        <x:v>346.95</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>2.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>368.56</x:v>
+        <x:v>297.5</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>433.6</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>2.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>368.56</x:v>
+        <x:v>306.425</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>433.6</x:v>
+        <x:v>360.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>2.79</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>368.135</x:v>
+        <x:v>309.952</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>433.1</x:v>
+        <x:v>364.65</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>3.23</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>376.762</x:v>
+        <x:v>304.682</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>443.25</x:v>
+        <x:v>358.45</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>3.06</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>373.108</x:v>
+        <x:v>310.335</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>438.95</x:v>
+        <x:v>365.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>3.92</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>387.218</x:v>
+        <x:v>304.98</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>455.55</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>3.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>376.592</x:v>
+        <x:v>304.98</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>443.05</x:v>
+        <x:v>358.8</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>3.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>382.458</x:v>
+        <x:v>303.195</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>449.95</x:v>
+        <x:v>356.7</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>3.31</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>375.02</x:v>
+        <x:v>298.308</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>441.2</x:v>
+        <x:v>350.95</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>3.83</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>383.605</x:v>
+        <x:v>312.205</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>451.3</x:v>
+        <x:v>367.3</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>3.24</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>372.215</x:v>
+        <x:v>309.315</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>437.9</x:v>
+        <x:v>363.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>3.41</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>375.275</x:v>
+        <x:v>302.685</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>441.5</x:v>
+        <x:v>356.1</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>3.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>372.598</x:v>
+        <x:v>293.76</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>438.35</x:v>
+        <x:v>345.6</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>3.33</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>373.66</x:v>
+        <x:v>295.842</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>439.6</x:v>
+        <x:v>348.05</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>3.24</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>371.875</x:v>
+        <x:v>295.375</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>437.5</x:v>
+        <x:v>347.5</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.97</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>366.308</x:v>
+        <x:v>274.278</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>430.95</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45884.3109953704</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>3.16</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>369.962</x:v>
+        <x:v>273.088</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>435.25</x:v>
+        <x:v>324.5</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>4.15</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>385.092</x:v>
+        <x:v>275.825</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>453.05</x:v>
+        <x:v>324.5</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>4.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>383.052</x:v>
+        <x:v>277.015</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>450.65</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>5.91</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>404.43</x:v>
+        <x:v>277.015</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>475.8</x:v>
+        <x:v>325.9</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>415.14</x:v>
+        <x:v>272.425</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>488.4</x:v>
+        <x:v>320.5</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>6.52</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>410.125</x:v>
+        <x:v>274.21</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>482.5</x:v>
+        <x:v>322.6</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>414.8</x:v>
+        <x:v>274.592</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>488</x:v>
+        <x:v>323.05</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>7.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>423.385</x:v>
+        <x:v>262.522</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>498.1</x:v>
+        <x:v>308.85</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>10.13</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>438.77</x:v>
+        <x:v>246.075</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>516.2</x:v>
+        <x:v>289.5</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>10.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>441.32</x:v>
+        <x:v>260.015</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>519.2</x:v>
+        <x:v>305.9</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>10.22</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>439.195</x:v>
+        <x:v>266.05</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>516.7</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>10.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>441.83</x:v>
+        <x:v>267.325</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>519.8</x:v>
+        <x:v>314.5</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>7.81</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>416.798</x:v>
+        <x:v>276.25</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>490.35</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45867.786099537</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>6.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>405.195</x:v>
+        <x:v>294.865</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>476.7</x:v>
+        <x:v>346.9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45867.5727893518</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>6.68</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>405.195</x:v>
+        <x:v>271.902</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>476.7</x:v>
+        <x:v>319.884</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45867.5483912037</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>5.9</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>396.398</x:v>
+        <x:v>319.884</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>466.35</x:v>
+        <x:v>376.334</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>5.9</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>396.398</x:v>
+        <x:v>383.478</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>466.35</x:v>
+        <x:v>451.15</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>6.62</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>403.75</x:v>
+        <x:v>384.285</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>475</x:v>
+        <x:v>452.1</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>6.62</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>403.75</x:v>
+        <x:v>379.992</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>475</x:v>
+        <x:v>447.05</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>5.73</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>391.255</x:v>
+        <x:v>376.38</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>460.3</x:v>
+        <x:v>442.8</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>4.65</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>376.508</x:v>
+        <x:v>360.315</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>442.95</x:v>
+        <x:v>423.9</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>4.87</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>379.355</x:v>
+        <x:v>349.265</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>446.3</x:v>
+        <x:v>410.9</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>5.64</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>388.11</x:v>
+        <x:v>352.41</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>456.6</x:v>
+        <x:v>414.6</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>5.61</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>387.728</x:v>
+        <x:v>360.4</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>456.15</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>4.53</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>372.895</x:v>
+        <x:v>368.56</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>438.7</x:v>
+        <x:v>433.6</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>3.88</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>362.568</x:v>
+        <x:v>368.56</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>426.55</x:v>
+        <x:v>433.6</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>4.35</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>369.24</x:v>
+        <x:v>368.135</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>434.4</x:v>
+        <x:v>433.1</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>4.26</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>367.922</x:v>
+        <x:v>376.762</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>432.85</x:v>
+        <x:v>443.25</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>4.63</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>372.81</x:v>
+        <x:v>373.108</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>438.6</x:v>
+        <x:v>438.95</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>4.82</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>375.19</x:v>
+        <x:v>387.218</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>441.4</x:v>
+        <x:v>455.55</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45786.7591087963</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>5.03</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>377.655</x:v>
+        <x:v>376.592</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>444.3</x:v>
+        <x:v>443.05</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45785.7577199074</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>4.14</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>364.565</x:v>
+        <x:v>382.458</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>428.9</x:v>
+        <x:v>449.95</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45784.7685069444</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>5.46</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>379.78</x:v>
+        <x:v>375.02</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>446.8</x:v>
+        <x:v>441.2</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45783.7975</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>5.06</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>374.892</x:v>
+        <x:v>383.605</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>441.05</x:v>
+        <x:v>451.3</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45783.7610648148</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>5.06</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>374.892</x:v>
+        <x:v>372.215</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>441.05</x:v>
+        <x:v>437.9</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45782.7990972222</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>6.63</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>390.235</x:v>
+        <x:v>375.275</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>459.1</x:v>
+        <x:v>441.5</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45782.7613425926</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>6.63</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>390.235</x:v>
+        <x:v>372.598</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>459.1</x:v>
+        <x:v>438.35</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45779.7593171296</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>6.38</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>387.515</x:v>
+        <x:v>373.66</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>455.9</x:v>
+        <x:v>439.6</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45777.7615740741</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>4.96</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>369.835</x:v>
+        <x:v>371.875</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>435.1</x:v>
+        <x:v>437.5</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45776.7598958333</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>4.31</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>360.698</x:v>
+        <x:v>366.308</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>424.35</x:v>
+        <x:v>430.95</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45775.7601273148</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>3.77</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>352.155</x:v>
+        <x:v>369.962</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>414.3</x:v>
+        <x:v>435.25</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45772.7647222222</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>3.25</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>342.975</x:v>
+        <x:v>385.092</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>403.5</x:v>
+        <x:v>453.05</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45771.7646296296</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>3.6</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>348.585</x:v>
+        <x:v>383.052</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>410.1</x:v>
+        <x:v>450.65</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45770.7698726852</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>3.54</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>347.565</x:v>
+        <x:v>404.43</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>408.9</x:v>
+        <x:v>475.8</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45769.7601041667</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>2.75</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>331.5</x:v>
+        <x:v>415.14</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>390</x:v>
+        <x:v>488.4</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45763.762337963</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>4.99</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>358.062</x:v>
+        <x:v>410.125</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>421.25</x:v>
+        <x:v>482.5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45762.7596990741</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>5.33</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>361.802</x:v>
+        <x:v>414.8</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>425.65</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45761.7606597222</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>6.21</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>370.472</x:v>
+        <x:v>423.385</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>435.85</x:v>
+        <x:v>498.1</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45758.7869097222</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>5.09</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>357.255</x:v>
+        <x:v>438.77</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>420.3</x:v>
+        <x:v>516.2</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45757.7688078704</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>4.4</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>348.118</x:v>
+        <x:v>441.32</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>409.55</x:v>
+        <x:v>519.2</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45756.7571064815</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>4.06</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>343.358</x:v>
+        <x:v>439.195</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>403.95</x:v>
+        <x:v>516.7</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45755.7789814815</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>6.97</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>368.942</x:v>
+        <x:v>441.83</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>434.05</x:v>
+        <x:v>519.8</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45754.7628125</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>6.98</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>368.942</x:v>
+        <x:v>416.798</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>434.05</x:v>
+        <x:v>490.35</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>6.8</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>367.2</x:v>
+        <x:v>405.195</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>432</x:v>
+        <x:v>476.7</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45751.7592824074</x:v>
+        <x:v>45812.7670023148</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>6.8</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>367.2</x:v>
+        <x:v>405.195</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>432</x:v>
+        <x:v>476.7</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45750.7636226852</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>10.11</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>388.322</x:v>
+        <x:v>396.398</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>456.85</x:v>
+        <x:v>466.35</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45749.7615856481</x:v>
+        <x:v>45811.758599537</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>11.56</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>396.61</x:v>
+        <x:v>396.398</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>466.6</x:v>
+        <x:v>466.35</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45748.7584606481</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>13.7</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>407.15</x:v>
+        <x:v>403.75</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45747.7615740741</x:v>
+        <x:v>45810.757650463</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>12.27</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>399.33</x:v>
+        <x:v>403.75</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>469.8</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45744.7642708333</x:v>
+        <x:v>45803.758900463</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>13</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>397.176</x:v>
+        <x:v>391.255</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>474.05</x:v>
+        <x:v>460.3</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45744.3355555556</x:v>
+        <x:v>45800.7594675926</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>14.08</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>402.743</x:v>
+        <x:v>376.508</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>480.6</x:v>
+        <x:v>442.95</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45743.767349537</x:v>
+        <x:v>45799.7596296296</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>13.14</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>408.51</x:v>
+        <x:v>379.355</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>480.6</x:v>
+        <x:v>446.3</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45742.758912037</x:v>
+        <x:v>45798.7642939815</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>17.1</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>424.83</x:v>
+        <x:v>388.11</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>499.8</x:v>
+        <x:v>456.6</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45741.7595023148</x:v>
+        <x:v>45797.7621643519</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>20.08</x:v>
+        <x:v>5.61</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>435.54</x:v>
+        <x:v>387.728</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>512.4</x:v>
+        <x:v>456.15</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45740.763599537</x:v>
+        <x:v>45796.761724537</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>22.5</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>443.445</x:v>
+        <x:v>372.895</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>521.7</x:v>
+        <x:v>438.7</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45737.759525463</x:v>
+        <x:v>45793.7569560185</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>24.54</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>449.48</x:v>
+        <x:v>362.568</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>528.8</x:v>
+        <x:v>426.55</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45736.7631134259</x:v>
+        <x:v>45792.7607407407</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>29.63</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>462.655</x:v>
+        <x:v>369.24</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>544.3</x:v>
+        <x:v>434.4</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45735.7582638889</x:v>
+        <x:v>45791.7642476852</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>30.32</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>464.355</x:v>
+        <x:v>367.922</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>546.3</x:v>
+        <x:v>432.85</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45734.7602314815</x:v>
+        <x:v>45790.7568865741</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>31.48</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>467.16</x:v>
+        <x:v>372.81</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>549.6</x:v>
+        <x:v>438.6</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45733.7570833333</x:v>
+        <x:v>45789.7603240741</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>30.05</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>463.42</x:v>
+        <x:v>375.19</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>545.2</x:v>
+        <x:v>441.4</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45730.76125</x:v>
+        <x:v>45786.7591087963</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>25.75</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>446.25</x:v>
+        <x:v>377.655</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>530.2</x:v>
+        <x:v>444.3</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45729.7592824074</x:v>
+        <x:v>45785.7577199074</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>24.32</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>446.25</x:v>
+        <x:v>364.565</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>0</x:v>
+        <x:v>428.9</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45728.7584837963</x:v>
+        <x:v>45784.7685069444</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>20.19</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>431.46</x:v>
+        <x:v>379.78</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>0</x:v>
+        <x:v>446.8</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45727.7601388889</x:v>
+        <x:v>45783.7975</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>27.27</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>450.925</x:v>
+        <x:v>374.892</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>530.5</x:v>
+        <x:v>441.05</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45726.7684259259</x:v>
+        <x:v>45783.7610648148</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>34.4</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>507.96</x:v>
+        <x:v>374.892</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>597.6</x:v>
+        <x:v>441.05</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45723.7596643519</x:v>
+        <x:v>45782.7990972222</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>66.99</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>520.54</x:v>
+        <x:v>390.235</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>612.4</x:v>
+        <x:v>459.1</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45722.7590162037</x:v>
+        <x:v>45782.7613425926</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>78.43</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>536.775</x:v>
+        <x:v>390.235</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>631.5</x:v>
+        <x:v>459.1</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45721.7632291667</x:v>
+        <x:v>45779.7593171296</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>95.91</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>523.77</x:v>
+        <x:v>387.515</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>616.2</x:v>
+        <x:v>455.9</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45720.7598842593</x:v>
+        <x:v>45777.7615740741</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>83.54</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>543.235</x:v>
+        <x:v>369.835</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>639.1</x:v>
+        <x:v>435.1</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45719.76</x:v>
+        <x:v>45776.7598958333</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>106.53</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>547.825</x:v>
+        <x:v>360.698</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>644.5</x:v>
+        <x:v>424.35</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45716.7600115741</x:v>
+        <x:v>45775.7601273148</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>112.47</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>545.53</x:v>
+        <x:v>352.155</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>641.8</x:v>
+        <x:v>414.3</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45715.7569907407</x:v>
+        <x:v>45772.7647222222</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>109.79</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>546.38</x:v>
+        <x:v>342.975</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>642.8</x:v>
+        <x:v>403.5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45714.7741666667</x:v>
+        <x:v>45771.7646296296</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>110.91</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>558.45</x:v>
+        <x:v>348.585</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>657</x:v>
+        <x:v>410.1</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45713.7589467593</x:v>
+        <x:v>45770.7698726852</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>127.56</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>543.32</x:v>
+        <x:v>347.565</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>639.2</x:v>
+        <x:v>408.9</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45712.7659027778</x:v>
+        <x:v>45769.7601041667</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>109.38</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>535.5</x:v>
+        <x:v>331.5</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>630</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45709.7637731481</x:v>
+        <x:v>45763.762337963</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>100.8</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>506.005</x:v>
+        <x:v>358.062</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>595.3</x:v>
+        <x:v>421.25</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45708.7618634259</x:v>
+        <x:v>45762.7596990741</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>74.73</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>507.875</x:v>
+        <x:v>361.802</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>597.5</x:v>
+        <x:v>425.65</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45707.7577430556</x:v>
+        <x:v>45761.7606597222</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>76.49</x:v>
+        <x:v>6.21</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>498.95</x:v>
+        <x:v>370.472</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>587</x:v>
+        <x:v>435.85</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45706.762337963</x:v>
+        <x:v>45758.7869097222</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>69.13</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>483.99</x:v>
+        <x:v>357.255</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>569.4</x:v>
+        <x:v>420.3</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45705.7592013889</x:v>
+        <x:v>45757.7688078704</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>58.35</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>473.875</x:v>
+        <x:v>348.118</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>557.5</x:v>
+        <x:v>409.55</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45702.7668171296</x:v>
+        <x:v>45756.7571064815</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>51.85</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>481.1</x:v>
+        <x:v>343.358</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>566</x:v>
+        <x:v>403.95</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45701.7653703704</x:v>
+        <x:v>45755.7789814815</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>57.03</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>497.845</x:v>
+        <x:v>368.942</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>585.7</x:v>
+        <x:v>434.05</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45700.7626967593</x:v>
+        <x:v>45754.7628125</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>71.53</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>510.17</x:v>
+        <x:v>368.942</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>600.2</x:v>
+        <x:v>434.05</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45699.7634259259</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>83.74</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>523.09</x:v>
+        <x:v>367.2</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>615.4</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45698.7617361111</x:v>
+        <x:v>45751.7592824074</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>98.41</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>534.565</x:v>
+        <x:v>367.2</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>628.9</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45695.7611458333</x:v>
+        <x:v>45750.7636226852</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>113.3</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>539.75</x:v>
+        <x:v>388.322</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>635</x:v>
+        <x:v>456.85</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45694.7634490741</x:v>
+        <x:v>45749.7615856481</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>120.34</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>526.575</x:v>
+        <x:v>396.61</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>619.5</x:v>
+        <x:v>466.6</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45693.7706365741</x:v>
+        <x:v>45748.7584606481</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>104.71</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>526.575</x:v>
+        <x:v>407.15</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>619.5</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45692.7817476852</x:v>
+        <x:v>45747.7615740741</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>82.35</x:v>
+        <x:v>12.27</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>503.71</x:v>
+        <x:v>399.33</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>592.6</x:v>
+        <x:v>469.8</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45744.7642708333</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>88.73</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>509.745</x:v>
+        <x:v>397.176</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>599.7</x:v>
+        <x:v>474.05</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45691.7625578704</x:v>
+        <x:v>45744.3355555556</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>88.73</x:v>
+        <x:v>14.08</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>509.745</x:v>
+        <x:v>402.743</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>599.7</x:v>
+        <x:v>480.6</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45688.76</x:v>
+        <x:v>45743.767349537</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>96.2</x:v>
+        <x:v>13.14</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>516.205</x:v>
+        <x:v>408.51</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>607.3</x:v>
+        <x:v>480.6</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45687.7638888889</x:v>
+        <x:v>45742.758912037</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>92.96</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>513.145</x:v>
+        <x:v>424.83</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>603.7</x:v>
+        <x:v>499.8</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45686.7638078704</x:v>
+        <x:v>45741.7595023148</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>96.87</x:v>
+        <x:v>20.08</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>516.545</x:v>
+        <x:v>435.54</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>607.7</x:v>
+        <x:v>512.4</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
+        <x:v>45740.763599537</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C199" s="0">
+        <x:v>22.5</x:v>
+      </x:c>
+      <x:c r="D199" s="0">
+        <x:v>443.445</x:v>
+      </x:c>
+      <x:c r="E199" s="0">
+        <x:v>521.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:5">
+      <x:c r="A200" s="1">
+        <x:v>45737.759525463</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C200" s="0">
+        <x:v>24.54</x:v>
+      </x:c>
+      <x:c r="D200" s="0">
+        <x:v>449.48</x:v>
+      </x:c>
+      <x:c r="E200" s="0">
+        <x:v>528.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:5">
+      <x:c r="A201" s="1">
+        <x:v>45736.7631134259</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C201" s="0">
+        <x:v>29.63</x:v>
+      </x:c>
+      <x:c r="D201" s="0">
+        <x:v>462.655</x:v>
+      </x:c>
+      <x:c r="E201" s="0">
+        <x:v>544.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:5">
+      <x:c r="A202" s="1">
+        <x:v>45735.7582638889</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C202" s="0">
+        <x:v>30.32</x:v>
+      </x:c>
+      <x:c r="D202" s="0">
+        <x:v>464.355</x:v>
+      </x:c>
+      <x:c r="E202" s="0">
+        <x:v>546.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:5">
+      <x:c r="A203" s="1">
+        <x:v>45734.7602314815</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C203" s="0">
+        <x:v>31.48</x:v>
+      </x:c>
+      <x:c r="D203" s="0">
+        <x:v>467.16</x:v>
+      </x:c>
+      <x:c r="E203" s="0">
+        <x:v>549.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:5">
+      <x:c r="A204" s="1">
+        <x:v>45733.7570833333</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C204" s="0">
+        <x:v>30.05</x:v>
+      </x:c>
+      <x:c r="D204" s="0">
+        <x:v>463.42</x:v>
+      </x:c>
+      <x:c r="E204" s="0">
+        <x:v>545.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:5">
+      <x:c r="A205" s="1">
+        <x:v>45730.76125</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C205" s="0">
+        <x:v>25.75</x:v>
+      </x:c>
+      <x:c r="D205" s="0">
+        <x:v>446.25</x:v>
+      </x:c>
+      <x:c r="E205" s="0">
+        <x:v>530.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:5">
+      <x:c r="A206" s="1">
+        <x:v>45729.7592824074</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C206" s="0">
+        <x:v>24.32</x:v>
+      </x:c>
+      <x:c r="D206" s="0">
+        <x:v>446.25</x:v>
+      </x:c>
+      <x:c r="E206" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:5">
+      <x:c r="A207" s="1">
+        <x:v>45728.7584837963</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C207" s="0">
+        <x:v>20.19</x:v>
+      </x:c>
+      <x:c r="D207" s="0">
+        <x:v>431.46</x:v>
+      </x:c>
+      <x:c r="E207" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:5">
+      <x:c r="A208" s="1">
+        <x:v>45727.7601388889</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C208" s="0">
+        <x:v>27.27</x:v>
+      </x:c>
+      <x:c r="D208" s="0">
+        <x:v>450.925</x:v>
+      </x:c>
+      <x:c r="E208" s="0">
+        <x:v>530.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:5">
+      <x:c r="A209" s="1">
+        <x:v>45726.7684259259</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C209" s="0">
+        <x:v>34.4</x:v>
+      </x:c>
+      <x:c r="D209" s="0">
+        <x:v>507.96</x:v>
+      </x:c>
+      <x:c r="E209" s="0">
+        <x:v>597.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:5">
+      <x:c r="A210" s="1">
+        <x:v>45723.7596643519</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C210" s="0">
+        <x:v>66.99</x:v>
+      </x:c>
+      <x:c r="D210" s="0">
+        <x:v>520.54</x:v>
+      </x:c>
+      <x:c r="E210" s="0">
+        <x:v>612.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:5">
+      <x:c r="A211" s="1">
+        <x:v>45722.7590162037</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C211" s="0">
+        <x:v>78.43</x:v>
+      </x:c>
+      <x:c r="D211" s="0">
+        <x:v>536.775</x:v>
+      </x:c>
+      <x:c r="E211" s="0">
+        <x:v>631.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:5">
+      <x:c r="A212" s="1">
+        <x:v>45721.7632291667</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C212" s="0">
+        <x:v>95.91</x:v>
+      </x:c>
+      <x:c r="D212" s="0">
+        <x:v>523.77</x:v>
+      </x:c>
+      <x:c r="E212" s="0">
+        <x:v>616.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:5">
+      <x:c r="A213" s="1">
+        <x:v>45720.7598842593</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C213" s="0">
+        <x:v>83.54</x:v>
+      </x:c>
+      <x:c r="D213" s="0">
+        <x:v>543.235</x:v>
+      </x:c>
+      <x:c r="E213" s="0">
+        <x:v>639.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:5">
+      <x:c r="A214" s="1">
+        <x:v>45719.76</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C214" s="0">
+        <x:v>106.53</x:v>
+      </x:c>
+      <x:c r="D214" s="0">
+        <x:v>547.825</x:v>
+      </x:c>
+      <x:c r="E214" s="0">
+        <x:v>644.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:5">
+      <x:c r="A215" s="1">
+        <x:v>45716.7600115741</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C215" s="0">
+        <x:v>112.47</x:v>
+      </x:c>
+      <x:c r="D215" s="0">
+        <x:v>545.53</x:v>
+      </x:c>
+      <x:c r="E215" s="0">
+        <x:v>641.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:5">
+      <x:c r="A216" s="1">
+        <x:v>45715.7569907407</x:v>
+      </x:c>
+      <x:c r="B216" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C216" s="0">
+        <x:v>109.79</x:v>
+      </x:c>
+      <x:c r="D216" s="0">
+        <x:v>546.38</x:v>
+      </x:c>
+      <x:c r="E216" s="0">
+        <x:v>642.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:5">
+      <x:c r="A217" s="1">
+        <x:v>45714.7741666667</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C217" s="0">
+        <x:v>110.91</x:v>
+      </x:c>
+      <x:c r="D217" s="0">
+        <x:v>558.45</x:v>
+      </x:c>
+      <x:c r="E217" s="0">
+        <x:v>657</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:5">
+      <x:c r="A218" s="1">
+        <x:v>45713.7589467593</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C218" s="0">
+        <x:v>127.56</x:v>
+      </x:c>
+      <x:c r="D218" s="0">
+        <x:v>543.32</x:v>
+      </x:c>
+      <x:c r="E218" s="0">
+        <x:v>639.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:5">
+      <x:c r="A219" s="1">
+        <x:v>45712.7659027778</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C219" s="0">
+        <x:v>109.38</x:v>
+      </x:c>
+      <x:c r="D219" s="0">
+        <x:v>535.5</x:v>
+      </x:c>
+      <x:c r="E219" s="0">
+        <x:v>630</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:5">
+      <x:c r="A220" s="1">
+        <x:v>45709.7637731481</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C220" s="0">
+        <x:v>100.8</x:v>
+      </x:c>
+      <x:c r="D220" s="0">
+        <x:v>506.005</x:v>
+      </x:c>
+      <x:c r="E220" s="0">
+        <x:v>595.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:5">
+      <x:c r="A221" s="1">
+        <x:v>45708.7618634259</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C221" s="0">
+        <x:v>74.73</x:v>
+      </x:c>
+      <x:c r="D221" s="0">
+        <x:v>507.875</x:v>
+      </x:c>
+      <x:c r="E221" s="0">
+        <x:v>597.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:5">
+      <x:c r="A222" s="1">
+        <x:v>45707.7577430556</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C222" s="0">
+        <x:v>76.49</x:v>
+      </x:c>
+      <x:c r="D222" s="0">
+        <x:v>498.95</x:v>
+      </x:c>
+      <x:c r="E222" s="0">
+        <x:v>587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:5">
+      <x:c r="A223" s="1">
+        <x:v>45706.762337963</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C223" s="0">
+        <x:v>69.13</x:v>
+      </x:c>
+      <x:c r="D223" s="0">
+        <x:v>483.99</x:v>
+      </x:c>
+      <x:c r="E223" s="0">
+        <x:v>569.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:5">
+      <x:c r="A224" s="1">
+        <x:v>45705.7592013889</x:v>
+      </x:c>
+      <x:c r="B224" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C224" s="0">
+        <x:v>58.35</x:v>
+      </x:c>
+      <x:c r="D224" s="0">
+        <x:v>473.875</x:v>
+      </x:c>
+      <x:c r="E224" s="0">
+        <x:v>557.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:5">
+      <x:c r="A225" s="1">
+        <x:v>45702.7668171296</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C225" s="0">
+        <x:v>51.85</x:v>
+      </x:c>
+      <x:c r="D225" s="0">
+        <x:v>481.1</x:v>
+      </x:c>
+      <x:c r="E225" s="0">
+        <x:v>566</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:5">
+      <x:c r="A226" s="1">
+        <x:v>45701.7653703704</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C226" s="0">
+        <x:v>57.03</x:v>
+      </x:c>
+      <x:c r="D226" s="0">
+        <x:v>497.845</x:v>
+      </x:c>
+      <x:c r="E226" s="0">
+        <x:v>585.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:5">
+      <x:c r="A227" s="1">
+        <x:v>45700.7626967593</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C227" s="0">
+        <x:v>71.53</x:v>
+      </x:c>
+      <x:c r="D227" s="0">
+        <x:v>510.17</x:v>
+      </x:c>
+      <x:c r="E227" s="0">
+        <x:v>600.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:5">
+      <x:c r="A228" s="1">
+        <x:v>45699.7634259259</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C228" s="0">
+        <x:v>83.74</x:v>
+      </x:c>
+      <x:c r="D228" s="0">
+        <x:v>523.09</x:v>
+      </x:c>
+      <x:c r="E228" s="0">
+        <x:v>615.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:5">
+      <x:c r="A229" s="1">
+        <x:v>45698.7617361111</x:v>
+      </x:c>
+      <x:c r="B229" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C229" s="0">
+        <x:v>98.41</x:v>
+      </x:c>
+      <x:c r="D229" s="0">
+        <x:v>534.565</x:v>
+      </x:c>
+      <x:c r="E229" s="0">
+        <x:v>628.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:5">
+      <x:c r="A230" s="1">
+        <x:v>45695.7611458333</x:v>
+      </x:c>
+      <x:c r="B230" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C230" s="0">
+        <x:v>113.3</x:v>
+      </x:c>
+      <x:c r="D230" s="0">
+        <x:v>539.75</x:v>
+      </x:c>
+      <x:c r="E230" s="0">
+        <x:v>635</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:5">
+      <x:c r="A231" s="1">
+        <x:v>45694.7634490741</x:v>
+      </x:c>
+      <x:c r="B231" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C231" s="0">
+        <x:v>120.34</x:v>
+      </x:c>
+      <x:c r="D231" s="0">
+        <x:v>526.575</x:v>
+      </x:c>
+      <x:c r="E231" s="0">
+        <x:v>619.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:5">
+      <x:c r="A232" s="1">
+        <x:v>45693.7706365741</x:v>
+      </x:c>
+      <x:c r="B232" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C232" s="0">
+        <x:v>104.71</x:v>
+      </x:c>
+      <x:c r="D232" s="0">
+        <x:v>526.575</x:v>
+      </x:c>
+      <x:c r="E232" s="0">
+        <x:v>619.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:5">
+      <x:c r="A233" s="1">
+        <x:v>45692.7817476852</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C233" s="0">
+        <x:v>82.35</x:v>
+      </x:c>
+      <x:c r="D233" s="0">
+        <x:v>503.71</x:v>
+      </x:c>
+      <x:c r="E233" s="0">
+        <x:v>592.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:5">
+      <x:c r="A234" s="1">
+        <x:v>45691.9280671296</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C234" s="0">
+        <x:v>88.73</x:v>
+      </x:c>
+      <x:c r="D234" s="0">
+        <x:v>509.745</x:v>
+      </x:c>
+      <x:c r="E234" s="0">
+        <x:v>599.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:5">
+      <x:c r="A235" s="1">
+        <x:v>45691.7625578704</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C235" s="0">
+        <x:v>88.73</x:v>
+      </x:c>
+      <x:c r="D235" s="0">
+        <x:v>509.745</x:v>
+      </x:c>
+      <x:c r="E235" s="0">
+        <x:v>599.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:5">
+      <x:c r="A236" s="1">
+        <x:v>45688.76</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C236" s="0">
+        <x:v>96.2</x:v>
+      </x:c>
+      <x:c r="D236" s="0">
+        <x:v>516.205</x:v>
+      </x:c>
+      <x:c r="E236" s="0">
+        <x:v>607.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:5">
+      <x:c r="A237" s="1">
+        <x:v>45687.7638888889</x:v>
+      </x:c>
+      <x:c r="B237" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C237" s="0">
+        <x:v>92.96</x:v>
+      </x:c>
+      <x:c r="D237" s="0">
+        <x:v>513.145</x:v>
+      </x:c>
+      <x:c r="E237" s="0">
+        <x:v>603.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238" spans="1:5">
+      <x:c r="A238" s="1">
+        <x:v>45686.7638078704</x:v>
+      </x:c>
+      <x:c r="B238" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C238" s="0">
+        <x:v>96.87</x:v>
+      </x:c>
+      <x:c r="D238" s="0">
+        <x:v>516.545</x:v>
+      </x:c>
+      <x:c r="E238" s="0">
+        <x:v>607.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239" spans="1:5">
+      <x:c r="A239" s="1">
         <x:v>45685.9323263889</x:v>
       </x:c>
-      <x:c r="B199" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C199" s="0">
+      <x:c r="B239" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C239" s="0">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D199" s="0">
+      <x:c r="D239" s="0">
         <x:v>519.18</x:v>
       </x:c>
-      <x:c r="E199" s="0">
+      <x:c r="E239" s="0">
         <x:v>610.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>