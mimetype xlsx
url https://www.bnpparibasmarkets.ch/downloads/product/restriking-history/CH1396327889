--- v2 (2026-01-13)
+++ v3 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2556792451456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8111d51dcc484cc6a2698b017e3f4661.psmdcp" Id="Rcd45837998b54d37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c2b1583af284c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/918216949c6f46aaaffd1439c2b4dcd6.psmdcp" Id="Ra9affd55a201454a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1396327889</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>