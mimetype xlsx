--- v3 (2026-02-02)
+++ v4 (2026-03-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c2b1583af284c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/918216949c6f46aaaffd1439c2b4dcd6.psmdcp" Id="Ra9affd55a201454a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd9331c7aa6a474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8489d26a87f64a258ba1e10b180e7a29.psmdcp" Id="R885dadf034d84555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1396327889</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>