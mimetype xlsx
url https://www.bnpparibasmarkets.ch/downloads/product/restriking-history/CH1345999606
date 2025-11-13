--- v0 (2025-10-01)
+++ v1 (2025-11-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e7a349550a7426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d101987ab4194c118cd11e942ea6fecf.psmdcp" Id="R781f1ad7ec53412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff8dbbde05b4e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd841d2fd2df4d5aa61f7fca2edfc1c5.psmdcp" Id="R8454a4dc6e0e4c61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345999606</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,5911 +393,6421 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E345"/>
+  <x:dimension ref="A1:E375"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>621.22</x:v>
+        <x:v>576.604</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>698</x:v>
+        <x:v>647.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>648.338</x:v>
+        <x:v>569.226</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>728.47</x:v>
+        <x:v>639.58</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>637.712</x:v>
+        <x:v>554.408</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>716.53</x:v>
+        <x:v>622.93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>634.232</x:v>
+        <x:v>549.05</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>712.62</x:v>
+        <x:v>616.91</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>630.698</x:v>
+        <x:v>550.198</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>708.65</x:v>
+        <x:v>618.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>639.857</x:v>
+        <x:v>551.8</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>718.94</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>657.292</x:v>
+        <x:v>560.344</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>738.53</x:v>
+        <x:v>629.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>654.079</x:v>
+        <x:v>573.24</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>734.92</x:v>
+        <x:v>644.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>653.367</x:v>
+        <x:v>583.235</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>734.12</x:v>
+        <x:v>655.32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>629.399</x:v>
+        <x:v>584.445</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>707.19</x:v>
+        <x:v>656.68</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>626.613</x:v>
+        <x:v>592.446</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>704.06</x:v>
+        <x:v>665.67</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>625.759</x:v>
+        <x:v>581.553</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>703.1</x:v>
+        <x:v>653.43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>619.796</x:v>
+        <x:v>585.442</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>696.4</x:v>
+        <x:v>657.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>614.376</x:v>
+        <x:v>574.744</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>690.31</x:v>
+        <x:v>645.78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>626.64</x:v>
+        <x:v>599.735</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>704.09</x:v>
+        <x:v>673.86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>640.052</x:v>
+        <x:v>601.302</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>719.16</x:v>
+        <x:v>675.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>639.269</x:v>
+        <x:v>613.397</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>718.28</x:v>
+        <x:v>689.21</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>629.399</x:v>
+        <x:v>601.222</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>707.19</x:v>
+        <x:v>675.53</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>626.426</x:v>
+        <x:v>597.653</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>703.85</x:v>
+        <x:v>671.52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>620.624</x:v>
+        <x:v>591.369</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>697.33</x:v>
+        <x:v>664.46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>613.762</x:v>
+        <x:v>597.457</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>689.62</x:v>
+        <x:v>671.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>606.873</x:v>
+        <x:v>608.324</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>681.88</x:v>
+        <x:v>683.51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>612.142</x:v>
+        <x:v>615.916</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>687.8</x:v>
+        <x:v>692.04</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>616.761</x:v>
+        <x:v>609.908</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>692.99</x:v>
+        <x:v>685.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>619.858</x:v>
+        <x:v>600.528</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>696.47</x:v>
+        <x:v>674.75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>618.363</x:v>
+        <x:v>605.592</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>694.79</x:v>
+        <x:v>680.44</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>616.761</x:v>
+        <x:v>605.449</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>692.99</x:v>
+        <x:v>680.28</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>613.628</x:v>
+        <x:v>605.645</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>689.47</x:v>
+        <x:v>680.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>626.373</x:v>
+        <x:v>629.497</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>703.79</x:v>
+        <x:v>707.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>640.222</x:v>
+        <x:v>623.605</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>719.35</x:v>
+        <x:v>700.68</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>647.982</x:v>
+        <x:v>621.22</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>728.07</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>652.201</x:v>
+        <x:v>648.338</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>732.81</x:v>
+        <x:v>728.47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>621.665</x:v>
+        <x:v>637.712</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>698.5</x:v>
+        <x:v>716.53</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>618.55</x:v>
+        <x:v>634.232</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>695</x:v>
+        <x:v>712.62</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>613.522</x:v>
+        <x:v>630.698</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>689.35</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>613.415</x:v>
+        <x:v>639.857</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>689.23</x:v>
+        <x:v>718.94</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>628.242</x:v>
+        <x:v>657.292</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>705.89</x:v>
+        <x:v>738.53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>611.199</x:v>
+        <x:v>654.079</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>686.74</x:v>
+        <x:v>734.92</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>593.461</x:v>
+        <x:v>653.367</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>666.81</x:v>
+        <x:v>734.12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>575.83</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>647</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>586.145</x:v>
+        <x:v>626.613</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>658.59</x:v>
+        <x:v>704.06</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>557.621</x:v>
+        <x:v>625.759</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>626.54</x:v>
+        <x:v>703.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>578.918</x:v>
+        <x:v>619.796</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>650.47</x:v>
+        <x:v>696.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>551.809</x:v>
+        <x:v>614.376</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>620.01</x:v>
+        <x:v>690.31</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45867.6679166667</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>554.47</x:v>
+        <x:v>626.64</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>623</x:v>
+        <x:v>704.09</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.89</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>623.872</x:v>
+        <x:v>640.052</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>700.98</x:v>
+        <x:v>719.16</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>3.58</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>616.859</x:v>
+        <x:v>639.269</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>693.1</x:v>
+        <x:v>718.28</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.15</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>606.464</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>681.42</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>2.91</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>600.269</x:v>
+        <x:v>626.426</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>674.46</x:v>
+        <x:v>703.85</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>2.96</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>601.409</x:v>
+        <x:v>620.624</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>675.74</x:v>
+        <x:v>697.33</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>4.59</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>629.123</x:v>
+        <x:v>613.762</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>706.88</x:v>
+        <x:v>689.62</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>4.07</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>618.977</x:v>
+        <x:v>606.873</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>695.48</x:v>
+        <x:v>681.88</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>5.68</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>641.61</x:v>
+        <x:v>612.142</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>720.91</x:v>
+        <x:v>687.8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>4.85</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>627.94</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>705.55</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>5.14</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>632.309</x:v>
+        <x:v>619.858</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>710.46</x:v>
+        <x:v>696.47</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>5.58</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>638.566</x:v>
+        <x:v>618.363</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>717.49</x:v>
+        <x:v>694.79</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>5.13</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>631.144</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>709.15</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>5.18</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>631.856</x:v>
+        <x:v>613.628</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>709.95</x:v>
+        <x:v>689.47</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>6</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>642.687</x:v>
+        <x:v>626.373</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>722.12</x:v>
+        <x:v>703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>5.96</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>642.037</x:v>
+        <x:v>640.222</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>721.39</x:v>
+        <x:v>719.35</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>7.12</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>655.298</x:v>
+        <x:v>647.982</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>736.29</x:v>
+        <x:v>728.07</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>6.37</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>645.294</x:v>
+        <x:v>652.201</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>725.05</x:v>
+        <x:v>732.81</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>5.43</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>631.455</x:v>
+        <x:v>621.665</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>709.5</x:v>
+        <x:v>698.5</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>6.34</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>642.892</x:v>
+        <x:v>618.55</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>722.35</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>11.97</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>682.933</x:v>
+        <x:v>613.522</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>767.34</x:v>
+        <x:v>689.35</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>12.72</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>687.614</x:v>
+        <x:v>613.415</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>772.6</x:v>
+        <x:v>689.23</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>13.19</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>690.551</x:v>
+        <x:v>628.242</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>775.9</x:v>
+        <x:v>705.89</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>9.23</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>655.307</x:v>
+        <x:v>611.199</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>736.3</x:v>
+        <x:v>686.74</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>10.82</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>667.42</x:v>
+        <x:v>593.461</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>749.91</x:v>
+        <x:v>666.81</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>8.99</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>650.724</x:v>
+        <x:v>575.83</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>731.15</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>7.11</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>629.604</x:v>
+        <x:v>586.145</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>707.42</x:v>
+        <x:v>658.59</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>7.37</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>632.069</x:v>
+        <x:v>557.621</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>710.19</x:v>
+        <x:v>626.54</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>8.41</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>641.939</x:v>
+        <x:v>578.918</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>721.28</x:v>
+        <x:v>650.47</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>7.92</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>636.857</x:v>
+        <x:v>551.809</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>715.57</x:v>
+        <x:v>620.01</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45867.6679166667</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>7.55</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>632.656</x:v>
+        <x:v>554.47</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>710.85</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>6.93</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>625.51</x:v>
+        <x:v>623.872</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>702.82</x:v>
+        <x:v>700.98</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>7.47</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>631.135</x:v>
+        <x:v>616.859</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>709.14</x:v>
+        <x:v>693.1</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>6.33</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>617.055</x:v>
+        <x:v>606.464</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>693.32</x:v>
+        <x:v>681.42</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>8.1</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>633.911</x:v>
+        <x:v>600.269</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>712.26</x:v>
+        <x:v>674.46</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>8.16</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>634.41</x:v>
+        <x:v>601.409</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>712.82</x:v>
+        <x:v>675.74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>7.21</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>623.961</x:v>
+        <x:v>629.123</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>701.08</x:v>
+        <x:v>706.88</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>5.31</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>597.252</x:v>
+        <x:v>618.977</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>671.07</x:v>
+        <x:v>695.48</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>5.38</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>598.08</x:v>
+        <x:v>641.61</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>672</x:v>
+        <x:v>720.91</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>4.43</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>581.9</x:v>
+        <x:v>627.94</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>653.82</x:v>
+        <x:v>705.55</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>3.65</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>566.708</x:v>
+        <x:v>632.309</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>636.75</x:v>
+        <x:v>710.46</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>3.96</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>572.27</x:v>
+        <x:v>638.566</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>643</x:v>
+        <x:v>717.49</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>4.9</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>586.163</x:v>
+        <x:v>631.144</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>658.61</x:v>
+        <x:v>709.15</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>5.29</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>591.512</x:v>
+        <x:v>631.856</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>664.62</x:v>
+        <x:v>709.95</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>4.82</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>584.107</x:v>
+        <x:v>642.687</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>656.3</x:v>
+        <x:v>722.12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>4.02</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>569.76</x:v>
+        <x:v>642.037</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>640.18</x:v>
+        <x:v>721.39</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>3.7</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>563.575</x:v>
+        <x:v>655.298</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>633.23</x:v>
+        <x:v>736.29</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>3.17</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>551.862</x:v>
+        <x:v>645.294</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>620.07</x:v>
+        <x:v>725.05</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>3.2</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>552.521</x:v>
+        <x:v>631.455</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>620.81</x:v>
+        <x:v>709.5</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>4.88</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>576.942</x:v>
+        <x:v>642.892</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>648.25</x:v>
+        <x:v>722.35</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>5.34</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>583.181</x:v>
+        <x:v>682.933</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>655.26</x:v>
+        <x:v>767.34</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>5.47</x:v>
+        <x:v>12.72</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>584.819</x:v>
+        <x:v>687.614</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>657.1</x:v>
+        <x:v>772.6</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>4.19</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>563.236</x:v>
+        <x:v>690.551</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>632.85</x:v>
+        <x:v>775.9</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>4.47</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>567.508</x:v>
+        <x:v>655.307</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>637.65</x:v>
+        <x:v>736.3</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>4.88</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>573.16</x:v>
+        <x:v>667.42</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>644</x:v>
+        <x:v>749.91</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>3.51</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>546.442</x:v>
+        <x:v>650.724</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>613.98</x:v>
+        <x:v>731.15</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>2.32</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>513.477</x:v>
+        <x:v>629.604</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>576.94</x:v>
+        <x:v>707.42</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.23</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>531.98</x:v>
+        <x:v>632.069</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>597.73</x:v>
+        <x:v>710.19</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>4.61</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>552.441</x:v>
+        <x:v>641.939</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>620.72</x:v>
+        <x:v>721.28</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>3.87</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>539.296</x:v>
+        <x:v>636.857</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>605.95</x:v>
+        <x:v>715.57</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>3.28</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>527.503</x:v>
+        <x:v>632.656</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>592.7</x:v>
+        <x:v>710.85</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>3.19</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>525.447</x:v>
+        <x:v>625.51</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>590.39</x:v>
+        <x:v>702.82</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>2.62</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>511.082</x:v>
+        <x:v>631.135</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>574.25</x:v>
+        <x:v>709.14</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>2.26</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>501.132</x:v>
+        <x:v>617.055</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>563.07</x:v>
+        <x:v>693.32</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>2.61</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>509.427</x:v>
+        <x:v>633.911</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>572.39</x:v>
+        <x:v>712.26</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>1.95</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>488.761</x:v>
+        <x:v>634.41</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>549.17</x:v>
+        <x:v>712.82</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>1.81</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>483.857</x:v>
+        <x:v>623.961</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>543.66</x:v>
+        <x:v>701.08</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>2.1</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>492.188</x:v>
+        <x:v>597.252</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>553.02</x:v>
+        <x:v>671.07</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>2.71</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>506.463</x:v>
+        <x:v>598.08</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>569.06</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.52</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>461.332</x:v>
+        <x:v>581.9</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>518.35</x:v>
+        <x:v>653.82</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.4</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>461.883</x:v>
+        <x:v>566.708</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>518.97</x:v>
+        <x:v>636.75</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>1.24</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>447.937</x:v>
+        <x:v>572.27</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>503.3</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45751.8460648148</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>1.12</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>442.324</x:v>
+        <x:v>586.163</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>496.994</x:v>
+        <x:v>658.61</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>9.44</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>496.994</x:v>
+        <x:v>591.512</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>558.42</x:v>
+        <x:v>664.62</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>8.76</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>491.04</x:v>
+        <x:v>584.107</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>551.73</x:v>
+        <x:v>656.3</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>8.56</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>489.527</x:v>
+        <x:v>569.76</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>550.03</x:v>
+        <x:v>640.18</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>10.24</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>499.432</x:v>
+        <x:v>563.575</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>561.16</x:v>
+        <x:v>633.23</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>13.91</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>516.396</x:v>
+        <x:v>551.862</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>580.22</x:v>
+        <x:v>620.07</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>13.22</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>512.952</x:v>
+        <x:v>552.521</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>576.35</x:v>
+        <x:v>620.81</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>27.26</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>548.133</x:v>
+        <x:v>576.942</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>615.88</x:v>
+        <x:v>648.25</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>23.78</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>538.192</x:v>
+        <x:v>583.181</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>604.71</x:v>
+        <x:v>655.26</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>22.46</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>533.947</x:v>
+        <x:v>584.819</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>599.94</x:v>
+        <x:v>657.1</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>20.97</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>529.15</x:v>
+        <x:v>563.236</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>594.55</x:v>
+        <x:v>632.85</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>18.85</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>521.745</x:v>
+        <x:v>567.508</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>586.23</x:v>
+        <x:v>637.65</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>15.28</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>506.837</x:v>
+        <x:v>573.16</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>569.48</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>24.5</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>531.739</x:v>
+        <x:v>546.442</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>597.46</x:v>
+        <x:v>613.98</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>18.68</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>478.74</x:v>
+        <x:v>513.477</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>574.79</x:v>
+        <x:v>576.94</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>12.08</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>478.74</x:v>
+        <x:v>531.98</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>0</x:v>
+        <x:v>597.73</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>11.73</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>476.898</x:v>
+        <x:v>552.441</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>0</x:v>
+        <x:v>620.72</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>8.21</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>452.512</x:v>
+        <x:v>539.296</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>508.44</x:v>
+        <x:v>605.95</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>6.25</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>473.569</x:v>
+        <x:v>527.503</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>532.1</x:v>
+        <x:v>592.7</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>17.81</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>483.635</x:v>
+        <x:v>525.447</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>543.41</x:v>
+        <x:v>590.39</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>21.41</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>522.279</x:v>
+        <x:v>511.082</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>586.83</x:v>
+        <x:v>574.25</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>52.66</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>519.885</x:v>
+        <x:v>501.132</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>584.14</x:v>
+        <x:v>563.07</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>50.86</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>533.875</x:v>
+        <x:v>509.427</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>599.86</x:v>
+        <x:v>572.39</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>64.48</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>541.129</x:v>
+        <x:v>488.761</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>608.01</x:v>
+        <x:v>549.17</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>72.59</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>525.776</x:v>
+        <x:v>483.857</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>590.76</x:v>
+        <x:v>543.66</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>58.92</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>536.786</x:v>
+        <x:v>492.188</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>603.13</x:v>
+        <x:v>553.02</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>70.61</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>523.827</x:v>
+        <x:v>506.463</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>588.57</x:v>
+        <x:v>569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>59.02</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>535.433</x:v>
+        <x:v>461.332</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>601.61</x:v>
+        <x:v>518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>71.53</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>540.568</x:v>
+        <x:v>461.883</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>607.38</x:v>
+        <x:v>518.97</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>77.79</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>566.725</x:v>
+        <x:v>447.937</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>636.77</x:v>
+        <x:v>503.3</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45751.8460648148</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>123.63</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>572.03</x:v>
+        <x:v>442.324</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>642.73</x:v>
+        <x:v>496.994</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>133.75</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>561.198</x:v>
+        <x:v>496.994</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>630.56</x:v>
+        <x:v>558.42</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>116.02</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>567.98</x:v>
+        <x:v>491.04</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>638.18</x:v>
+        <x:v>551.73</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>129.13</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>577.005</x:v>
+        <x:v>489.527</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>648.32</x:v>
+        <x:v>550.03</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>135.02</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>554.604</x:v>
+        <x:v>499.432</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>623.15</x:v>
+        <x:v>561.16</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>110.46</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>567.544</x:v>
+        <x:v>516.396</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>637.69</x:v>
+        <x:v>580.22</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>135.35</x:v>
+        <x:v>13.22</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>567.544</x:v>
+        <x:v>512.952</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>637.69</x:v>
+        <x:v>576.35</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>114.3</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>557.024</x:v>
+        <x:v>548.133</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>625.87</x:v>
+        <x:v>615.88</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>118.85</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>557.14</x:v>
+        <x:v>538.192</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>626</x:v>
+        <x:v>604.71</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>119.23</x:v>
+        <x:v>22.46</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>557.14</x:v>
+        <x:v>533.947</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>626</x:v>
+        <x:v>599.94</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>113.24</x:v>
+        <x:v>20.97</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>553.375</x:v>
+        <x:v>529.15</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>621.77</x:v>
+        <x:v>594.55</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>55.03</x:v>
+        <x:v>18.85</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>488.681</x:v>
+        <x:v>521.745</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>549.08</x:v>
+        <x:v>586.23</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>54.86</x:v>
+        <x:v>15.28</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>488.21</x:v>
+        <x:v>506.837</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>548.55</x:v>
+        <x:v>569.48</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>56.24</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>489.616</x:v>
+        <x:v>531.739</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>550.13</x:v>
+        <x:v>597.46</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>48.22</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>479.559</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>538.83</x:v>
+        <x:v>574.79</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>43.07</x:v>
+        <x:v>12.08</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>472.412</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>530.8</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>32.52</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>454.283</x:v>
+        <x:v>476.898</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>510.43</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>25.28</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>439.268</x:v>
+        <x:v>452.512</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>493.56</x:v>
+        <x:v>508.44</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>23.03</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>433.884</x:v>
+        <x:v>473.569</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>487.51</x:v>
+        <x:v>532.1</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>22.43</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>432.122</x:v>
+        <x:v>483.635</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>485.53</x:v>
+        <x:v>543.41</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>24.38</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>436.403</x:v>
+        <x:v>522.279</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>490.34</x:v>
+        <x:v>586.83</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>24.56</x:v>
+        <x:v>52.66</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>436.714</x:v>
+        <x:v>519.885</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>490.69</x:v>
+        <x:v>584.14</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>16.75</x:v>
+        <x:v>50.86</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>412.595</x:v>
+        <x:v>533.875</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>463.59</x:v>
+        <x:v>599.86</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>15.42</x:v>
+        <x:v>64.48</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>408.101</x:v>
+        <x:v>541.129</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>458.54</x:v>
+        <x:v>608.01</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>15.76</x:v>
+        <x:v>72.59</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>408.982</x:v>
+        <x:v>525.776</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>459.53</x:v>
+        <x:v>590.76</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>23.87</x:v>
+        <x:v>58.92</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>426.96</x:v>
+        <x:v>536.786</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>479.73</x:v>
+        <x:v>603.13</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>18.78</x:v>
+        <x:v>70.61</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>412.898</x:v>
+        <x:v>523.827</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>463.93</x:v>
+        <x:v>588.57</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>20.57</x:v>
+        <x:v>59.02</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>417.348</x:v>
+        <x:v>535.433</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>468.93</x:v>
+        <x:v>601.61</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>19.89</x:v>
+        <x:v>71.53</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>415.354</x:v>
+        <x:v>540.568</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>466.69</x:v>
+        <x:v>607.38</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>15.82</x:v>
+        <x:v>77.79</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>402.093</x:v>
+        <x:v>566.725</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>451.79</x:v>
+        <x:v>636.77</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>17.32</x:v>
+        <x:v>123.63</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>406.267</x:v>
+        <x:v>572.03</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>456.48</x:v>
+        <x:v>642.73</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>17.37</x:v>
+        <x:v>133.75</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>406.098</x:v>
+        <x:v>561.198</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>456.29</x:v>
+        <x:v>630.56</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>18.96</x:v>
+        <x:v>116.02</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>410.183</x:v>
+        <x:v>567.98</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>460.88</x:v>
+        <x:v>638.18</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>18.96</x:v>
+        <x:v>129.13</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>410.183</x:v>
+        <x:v>577.005</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>460.88</x:v>
+        <x:v>648.32</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>16.98</x:v>
+        <x:v>135.02</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>404.202</x:v>
+        <x:v>554.604</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>454.16</x:v>
+        <x:v>623.15</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>15.48</x:v>
+        <x:v>110.46</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>399.298</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>448.65</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>27.42</x:v>
+        <x:v>135.35</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>422.189</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>474.37</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>33.25</x:v>
+        <x:v>114.3</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>431.561</x:v>
+        <x:v>557.024</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>484.9</x:v>
+        <x:v>625.87</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>32.54</x:v>
+        <x:v>118.85</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>430.146</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>483.31</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>30.94</x:v>
+        <x:v>119.23</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>427.298</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>480.11</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>29.41</x:v>
+        <x:v>113.24</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>424.45</x:v>
+        <x:v>553.375</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>476.91</x:v>
+        <x:v>621.77</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>27.01</x:v>
+        <x:v>55.03</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>419.706</x:v>
+        <x:v>488.681</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>471.58</x:v>
+        <x:v>549.08</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>33.06</x:v>
+        <x:v>54.86</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>429.443</x:v>
+        <x:v>488.21</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>482.52</x:v>
+        <x:v>548.55</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>44.86</x:v>
+        <x:v>56.24</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>443.781</x:v>
+        <x:v>489.616</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>498.63</x:v>
+        <x:v>550.13</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>41.48</x:v>
+        <x:v>48.22</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>439.224</x:v>
+        <x:v>479.559</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>493.51</x:v>
+        <x:v>538.83</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>48.39</x:v>
+        <x:v>43.07</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>447.118</x:v>
+        <x:v>472.412</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>502.38</x:v>
+        <x:v>530.8</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>34.75</x:v>
+        <x:v>32.52</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>427.44</x:v>
+        <x:v>454.283</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>480.27</x:v>
+        <x:v>510.43</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>33.07</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>424.494</x:v>
+        <x:v>439.268</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>476.96</x:v>
+        <x:v>493.56</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>32.24</x:v>
+        <x:v>23.03</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>422.964</x:v>
+        <x:v>433.884</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>475.24</x:v>
+        <x:v>487.51</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>33.05</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>424.183</x:v>
+        <x:v>432.122</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>476.61</x:v>
+        <x:v>485.53</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>35.95</x:v>
+        <x:v>24.38</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>428.428</x:v>
+        <x:v>436.403</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>481.38</x:v>
+        <x:v>490.34</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>32.62</x:v>
+        <x:v>24.56</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>422.786</x:v>
+        <x:v>436.714</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>475.04</x:v>
+        <x:v>490.69</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>30.43</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>418.923</x:v>
+        <x:v>412.595</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>470.7</x:v>
+        <x:v>463.59</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>30.12</x:v>
+        <x:v>15.42</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>418.309</x:v>
+        <x:v>408.101</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>470.01</x:v>
+        <x:v>458.54</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>27.26</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>412.809</x:v>
+        <x:v>408.982</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>463.83</x:v>
+        <x:v>459.53</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>23.39</x:v>
+        <x:v>23.87</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>404.38</x:v>
+        <x:v>426.96</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>454.36</x:v>
+        <x:v>479.73</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>25.26</x:v>
+        <x:v>18.78</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>407.905</x:v>
+        <x:v>412.898</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>458.32</x:v>
+        <x:v>463.93</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>37.3</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>424.975</x:v>
+        <x:v>417.348</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>477.5</x:v>
+        <x:v>468.93</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>31.83</x:v>
+        <x:v>19.89</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>415.959</x:v>
+        <x:v>415.354</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>467.37</x:v>
+        <x:v>466.69</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>16.63</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>373.257</x:v>
+        <x:v>402.093</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>419.39</x:v>
+        <x:v>451.79</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>14.12</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>365.069</x:v>
+        <x:v>406.267</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>410.19</x:v>
+        <x:v>456.48</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>11.92</x:v>
+        <x:v>17.37</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>356.605</x:v>
+        <x:v>406.098</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>400.68</x:v>
+        <x:v>456.29</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>11.74</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>355.858</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>399.84</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>9.98</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>348.132</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>391.16</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>8.48</x:v>
+        <x:v>16.98</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>340.541</x:v>
+        <x:v>404.202</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>382.63</x:v>
+        <x:v>454.16</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>7.7</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>336.18</x:v>
+        <x:v>399.298</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>377.73</x:v>
+        <x:v>448.65</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>9.01</x:v>
+        <x:v>27.42</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>342.205</x:v>
+        <x:v>422.189</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>384.5</x:v>
+        <x:v>474.37</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>9.14</x:v>
+        <x:v>33.25</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>342.739</x:v>
+        <x:v>431.561</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>385.1</x:v>
+        <x:v>484.9</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>11.18</x:v>
+        <x:v>32.54</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>350.678</x:v>
+        <x:v>430.146</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>394.02</x:v>
+        <x:v>483.31</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>10.59</x:v>
+        <x:v>30.94</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>348.195</x:v>
+        <x:v>427.298</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>391.23</x:v>
+        <x:v>480.11</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>9.28</x:v>
+        <x:v>29.41</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>342.08</x:v>
+        <x:v>424.45</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>384.36</x:v>
+        <x:v>476.91</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>8.4</x:v>
+        <x:v>27.01</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>337.452</x:v>
+        <x:v>419.706</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>379.16</x:v>
+        <x:v>471.58</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>8.02</x:v>
+        <x:v>33.06</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>335.414</x:v>
+        <x:v>429.443</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>376.87</x:v>
+        <x:v>482.52</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>8.57</x:v>
+        <x:v>44.86</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>338.058</x:v>
+        <x:v>443.781</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>379.84</x:v>
+        <x:v>498.63</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>10.23</x:v>
+        <x:v>41.48</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>344.991</x:v>
+        <x:v>439.224</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>387.63</x:v>
+        <x:v>493.51</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>9.16</x:v>
+        <x:v>48.39</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>339.953</x:v>
+        <x:v>447.118</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>381.97</x:v>
+        <x:v>502.38</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>7.83</x:v>
+        <x:v>34.75</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>331.614</x:v>
+        <x:v>427.44</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>372.6</x:v>
+        <x:v>480.27</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>7.83</x:v>
+        <x:v>33.07</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>331.525</x:v>
+        <x:v>424.494</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>372.5</x:v>
+        <x:v>476.96</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>8.08</x:v>
+        <x:v>32.24</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>332.593</x:v>
+        <x:v>422.964</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>373.7</x:v>
+        <x:v>475.24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>8.9</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>336.42</x:v>
+        <x:v>424.183</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>378</x:v>
+        <x:v>476.61</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>8.21</x:v>
+        <x:v>35.95</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>332.842</x:v>
+        <x:v>428.428</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>373.98</x:v>
+        <x:v>481.38</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>7.63</x:v>
+        <x:v>32.62</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>329.638</x:v>
+        <x:v>422.786</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>370.38</x:v>
+        <x:v>475.04</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>6.56</x:v>
+        <x:v>30.43</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>323.026</x:v>
+        <x:v>418.923</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>362.95</x:v>
+        <x:v>470.7</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>8.08</x:v>
+        <x:v>30.12</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>330.59</x:v>
+        <x:v>418.309</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>371.45</x:v>
+        <x:v>470.01</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>8.3</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>331.614</x:v>
+        <x:v>412.809</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>372.6</x:v>
+        <x:v>463.83</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>8.71</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>333.528</x:v>
+        <x:v>404.38</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>374.75</x:v>
+        <x:v>454.36</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>8.85</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>334.106</x:v>
+        <x:v>407.905</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>375.4</x:v>
+        <x:v>458.32</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>7.71</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>327.992</x:v>
+        <x:v>424.975</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>368.53</x:v>
+        <x:v>477.5</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>7.87</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>328.588</x:v>
+        <x:v>415.959</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>369.2</x:v>
+        <x:v>467.37</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>9.98</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>337.452</x:v>
+        <x:v>373.257</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>379.16</x:v>
+        <x:v>419.39</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>11.11</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>341.724</x:v>
+        <x:v>365.069</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>383.96</x:v>
+        <x:v>410.19</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>10.34</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>338.52</x:v>
+        <x:v>356.605</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>380.36</x:v>
+        <x:v>400.68</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>8.31</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>328.419</x:v>
+        <x:v>355.858</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>369.01</x:v>
+        <x:v>399.84</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>7.7</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>325.001</x:v>
+        <x:v>348.132</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>365.17</x:v>
+        <x:v>391.16</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>6.95</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>320.596</x:v>
+        <x:v>340.541</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>360.22</x:v>
+        <x:v>382.63</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>5.05</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>306.133</x:v>
+        <x:v>336.18</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>343.97</x:v>
+        <x:v>377.73</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>4.85</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>304.514</x:v>
+        <x:v>342.205</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>342.15</x:v>
+        <x:v>384.5</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>4.5</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>301.559</x:v>
+        <x:v>342.739</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>338.83</x:v>
+        <x:v>385.1</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>4.43</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>300.731</x:v>
+        <x:v>350.678</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>337.9</x:v>
+        <x:v>394.02</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>4.4</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>300.384</x:v>
+        <x:v>348.195</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>337.51</x:v>
+        <x:v>391.23</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>4.32</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>299.627</x:v>
+        <x:v>342.08</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>336.66</x:v>
+        <x:v>384.36</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>3.5</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>291.03</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>327</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>3.27</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>288.422</x:v>
+        <x:v>335.414</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>324.07</x:v>
+        <x:v>376.87</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>3.18</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>287.265</x:v>
+        <x:v>338.058</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>322.77</x:v>
+        <x:v>379.84</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>3.72</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>292.481</x:v>
+        <x:v>344.991</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>328.63</x:v>
+        <x:v>387.63</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>3.78</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>293.032</x:v>
+        <x:v>339.953</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>329.25</x:v>
+        <x:v>381.97</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>5.65</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>305.163</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>342.88</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>5.38</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>303.25</x:v>
+        <x:v>331.525</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>340.73</x:v>
+        <x:v>372.5</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>5.01</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>300.428</x:v>
+        <x:v>332.593</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>337.56</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>5.26</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>302.128</x:v>
+        <x:v>336.42</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>339.47</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>4.87</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>299.102</x:v>
+        <x:v>332.842</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>336.07</x:v>
+        <x:v>373.98</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>5.77</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>304.816</x:v>
+        <x:v>329.638</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>342.49</x:v>
+        <x:v>370.38</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>5.74</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>304.558</x:v>
+        <x:v>323.026</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>342.2</x:v>
+        <x:v>362.95</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>5.96</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>305.884</x:v>
+        <x:v>330.59</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>343.69</x:v>
+        <x:v>371.45</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>6.35</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>308.189</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>346.28</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>6.13</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>306.774</x:v>
+        <x:v>333.528</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>344.69</x:v>
+        <x:v>374.75</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>5.25</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>300.268</x:v>
+        <x:v>334.106</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>337.38</x:v>
+        <x:v>375.4</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>5.04</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>298.675</x:v>
+        <x:v>327.992</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>335.59</x:v>
+        <x:v>368.53</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>4.9</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>297.572</x:v>
+        <x:v>328.588</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>334.35</x:v>
+        <x:v>369.2</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>4.96</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>297.919</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>334.74</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>5.73</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>302.92</x:v>
+        <x:v>341.724</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>340.36</x:v>
+        <x:v>383.96</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>5.69</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>302.511</x:v>
+        <x:v>338.52</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>339.9</x:v>
+        <x:v>380.36</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>5.5</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>301.105</x:v>
+        <x:v>328.419</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>338.32</x:v>
+        <x:v>369.01</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>4.02</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>287.773</x:v>
+        <x:v>325.001</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>323.34</x:v>
+        <x:v>365.17</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>4.45</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>291.297</x:v>
+        <x:v>320.596</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>327.3</x:v>
+        <x:v>360.22</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>4.13</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>288.387</x:v>
+        <x:v>306.133</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>324.03</x:v>
+        <x:v>343.97</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>4.97</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>294.456</x:v>
+        <x:v>304.514</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>330.85</x:v>
+        <x:v>342.15</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>7.19</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>306.107</x:v>
+        <x:v>301.559</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>343.94</x:v>
+        <x:v>338.83</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>5.41</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>294.012</x:v>
+        <x:v>300.731</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>330.35</x:v>
+        <x:v>337.9</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>4.66</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>288.129</x:v>
+        <x:v>300.384</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>323.74</x:v>
+        <x:v>337.51</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>4.48</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>286.473</x:v>
+        <x:v>299.627</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>321.88</x:v>
+        <x:v>336.66</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>5.42</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>292.766</x:v>
+        <x:v>291.03</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>328.95</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>6.62</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>299.503</x:v>
+        <x:v>288.422</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>336.52</x:v>
+        <x:v>324.07</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>5.82</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>294.403</x:v>
+        <x:v>287.265</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>330.79</x:v>
+        <x:v>322.77</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>2.98</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>262.95</x:v>
+        <x:v>292.481</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>295.45</x:v>
+        <x:v>328.63</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>2.96</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>262.63</x:v>
+        <x:v>293.032</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>295.09</x:v>
+        <x:v>329.25</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>258.242</x:v>
+        <x:v>305.163</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>290.16</x:v>
+        <x:v>342.88</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>2.99</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>262.319</x:v>
+        <x:v>303.25</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>294.74</x:v>
+        <x:v>340.73</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>3.33</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>265.665</x:v>
+        <x:v>300.428</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>298.5</x:v>
+        <x:v>337.56</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>3.7</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>268.914</x:v>
+        <x:v>302.128</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>302.15</x:v>
+        <x:v>339.47</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>3.73</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>269.02</x:v>
+        <x:v>299.102</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>302.27</x:v>
+        <x:v>336.07</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>3.61</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>267.872</x:v>
+        <x:v>304.816</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>300.98</x:v>
+        <x:v>342.49</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>4.04</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>271.441</x:v>
+        <x:v>304.558</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>304.99</x:v>
+        <x:v>342.2</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>4.87</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>277.28</x:v>
+        <x:v>305.884</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>311.55</x:v>
+        <x:v>343.69</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>5.16</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>279.202</x:v>
+        <x:v>308.189</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>313.71</x:v>
+        <x:v>346.28</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>5.64</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>281.996</x:v>
+        <x:v>306.774</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>316.85</x:v>
+        <x:v>344.69</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>5.38</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>280.172</x:v>
+        <x:v>300.268</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>314.8</x:v>
+        <x:v>337.38</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>5.49</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>280.84</x:v>
+        <x:v>298.675</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>315.55</x:v>
+        <x:v>335.59</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>5.27</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>279.318</x:v>
+        <x:v>297.572</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>313.84</x:v>
+        <x:v>334.35</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>5.29</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>279.273</x:v>
+        <x:v>297.919</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>313.79</x:v>
+        <x:v>334.74</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>5.52</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>280.688</x:v>
+        <x:v>302.92</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>315.38</x:v>
+        <x:v>340.36</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>6.08</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>283.874</x:v>
+        <x:v>302.511</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>318.96</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>6.46</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>285.939</x:v>
+        <x:v>301.105</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>321.28</x:v>
+        <x:v>338.32</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>5.58</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>280.341</x:v>
+        <x:v>287.773</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>314.99</x:v>
+        <x:v>323.34</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>6.03</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>282.789</x:v>
+        <x:v>291.297</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>317.74</x:v>
+        <x:v>327.3</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>5.5</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>279.362</x:v>
+        <x:v>288.387</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>313.89</x:v>
+        <x:v>324.03</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>5</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>275.811</x:v>
+        <x:v>294.456</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>309.9</x:v>
+        <x:v>330.85</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>5.18</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>276.986</x:v>
+        <x:v>306.107</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>311.22</x:v>
+        <x:v>343.94</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>5.46</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>278.588</x:v>
+        <x:v>294.012</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>313.02</x:v>
+        <x:v>330.35</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>4.62</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>272.349</x:v>
+        <x:v>288.129</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>306.01</x:v>
+        <x:v>323.74</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>6.1</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>280.786</x:v>
+        <x:v>286.473</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>315.49</x:v>
+        <x:v>321.88</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>5.35</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>275.9</x:v>
+        <x:v>292.766</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>310</x:v>
+        <x:v>328.95</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>5.23</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>275.01</x:v>
+        <x:v>299.503</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>309</x:v>
+        <x:v>336.52</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>5.15</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>274.307</x:v>
+        <x:v>294.403</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>308.21</x:v>
+        <x:v>330.79</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>7.19</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>284.364</x:v>
+        <x:v>262.95</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>319.51</x:v>
+        <x:v>295.45</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>8.28</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>289.028</x:v>
+        <x:v>262.63</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>324.75</x:v>
+        <x:v>295.09</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>8.7</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>290.745</x:v>
+        <x:v>258.242</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>326.68</x:v>
+        <x:v>290.16</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>6.54</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>279.122</x:v>
+        <x:v>262.319</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>313.62</x:v>
+        <x:v>294.74</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>4.51</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>264.134</x:v>
+        <x:v>265.665</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>296.78</x:v>
+        <x:v>298.5</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>5.71</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>271.174</x:v>
+        <x:v>268.914</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>304.69</x:v>
+        <x:v>302.15</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>6.17</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>273.693</x:v>
+        <x:v>269.02</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>307.52</x:v>
+        <x:v>302.27</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>6.66</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>276.158</x:v>
+        <x:v>267.872</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>310.29</x:v>
+        <x:v>300.98</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>6.35</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>274.262</x:v>
+        <x:v>271.441</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>308.16</x:v>
+        <x:v>304.99</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>5.28</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>267.454</x:v>
+        <x:v>277.28</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>300.51</x:v>
+        <x:v>311.55</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>5.05</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>265.896</x:v>
+        <x:v>279.202</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>298.76</x:v>
+        <x:v>313.71</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>271.388</x:v>
+        <x:v>281.996</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>304.93</x:v>
+        <x:v>316.85</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>269.51</x:v>
+        <x:v>280.172</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>302.82</x:v>
+        <x:v>314.8</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>5.12</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>265.327</x:v>
+        <x:v>280.84</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>298.12</x:v>
+        <x:v>315.55</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>5.9</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>269.706</x:v>
+        <x:v>279.318</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>303.04</x:v>
+        <x:v>313.84</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>4.36</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>258.207</x:v>
+        <x:v>279.273</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>290.12</x:v>
+        <x:v>313.79</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>4.31</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>257.842</x:v>
+        <x:v>280.688</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>289.71</x:v>
+        <x:v>315.38</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>5</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>262.194</x:v>
+        <x:v>283.874</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>294.6</x:v>
+        <x:v>318.96</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>5.63</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>265.798</x:v>
+        <x:v>285.939</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>298.65</x:v>
+        <x:v>321.28</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>5.55</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>265.264</x:v>
+        <x:v>280.341</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>298.05</x:v>
+        <x:v>314.99</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>5.79</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>266.537</x:v>
+        <x:v>282.789</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>299.48</x:v>
+        <x:v>317.74</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>5.32</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>263.502</x:v>
+        <x:v>279.362</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>296.07</x:v>
+        <x:v>313.89</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>5.07</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>261.811</x:v>
+        <x:v>275.811</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>294.17</x:v>
+        <x:v>309.9</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>3.65</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>249.592</x:v>
+        <x:v>276.986</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>280.44</x:v>
+        <x:v>311.22</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>4.37</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>254.754</x:v>
+        <x:v>278.588</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>286.24</x:v>
+        <x:v>313.02</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>4.84</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>257.735</x:v>
+        <x:v>272.349</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>289.59</x:v>
+        <x:v>306.01</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>4.77</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>257.228</x:v>
+        <x:v>280.786</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>289.02</x:v>
+        <x:v>315.49</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>3.91</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>250.295</x:v>
+        <x:v>275.9</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>281.23</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>9.4</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>269.946</x:v>
+        <x:v>275.01</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>303.31</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>4.92</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>242.294</x:v>
+        <x:v>274.307</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>272.24</x:v>
+        <x:v>308.21</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>5.52</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>245.489</x:v>
+        <x:v>284.364</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>275.83</x:v>
+        <x:v>319.51</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>8.79</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>257.388</x:v>
+        <x:v>289.028</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>289.2</x:v>
+        <x:v>324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
+        <x:v>45447.9233449074</x:v>
+      </x:c>
+      <x:c r="B345" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C345" s="0">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="D345" s="0">
+        <x:v>290.745</x:v>
+      </x:c>
+      <x:c r="E345" s="0">
+        <x:v>326.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="346" spans="1:5">
+      <x:c r="A346" s="1">
+        <x:v>45446.9240740741</x:v>
+      </x:c>
+      <x:c r="B346" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C346" s="0">
+        <x:v>6.54</x:v>
+      </x:c>
+      <x:c r="D346" s="0">
+        <x:v>279.122</x:v>
+      </x:c>
+      <x:c r="E346" s="0">
+        <x:v>313.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="347" spans="1:5">
+      <x:c r="A347" s="1">
+        <x:v>45443.9304166667</x:v>
+      </x:c>
+      <x:c r="B347" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C347" s="0">
+        <x:v>4.51</x:v>
+      </x:c>
+      <x:c r="D347" s="0">
+        <x:v>264.134</x:v>
+      </x:c>
+      <x:c r="E347" s="0">
+        <x:v>296.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="348" spans="1:5">
+      <x:c r="A348" s="1">
+        <x:v>45442.9278240741</x:v>
+      </x:c>
+      <x:c r="B348" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C348" s="0">
+        <x:v>5.71</x:v>
+      </x:c>
+      <x:c r="D348" s="0">
+        <x:v>271.174</x:v>
+      </x:c>
+      <x:c r="E348" s="0">
+        <x:v>304.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="349" spans="1:5">
+      <x:c r="A349" s="1">
+        <x:v>45441.9286805556</x:v>
+      </x:c>
+      <x:c r="B349" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C349" s="0">
+        <x:v>6.17</x:v>
+      </x:c>
+      <x:c r="D349" s="0">
+        <x:v>273.693</x:v>
+      </x:c>
+      <x:c r="E349" s="0">
+        <x:v>307.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="350" spans="1:5">
+      <x:c r="A350" s="1">
+        <x:v>45440.9254282407</x:v>
+      </x:c>
+      <x:c r="B350" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C350" s="0">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D350" s="0">
+        <x:v>276.158</x:v>
+      </x:c>
+      <x:c r="E350" s="0">
+        <x:v>310.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="351" spans="1:5">
+      <x:c r="A351" s="1">
+        <x:v>45436.9253935185</x:v>
+      </x:c>
+      <x:c r="B351" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C351" s="0">
+        <x:v>6.35</x:v>
+      </x:c>
+      <x:c r="D351" s="0">
+        <x:v>274.262</x:v>
+      </x:c>
+      <x:c r="E351" s="0">
+        <x:v>308.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="352" spans="1:5">
+      <x:c r="A352" s="1">
+        <x:v>45435.9234027778</x:v>
+      </x:c>
+      <x:c r="B352" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C352" s="0">
+        <x:v>5.28</x:v>
+      </x:c>
+      <x:c r="D352" s="0">
+        <x:v>267.454</x:v>
+      </x:c>
+      <x:c r="E352" s="0">
+        <x:v>300.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="353" spans="1:5">
+      <x:c r="A353" s="1">
+        <x:v>45434.9225578704</x:v>
+      </x:c>
+      <x:c r="B353" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C353" s="0">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="D353" s="0">
+        <x:v>265.896</x:v>
+      </x:c>
+      <x:c r="E353" s="0">
+        <x:v>298.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="354" spans="1:5">
+      <x:c r="A354" s="1">
+        <x:v>45433.9224074074</x:v>
+      </x:c>
+      <x:c r="B354" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C354" s="0">
+        <x:v>6.04</x:v>
+      </x:c>
+      <x:c r="D354" s="0">
+        <x:v>271.388</x:v>
+      </x:c>
+      <x:c r="E354" s="0">
+        <x:v>304.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="355" spans="1:5">
+      <x:c r="A355" s="1">
+        <x:v>45429.9267361111</x:v>
+      </x:c>
+      <x:c r="B355" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C355" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D355" s="0">
+        <x:v>269.51</x:v>
+      </x:c>
+      <x:c r="E355" s="0">
+        <x:v>302.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="356" spans="1:5">
+      <x:c r="A356" s="1">
+        <x:v>45428.9289351852</x:v>
+      </x:c>
+      <x:c r="B356" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C356" s="0">
+        <x:v>5.12</x:v>
+      </x:c>
+      <x:c r="D356" s="0">
+        <x:v>265.327</x:v>
+      </x:c>
+      <x:c r="E356" s="0">
+        <x:v>298.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="357" spans="1:5">
+      <x:c r="A357" s="1">
+        <x:v>45427.9284606481</x:v>
+      </x:c>
+      <x:c r="B357" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C357" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="D357" s="0">
+        <x:v>269.706</x:v>
+      </x:c>
+      <x:c r="E357" s="0">
+        <x:v>303.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="358" spans="1:5">
+      <x:c r="A358" s="1">
+        <x:v>45426.9281828704</x:v>
+      </x:c>
+      <x:c r="B358" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C358" s="0">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D358" s="0">
+        <x:v>258.207</x:v>
+      </x:c>
+      <x:c r="E358" s="0">
+        <x:v>290.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="359" spans="1:5">
+      <x:c r="A359" s="1">
+        <x:v>45425.9293518519</x:v>
+      </x:c>
+      <x:c r="B359" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C359" s="0">
+        <x:v>4.31</x:v>
+      </x:c>
+      <x:c r="D359" s="0">
+        <x:v>257.842</x:v>
+      </x:c>
+      <x:c r="E359" s="0">
+        <x:v>289.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="360" spans="1:5">
+      <x:c r="A360" s="1">
+        <x:v>45422.9236689815</x:v>
+      </x:c>
+      <x:c r="B360" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C360" s="0">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D360" s="0">
+        <x:v>262.194</x:v>
+      </x:c>
+      <x:c r="E360" s="0">
+        <x:v>294.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="361" spans="1:5">
+      <x:c r="A361" s="1">
+        <x:v>45420.9241782407</x:v>
+      </x:c>
+      <x:c r="B361" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C361" s="0">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="D361" s="0">
+        <x:v>265.798</x:v>
+      </x:c>
+      <x:c r="E361" s="0">
+        <x:v>298.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="362" spans="1:5">
+      <x:c r="A362" s="1">
+        <x:v>45419.9259953704</x:v>
+      </x:c>
+      <x:c r="B362" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C362" s="0">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D362" s="0">
+        <x:v>265.264</x:v>
+      </x:c>
+      <x:c r="E362" s="0">
+        <x:v>298.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="363" spans="1:5">
+      <x:c r="A363" s="1">
+        <x:v>45418.9291087963</x:v>
+      </x:c>
+      <x:c r="B363" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C363" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D363" s="0">
+        <x:v>266.537</x:v>
+      </x:c>
+      <x:c r="E363" s="0">
+        <x:v>299.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="364" spans="1:5">
+      <x:c r="A364" s="1">
+        <x:v>45415.9287847222</x:v>
+      </x:c>
+      <x:c r="B364" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C364" s="0">
+        <x:v>5.32</x:v>
+      </x:c>
+      <x:c r="D364" s="0">
+        <x:v>263.502</x:v>
+      </x:c>
+      <x:c r="E364" s="0">
+        <x:v>296.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="365" spans="1:5">
+      <x:c r="A365" s="1">
+        <x:v>45414.9243981481</x:v>
+      </x:c>
+      <x:c r="B365" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C365" s="0">
+        <x:v>5.07</x:v>
+      </x:c>
+      <x:c r="D365" s="0">
+        <x:v>261.811</x:v>
+      </x:c>
+      <x:c r="E365" s="0">
+        <x:v>294.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="366" spans="1:5">
+      <x:c r="A366" s="1">
+        <x:v>45412.9265625</x:v>
+      </x:c>
+      <x:c r="B366" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C366" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D366" s="0">
+        <x:v>249.592</x:v>
+      </x:c>
+      <x:c r="E366" s="0">
+        <x:v>280.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="367" spans="1:5">
+      <x:c r="A367" s="1">
+        <x:v>45411.9246643518</x:v>
+      </x:c>
+      <x:c r="B367" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C367" s="0">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="D367" s="0">
+        <x:v>254.754</x:v>
+      </x:c>
+      <x:c r="E367" s="0">
+        <x:v>286.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="368" spans="1:5">
+      <x:c r="A368" s="1">
+        <x:v>45408.9315393519</x:v>
+      </x:c>
+      <x:c r="B368" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C368" s="0">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="D368" s="0">
+        <x:v>257.735</x:v>
+      </x:c>
+      <x:c r="E368" s="0">
+        <x:v>289.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="369" spans="1:5">
+      <x:c r="A369" s="1">
+        <x:v>45407.9436458333</x:v>
+      </x:c>
+      <x:c r="B369" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C369" s="0">
+        <x:v>4.77</x:v>
+      </x:c>
+      <x:c r="D369" s="0">
+        <x:v>257.228</x:v>
+      </x:c>
+      <x:c r="E369" s="0">
+        <x:v>289.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="370" spans="1:5">
+      <x:c r="A370" s="1">
+        <x:v>45406.9296759259</x:v>
+      </x:c>
+      <x:c r="B370" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C370" s="0">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="D370" s="0">
+        <x:v>250.295</x:v>
+      </x:c>
+      <x:c r="E370" s="0">
+        <x:v>281.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="371" spans="1:5">
+      <x:c r="A371" s="1">
+        <x:v>45405.9324537037</x:v>
+      </x:c>
+      <x:c r="B371" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C371" s="0">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="D371" s="0">
+        <x:v>269.946</x:v>
+      </x:c>
+      <x:c r="E371" s="0">
+        <x:v>303.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="372" spans="1:5">
+      <x:c r="A372" s="1">
+        <x:v>45404.9329861111</x:v>
+      </x:c>
+      <x:c r="B372" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C372" s="0">
+        <x:v>4.92</x:v>
+      </x:c>
+      <x:c r="D372" s="0">
+        <x:v>242.294</x:v>
+      </x:c>
+      <x:c r="E372" s="0">
+        <x:v>272.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="373" spans="1:5">
+      <x:c r="A373" s="1">
+        <x:v>45401.9232060185</x:v>
+      </x:c>
+      <x:c r="B373" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C373" s="0">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="D373" s="0">
+        <x:v>245.489</x:v>
+      </x:c>
+      <x:c r="E373" s="0">
+        <x:v>275.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="374" spans="1:5">
+      <x:c r="A374" s="1">
+        <x:v>45400.9237615741</x:v>
+      </x:c>
+      <x:c r="B374" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C374" s="0">
+        <x:v>8.79</x:v>
+      </x:c>
+      <x:c r="D374" s="0">
+        <x:v>257.388</x:v>
+      </x:c>
+      <x:c r="E374" s="0">
+        <x:v>289.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="375" spans="1:5">
+      <x:c r="A375" s="1">
         <x:v>45399.9244560185</x:v>
       </x:c>
-      <x:c r="B345" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C345" s="0">
+      <x:c r="B375" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C375" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D345" s="0">
+      <x:c r="D375" s="0">
         <x:v>261.286</x:v>
       </x:c>
-      <x:c r="E345" s="0">
+      <x:c r="E375" s="0">
         <x:v>293.58</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>