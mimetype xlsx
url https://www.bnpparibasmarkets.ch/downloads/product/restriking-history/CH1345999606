--- v1 (2025-11-13)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff8dbbde05b4e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd841d2fd2df4d5aa61f7fca2edfc1c5.psmdcp" Id="R8454a4dc6e0e4c61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9fccde120e340b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bed74710d2241c281c04bce08c2d332.psmdcp" Id="R515939de04b34960" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345999606</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,6421 +393,6744 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E375"/>
+  <x:dimension ref="A1:E394"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>576.604</x:v>
+        <x:v>532.042</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>647.87</x:v>
+        <x:v>597.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>569.226</x:v>
+        <x:v>532.994</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>639.58</x:v>
+        <x:v>598.87</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>554.408</x:v>
+        <x:v>542.375</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>622.93</x:v>
+        <x:v>609.41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>549.05</x:v>
+        <x:v>524.806</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>616.91</x:v>
+        <x:v>589.67</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>550.198</x:v>
+        <x:v>502.788</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>618.2</x:v>
+        <x:v>564.93</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>551.8</x:v>
+        <x:v>499.263</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>620</x:v>
+        <x:v>560.97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>560.344</x:v>
+        <x:v>495.881</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>629.6</x:v>
+        <x:v>557.17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>573.24</x:v>
+        <x:v>513.343</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>644.09</x:v>
+        <x:v>576.79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>583.235</x:v>
+        <x:v>515.212</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>655.32</x:v>
+        <x:v>578.89</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>584.445</x:v>
+        <x:v>532.994</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>656.68</x:v>
+        <x:v>598.87</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>592.446</x:v>
+        <x:v>527.494</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>665.67</x:v>
+        <x:v>592.69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>581.553</x:v>
+        <x:v>521.068</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>653.43</x:v>
+        <x:v>585.47</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>585.442</x:v>
+        <x:v>519.413</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>657.8</x:v>
+        <x:v>583.61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>574.744</x:v>
+        <x:v>524.415</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>645.78</x:v>
+        <x:v>589.23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>599.735</x:v>
+        <x:v>550.492</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>673.86</x:v>
+        <x:v>618.53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>601.302</x:v>
+        <x:v>566.44</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>675.62</x:v>
+        <x:v>636.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>613.397</x:v>
+        <x:v>570.152</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>689.21</x:v>
+        <x:v>640.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>601.222</x:v>
+        <x:v>565.818</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>675.53</x:v>
+        <x:v>635.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>597.653</x:v>
+        <x:v>574.344</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>671.52</x:v>
+        <x:v>645.33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>591.369</x:v>
+        <x:v>576.604</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>664.46</x:v>
+        <x:v>647.87</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>597.457</x:v>
+        <x:v>569.226</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>671.3</x:v>
+        <x:v>639.58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>608.324</x:v>
+        <x:v>554.408</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>683.51</x:v>
+        <x:v>622.93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>615.916</x:v>
+        <x:v>549.05</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>692.04</x:v>
+        <x:v>616.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>609.908</x:v>
+        <x:v>550.198</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>685.29</x:v>
+        <x:v>618.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>600.528</x:v>
+        <x:v>551.8</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>674.75</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>605.592</x:v>
+        <x:v>560.344</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>680.44</x:v>
+        <x:v>629.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>605.449</x:v>
+        <x:v>573.24</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>680.28</x:v>
+        <x:v>644.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>605.645</x:v>
+        <x:v>583.235</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>680.5</x:v>
+        <x:v>655.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>629.497</x:v>
+        <x:v>584.445</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>707.3</x:v>
+        <x:v>656.68</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>623.605</x:v>
+        <x:v>592.446</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>700.68</x:v>
+        <x:v>665.67</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>621.22</x:v>
+        <x:v>581.553</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>698</x:v>
+        <x:v>653.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>648.338</x:v>
+        <x:v>585.442</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>728.47</x:v>
+        <x:v>657.8</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>637.712</x:v>
+        <x:v>574.744</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>716.53</x:v>
+        <x:v>645.78</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>634.232</x:v>
+        <x:v>599.735</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>712.62</x:v>
+        <x:v>673.86</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>630.698</x:v>
+        <x:v>601.302</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>708.65</x:v>
+        <x:v>675.62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>639.857</x:v>
+        <x:v>613.397</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>718.94</x:v>
+        <x:v>689.21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>657.292</x:v>
+        <x:v>601.222</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>738.53</x:v>
+        <x:v>675.53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>654.079</x:v>
+        <x:v>597.653</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>734.92</x:v>
+        <x:v>671.52</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>653.367</x:v>
+        <x:v>591.369</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>734.12</x:v>
+        <x:v>664.46</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>629.399</x:v>
+        <x:v>597.457</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>707.19</x:v>
+        <x:v>671.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>626.613</x:v>
+        <x:v>608.324</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>704.06</x:v>
+        <x:v>683.51</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>625.759</x:v>
+        <x:v>615.916</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>703.1</x:v>
+        <x:v>692.04</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>619.796</x:v>
+        <x:v>609.908</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>696.4</x:v>
+        <x:v>685.29</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>614.376</x:v>
+        <x:v>600.528</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>690.31</x:v>
+        <x:v>674.75</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>626.64</x:v>
+        <x:v>605.592</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>704.09</x:v>
+        <x:v>680.44</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>640.052</x:v>
+        <x:v>605.449</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>719.16</x:v>
+        <x:v>680.28</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>639.269</x:v>
+        <x:v>605.645</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>718.28</x:v>
+        <x:v>680.5</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>629.399</x:v>
+        <x:v>629.497</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>707.19</x:v>
+        <x:v>707.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>626.426</x:v>
+        <x:v>623.605</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>703.85</x:v>
+        <x:v>700.68</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>620.624</x:v>
+        <x:v>621.22</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>697.33</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>613.762</x:v>
+        <x:v>648.338</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>689.62</x:v>
+        <x:v>728.47</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>606.873</x:v>
+        <x:v>637.712</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>681.88</x:v>
+        <x:v>716.53</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>612.142</x:v>
+        <x:v>634.232</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>687.8</x:v>
+        <x:v>712.62</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>616.761</x:v>
+        <x:v>630.698</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>692.99</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>619.858</x:v>
+        <x:v>639.857</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>696.47</x:v>
+        <x:v>718.94</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>618.363</x:v>
+        <x:v>657.292</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>694.79</x:v>
+        <x:v>738.53</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>616.761</x:v>
+        <x:v>654.079</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>692.99</x:v>
+        <x:v>734.92</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>613.628</x:v>
+        <x:v>653.367</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>689.47</x:v>
+        <x:v>734.12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>626.373</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>703.79</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>640.222</x:v>
+        <x:v>626.613</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>719.35</x:v>
+        <x:v>704.06</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>647.982</x:v>
+        <x:v>625.759</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>728.07</x:v>
+        <x:v>703.1</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>652.201</x:v>
+        <x:v>619.796</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>732.81</x:v>
+        <x:v>696.4</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>621.665</x:v>
+        <x:v>614.376</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>698.5</x:v>
+        <x:v>690.31</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>618.55</x:v>
+        <x:v>626.64</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>695</x:v>
+        <x:v>704.09</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>613.522</x:v>
+        <x:v>640.052</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>689.35</x:v>
+        <x:v>719.16</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>613.415</x:v>
+        <x:v>639.269</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>689.23</x:v>
+        <x:v>718.28</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>628.242</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>705.89</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>611.199</x:v>
+        <x:v>626.426</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>686.74</x:v>
+        <x:v>703.85</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>593.461</x:v>
+        <x:v>620.624</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>666.81</x:v>
+        <x:v>697.33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>575.83</x:v>
+        <x:v>613.762</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>647</x:v>
+        <x:v>689.62</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>586.145</x:v>
+        <x:v>606.873</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>658.59</x:v>
+        <x:v>681.88</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>557.621</x:v>
+        <x:v>612.142</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>626.54</x:v>
+        <x:v>687.8</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>578.918</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>650.47</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>551.809</x:v>
+        <x:v>619.858</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>620.01</x:v>
+        <x:v>696.47</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45867.6679166667</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>554.47</x:v>
+        <x:v>618.363</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>623</x:v>
+        <x:v>694.79</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>3.89</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>623.872</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>700.98</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>3.58</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>616.859</x:v>
+        <x:v>613.628</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>693.1</x:v>
+        <x:v>689.47</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>3.15</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>606.464</x:v>
+        <x:v>626.373</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>681.42</x:v>
+        <x:v>703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>2.91</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>600.269</x:v>
+        <x:v>640.222</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>674.46</x:v>
+        <x:v>719.35</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>601.409</x:v>
+        <x:v>647.982</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>675.74</x:v>
+        <x:v>728.07</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>4.59</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>629.123</x:v>
+        <x:v>652.201</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>706.88</x:v>
+        <x:v>732.81</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>4.07</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>618.977</x:v>
+        <x:v>621.665</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>695.48</x:v>
+        <x:v>698.5</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>5.68</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>641.61</x:v>
+        <x:v>618.55</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>720.91</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>4.85</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>627.94</x:v>
+        <x:v>613.522</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>705.55</x:v>
+        <x:v>689.35</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>5.14</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>632.309</x:v>
+        <x:v>613.415</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>710.46</x:v>
+        <x:v>689.23</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>5.58</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>638.566</x:v>
+        <x:v>628.242</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>717.49</x:v>
+        <x:v>705.89</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>5.13</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>631.144</x:v>
+        <x:v>611.199</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>709.15</x:v>
+        <x:v>686.74</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>5.18</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>631.856</x:v>
+        <x:v>593.461</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>709.95</x:v>
+        <x:v>666.81</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>6</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>642.687</x:v>
+        <x:v>575.83</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>722.12</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>5.96</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>642.037</x:v>
+        <x:v>586.145</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>721.39</x:v>
+        <x:v>658.59</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>7.12</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>655.298</x:v>
+        <x:v>557.621</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>736.29</x:v>
+        <x:v>626.54</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>6.37</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>645.294</x:v>
+        <x:v>578.918</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>725.05</x:v>
+        <x:v>650.47</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>5.43</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>631.455</x:v>
+        <x:v>551.809</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>709.5</x:v>
+        <x:v>620.01</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45867.6679166667</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>6.34</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>642.892</x:v>
+        <x:v>554.47</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>722.35</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>11.97</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>682.933</x:v>
+        <x:v>623.872</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>767.34</x:v>
+        <x:v>700.98</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>12.72</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>687.614</x:v>
+        <x:v>616.859</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>772.6</x:v>
+        <x:v>693.1</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>13.19</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>690.551</x:v>
+        <x:v>606.464</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>775.9</x:v>
+        <x:v>681.42</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>9.23</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>655.307</x:v>
+        <x:v>600.269</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>736.3</x:v>
+        <x:v>674.46</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>10.82</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>667.42</x:v>
+        <x:v>601.409</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>749.91</x:v>
+        <x:v>675.74</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>8.99</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>650.724</x:v>
+        <x:v>629.123</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>731.15</x:v>
+        <x:v>706.88</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>7.11</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>629.604</x:v>
+        <x:v>618.977</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>707.42</x:v>
+        <x:v>695.48</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>7.37</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>632.069</x:v>
+        <x:v>641.61</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>710.19</x:v>
+        <x:v>720.91</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>8.41</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>641.939</x:v>
+        <x:v>627.94</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>721.28</x:v>
+        <x:v>705.55</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>7.92</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>636.857</x:v>
+        <x:v>632.309</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>715.57</x:v>
+        <x:v>710.46</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>7.55</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>632.656</x:v>
+        <x:v>638.566</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>710.85</x:v>
+        <x:v>717.49</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>6.93</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>625.51</x:v>
+        <x:v>631.144</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>702.82</x:v>
+        <x:v>709.15</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>7.47</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>631.135</x:v>
+        <x:v>631.856</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>709.14</x:v>
+        <x:v>709.95</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>6.33</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>617.055</x:v>
+        <x:v>642.687</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>693.32</x:v>
+        <x:v>722.12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>8.1</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>633.911</x:v>
+        <x:v>642.037</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>712.26</x:v>
+        <x:v>721.39</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>8.16</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>634.41</x:v>
+        <x:v>655.298</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>712.82</x:v>
+        <x:v>736.29</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>7.21</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>623.961</x:v>
+        <x:v>645.294</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>701.08</x:v>
+        <x:v>725.05</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>5.31</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>597.252</x:v>
+        <x:v>631.455</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>671.07</x:v>
+        <x:v>709.5</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>5.38</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>598.08</x:v>
+        <x:v>642.892</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>672</x:v>
+        <x:v>722.35</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>4.43</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>581.9</x:v>
+        <x:v>682.933</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>653.82</x:v>
+        <x:v>767.34</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.65</x:v>
+        <x:v>12.72</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>566.708</x:v>
+        <x:v>687.614</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>636.75</x:v>
+        <x:v>772.6</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>3.96</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>572.27</x:v>
+        <x:v>690.551</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>643</x:v>
+        <x:v>775.9</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>4.9</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>586.163</x:v>
+        <x:v>655.307</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>658.61</x:v>
+        <x:v>736.3</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>5.29</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>591.512</x:v>
+        <x:v>667.42</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>664.62</x:v>
+        <x:v>749.91</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>4.82</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>584.107</x:v>
+        <x:v>650.724</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>656.3</x:v>
+        <x:v>731.15</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>4.02</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>569.76</x:v>
+        <x:v>629.604</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>640.18</x:v>
+        <x:v>707.42</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>3.7</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>563.575</x:v>
+        <x:v>632.069</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>633.23</x:v>
+        <x:v>710.19</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>3.17</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>551.862</x:v>
+        <x:v>641.939</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>620.07</x:v>
+        <x:v>721.28</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>3.2</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>552.521</x:v>
+        <x:v>636.857</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>620.81</x:v>
+        <x:v>715.57</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>4.88</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>576.942</x:v>
+        <x:v>632.656</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>648.25</x:v>
+        <x:v>710.85</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>5.34</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>583.181</x:v>
+        <x:v>625.51</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>655.26</x:v>
+        <x:v>702.82</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>5.47</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>584.819</x:v>
+        <x:v>631.135</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>657.1</x:v>
+        <x:v>709.14</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>4.19</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>563.236</x:v>
+        <x:v>617.055</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>632.85</x:v>
+        <x:v>693.32</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>4.47</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>567.508</x:v>
+        <x:v>633.911</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>637.65</x:v>
+        <x:v>712.26</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>4.88</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>573.16</x:v>
+        <x:v>634.41</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>644</x:v>
+        <x:v>712.82</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>3.51</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>546.442</x:v>
+        <x:v>623.961</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>613.98</x:v>
+        <x:v>701.08</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>2.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>513.477</x:v>
+        <x:v>597.252</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>576.94</x:v>
+        <x:v>671.07</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>3.23</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>531.98</x:v>
+        <x:v>598.08</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>597.73</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>4.61</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>552.441</x:v>
+        <x:v>581.9</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>620.72</x:v>
+        <x:v>653.82</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>539.296</x:v>
+        <x:v>566.708</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>605.95</x:v>
+        <x:v>636.75</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>3.28</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>527.503</x:v>
+        <x:v>572.27</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>592.7</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>3.19</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>525.447</x:v>
+        <x:v>586.163</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>590.39</x:v>
+        <x:v>658.61</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>2.62</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>511.082</x:v>
+        <x:v>591.512</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>574.25</x:v>
+        <x:v>664.62</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>2.26</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>501.132</x:v>
+        <x:v>584.107</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>563.07</x:v>
+        <x:v>656.3</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>2.61</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>509.427</x:v>
+        <x:v>569.76</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>572.39</x:v>
+        <x:v>640.18</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>1.95</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>488.761</x:v>
+        <x:v>563.575</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>549.17</x:v>
+        <x:v>633.23</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>1.81</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>483.857</x:v>
+        <x:v>551.862</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>543.66</x:v>
+        <x:v>620.07</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>2.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>492.188</x:v>
+        <x:v>552.521</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>553.02</x:v>
+        <x:v>620.81</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>2.71</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>506.463</x:v>
+        <x:v>576.942</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>569.06</x:v>
+        <x:v>648.25</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>1.52</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>461.332</x:v>
+        <x:v>583.181</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>518.35</x:v>
+        <x:v>655.26</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>1.4</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>461.883</x:v>
+        <x:v>584.819</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>518.97</x:v>
+        <x:v>657.1</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>1.24</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>447.937</x:v>
+        <x:v>563.236</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>503.3</x:v>
+        <x:v>632.85</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45751.8460648148</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>1.12</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>442.324</x:v>
+        <x:v>567.508</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>496.994</x:v>
+        <x:v>637.65</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>9.44</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>496.994</x:v>
+        <x:v>573.16</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>558.42</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>8.76</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>491.04</x:v>
+        <x:v>546.442</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>551.73</x:v>
+        <x:v>613.98</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>8.56</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>489.527</x:v>
+        <x:v>513.477</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>550.03</x:v>
+        <x:v>576.94</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>10.24</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>499.432</x:v>
+        <x:v>531.98</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>561.16</x:v>
+        <x:v>597.73</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>13.91</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>516.396</x:v>
+        <x:v>552.441</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>580.22</x:v>
+        <x:v>620.72</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>13.22</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>512.952</x:v>
+        <x:v>539.296</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>576.35</x:v>
+        <x:v>605.95</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>27.26</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>548.133</x:v>
+        <x:v>527.503</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>615.88</x:v>
+        <x:v>592.7</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>23.78</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>538.192</x:v>
+        <x:v>525.447</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>604.71</x:v>
+        <x:v>590.39</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>22.46</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>533.947</x:v>
+        <x:v>511.082</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>599.94</x:v>
+        <x:v>574.25</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>20.97</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>529.15</x:v>
+        <x:v>501.132</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>594.55</x:v>
+        <x:v>563.07</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>18.85</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>521.745</x:v>
+        <x:v>509.427</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>586.23</x:v>
+        <x:v>572.39</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>15.28</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>506.837</x:v>
+        <x:v>488.761</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>569.48</x:v>
+        <x:v>549.17</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>24.5</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>531.739</x:v>
+        <x:v>483.857</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>597.46</x:v>
+        <x:v>543.66</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>18.68</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>478.74</x:v>
+        <x:v>492.188</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>574.79</x:v>
+        <x:v>553.02</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>12.08</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>478.74</x:v>
+        <x:v>506.463</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>0</x:v>
+        <x:v>569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>11.73</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>476.898</x:v>
+        <x:v>461.332</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>0</x:v>
+        <x:v>518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>8.21</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>452.512</x:v>
+        <x:v>461.883</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>508.44</x:v>
+        <x:v>518.97</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>6.25</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>473.569</x:v>
+        <x:v>447.937</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>532.1</x:v>
+        <x:v>503.3</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45751.8460648148</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>17.81</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>483.635</x:v>
+        <x:v>442.324</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>543.41</x:v>
+        <x:v>496.994</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>21.41</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>522.279</x:v>
+        <x:v>496.994</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>586.83</x:v>
+        <x:v>558.42</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>52.66</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>519.885</x:v>
+        <x:v>491.04</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>584.14</x:v>
+        <x:v>551.73</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>50.86</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>533.875</x:v>
+        <x:v>489.527</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>599.86</x:v>
+        <x:v>550.03</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>64.48</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>541.129</x:v>
+        <x:v>499.432</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>608.01</x:v>
+        <x:v>561.16</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>72.59</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>525.776</x:v>
+        <x:v>516.396</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>590.76</x:v>
+        <x:v>580.22</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>58.92</x:v>
+        <x:v>13.22</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>536.786</x:v>
+        <x:v>512.952</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>603.13</x:v>
+        <x:v>576.35</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>70.61</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>523.827</x:v>
+        <x:v>548.133</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>588.57</x:v>
+        <x:v>615.88</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>59.02</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>535.433</x:v>
+        <x:v>538.192</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>601.61</x:v>
+        <x:v>604.71</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>71.53</x:v>
+        <x:v>22.46</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>540.568</x:v>
+        <x:v>533.947</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>607.38</x:v>
+        <x:v>599.94</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>77.79</x:v>
+        <x:v>20.97</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>566.725</x:v>
+        <x:v>529.15</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>636.77</x:v>
+        <x:v>594.55</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>123.63</x:v>
+        <x:v>18.85</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>572.03</x:v>
+        <x:v>521.745</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>642.73</x:v>
+        <x:v>586.23</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>133.75</x:v>
+        <x:v>15.28</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>561.198</x:v>
+        <x:v>506.837</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>630.56</x:v>
+        <x:v>569.48</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>116.02</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>567.98</x:v>
+        <x:v>531.739</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>638.18</x:v>
+        <x:v>597.46</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>129.13</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>577.005</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>648.32</x:v>
+        <x:v>574.79</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>135.02</x:v>
+        <x:v>12.08</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>554.604</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>623.15</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>110.46</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>567.544</x:v>
+        <x:v>476.898</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>637.69</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>135.35</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>567.544</x:v>
+        <x:v>452.512</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>637.69</x:v>
+        <x:v>508.44</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>114.3</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>557.024</x:v>
+        <x:v>473.569</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>625.87</x:v>
+        <x:v>532.1</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>118.85</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>557.14</x:v>
+        <x:v>483.635</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>626</x:v>
+        <x:v>543.41</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>119.23</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>557.14</x:v>
+        <x:v>522.279</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>626</x:v>
+        <x:v>586.83</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>113.24</x:v>
+        <x:v>52.66</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>553.375</x:v>
+        <x:v>519.885</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>621.77</x:v>
+        <x:v>584.14</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>55.03</x:v>
+        <x:v>50.86</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>488.681</x:v>
+        <x:v>533.875</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>549.08</x:v>
+        <x:v>599.86</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>54.86</x:v>
+        <x:v>64.48</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>488.21</x:v>
+        <x:v>541.129</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>548.55</x:v>
+        <x:v>608.01</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>56.24</x:v>
+        <x:v>72.59</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>489.616</x:v>
+        <x:v>525.776</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>550.13</x:v>
+        <x:v>590.76</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>48.22</x:v>
+        <x:v>58.92</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>479.559</x:v>
+        <x:v>536.786</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>538.83</x:v>
+        <x:v>603.13</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>43.07</x:v>
+        <x:v>70.61</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>472.412</x:v>
+        <x:v>523.827</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>530.8</x:v>
+        <x:v>588.57</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>32.52</x:v>
+        <x:v>59.02</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>454.283</x:v>
+        <x:v>535.433</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>510.43</x:v>
+        <x:v>601.61</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>25.28</x:v>
+        <x:v>71.53</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>439.268</x:v>
+        <x:v>540.568</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>493.56</x:v>
+        <x:v>607.38</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>23.03</x:v>
+        <x:v>77.79</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>433.884</x:v>
+        <x:v>566.725</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>487.51</x:v>
+        <x:v>636.77</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>22.43</x:v>
+        <x:v>123.63</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>432.122</x:v>
+        <x:v>572.03</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>485.53</x:v>
+        <x:v>642.73</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>24.38</x:v>
+        <x:v>133.75</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>436.403</x:v>
+        <x:v>561.198</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>490.34</x:v>
+        <x:v>630.56</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>24.56</x:v>
+        <x:v>116.02</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>436.714</x:v>
+        <x:v>567.98</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>490.69</x:v>
+        <x:v>638.18</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>16.75</x:v>
+        <x:v>129.13</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>412.595</x:v>
+        <x:v>577.005</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>463.59</x:v>
+        <x:v>648.32</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>15.42</x:v>
+        <x:v>135.02</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>408.101</x:v>
+        <x:v>554.604</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>458.54</x:v>
+        <x:v>623.15</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>15.76</x:v>
+        <x:v>110.46</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>408.982</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>459.53</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>23.87</x:v>
+        <x:v>135.35</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>426.96</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>479.73</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>18.78</x:v>
+        <x:v>114.3</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>412.898</x:v>
+        <x:v>557.024</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>463.93</x:v>
+        <x:v>625.87</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>20.57</x:v>
+        <x:v>118.85</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>417.348</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>468.93</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>19.89</x:v>
+        <x:v>119.23</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>415.354</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>466.69</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>15.82</x:v>
+        <x:v>113.24</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>402.093</x:v>
+        <x:v>553.375</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>451.79</x:v>
+        <x:v>621.77</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>17.32</x:v>
+        <x:v>55.03</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>406.267</x:v>
+        <x:v>488.681</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>456.48</x:v>
+        <x:v>549.08</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>17.37</x:v>
+        <x:v>54.86</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>406.098</x:v>
+        <x:v>488.21</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>456.29</x:v>
+        <x:v>548.55</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>18.96</x:v>
+        <x:v>56.24</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>410.183</x:v>
+        <x:v>489.616</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>460.88</x:v>
+        <x:v>550.13</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>18.96</x:v>
+        <x:v>48.22</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>410.183</x:v>
+        <x:v>479.559</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>460.88</x:v>
+        <x:v>538.83</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>16.98</x:v>
+        <x:v>43.07</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>404.202</x:v>
+        <x:v>472.412</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>454.16</x:v>
+        <x:v>530.8</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>15.48</x:v>
+        <x:v>32.52</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>399.298</x:v>
+        <x:v>454.283</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>448.65</x:v>
+        <x:v>510.43</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>27.42</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>422.189</x:v>
+        <x:v>439.268</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>474.37</x:v>
+        <x:v>493.56</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>33.25</x:v>
+        <x:v>23.03</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>431.561</x:v>
+        <x:v>433.884</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>484.9</x:v>
+        <x:v>487.51</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>32.54</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>430.146</x:v>
+        <x:v>432.122</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>483.31</x:v>
+        <x:v>485.53</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>30.94</x:v>
+        <x:v>24.38</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>427.298</x:v>
+        <x:v>436.403</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>480.11</x:v>
+        <x:v>490.34</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>29.41</x:v>
+        <x:v>24.56</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>424.45</x:v>
+        <x:v>436.714</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>476.91</x:v>
+        <x:v>490.69</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>27.01</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>419.706</x:v>
+        <x:v>412.595</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>471.58</x:v>
+        <x:v>463.59</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>33.06</x:v>
+        <x:v>15.42</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>429.443</x:v>
+        <x:v>408.101</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>482.52</x:v>
+        <x:v>458.54</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>44.86</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>443.781</x:v>
+        <x:v>408.982</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>498.63</x:v>
+        <x:v>459.53</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>41.48</x:v>
+        <x:v>23.87</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>439.224</x:v>
+        <x:v>426.96</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>493.51</x:v>
+        <x:v>479.73</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>48.39</x:v>
+        <x:v>18.78</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>447.118</x:v>
+        <x:v>412.898</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>502.38</x:v>
+        <x:v>463.93</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>34.75</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>427.44</x:v>
+        <x:v>417.348</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>480.27</x:v>
+        <x:v>468.93</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>33.07</x:v>
+        <x:v>19.89</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>424.494</x:v>
+        <x:v>415.354</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>476.96</x:v>
+        <x:v>466.69</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>32.24</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>422.964</x:v>
+        <x:v>402.093</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>475.24</x:v>
+        <x:v>451.79</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>33.05</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>424.183</x:v>
+        <x:v>406.267</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>476.61</x:v>
+        <x:v>456.48</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>35.95</x:v>
+        <x:v>17.37</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>428.428</x:v>
+        <x:v>406.098</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>481.38</x:v>
+        <x:v>456.29</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>32.62</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>422.786</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>475.04</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>30.43</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>418.923</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>470.7</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>30.12</x:v>
+        <x:v>16.98</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>418.309</x:v>
+        <x:v>404.202</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>470.01</x:v>
+        <x:v>454.16</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>27.26</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>412.809</x:v>
+        <x:v>399.298</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>463.83</x:v>
+        <x:v>448.65</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>23.39</x:v>
+        <x:v>27.42</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>404.38</x:v>
+        <x:v>422.189</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>454.36</x:v>
+        <x:v>474.37</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>25.26</x:v>
+        <x:v>33.25</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>407.905</x:v>
+        <x:v>431.561</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>458.32</x:v>
+        <x:v>484.9</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>37.3</x:v>
+        <x:v>32.54</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>424.975</x:v>
+        <x:v>430.146</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>477.5</x:v>
+        <x:v>483.31</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>31.83</x:v>
+        <x:v>30.94</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>415.959</x:v>
+        <x:v>427.298</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>467.37</x:v>
+        <x:v>480.11</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>16.63</x:v>
+        <x:v>29.41</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>373.257</x:v>
+        <x:v>424.45</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>419.39</x:v>
+        <x:v>476.91</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>14.12</x:v>
+        <x:v>27.01</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>365.069</x:v>
+        <x:v>419.706</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>410.19</x:v>
+        <x:v>471.58</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>11.92</x:v>
+        <x:v>33.06</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>356.605</x:v>
+        <x:v>429.443</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>400.68</x:v>
+        <x:v>482.52</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>11.74</x:v>
+        <x:v>44.86</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>355.858</x:v>
+        <x:v>443.781</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>399.84</x:v>
+        <x:v>498.63</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>9.98</x:v>
+        <x:v>41.48</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>348.132</x:v>
+        <x:v>439.224</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>391.16</x:v>
+        <x:v>493.51</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>8.48</x:v>
+        <x:v>48.39</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>340.541</x:v>
+        <x:v>447.118</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>382.63</x:v>
+        <x:v>502.38</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>7.7</x:v>
+        <x:v>34.75</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>336.18</x:v>
+        <x:v>427.44</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>377.73</x:v>
+        <x:v>480.27</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>9.01</x:v>
+        <x:v>33.07</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>342.205</x:v>
+        <x:v>424.494</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>384.5</x:v>
+        <x:v>476.96</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>9.14</x:v>
+        <x:v>32.24</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>342.739</x:v>
+        <x:v>422.964</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>385.1</x:v>
+        <x:v>475.24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>11.18</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>350.678</x:v>
+        <x:v>424.183</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>394.02</x:v>
+        <x:v>476.61</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>10.59</x:v>
+        <x:v>35.95</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>348.195</x:v>
+        <x:v>428.428</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>391.23</x:v>
+        <x:v>481.38</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>9.28</x:v>
+        <x:v>32.62</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>342.08</x:v>
+        <x:v>422.786</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>384.36</x:v>
+        <x:v>475.04</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>8.4</x:v>
+        <x:v>30.43</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>337.452</x:v>
+        <x:v>418.923</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>379.16</x:v>
+        <x:v>470.7</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>8.02</x:v>
+        <x:v>30.12</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>335.414</x:v>
+        <x:v>418.309</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>376.87</x:v>
+        <x:v>470.01</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>8.57</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>338.058</x:v>
+        <x:v>412.809</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>379.84</x:v>
+        <x:v>463.83</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>10.23</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>344.991</x:v>
+        <x:v>404.38</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>387.63</x:v>
+        <x:v>454.36</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>9.16</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>339.953</x:v>
+        <x:v>407.905</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>381.97</x:v>
+        <x:v>458.32</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>7.83</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>331.614</x:v>
+        <x:v>424.975</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>372.6</x:v>
+        <x:v>477.5</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>7.83</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>331.525</x:v>
+        <x:v>415.959</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>372.5</x:v>
+        <x:v>467.37</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>8.08</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>332.593</x:v>
+        <x:v>373.257</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>373.7</x:v>
+        <x:v>419.39</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>8.9</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>336.42</x:v>
+        <x:v>365.069</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>378</x:v>
+        <x:v>410.19</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>8.21</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>332.842</x:v>
+        <x:v>356.605</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>373.98</x:v>
+        <x:v>400.68</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>7.63</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>329.638</x:v>
+        <x:v>355.858</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>370.38</x:v>
+        <x:v>399.84</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>6.56</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>323.026</x:v>
+        <x:v>348.132</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>362.95</x:v>
+        <x:v>391.16</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>8.08</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>330.59</x:v>
+        <x:v>340.541</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>371.45</x:v>
+        <x:v>382.63</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>8.3</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>331.614</x:v>
+        <x:v>336.18</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>372.6</x:v>
+        <x:v>377.73</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>8.71</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>333.528</x:v>
+        <x:v>342.205</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>374.75</x:v>
+        <x:v>384.5</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>8.85</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>334.106</x:v>
+        <x:v>342.739</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>375.4</x:v>
+        <x:v>385.1</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>7.71</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>327.992</x:v>
+        <x:v>350.678</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>368.53</x:v>
+        <x:v>394.02</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>7.87</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>328.588</x:v>
+        <x:v>348.195</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>369.2</x:v>
+        <x:v>391.23</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>9.98</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>337.452</x:v>
+        <x:v>342.08</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>379.16</x:v>
+        <x:v>384.36</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>11.11</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>341.724</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>383.96</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>10.34</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>338.52</x:v>
+        <x:v>335.414</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>380.36</x:v>
+        <x:v>376.87</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>8.31</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>328.419</x:v>
+        <x:v>338.058</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>369.01</x:v>
+        <x:v>379.84</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>7.7</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>325.001</x:v>
+        <x:v>344.991</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>365.17</x:v>
+        <x:v>387.63</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>6.95</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>320.596</x:v>
+        <x:v>339.953</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>360.22</x:v>
+        <x:v>381.97</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>5.05</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>306.133</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>343.97</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>4.85</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>304.514</x:v>
+        <x:v>331.525</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>342.15</x:v>
+        <x:v>372.5</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>4.5</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>301.559</x:v>
+        <x:v>332.593</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>338.83</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>4.43</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>300.731</x:v>
+        <x:v>336.42</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>337.9</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>4.4</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>300.384</x:v>
+        <x:v>332.842</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>337.51</x:v>
+        <x:v>373.98</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>4.32</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>299.627</x:v>
+        <x:v>329.638</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>336.66</x:v>
+        <x:v>370.38</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>3.5</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>291.03</x:v>
+        <x:v>323.026</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>327</x:v>
+        <x:v>362.95</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>3.27</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>288.422</x:v>
+        <x:v>330.59</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>324.07</x:v>
+        <x:v>371.45</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>3.18</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>287.265</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>322.77</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>3.72</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>292.481</x:v>
+        <x:v>333.528</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>328.63</x:v>
+        <x:v>374.75</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>3.78</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>293.032</x:v>
+        <x:v>334.106</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>329.25</x:v>
+        <x:v>375.4</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>5.65</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>305.163</x:v>
+        <x:v>327.992</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>342.88</x:v>
+        <x:v>368.53</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>5.38</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>303.25</x:v>
+        <x:v>328.588</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>340.73</x:v>
+        <x:v>369.2</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>5.01</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>300.428</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>337.56</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>5.26</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>302.128</x:v>
+        <x:v>341.724</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>339.47</x:v>
+        <x:v>383.96</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>4.87</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>299.102</x:v>
+        <x:v>338.52</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>336.07</x:v>
+        <x:v>380.36</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>5.77</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>304.816</x:v>
+        <x:v>328.419</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>342.49</x:v>
+        <x:v>369.01</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>5.74</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>304.558</x:v>
+        <x:v>325.001</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>342.2</x:v>
+        <x:v>365.17</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>5.96</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>305.884</x:v>
+        <x:v>320.596</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>343.69</x:v>
+        <x:v>360.22</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>6.35</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>308.189</x:v>
+        <x:v>306.133</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>346.28</x:v>
+        <x:v>343.97</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>6.13</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>306.774</x:v>
+        <x:v>304.514</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>344.69</x:v>
+        <x:v>342.15</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>5.25</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>300.268</x:v>
+        <x:v>301.559</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>337.38</x:v>
+        <x:v>338.83</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>5.04</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>298.675</x:v>
+        <x:v>300.731</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>335.59</x:v>
+        <x:v>337.9</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>4.9</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>297.572</x:v>
+        <x:v>300.384</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>334.35</x:v>
+        <x:v>337.51</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>4.96</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>297.919</x:v>
+        <x:v>299.627</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>334.74</x:v>
+        <x:v>336.66</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>5.73</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>302.92</x:v>
+        <x:v>291.03</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>340.36</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>5.69</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>302.511</x:v>
+        <x:v>288.422</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>339.9</x:v>
+        <x:v>324.07</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>5.5</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>301.105</x:v>
+        <x:v>287.265</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>338.32</x:v>
+        <x:v>322.77</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>4.02</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>287.773</x:v>
+        <x:v>292.481</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>323.34</x:v>
+        <x:v>328.63</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>4.45</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>291.297</x:v>
+        <x:v>293.032</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>327.3</x:v>
+        <x:v>329.25</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>4.13</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>288.387</x:v>
+        <x:v>305.163</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>324.03</x:v>
+        <x:v>342.88</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>4.97</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>294.456</x:v>
+        <x:v>303.25</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>330.85</x:v>
+        <x:v>340.73</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>7.19</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>306.107</x:v>
+        <x:v>300.428</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>343.94</x:v>
+        <x:v>337.56</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>5.41</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>294.012</x:v>
+        <x:v>302.128</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>330.35</x:v>
+        <x:v>339.47</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>4.66</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>288.129</x:v>
+        <x:v>299.102</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>323.74</x:v>
+        <x:v>336.07</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>4.48</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>286.473</x:v>
+        <x:v>304.816</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>321.88</x:v>
+        <x:v>342.49</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>5.42</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>292.766</x:v>
+        <x:v>304.558</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>328.95</x:v>
+        <x:v>342.2</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>6.62</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>299.503</x:v>
+        <x:v>305.884</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>336.52</x:v>
+        <x:v>343.69</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>5.82</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>294.403</x:v>
+        <x:v>308.189</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>330.79</x:v>
+        <x:v>346.28</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>2.98</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>262.95</x:v>
+        <x:v>306.774</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>295.45</x:v>
+        <x:v>344.69</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>2.96</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>262.63</x:v>
+        <x:v>300.268</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>295.09</x:v>
+        <x:v>337.38</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>258.242</x:v>
+        <x:v>298.675</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>290.16</x:v>
+        <x:v>335.59</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>2.99</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>262.319</x:v>
+        <x:v>297.572</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>294.74</x:v>
+        <x:v>334.35</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>3.33</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>265.665</x:v>
+        <x:v>297.919</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>298.5</x:v>
+        <x:v>334.74</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>3.7</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>268.914</x:v>
+        <x:v>302.92</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>302.15</x:v>
+        <x:v>340.36</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>3.73</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>269.02</x:v>
+        <x:v>302.511</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>302.27</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>3.61</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>267.872</x:v>
+        <x:v>301.105</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>300.98</x:v>
+        <x:v>338.32</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>4.04</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>271.441</x:v>
+        <x:v>287.773</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>304.99</x:v>
+        <x:v>323.34</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>4.87</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>277.28</x:v>
+        <x:v>291.297</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>311.55</x:v>
+        <x:v>327.3</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>5.16</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>279.202</x:v>
+        <x:v>288.387</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>313.71</x:v>
+        <x:v>324.03</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>5.64</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>281.996</x:v>
+        <x:v>294.456</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>316.85</x:v>
+        <x:v>330.85</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>5.38</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>280.172</x:v>
+        <x:v>306.107</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>314.8</x:v>
+        <x:v>343.94</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>5.49</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>280.84</x:v>
+        <x:v>294.012</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>315.55</x:v>
+        <x:v>330.35</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>5.27</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>279.318</x:v>
+        <x:v>288.129</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>313.84</x:v>
+        <x:v>323.74</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>5.29</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>279.273</x:v>
+        <x:v>286.473</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>313.79</x:v>
+        <x:v>321.88</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>5.52</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>280.688</x:v>
+        <x:v>292.766</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>315.38</x:v>
+        <x:v>328.95</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>6.08</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>283.874</x:v>
+        <x:v>299.503</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>318.96</x:v>
+        <x:v>336.52</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>6.46</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>285.939</x:v>
+        <x:v>294.403</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>321.28</x:v>
+        <x:v>330.79</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>5.58</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>280.341</x:v>
+        <x:v>262.95</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>314.99</x:v>
+        <x:v>295.45</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>6.03</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>282.789</x:v>
+        <x:v>262.63</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>317.74</x:v>
+        <x:v>295.09</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>5.5</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>279.362</x:v>
+        <x:v>258.242</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>313.89</x:v>
+        <x:v>290.16</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>5</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>275.811</x:v>
+        <x:v>262.319</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>309.9</x:v>
+        <x:v>294.74</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>5.18</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>276.986</x:v>
+        <x:v>265.665</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>311.22</x:v>
+        <x:v>298.5</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>5.46</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>278.588</x:v>
+        <x:v>268.914</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>313.02</x:v>
+        <x:v>302.15</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>4.62</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>272.349</x:v>
+        <x:v>269.02</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>306.01</x:v>
+        <x:v>302.27</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>6.1</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>280.786</x:v>
+        <x:v>267.872</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>315.49</x:v>
+        <x:v>300.98</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>5.35</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>275.9</x:v>
+        <x:v>271.441</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>310</x:v>
+        <x:v>304.99</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>5.23</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>275.01</x:v>
+        <x:v>277.28</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>309</x:v>
+        <x:v>311.55</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>5.15</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>274.307</x:v>
+        <x:v>279.202</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>308.21</x:v>
+        <x:v>313.71</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>7.19</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>284.364</x:v>
+        <x:v>281.996</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>319.51</x:v>
+        <x:v>316.85</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>8.28</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>289.028</x:v>
+        <x:v>280.172</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>324.75</x:v>
+        <x:v>314.8</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>8.7</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>290.745</x:v>
+        <x:v>280.84</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>326.68</x:v>
+        <x:v>315.55</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>6.54</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>279.122</x:v>
+        <x:v>279.318</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>313.62</x:v>
+        <x:v>313.84</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>4.51</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>264.134</x:v>
+        <x:v>279.273</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>296.78</x:v>
+        <x:v>313.79</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>5.71</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>271.174</x:v>
+        <x:v>280.688</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>304.69</x:v>
+        <x:v>315.38</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>6.17</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>273.693</x:v>
+        <x:v>283.874</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>307.52</x:v>
+        <x:v>318.96</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>6.66</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>276.158</x:v>
+        <x:v>285.939</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>310.29</x:v>
+        <x:v>321.28</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>6.35</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>274.262</x:v>
+        <x:v>280.341</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>308.16</x:v>
+        <x:v>314.99</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>5.28</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>267.454</x:v>
+        <x:v>282.789</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>300.51</x:v>
+        <x:v>317.74</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>5.05</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>265.896</x:v>
+        <x:v>279.362</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>298.76</x:v>
+        <x:v>313.89</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>271.388</x:v>
+        <x:v>275.811</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>304.93</x:v>
+        <x:v>309.9</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>269.51</x:v>
+        <x:v>276.986</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>302.82</x:v>
+        <x:v>311.22</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>5.12</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>265.327</x:v>
+        <x:v>278.588</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>298.12</x:v>
+        <x:v>313.02</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>5.9</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>269.706</x:v>
+        <x:v>272.349</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>303.04</x:v>
+        <x:v>306.01</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>4.36</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>258.207</x:v>
+        <x:v>280.786</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>290.12</x:v>
+        <x:v>315.49</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>4.31</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>257.842</x:v>
+        <x:v>275.9</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>289.71</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>5</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>262.194</x:v>
+        <x:v>275.01</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>294.6</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>5.63</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>265.798</x:v>
+        <x:v>274.307</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>298.65</x:v>
+        <x:v>308.21</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>5.55</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>265.264</x:v>
+        <x:v>284.364</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>298.05</x:v>
+        <x:v>319.51</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>5.79</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>266.537</x:v>
+        <x:v>289.028</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>299.48</x:v>
+        <x:v>324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>5.32</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>263.502</x:v>
+        <x:v>290.745</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>296.07</x:v>
+        <x:v>326.68</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>5.07</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>261.811</x:v>
+        <x:v>279.122</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>294.17</x:v>
+        <x:v>313.62</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>3.65</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>249.592</x:v>
+        <x:v>264.134</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>280.44</x:v>
+        <x:v>296.78</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>4.37</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>254.754</x:v>
+        <x:v>271.174</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>286.24</x:v>
+        <x:v>304.69</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>4.84</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>257.735</x:v>
+        <x:v>273.693</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>289.59</x:v>
+        <x:v>307.52</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>4.77</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>257.228</x:v>
+        <x:v>276.158</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>289.02</x:v>
+        <x:v>310.29</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>3.91</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>250.295</x:v>
+        <x:v>274.262</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>281.23</x:v>
+        <x:v>308.16</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>9.4</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>269.946</x:v>
+        <x:v>267.454</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>303.31</x:v>
+        <x:v>300.51</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>4.92</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>242.294</x:v>
+        <x:v>265.896</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>272.24</x:v>
+        <x:v>298.76</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>5.52</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>245.489</x:v>
+        <x:v>271.388</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>275.83</x:v>
+        <x:v>304.93</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>8.79</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>257.388</x:v>
+        <x:v>269.51</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>289.2</x:v>
+        <x:v>302.82</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
+        <x:v>45428.9289351852</x:v>
+      </x:c>
+      <x:c r="B375" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C375" s="0">
+        <x:v>5.12</x:v>
+      </x:c>
+      <x:c r="D375" s="0">
+        <x:v>265.327</x:v>
+      </x:c>
+      <x:c r="E375" s="0">
+        <x:v>298.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="376" spans="1:5">
+      <x:c r="A376" s="1">
+        <x:v>45427.9284606481</x:v>
+      </x:c>
+      <x:c r="B376" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C376" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="D376" s="0">
+        <x:v>269.706</x:v>
+      </x:c>
+      <x:c r="E376" s="0">
+        <x:v>303.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="377" spans="1:5">
+      <x:c r="A377" s="1">
+        <x:v>45426.9281828704</x:v>
+      </x:c>
+      <x:c r="B377" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C377" s="0">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D377" s="0">
+        <x:v>258.207</x:v>
+      </x:c>
+      <x:c r="E377" s="0">
+        <x:v>290.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="378" spans="1:5">
+      <x:c r="A378" s="1">
+        <x:v>45425.9293518519</x:v>
+      </x:c>
+      <x:c r="B378" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C378" s="0">
+        <x:v>4.31</x:v>
+      </x:c>
+      <x:c r="D378" s="0">
+        <x:v>257.842</x:v>
+      </x:c>
+      <x:c r="E378" s="0">
+        <x:v>289.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="379" spans="1:5">
+      <x:c r="A379" s="1">
+        <x:v>45422.9236689815</x:v>
+      </x:c>
+      <x:c r="B379" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C379" s="0">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D379" s="0">
+        <x:v>262.194</x:v>
+      </x:c>
+      <x:c r="E379" s="0">
+        <x:v>294.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="380" spans="1:5">
+      <x:c r="A380" s="1">
+        <x:v>45420.9241782407</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C380" s="0">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="D380" s="0">
+        <x:v>265.798</x:v>
+      </x:c>
+      <x:c r="E380" s="0">
+        <x:v>298.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="381" spans="1:5">
+      <x:c r="A381" s="1">
+        <x:v>45419.9259953704</x:v>
+      </x:c>
+      <x:c r="B381" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C381" s="0">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D381" s="0">
+        <x:v>265.264</x:v>
+      </x:c>
+      <x:c r="E381" s="0">
+        <x:v>298.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="382" spans="1:5">
+      <x:c r="A382" s="1">
+        <x:v>45418.9291087963</x:v>
+      </x:c>
+      <x:c r="B382" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C382" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D382" s="0">
+        <x:v>266.537</x:v>
+      </x:c>
+      <x:c r="E382" s="0">
+        <x:v>299.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="383" spans="1:5">
+      <x:c r="A383" s="1">
+        <x:v>45415.9287847222</x:v>
+      </x:c>
+      <x:c r="B383" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C383" s="0">
+        <x:v>5.32</x:v>
+      </x:c>
+      <x:c r="D383" s="0">
+        <x:v>263.502</x:v>
+      </x:c>
+      <x:c r="E383" s="0">
+        <x:v>296.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="384" spans="1:5">
+      <x:c r="A384" s="1">
+        <x:v>45414.9243981481</x:v>
+      </x:c>
+      <x:c r="B384" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C384" s="0">
+        <x:v>5.07</x:v>
+      </x:c>
+      <x:c r="D384" s="0">
+        <x:v>261.811</x:v>
+      </x:c>
+      <x:c r="E384" s="0">
+        <x:v>294.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="385" spans="1:5">
+      <x:c r="A385" s="1">
+        <x:v>45412.9265625</x:v>
+      </x:c>
+      <x:c r="B385" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C385" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D385" s="0">
+        <x:v>249.592</x:v>
+      </x:c>
+      <x:c r="E385" s="0">
+        <x:v>280.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="386" spans="1:5">
+      <x:c r="A386" s="1">
+        <x:v>45411.9246643518</x:v>
+      </x:c>
+      <x:c r="B386" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C386" s="0">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="D386" s="0">
+        <x:v>254.754</x:v>
+      </x:c>
+      <x:c r="E386" s="0">
+        <x:v>286.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="387" spans="1:5">
+      <x:c r="A387" s="1">
+        <x:v>45408.9315393519</x:v>
+      </x:c>
+      <x:c r="B387" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C387" s="0">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="D387" s="0">
+        <x:v>257.735</x:v>
+      </x:c>
+      <x:c r="E387" s="0">
+        <x:v>289.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="388" spans="1:5">
+      <x:c r="A388" s="1">
+        <x:v>45407.9436458333</x:v>
+      </x:c>
+      <x:c r="B388" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C388" s="0">
+        <x:v>4.77</x:v>
+      </x:c>
+      <x:c r="D388" s="0">
+        <x:v>257.228</x:v>
+      </x:c>
+      <x:c r="E388" s="0">
+        <x:v>289.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="389" spans="1:5">
+      <x:c r="A389" s="1">
+        <x:v>45406.9296759259</x:v>
+      </x:c>
+      <x:c r="B389" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C389" s="0">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="D389" s="0">
+        <x:v>250.295</x:v>
+      </x:c>
+      <x:c r="E389" s="0">
+        <x:v>281.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="390" spans="1:5">
+      <x:c r="A390" s="1">
+        <x:v>45405.9324537037</x:v>
+      </x:c>
+      <x:c r="B390" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C390" s="0">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="D390" s="0">
+        <x:v>269.946</x:v>
+      </x:c>
+      <x:c r="E390" s="0">
+        <x:v>303.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="391" spans="1:5">
+      <x:c r="A391" s="1">
+        <x:v>45404.9329861111</x:v>
+      </x:c>
+      <x:c r="B391" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C391" s="0">
+        <x:v>4.92</x:v>
+      </x:c>
+      <x:c r="D391" s="0">
+        <x:v>242.294</x:v>
+      </x:c>
+      <x:c r="E391" s="0">
+        <x:v>272.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="392" spans="1:5">
+      <x:c r="A392" s="1">
+        <x:v>45401.9232060185</x:v>
+      </x:c>
+      <x:c r="B392" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C392" s="0">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="D392" s="0">
+        <x:v>245.489</x:v>
+      </x:c>
+      <x:c r="E392" s="0">
+        <x:v>275.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="393" spans="1:5">
+      <x:c r="A393" s="1">
+        <x:v>45400.9237615741</x:v>
+      </x:c>
+      <x:c r="B393" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C393" s="0">
+        <x:v>8.79</x:v>
+      </x:c>
+      <x:c r="D393" s="0">
+        <x:v>257.388</x:v>
+      </x:c>
+      <x:c r="E393" s="0">
+        <x:v>289.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="394" spans="1:5">
+      <x:c r="A394" s="1">
         <x:v>45399.9244560185</x:v>
       </x:c>
-      <x:c r="B375" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C375" s="0">
+      <x:c r="B394" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C394" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D375" s="0">
+      <x:c r="D394" s="0">
         <x:v>261.286</x:v>
       </x:c>
-      <x:c r="E375" s="0">
+      <x:c r="E394" s="0">
         <x:v>293.58</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>