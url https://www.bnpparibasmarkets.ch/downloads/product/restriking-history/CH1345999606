--- v2 (2025-12-13)
+++ v3 (2026-01-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9fccde120e340b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bed74710d2241c281c04bce08c2d332.psmdcp" Id="R515939de04b34960" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98c92c99f564186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06387210b5f240b787ddfdea3b8afe27.psmdcp" Id="Rbfb9b9fb1cc24bf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345999606</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,6744 +393,6999 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E394"/>
+  <x:dimension ref="A1:E409"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>532.042</x:v>
+        <x:v>471.7</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>597.8</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>532.994</x:v>
+        <x:v>480.039</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>598.87</x:v>
+        <x:v>539.37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>542.375</x:v>
+        <x:v>492.775</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>609.41</x:v>
+        <x:v>553.68</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>524.806</x:v>
+        <x:v>506.962</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>589.67</x:v>
+        <x:v>569.62</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>502.788</x:v>
+        <x:v>508.573</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>564.93</x:v>
+        <x:v>571.43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>499.263</x:v>
+        <x:v>528.117</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>560.97</x:v>
+        <x:v>593.39</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>495.881</x:v>
+        <x:v>513.245</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>557.17</x:v>
+        <x:v>576.68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>513.343</x:v>
+        <x:v>517.259</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>576.79</x:v>
+        <x:v>581.19</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>515.212</x:v>
+        <x:v>515.657</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>578.89</x:v>
+        <x:v>579.39</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>532.994</x:v>
+        <x:v>515.132</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>598.87</x:v>
+        <x:v>578.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>527.494</x:v>
+        <x:v>518.122</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>592.69</x:v>
+        <x:v>582.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>521.068</x:v>
+        <x:v>501.8</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>585.47</x:v>
+        <x:v>563.82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>519.413</x:v>
+        <x:v>503.945</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>583.61</x:v>
+        <x:v>566.23</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>524.415</x:v>
+        <x:v>515.372</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>589.23</x:v>
+        <x:v>579.07</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>550.492</x:v>
+        <x:v>513.664</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>618.53</x:v>
+        <x:v>577.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>566.44</x:v>
+        <x:v>532.042</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>636.45</x:v>
+        <x:v>597.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>570.152</x:v>
+        <x:v>532.994</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>640.62</x:v>
+        <x:v>598.87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>565.818</x:v>
+        <x:v>542.375</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>635.75</x:v>
+        <x:v>609.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>574.344</x:v>
+        <x:v>524.806</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>645.33</x:v>
+        <x:v>589.67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>576.604</x:v>
+        <x:v>502.788</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>647.87</x:v>
+        <x:v>564.93</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>569.226</x:v>
+        <x:v>499.263</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>639.58</x:v>
+        <x:v>560.97</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>554.408</x:v>
+        <x:v>495.881</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>622.93</x:v>
+        <x:v>557.17</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>549.05</x:v>
+        <x:v>513.343</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>616.91</x:v>
+        <x:v>576.79</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>550.198</x:v>
+        <x:v>515.212</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>618.2</x:v>
+        <x:v>578.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>551.8</x:v>
+        <x:v>532.994</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>620</x:v>
+        <x:v>598.87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>560.344</x:v>
+        <x:v>527.494</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>629.6</x:v>
+        <x:v>592.69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>573.24</x:v>
+        <x:v>521.068</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>644.09</x:v>
+        <x:v>585.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>583.235</x:v>
+        <x:v>519.413</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>655.32</x:v>
+        <x:v>583.61</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>584.445</x:v>
+        <x:v>524.415</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>656.68</x:v>
+        <x:v>589.23</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>592.446</x:v>
+        <x:v>550.492</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>665.67</x:v>
+        <x:v>618.53</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>581.553</x:v>
+        <x:v>566.44</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>653.43</x:v>
+        <x:v>636.45</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>585.442</x:v>
+        <x:v>570.152</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>657.8</x:v>
+        <x:v>640.62</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>574.744</x:v>
+        <x:v>565.818</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>645.78</x:v>
+        <x:v>635.75</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>599.735</x:v>
+        <x:v>574.344</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>673.86</x:v>
+        <x:v>645.33</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>601.302</x:v>
+        <x:v>576.604</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>675.62</x:v>
+        <x:v>647.87</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>613.397</x:v>
+        <x:v>569.226</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>689.21</x:v>
+        <x:v>639.58</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>601.222</x:v>
+        <x:v>554.408</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>675.53</x:v>
+        <x:v>622.93</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>597.653</x:v>
+        <x:v>549.05</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>671.52</x:v>
+        <x:v>616.91</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>591.369</x:v>
+        <x:v>550.198</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>664.46</x:v>
+        <x:v>618.2</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>597.457</x:v>
+        <x:v>551.8</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>671.3</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>608.324</x:v>
+        <x:v>560.344</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>683.51</x:v>
+        <x:v>629.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>615.916</x:v>
+        <x:v>573.24</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>692.04</x:v>
+        <x:v>644.09</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>609.908</x:v>
+        <x:v>583.235</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>685.29</x:v>
+        <x:v>655.32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>600.528</x:v>
+        <x:v>584.445</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>674.75</x:v>
+        <x:v>656.68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>605.592</x:v>
+        <x:v>592.446</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>680.44</x:v>
+        <x:v>665.67</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>605.449</x:v>
+        <x:v>581.553</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>680.28</x:v>
+        <x:v>653.43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>605.645</x:v>
+        <x:v>585.442</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>680.5</x:v>
+        <x:v>657.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>629.497</x:v>
+        <x:v>574.744</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>707.3</x:v>
+        <x:v>645.78</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>623.605</x:v>
+        <x:v>599.735</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>700.68</x:v>
+        <x:v>673.86</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>621.22</x:v>
+        <x:v>601.302</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>698</x:v>
+        <x:v>675.62</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>648.338</x:v>
+        <x:v>613.397</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>728.47</x:v>
+        <x:v>689.21</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>637.712</x:v>
+        <x:v>601.222</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>716.53</x:v>
+        <x:v>675.53</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>634.232</x:v>
+        <x:v>597.653</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>712.62</x:v>
+        <x:v>671.52</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>630.698</x:v>
+        <x:v>591.369</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>708.65</x:v>
+        <x:v>664.46</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>639.857</x:v>
+        <x:v>597.457</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>718.94</x:v>
+        <x:v>671.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>657.292</x:v>
+        <x:v>608.324</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>738.53</x:v>
+        <x:v>683.51</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>654.079</x:v>
+        <x:v>615.916</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>734.92</x:v>
+        <x:v>692.04</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>653.367</x:v>
+        <x:v>609.908</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>734.12</x:v>
+        <x:v>685.29</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>629.399</x:v>
+        <x:v>600.528</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>707.19</x:v>
+        <x:v>674.75</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>626.613</x:v>
+        <x:v>605.592</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>704.06</x:v>
+        <x:v>680.44</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>625.759</x:v>
+        <x:v>605.449</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>703.1</x:v>
+        <x:v>680.28</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>619.796</x:v>
+        <x:v>605.645</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>696.4</x:v>
+        <x:v>680.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>614.376</x:v>
+        <x:v>629.497</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>690.31</x:v>
+        <x:v>707.3</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>626.64</x:v>
+        <x:v>623.605</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>704.09</x:v>
+        <x:v>700.68</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>640.052</x:v>
+        <x:v>621.22</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>719.16</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>639.269</x:v>
+        <x:v>648.338</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>718.28</x:v>
+        <x:v>728.47</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>629.399</x:v>
+        <x:v>637.712</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>707.19</x:v>
+        <x:v>716.53</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>626.426</x:v>
+        <x:v>634.232</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>703.85</x:v>
+        <x:v>712.62</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>620.624</x:v>
+        <x:v>630.698</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>697.33</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>613.762</x:v>
+        <x:v>639.857</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>689.62</x:v>
+        <x:v>718.94</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.59</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>606.873</x:v>
+        <x:v>657.292</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>681.88</x:v>
+        <x:v>738.53</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>612.142</x:v>
+        <x:v>654.079</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>687.8</x:v>
+        <x:v>734.92</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>616.761</x:v>
+        <x:v>653.367</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>692.99</x:v>
+        <x:v>734.12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>619.858</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>696.47</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>618.363</x:v>
+        <x:v>626.613</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>694.79</x:v>
+        <x:v>704.06</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>616.761</x:v>
+        <x:v>625.759</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>692.99</x:v>
+        <x:v>703.1</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
         <x:v>0.66</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>613.628</x:v>
+        <x:v>619.796</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>689.47</x:v>
+        <x:v>696.4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>626.373</x:v>
+        <x:v>614.376</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>703.79</x:v>
+        <x:v>690.31</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>640.222</x:v>
+        <x:v>626.64</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>719.35</x:v>
+        <x:v>704.09</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>647.982</x:v>
+        <x:v>640.052</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>728.07</x:v>
+        <x:v>719.16</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>652.201</x:v>
+        <x:v>639.269</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>732.81</x:v>
+        <x:v>718.28</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>621.665</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>698.5</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>618.55</x:v>
+        <x:v>626.426</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>695</x:v>
+        <x:v>703.85</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>613.522</x:v>
+        <x:v>620.624</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>689.35</x:v>
+        <x:v>697.33</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>613.415</x:v>
+        <x:v>613.762</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>689.23</x:v>
+        <x:v>689.62</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>628.242</x:v>
+        <x:v>606.873</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>705.89</x:v>
+        <x:v>681.88</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>611.199</x:v>
+        <x:v>612.142</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>686.74</x:v>
+        <x:v>687.8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>593.461</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>666.81</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>575.83</x:v>
+        <x:v>619.858</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>647</x:v>
+        <x:v>696.47</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>586.145</x:v>
+        <x:v>618.363</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>658.59</x:v>
+        <x:v>694.79</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>557.621</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>626.54</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>578.918</x:v>
+        <x:v>613.628</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>650.47</x:v>
+        <x:v>689.47</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>551.809</x:v>
+        <x:v>626.373</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>620.01</x:v>
+        <x:v>703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45867.6679166667</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>554.47</x:v>
+        <x:v>640.222</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>623</x:v>
+        <x:v>719.35</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>3.89</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>623.872</x:v>
+        <x:v>647.982</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>700.98</x:v>
+        <x:v>728.07</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>3.58</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>616.859</x:v>
+        <x:v>652.201</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>693.1</x:v>
+        <x:v>732.81</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>3.15</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>606.464</x:v>
+        <x:v>621.665</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>681.42</x:v>
+        <x:v>698.5</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>2.91</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>600.269</x:v>
+        <x:v>618.55</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>674.46</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>2.96</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>601.409</x:v>
+        <x:v>613.522</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>675.74</x:v>
+        <x:v>689.35</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>4.59</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>629.123</x:v>
+        <x:v>613.415</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>706.88</x:v>
+        <x:v>689.23</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>4.07</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>618.977</x:v>
+        <x:v>628.242</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>695.48</x:v>
+        <x:v>705.89</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>5.68</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>641.61</x:v>
+        <x:v>611.199</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>720.91</x:v>
+        <x:v>686.74</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>4.85</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>627.94</x:v>
+        <x:v>593.461</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>705.55</x:v>
+        <x:v>666.81</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>5.14</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>632.309</x:v>
+        <x:v>575.83</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>710.46</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>5.58</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>638.566</x:v>
+        <x:v>586.145</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>717.49</x:v>
+        <x:v>658.59</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>5.13</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>631.144</x:v>
+        <x:v>557.621</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>709.15</x:v>
+        <x:v>626.54</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>5.18</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>631.856</x:v>
+        <x:v>578.918</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>709.95</x:v>
+        <x:v>650.47</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>6</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>642.687</x:v>
+        <x:v>551.809</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>722.12</x:v>
+        <x:v>620.01</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45867.6679166667</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>5.96</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>642.037</x:v>
+        <x:v>554.47</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>721.39</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>7.12</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>655.298</x:v>
+        <x:v>623.872</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>736.29</x:v>
+        <x:v>700.98</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>6.37</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>645.294</x:v>
+        <x:v>616.859</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>725.05</x:v>
+        <x:v>693.1</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>5.43</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>631.455</x:v>
+        <x:v>606.464</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>709.5</x:v>
+        <x:v>681.42</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>6.34</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>642.892</x:v>
+        <x:v>600.269</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>722.35</x:v>
+        <x:v>674.46</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>11.97</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>682.933</x:v>
+        <x:v>601.409</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>767.34</x:v>
+        <x:v>675.74</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>12.72</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>687.614</x:v>
+        <x:v>629.123</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>772.6</x:v>
+        <x:v>706.88</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>13.19</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>690.551</x:v>
+        <x:v>618.977</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>775.9</x:v>
+        <x:v>695.48</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>9.23</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>655.307</x:v>
+        <x:v>641.61</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>736.3</x:v>
+        <x:v>720.91</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>10.82</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>667.42</x:v>
+        <x:v>627.94</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>749.91</x:v>
+        <x:v>705.55</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>8.99</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>650.724</x:v>
+        <x:v>632.309</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>731.15</x:v>
+        <x:v>710.46</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>7.11</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>629.604</x:v>
+        <x:v>638.566</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>707.42</x:v>
+        <x:v>717.49</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>7.37</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>632.069</x:v>
+        <x:v>631.144</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>710.19</x:v>
+        <x:v>709.15</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>8.41</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>641.939</x:v>
+        <x:v>631.856</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>721.28</x:v>
+        <x:v>709.95</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>7.92</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>636.857</x:v>
+        <x:v>642.687</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>715.57</x:v>
+        <x:v>722.12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>7.55</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>632.656</x:v>
+        <x:v>642.037</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>710.85</x:v>
+        <x:v>721.39</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>6.93</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>625.51</x:v>
+        <x:v>655.298</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>702.82</x:v>
+        <x:v>736.29</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>7.47</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>631.135</x:v>
+        <x:v>645.294</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>709.14</x:v>
+        <x:v>725.05</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>6.33</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>617.055</x:v>
+        <x:v>631.455</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>693.32</x:v>
+        <x:v>709.5</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>8.1</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>633.911</x:v>
+        <x:v>642.892</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>712.26</x:v>
+        <x:v>722.35</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>8.16</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>634.41</x:v>
+        <x:v>682.933</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>712.82</x:v>
+        <x:v>767.34</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>7.21</x:v>
+        <x:v>12.72</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>623.961</x:v>
+        <x:v>687.614</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>701.08</x:v>
+        <x:v>772.6</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>5.31</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>597.252</x:v>
+        <x:v>690.551</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>671.07</x:v>
+        <x:v>775.9</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>5.38</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>598.08</x:v>
+        <x:v>655.307</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>672</x:v>
+        <x:v>736.3</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>4.43</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>581.9</x:v>
+        <x:v>667.42</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>653.82</x:v>
+        <x:v>749.91</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>3.65</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>566.708</x:v>
+        <x:v>650.724</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>636.75</x:v>
+        <x:v>731.15</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>3.96</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>572.27</x:v>
+        <x:v>629.604</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>643</x:v>
+        <x:v>707.42</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>4.9</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>586.163</x:v>
+        <x:v>632.069</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>658.61</x:v>
+        <x:v>710.19</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>5.29</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>591.512</x:v>
+        <x:v>641.939</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>664.62</x:v>
+        <x:v>721.28</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>4.82</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>584.107</x:v>
+        <x:v>636.857</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>656.3</x:v>
+        <x:v>715.57</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>4.02</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>569.76</x:v>
+        <x:v>632.656</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>640.18</x:v>
+        <x:v>710.85</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>3.7</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>563.575</x:v>
+        <x:v>625.51</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>633.23</x:v>
+        <x:v>702.82</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>3.17</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>551.862</x:v>
+        <x:v>631.135</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>620.07</x:v>
+        <x:v>709.14</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>3.2</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>552.521</x:v>
+        <x:v>617.055</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>620.81</x:v>
+        <x:v>693.32</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>4.88</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>576.942</x:v>
+        <x:v>633.911</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>648.25</x:v>
+        <x:v>712.26</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>5.34</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>583.181</x:v>
+        <x:v>634.41</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>655.26</x:v>
+        <x:v>712.82</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>5.47</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>584.819</x:v>
+        <x:v>623.961</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>657.1</x:v>
+        <x:v>701.08</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>4.19</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>563.236</x:v>
+        <x:v>597.252</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>632.85</x:v>
+        <x:v>671.07</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>4.47</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>567.508</x:v>
+        <x:v>598.08</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>637.65</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>4.88</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>573.16</x:v>
+        <x:v>581.9</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>644</x:v>
+        <x:v>653.82</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>3.51</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>546.442</x:v>
+        <x:v>566.708</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>613.98</x:v>
+        <x:v>636.75</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>2.32</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>513.477</x:v>
+        <x:v>572.27</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>576.94</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>3.23</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>531.98</x:v>
+        <x:v>586.163</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>597.73</x:v>
+        <x:v>658.61</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>4.61</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>552.441</x:v>
+        <x:v>591.512</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>620.72</x:v>
+        <x:v>664.62</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>3.87</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>539.296</x:v>
+        <x:v>584.107</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>605.95</x:v>
+        <x:v>656.3</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>3.28</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>527.503</x:v>
+        <x:v>569.76</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>592.7</x:v>
+        <x:v>640.18</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>3.19</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>525.447</x:v>
+        <x:v>563.575</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>590.39</x:v>
+        <x:v>633.23</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>2.62</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>511.082</x:v>
+        <x:v>551.862</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>574.25</x:v>
+        <x:v>620.07</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>2.26</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>501.132</x:v>
+        <x:v>552.521</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>563.07</x:v>
+        <x:v>620.81</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>2.61</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>509.427</x:v>
+        <x:v>576.942</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>572.39</x:v>
+        <x:v>648.25</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>1.95</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>488.761</x:v>
+        <x:v>583.181</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>549.17</x:v>
+        <x:v>655.26</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>1.81</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>483.857</x:v>
+        <x:v>584.819</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>543.66</x:v>
+        <x:v>657.1</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>2.1</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>492.188</x:v>
+        <x:v>563.236</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>553.02</x:v>
+        <x:v>632.85</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>2.71</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>506.463</x:v>
+        <x:v>567.508</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>569.06</x:v>
+        <x:v>637.65</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>1.52</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>461.332</x:v>
+        <x:v>573.16</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>518.35</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>1.4</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>461.883</x:v>
+        <x:v>546.442</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>518.97</x:v>
+        <x:v>613.98</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>1.24</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>447.937</x:v>
+        <x:v>513.477</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>503.3</x:v>
+        <x:v>576.94</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45751.8460648148</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>1.12</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>442.324</x:v>
+        <x:v>531.98</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>496.994</x:v>
+        <x:v>597.73</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>9.44</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>496.994</x:v>
+        <x:v>552.441</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>558.42</x:v>
+        <x:v>620.72</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>8.76</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>491.04</x:v>
+        <x:v>539.296</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>551.73</x:v>
+        <x:v>605.95</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>8.56</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>489.527</x:v>
+        <x:v>527.503</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>550.03</x:v>
+        <x:v>592.7</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>10.24</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>499.432</x:v>
+        <x:v>525.447</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>561.16</x:v>
+        <x:v>590.39</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>13.91</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>516.396</x:v>
+        <x:v>511.082</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>580.22</x:v>
+        <x:v>574.25</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>13.22</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>512.952</x:v>
+        <x:v>501.132</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>576.35</x:v>
+        <x:v>563.07</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>27.26</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>548.133</x:v>
+        <x:v>509.427</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>615.88</x:v>
+        <x:v>572.39</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>23.78</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>538.192</x:v>
+        <x:v>488.761</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>604.71</x:v>
+        <x:v>549.17</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>22.46</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>533.947</x:v>
+        <x:v>483.857</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>599.94</x:v>
+        <x:v>543.66</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>20.97</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>529.15</x:v>
+        <x:v>492.188</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>594.55</x:v>
+        <x:v>553.02</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>18.85</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>521.745</x:v>
+        <x:v>506.463</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>586.23</x:v>
+        <x:v>569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>15.28</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>506.837</x:v>
+        <x:v>461.332</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>569.48</x:v>
+        <x:v>518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>24.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>531.739</x:v>
+        <x:v>461.883</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>597.46</x:v>
+        <x:v>518.97</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>18.68</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>478.74</x:v>
+        <x:v>447.937</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>574.79</x:v>
+        <x:v>503.3</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45751.8460648148</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>12.08</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>478.74</x:v>
+        <x:v>442.324</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>0</x:v>
+        <x:v>496.994</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>11.73</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>476.898</x:v>
+        <x:v>496.994</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>0</x:v>
+        <x:v>558.42</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>8.21</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>452.512</x:v>
+        <x:v>491.04</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>508.44</x:v>
+        <x:v>551.73</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>6.25</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>473.569</x:v>
+        <x:v>489.527</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>532.1</x:v>
+        <x:v>550.03</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>17.81</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>483.635</x:v>
+        <x:v>499.432</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>543.41</x:v>
+        <x:v>561.16</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>21.41</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>522.279</x:v>
+        <x:v>516.396</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>586.83</x:v>
+        <x:v>580.22</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>52.66</x:v>
+        <x:v>13.22</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>519.885</x:v>
+        <x:v>512.952</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>584.14</x:v>
+        <x:v>576.35</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>50.86</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>533.875</x:v>
+        <x:v>548.133</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>599.86</x:v>
+        <x:v>615.88</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>64.48</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>541.129</x:v>
+        <x:v>538.192</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>608.01</x:v>
+        <x:v>604.71</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>72.59</x:v>
+        <x:v>22.46</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>525.776</x:v>
+        <x:v>533.947</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>590.76</x:v>
+        <x:v>599.94</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>58.92</x:v>
+        <x:v>20.97</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>536.786</x:v>
+        <x:v>529.15</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>603.13</x:v>
+        <x:v>594.55</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>70.61</x:v>
+        <x:v>18.85</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>523.827</x:v>
+        <x:v>521.745</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>588.57</x:v>
+        <x:v>586.23</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>59.02</x:v>
+        <x:v>15.28</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>535.433</x:v>
+        <x:v>506.837</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>601.61</x:v>
+        <x:v>569.48</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>71.53</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>540.568</x:v>
+        <x:v>531.739</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>607.38</x:v>
+        <x:v>597.46</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>77.79</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>566.725</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>636.77</x:v>
+        <x:v>574.79</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>123.63</x:v>
+        <x:v>12.08</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>572.03</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>642.73</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>133.75</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>561.198</x:v>
+        <x:v>476.898</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>630.56</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>116.02</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>567.98</x:v>
+        <x:v>452.512</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>638.18</x:v>
+        <x:v>508.44</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>129.13</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>577.005</x:v>
+        <x:v>473.569</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>648.32</x:v>
+        <x:v>532.1</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>135.02</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>554.604</x:v>
+        <x:v>483.635</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>623.15</x:v>
+        <x:v>543.41</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>110.46</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>567.544</x:v>
+        <x:v>522.279</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>637.69</x:v>
+        <x:v>586.83</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>135.35</x:v>
+        <x:v>52.66</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>567.544</x:v>
+        <x:v>519.885</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>637.69</x:v>
+        <x:v>584.14</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>114.3</x:v>
+        <x:v>50.86</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>557.024</x:v>
+        <x:v>533.875</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>625.87</x:v>
+        <x:v>599.86</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>118.85</x:v>
+        <x:v>64.48</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>557.14</x:v>
+        <x:v>541.129</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>626</x:v>
+        <x:v>608.01</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>119.23</x:v>
+        <x:v>72.59</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>557.14</x:v>
+        <x:v>525.776</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>626</x:v>
+        <x:v>590.76</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>113.24</x:v>
+        <x:v>58.92</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>553.375</x:v>
+        <x:v>536.786</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>621.77</x:v>
+        <x:v>603.13</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>55.03</x:v>
+        <x:v>70.61</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>488.681</x:v>
+        <x:v>523.827</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>549.08</x:v>
+        <x:v>588.57</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>54.86</x:v>
+        <x:v>59.02</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>488.21</x:v>
+        <x:v>535.433</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>548.55</x:v>
+        <x:v>601.61</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>56.24</x:v>
+        <x:v>71.53</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>489.616</x:v>
+        <x:v>540.568</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>550.13</x:v>
+        <x:v>607.38</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>48.22</x:v>
+        <x:v>77.79</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>479.559</x:v>
+        <x:v>566.725</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>538.83</x:v>
+        <x:v>636.77</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>43.07</x:v>
+        <x:v>123.63</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>472.412</x:v>
+        <x:v>572.03</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>530.8</x:v>
+        <x:v>642.73</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>32.52</x:v>
+        <x:v>133.75</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>454.283</x:v>
+        <x:v>561.198</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>510.43</x:v>
+        <x:v>630.56</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>25.28</x:v>
+        <x:v>116.02</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>439.268</x:v>
+        <x:v>567.98</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>493.56</x:v>
+        <x:v>638.18</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>23.03</x:v>
+        <x:v>129.13</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>433.884</x:v>
+        <x:v>577.005</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>487.51</x:v>
+        <x:v>648.32</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>22.43</x:v>
+        <x:v>135.02</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>432.122</x:v>
+        <x:v>554.604</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>485.53</x:v>
+        <x:v>623.15</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>24.38</x:v>
+        <x:v>110.46</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>436.403</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>490.34</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>24.56</x:v>
+        <x:v>135.35</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>436.714</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>490.69</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>16.75</x:v>
+        <x:v>114.3</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>412.595</x:v>
+        <x:v>557.024</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>463.59</x:v>
+        <x:v>625.87</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>15.42</x:v>
+        <x:v>118.85</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>408.101</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>458.54</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>15.76</x:v>
+        <x:v>119.23</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>408.982</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>459.53</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>23.87</x:v>
+        <x:v>113.24</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>426.96</x:v>
+        <x:v>553.375</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>479.73</x:v>
+        <x:v>621.77</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>18.78</x:v>
+        <x:v>55.03</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>412.898</x:v>
+        <x:v>488.681</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>463.93</x:v>
+        <x:v>549.08</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>20.57</x:v>
+        <x:v>54.86</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>417.348</x:v>
+        <x:v>488.21</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>468.93</x:v>
+        <x:v>548.55</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>19.89</x:v>
+        <x:v>56.24</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>415.354</x:v>
+        <x:v>489.616</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>466.69</x:v>
+        <x:v>550.13</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>15.82</x:v>
+        <x:v>48.22</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>402.093</x:v>
+        <x:v>479.559</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>451.79</x:v>
+        <x:v>538.83</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>17.32</x:v>
+        <x:v>43.07</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>406.267</x:v>
+        <x:v>472.412</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>456.48</x:v>
+        <x:v>530.8</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>17.37</x:v>
+        <x:v>32.52</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>406.098</x:v>
+        <x:v>454.283</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>456.29</x:v>
+        <x:v>510.43</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>18.96</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>410.183</x:v>
+        <x:v>439.268</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>460.88</x:v>
+        <x:v>493.56</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>18.96</x:v>
+        <x:v>23.03</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>410.183</x:v>
+        <x:v>433.884</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>460.88</x:v>
+        <x:v>487.51</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>16.98</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>404.202</x:v>
+        <x:v>432.122</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>454.16</x:v>
+        <x:v>485.53</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>15.48</x:v>
+        <x:v>24.38</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>399.298</x:v>
+        <x:v>436.403</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>448.65</x:v>
+        <x:v>490.34</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>27.42</x:v>
+        <x:v>24.56</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>422.189</x:v>
+        <x:v>436.714</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>474.37</x:v>
+        <x:v>490.69</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>33.25</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>431.561</x:v>
+        <x:v>412.595</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>484.9</x:v>
+        <x:v>463.59</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>32.54</x:v>
+        <x:v>15.42</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>430.146</x:v>
+        <x:v>408.101</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>483.31</x:v>
+        <x:v>458.54</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>30.94</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>427.298</x:v>
+        <x:v>408.982</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>480.11</x:v>
+        <x:v>459.53</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>29.41</x:v>
+        <x:v>23.87</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>424.45</x:v>
+        <x:v>426.96</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>476.91</x:v>
+        <x:v>479.73</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>27.01</x:v>
+        <x:v>18.78</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>419.706</x:v>
+        <x:v>412.898</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>471.58</x:v>
+        <x:v>463.93</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>33.06</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>429.443</x:v>
+        <x:v>417.348</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>482.52</x:v>
+        <x:v>468.93</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>44.86</x:v>
+        <x:v>19.89</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>443.781</x:v>
+        <x:v>415.354</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>498.63</x:v>
+        <x:v>466.69</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>41.48</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>439.224</x:v>
+        <x:v>402.093</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>493.51</x:v>
+        <x:v>451.79</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>48.39</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>447.118</x:v>
+        <x:v>406.267</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>502.38</x:v>
+        <x:v>456.48</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>34.75</x:v>
+        <x:v>17.37</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>427.44</x:v>
+        <x:v>406.098</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>480.27</x:v>
+        <x:v>456.29</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>33.07</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>424.494</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>476.96</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>32.24</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>422.964</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>475.24</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>33.05</x:v>
+        <x:v>16.98</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>424.183</x:v>
+        <x:v>404.202</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>476.61</x:v>
+        <x:v>454.16</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>35.95</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>428.428</x:v>
+        <x:v>399.298</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>481.38</x:v>
+        <x:v>448.65</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>32.62</x:v>
+        <x:v>27.42</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>422.786</x:v>
+        <x:v>422.189</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>475.04</x:v>
+        <x:v>474.37</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>30.43</x:v>
+        <x:v>33.25</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>418.923</x:v>
+        <x:v>431.561</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>470.7</x:v>
+        <x:v>484.9</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>30.12</x:v>
+        <x:v>32.54</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>418.309</x:v>
+        <x:v>430.146</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>470.01</x:v>
+        <x:v>483.31</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>27.26</x:v>
+        <x:v>30.94</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>412.809</x:v>
+        <x:v>427.298</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>463.83</x:v>
+        <x:v>480.11</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>23.39</x:v>
+        <x:v>29.41</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>404.38</x:v>
+        <x:v>424.45</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>454.36</x:v>
+        <x:v>476.91</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>25.26</x:v>
+        <x:v>27.01</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>407.905</x:v>
+        <x:v>419.706</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>458.32</x:v>
+        <x:v>471.58</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>37.3</x:v>
+        <x:v>33.06</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>424.975</x:v>
+        <x:v>429.443</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>477.5</x:v>
+        <x:v>482.52</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>31.83</x:v>
+        <x:v>44.86</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>415.959</x:v>
+        <x:v>443.781</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>467.37</x:v>
+        <x:v>498.63</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>16.63</x:v>
+        <x:v>41.48</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>373.257</x:v>
+        <x:v>439.224</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>419.39</x:v>
+        <x:v>493.51</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>14.12</x:v>
+        <x:v>48.39</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>365.069</x:v>
+        <x:v>447.118</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>410.19</x:v>
+        <x:v>502.38</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>11.92</x:v>
+        <x:v>34.75</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>356.605</x:v>
+        <x:v>427.44</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>400.68</x:v>
+        <x:v>480.27</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>11.74</x:v>
+        <x:v>33.07</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>355.858</x:v>
+        <x:v>424.494</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>399.84</x:v>
+        <x:v>476.96</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>9.98</x:v>
+        <x:v>32.24</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>348.132</x:v>
+        <x:v>422.964</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>391.16</x:v>
+        <x:v>475.24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>8.48</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>340.541</x:v>
+        <x:v>424.183</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>382.63</x:v>
+        <x:v>476.61</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>7.7</x:v>
+        <x:v>35.95</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>336.18</x:v>
+        <x:v>428.428</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>377.73</x:v>
+        <x:v>481.38</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>9.01</x:v>
+        <x:v>32.62</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>342.205</x:v>
+        <x:v>422.786</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>384.5</x:v>
+        <x:v>475.04</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>9.14</x:v>
+        <x:v>30.43</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>342.739</x:v>
+        <x:v>418.923</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>385.1</x:v>
+        <x:v>470.7</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>11.18</x:v>
+        <x:v>30.12</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>350.678</x:v>
+        <x:v>418.309</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>394.02</x:v>
+        <x:v>470.01</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>10.59</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>348.195</x:v>
+        <x:v>412.809</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>391.23</x:v>
+        <x:v>463.83</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>9.28</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>342.08</x:v>
+        <x:v>404.38</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>384.36</x:v>
+        <x:v>454.36</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>8.4</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>337.452</x:v>
+        <x:v>407.905</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>379.16</x:v>
+        <x:v>458.32</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>8.02</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>335.414</x:v>
+        <x:v>424.975</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>376.87</x:v>
+        <x:v>477.5</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>8.57</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>338.058</x:v>
+        <x:v>415.959</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>379.84</x:v>
+        <x:v>467.37</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>10.23</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>344.991</x:v>
+        <x:v>373.257</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>387.63</x:v>
+        <x:v>419.39</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>9.16</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>339.953</x:v>
+        <x:v>365.069</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>381.97</x:v>
+        <x:v>410.19</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>7.83</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>331.614</x:v>
+        <x:v>356.605</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>372.6</x:v>
+        <x:v>400.68</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>7.83</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>331.525</x:v>
+        <x:v>355.858</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>372.5</x:v>
+        <x:v>399.84</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>8.08</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>332.593</x:v>
+        <x:v>348.132</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>373.7</x:v>
+        <x:v>391.16</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>8.9</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>336.42</x:v>
+        <x:v>340.541</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>378</x:v>
+        <x:v>382.63</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>8.21</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>332.842</x:v>
+        <x:v>336.18</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>373.98</x:v>
+        <x:v>377.73</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>7.63</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>329.638</x:v>
+        <x:v>342.205</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>370.38</x:v>
+        <x:v>384.5</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>6.56</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>323.026</x:v>
+        <x:v>342.739</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>362.95</x:v>
+        <x:v>385.1</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>8.08</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>330.59</x:v>
+        <x:v>350.678</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>371.45</x:v>
+        <x:v>394.02</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>8.3</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>331.614</x:v>
+        <x:v>348.195</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>372.6</x:v>
+        <x:v>391.23</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>8.71</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>333.528</x:v>
+        <x:v>342.08</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>374.75</x:v>
+        <x:v>384.36</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>8.85</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>334.106</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>375.4</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>7.71</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>327.992</x:v>
+        <x:v>335.414</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>368.53</x:v>
+        <x:v>376.87</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>7.87</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>328.588</x:v>
+        <x:v>338.058</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>369.2</x:v>
+        <x:v>379.84</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>9.98</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>337.452</x:v>
+        <x:v>344.991</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>379.16</x:v>
+        <x:v>387.63</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>11.11</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>341.724</x:v>
+        <x:v>339.953</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>383.96</x:v>
+        <x:v>381.97</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>10.34</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>338.52</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>380.36</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>8.31</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>328.419</x:v>
+        <x:v>331.525</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>369.01</x:v>
+        <x:v>372.5</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>7.7</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>325.001</x:v>
+        <x:v>332.593</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>365.17</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>6.95</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>320.596</x:v>
+        <x:v>336.42</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>360.22</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>5.05</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>306.133</x:v>
+        <x:v>332.842</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>343.97</x:v>
+        <x:v>373.98</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>4.85</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>304.514</x:v>
+        <x:v>329.638</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>342.15</x:v>
+        <x:v>370.38</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>4.5</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>301.559</x:v>
+        <x:v>323.026</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>338.83</x:v>
+        <x:v>362.95</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>4.43</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>300.731</x:v>
+        <x:v>330.59</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>337.9</x:v>
+        <x:v>371.45</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>4.4</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>300.384</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>337.51</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>4.32</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>299.627</x:v>
+        <x:v>333.528</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>336.66</x:v>
+        <x:v>374.75</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>3.5</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>291.03</x:v>
+        <x:v>334.106</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>327</x:v>
+        <x:v>375.4</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>3.27</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>288.422</x:v>
+        <x:v>327.992</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>324.07</x:v>
+        <x:v>368.53</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>3.18</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>287.265</x:v>
+        <x:v>328.588</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>322.77</x:v>
+        <x:v>369.2</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>3.72</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>292.481</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>328.63</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>3.78</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>293.032</x:v>
+        <x:v>341.724</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>329.25</x:v>
+        <x:v>383.96</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>5.65</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>305.163</x:v>
+        <x:v>338.52</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>342.88</x:v>
+        <x:v>380.36</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>5.38</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>303.25</x:v>
+        <x:v>328.419</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>340.73</x:v>
+        <x:v>369.01</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>5.01</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>300.428</x:v>
+        <x:v>325.001</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>337.56</x:v>
+        <x:v>365.17</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>5.26</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>302.128</x:v>
+        <x:v>320.596</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>339.47</x:v>
+        <x:v>360.22</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>4.87</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>299.102</x:v>
+        <x:v>306.133</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>336.07</x:v>
+        <x:v>343.97</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>5.77</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>304.816</x:v>
+        <x:v>304.514</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>342.49</x:v>
+        <x:v>342.15</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>5.74</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>304.558</x:v>
+        <x:v>301.559</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>342.2</x:v>
+        <x:v>338.83</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>5.96</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>305.884</x:v>
+        <x:v>300.731</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>343.69</x:v>
+        <x:v>337.9</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>6.35</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>308.189</x:v>
+        <x:v>300.384</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>346.28</x:v>
+        <x:v>337.51</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>6.13</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>306.774</x:v>
+        <x:v>299.627</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>344.69</x:v>
+        <x:v>336.66</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>5.25</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>300.268</x:v>
+        <x:v>291.03</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>337.38</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>5.04</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>298.675</x:v>
+        <x:v>288.422</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>335.59</x:v>
+        <x:v>324.07</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>4.9</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>297.572</x:v>
+        <x:v>287.265</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>334.35</x:v>
+        <x:v>322.77</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>4.96</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>297.919</x:v>
+        <x:v>292.481</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>334.74</x:v>
+        <x:v>328.63</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>5.73</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>302.92</x:v>
+        <x:v>293.032</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>340.36</x:v>
+        <x:v>329.25</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>5.69</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>302.511</x:v>
+        <x:v>305.163</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>339.9</x:v>
+        <x:v>342.88</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>5.5</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>301.105</x:v>
+        <x:v>303.25</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>338.32</x:v>
+        <x:v>340.73</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>4.02</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>287.773</x:v>
+        <x:v>300.428</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>323.34</x:v>
+        <x:v>337.56</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>4.45</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>291.297</x:v>
+        <x:v>302.128</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>327.3</x:v>
+        <x:v>339.47</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>4.13</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>288.387</x:v>
+        <x:v>299.102</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>324.03</x:v>
+        <x:v>336.07</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>4.97</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>294.456</x:v>
+        <x:v>304.816</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>330.85</x:v>
+        <x:v>342.49</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>7.19</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>306.107</x:v>
+        <x:v>304.558</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>343.94</x:v>
+        <x:v>342.2</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>5.41</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>294.012</x:v>
+        <x:v>305.884</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>330.35</x:v>
+        <x:v>343.69</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>4.66</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>288.129</x:v>
+        <x:v>308.189</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>323.74</x:v>
+        <x:v>346.28</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>4.48</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>286.473</x:v>
+        <x:v>306.774</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>321.88</x:v>
+        <x:v>344.69</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>5.42</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>292.766</x:v>
+        <x:v>300.268</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>328.95</x:v>
+        <x:v>337.38</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>6.62</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>299.503</x:v>
+        <x:v>298.675</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>336.52</x:v>
+        <x:v>335.59</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>5.82</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>294.403</x:v>
+        <x:v>297.572</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>330.79</x:v>
+        <x:v>334.35</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>2.98</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>262.95</x:v>
+        <x:v>297.919</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>295.45</x:v>
+        <x:v>334.74</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>2.96</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>262.63</x:v>
+        <x:v>302.92</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>295.09</x:v>
+        <x:v>340.36</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>258.242</x:v>
+        <x:v>302.511</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>290.16</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>2.99</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>262.319</x:v>
+        <x:v>301.105</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>294.74</x:v>
+        <x:v>338.32</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>3.33</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>265.665</x:v>
+        <x:v>287.773</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>298.5</x:v>
+        <x:v>323.34</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>3.7</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>268.914</x:v>
+        <x:v>291.297</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>302.15</x:v>
+        <x:v>327.3</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>3.73</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>269.02</x:v>
+        <x:v>288.387</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>302.27</x:v>
+        <x:v>324.03</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>3.61</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>267.872</x:v>
+        <x:v>294.456</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>300.98</x:v>
+        <x:v>330.85</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>4.04</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>271.441</x:v>
+        <x:v>306.107</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>304.99</x:v>
+        <x:v>343.94</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>4.87</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>277.28</x:v>
+        <x:v>294.012</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>311.55</x:v>
+        <x:v>330.35</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>5.16</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>279.202</x:v>
+        <x:v>288.129</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>313.71</x:v>
+        <x:v>323.74</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>5.64</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>281.996</x:v>
+        <x:v>286.473</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>316.85</x:v>
+        <x:v>321.88</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>5.38</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>280.172</x:v>
+        <x:v>292.766</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>314.8</x:v>
+        <x:v>328.95</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>5.49</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>280.84</x:v>
+        <x:v>299.503</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>315.55</x:v>
+        <x:v>336.52</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>5.27</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>279.318</x:v>
+        <x:v>294.403</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>313.84</x:v>
+        <x:v>330.79</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>5.29</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>279.273</x:v>
+        <x:v>262.95</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>313.79</x:v>
+        <x:v>295.45</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>5.52</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>280.688</x:v>
+        <x:v>262.63</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>315.38</x:v>
+        <x:v>295.09</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>6.08</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>283.874</x:v>
+        <x:v>258.242</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>318.96</x:v>
+        <x:v>290.16</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>6.46</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>285.939</x:v>
+        <x:v>262.319</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>321.28</x:v>
+        <x:v>294.74</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>5.58</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>280.341</x:v>
+        <x:v>265.665</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>314.99</x:v>
+        <x:v>298.5</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>6.03</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>282.789</x:v>
+        <x:v>268.914</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>317.74</x:v>
+        <x:v>302.15</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>5.5</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>279.362</x:v>
+        <x:v>269.02</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>313.89</x:v>
+        <x:v>302.27</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>5</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>275.811</x:v>
+        <x:v>267.872</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>309.9</x:v>
+        <x:v>300.98</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>5.18</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>276.986</x:v>
+        <x:v>271.441</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>311.22</x:v>
+        <x:v>304.99</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>5.46</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>278.588</x:v>
+        <x:v>277.28</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>313.02</x:v>
+        <x:v>311.55</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>4.62</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>272.349</x:v>
+        <x:v>279.202</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>306.01</x:v>
+        <x:v>313.71</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>280.786</x:v>
+        <x:v>281.996</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>315.49</x:v>
+        <x:v>316.85</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>5.35</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>275.9</x:v>
+        <x:v>280.172</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>310</x:v>
+        <x:v>314.8</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>5.23</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>275.01</x:v>
+        <x:v>280.84</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>309</x:v>
+        <x:v>315.55</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>5.15</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>274.307</x:v>
+        <x:v>279.318</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>308.21</x:v>
+        <x:v>313.84</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>7.19</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>284.364</x:v>
+        <x:v>279.273</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>319.51</x:v>
+        <x:v>313.79</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>8.28</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>289.028</x:v>
+        <x:v>280.688</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>324.75</x:v>
+        <x:v>315.38</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>8.7</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>290.745</x:v>
+        <x:v>283.874</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>326.68</x:v>
+        <x:v>318.96</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>6.54</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>279.122</x:v>
+        <x:v>285.939</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>313.62</x:v>
+        <x:v>321.28</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>4.51</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>264.134</x:v>
+        <x:v>280.341</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>296.78</x:v>
+        <x:v>314.99</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>5.71</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>271.174</x:v>
+        <x:v>282.789</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>304.69</x:v>
+        <x:v>317.74</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>6.17</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>273.693</x:v>
+        <x:v>279.362</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>307.52</x:v>
+        <x:v>313.89</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>6.66</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>276.158</x:v>
+        <x:v>275.811</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>310.29</x:v>
+        <x:v>309.9</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>6.35</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>274.262</x:v>
+        <x:v>276.986</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>308.16</x:v>
+        <x:v>311.22</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>5.28</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>267.454</x:v>
+        <x:v>278.588</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>300.51</x:v>
+        <x:v>313.02</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>5.05</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>265.896</x:v>
+        <x:v>272.349</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>298.76</x:v>
+        <x:v>306.01</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>6.04</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>271.388</x:v>
+        <x:v>280.786</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>304.93</x:v>
+        <x:v>315.49</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>269.51</x:v>
+        <x:v>275.9</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>302.82</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>5.12</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>265.327</x:v>
+        <x:v>275.01</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>298.12</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>5.9</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>269.706</x:v>
+        <x:v>274.307</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>303.04</x:v>
+        <x:v>308.21</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>4.36</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>258.207</x:v>
+        <x:v>284.364</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>290.12</x:v>
+        <x:v>319.51</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>4.31</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>257.842</x:v>
+        <x:v>289.028</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>289.71</x:v>
+        <x:v>324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>5</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>262.194</x:v>
+        <x:v>290.745</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>294.6</x:v>
+        <x:v>326.68</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>5.63</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>265.798</x:v>
+        <x:v>279.122</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>298.65</x:v>
+        <x:v>313.62</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>5.55</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>265.264</x:v>
+        <x:v>264.134</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>298.05</x:v>
+        <x:v>296.78</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>5.79</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>266.537</x:v>
+        <x:v>271.174</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>299.48</x:v>
+        <x:v>304.69</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>5.32</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>263.502</x:v>
+        <x:v>273.693</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>296.07</x:v>
+        <x:v>307.52</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>5.07</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>261.811</x:v>
+        <x:v>276.158</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>294.17</x:v>
+        <x:v>310.29</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>3.65</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>249.592</x:v>
+        <x:v>274.262</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>280.44</x:v>
+        <x:v>308.16</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>4.37</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>254.754</x:v>
+        <x:v>267.454</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>286.24</x:v>
+        <x:v>300.51</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>4.84</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>257.735</x:v>
+        <x:v>265.896</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>289.59</x:v>
+        <x:v>298.76</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>4.77</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>257.228</x:v>
+        <x:v>271.388</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>289.02</x:v>
+        <x:v>304.93</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>3.91</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>250.295</x:v>
+        <x:v>269.51</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>281.23</x:v>
+        <x:v>302.82</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>9.4</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>269.946</x:v>
+        <x:v>265.327</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>303.31</x:v>
+        <x:v>298.12</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>4.92</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>242.294</x:v>
+        <x:v>269.706</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>272.24</x:v>
+        <x:v>303.04</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>5.52</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>245.489</x:v>
+        <x:v>258.207</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>275.83</x:v>
+        <x:v>290.12</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>8.79</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>257.388</x:v>
+        <x:v>257.842</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>289.2</x:v>
+        <x:v>289.71</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
+        <x:v>45422.9236689815</x:v>
+      </x:c>
+      <x:c r="B394" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C394" s="0">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D394" s="0">
+        <x:v>262.194</x:v>
+      </x:c>
+      <x:c r="E394" s="0">
+        <x:v>294.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="395" spans="1:5">
+      <x:c r="A395" s="1">
+        <x:v>45420.9241782407</x:v>
+      </x:c>
+      <x:c r="B395" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C395" s="0">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="D395" s="0">
+        <x:v>265.798</x:v>
+      </x:c>
+      <x:c r="E395" s="0">
+        <x:v>298.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="396" spans="1:5">
+      <x:c r="A396" s="1">
+        <x:v>45419.9259953704</x:v>
+      </x:c>
+      <x:c r="B396" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C396" s="0">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D396" s="0">
+        <x:v>265.264</x:v>
+      </x:c>
+      <x:c r="E396" s="0">
+        <x:v>298.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="397" spans="1:5">
+      <x:c r="A397" s="1">
+        <x:v>45418.9291087963</x:v>
+      </x:c>
+      <x:c r="B397" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C397" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D397" s="0">
+        <x:v>266.537</x:v>
+      </x:c>
+      <x:c r="E397" s="0">
+        <x:v>299.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="398" spans="1:5">
+      <x:c r="A398" s="1">
+        <x:v>45415.9287847222</x:v>
+      </x:c>
+      <x:c r="B398" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C398" s="0">
+        <x:v>5.32</x:v>
+      </x:c>
+      <x:c r="D398" s="0">
+        <x:v>263.502</x:v>
+      </x:c>
+      <x:c r="E398" s="0">
+        <x:v>296.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="399" spans="1:5">
+      <x:c r="A399" s="1">
+        <x:v>45414.9243981481</x:v>
+      </x:c>
+      <x:c r="B399" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C399" s="0">
+        <x:v>5.07</x:v>
+      </x:c>
+      <x:c r="D399" s="0">
+        <x:v>261.811</x:v>
+      </x:c>
+      <x:c r="E399" s="0">
+        <x:v>294.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="400" spans="1:5">
+      <x:c r="A400" s="1">
+        <x:v>45412.9265625</x:v>
+      </x:c>
+      <x:c r="B400" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C400" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D400" s="0">
+        <x:v>249.592</x:v>
+      </x:c>
+      <x:c r="E400" s="0">
+        <x:v>280.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="401" spans="1:5">
+      <x:c r="A401" s="1">
+        <x:v>45411.9246643518</x:v>
+      </x:c>
+      <x:c r="B401" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C401" s="0">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="D401" s="0">
+        <x:v>254.754</x:v>
+      </x:c>
+      <x:c r="E401" s="0">
+        <x:v>286.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="402" spans="1:5">
+      <x:c r="A402" s="1">
+        <x:v>45408.9315393519</x:v>
+      </x:c>
+      <x:c r="B402" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C402" s="0">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="D402" s="0">
+        <x:v>257.735</x:v>
+      </x:c>
+      <x:c r="E402" s="0">
+        <x:v>289.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="403" spans="1:5">
+      <x:c r="A403" s="1">
+        <x:v>45407.9436458333</x:v>
+      </x:c>
+      <x:c r="B403" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C403" s="0">
+        <x:v>4.77</x:v>
+      </x:c>
+      <x:c r="D403" s="0">
+        <x:v>257.228</x:v>
+      </x:c>
+      <x:c r="E403" s="0">
+        <x:v>289.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="404" spans="1:5">
+      <x:c r="A404" s="1">
+        <x:v>45406.9296759259</x:v>
+      </x:c>
+      <x:c r="B404" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C404" s="0">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="D404" s="0">
+        <x:v>250.295</x:v>
+      </x:c>
+      <x:c r="E404" s="0">
+        <x:v>281.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="405" spans="1:5">
+      <x:c r="A405" s="1">
+        <x:v>45405.9324537037</x:v>
+      </x:c>
+      <x:c r="B405" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C405" s="0">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="D405" s="0">
+        <x:v>269.946</x:v>
+      </x:c>
+      <x:c r="E405" s="0">
+        <x:v>303.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="406" spans="1:5">
+      <x:c r="A406" s="1">
+        <x:v>45404.9329861111</x:v>
+      </x:c>
+      <x:c r="B406" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C406" s="0">
+        <x:v>4.92</x:v>
+      </x:c>
+      <x:c r="D406" s="0">
+        <x:v>242.294</x:v>
+      </x:c>
+      <x:c r="E406" s="0">
+        <x:v>272.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="407" spans="1:5">
+      <x:c r="A407" s="1">
+        <x:v>45401.9232060185</x:v>
+      </x:c>
+      <x:c r="B407" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C407" s="0">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="D407" s="0">
+        <x:v>245.489</x:v>
+      </x:c>
+      <x:c r="E407" s="0">
+        <x:v>275.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="408" spans="1:5">
+      <x:c r="A408" s="1">
+        <x:v>45400.9237615741</x:v>
+      </x:c>
+      <x:c r="B408" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C408" s="0">
+        <x:v>8.79</x:v>
+      </x:c>
+      <x:c r="D408" s="0">
+        <x:v>257.388</x:v>
+      </x:c>
+      <x:c r="E408" s="0">
+        <x:v>289.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="409" spans="1:5">
+      <x:c r="A409" s="1">
         <x:v>45399.9244560185</x:v>
       </x:c>
-      <x:c r="B394" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C394" s="0">
+      <x:c r="B409" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C409" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D394" s="0">
+      <x:c r="D409" s="0">
         <x:v>261.286</x:v>
       </x:c>
-      <x:c r="E394" s="0">
+      <x:c r="E409" s="0">
         <x:v>293.58</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>