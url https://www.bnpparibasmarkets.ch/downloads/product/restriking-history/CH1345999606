--- v3 (2026-01-13)
+++ v4 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98c92c99f564186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06387210b5f240b787ddfdea3b8afe27.psmdcp" Id="Rbfb9b9fb1cc24bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R887389d04b474253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6353eed47e334ea6aefc092a450bd164.psmdcp" Id="R9fbcff0a54ad4c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345999606</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,6999 +393,7322 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E409"/>
+  <x:dimension ref="A1:E428"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>471.7</x:v>
+        <x:v>433.581</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>530</x:v>
+        <x:v>487.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>480.039</x:v>
+        <x:v>423.658</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>539.37</x:v>
+        <x:v>476.02</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>492.775</x:v>
+        <x:v>369.208</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>553.68</x:v>
+        <x:v>414.84</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>506.962</x:v>
+        <x:v>367.348</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>569.62</x:v>
+        <x:v>412.75</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>508.573</x:v>
+        <x:v>392.072</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>571.43</x:v>
+        <x:v>440.53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>528.117</x:v>
+        <x:v>421.851</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>593.39</x:v>
+        <x:v>473.99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>513.245</x:v>
+        <x:v>452.636</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>576.68</x:v>
+        <x:v>508.58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>517.259</x:v>
+        <x:v>448.489</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>581.19</x:v>
+        <x:v>503.92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>515.657</x:v>
+        <x:v>452.743</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>579.39</x:v>
+        <x:v>508.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>515.132</x:v>
+        <x:v>455.413</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>578.8</x:v>
+        <x:v>511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>518.122</x:v>
+        <x:v>456.214</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>582.16</x:v>
+        <x:v>512.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>501.8</x:v>
+        <x:v>456.757</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>563.82</x:v>
+        <x:v>513.21</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>503.945</x:v>
+        <x:v>443.79</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>566.23</x:v>
+        <x:v>498.64</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>515.372</x:v>
+        <x:v>446.949</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>579.07</x:v>
+        <x:v>502.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>513.664</x:v>
+        <x:v>455.084</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>577.15</x:v>
+        <x:v>511.33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>532.042</x:v>
+        <x:v>449.005</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>597.8</x:v>
+        <x:v>504.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>532.994</x:v>
+        <x:v>452.156</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>598.87</x:v>
+        <x:v>508.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>542.375</x:v>
+        <x:v>470.739</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>609.41</x:v>
+        <x:v>528.92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>524.806</x:v>
+        <x:v>475.83</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>589.67</x:v>
+        <x:v>534.64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>502.788</x:v>
+        <x:v>471.7</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>564.93</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>499.263</x:v>
+        <x:v>480.039</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>560.97</x:v>
+        <x:v>539.37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>495.881</x:v>
+        <x:v>492.775</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>557.17</x:v>
+        <x:v>553.68</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>513.343</x:v>
+        <x:v>506.962</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>576.79</x:v>
+        <x:v>569.62</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>515.212</x:v>
+        <x:v>508.573</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>578.89</x:v>
+        <x:v>571.43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>532.994</x:v>
+        <x:v>528.117</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>598.87</x:v>
+        <x:v>593.39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>527.494</x:v>
+        <x:v>513.245</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>592.69</x:v>
+        <x:v>576.68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>521.068</x:v>
+        <x:v>517.259</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>585.47</x:v>
+        <x:v>581.19</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>519.413</x:v>
+        <x:v>515.657</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>583.61</x:v>
+        <x:v>579.39</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>524.415</x:v>
+        <x:v>515.132</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>589.23</x:v>
+        <x:v>578.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>550.492</x:v>
+        <x:v>518.122</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>618.53</x:v>
+        <x:v>582.16</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>566.44</x:v>
+        <x:v>501.8</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>636.45</x:v>
+        <x:v>563.82</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>570.152</x:v>
+        <x:v>503.945</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>640.62</x:v>
+        <x:v>566.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>565.818</x:v>
+        <x:v>515.372</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>635.75</x:v>
+        <x:v>579.07</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>574.344</x:v>
+        <x:v>513.664</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>645.33</x:v>
+        <x:v>577.15</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>576.604</x:v>
+        <x:v>532.042</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>647.87</x:v>
+        <x:v>597.8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>569.226</x:v>
+        <x:v>532.994</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>639.58</x:v>
+        <x:v>598.87</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>554.408</x:v>
+        <x:v>542.375</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>622.93</x:v>
+        <x:v>609.41</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>549.05</x:v>
+        <x:v>524.806</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>616.91</x:v>
+        <x:v>589.67</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>550.198</x:v>
+        <x:v>502.788</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>618.2</x:v>
+        <x:v>564.93</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>551.8</x:v>
+        <x:v>499.263</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>620</x:v>
+        <x:v>560.97</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>560.344</x:v>
+        <x:v>495.881</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>629.6</x:v>
+        <x:v>557.17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>573.24</x:v>
+        <x:v>513.343</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>644.09</x:v>
+        <x:v>576.79</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>583.235</x:v>
+        <x:v>515.212</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>655.32</x:v>
+        <x:v>578.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>584.445</x:v>
+        <x:v>532.994</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>656.68</x:v>
+        <x:v>598.87</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>592.446</x:v>
+        <x:v>527.494</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>665.67</x:v>
+        <x:v>592.69</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>581.553</x:v>
+        <x:v>521.068</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>653.43</x:v>
+        <x:v>585.47</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>585.442</x:v>
+        <x:v>519.413</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>657.8</x:v>
+        <x:v>583.61</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>574.744</x:v>
+        <x:v>524.415</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>645.78</x:v>
+        <x:v>589.23</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>599.735</x:v>
+        <x:v>550.492</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>673.86</x:v>
+        <x:v>618.53</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>601.302</x:v>
+        <x:v>566.44</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>675.62</x:v>
+        <x:v>636.45</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>613.397</x:v>
+        <x:v>570.152</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>689.21</x:v>
+        <x:v>640.62</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>601.222</x:v>
+        <x:v>565.818</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>675.53</x:v>
+        <x:v>635.75</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>597.653</x:v>
+        <x:v>574.344</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>671.52</x:v>
+        <x:v>645.33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>591.369</x:v>
+        <x:v>576.604</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>664.46</x:v>
+        <x:v>647.87</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>597.457</x:v>
+        <x:v>569.226</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>671.3</x:v>
+        <x:v>639.58</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>608.324</x:v>
+        <x:v>554.408</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>683.51</x:v>
+        <x:v>622.93</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>615.916</x:v>
+        <x:v>549.05</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>692.04</x:v>
+        <x:v>616.91</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>609.908</x:v>
+        <x:v>550.198</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>685.29</x:v>
+        <x:v>618.2</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>600.528</x:v>
+        <x:v>551.8</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>674.75</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>605.592</x:v>
+        <x:v>560.344</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>680.44</x:v>
+        <x:v>629.6</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>605.449</x:v>
+        <x:v>573.24</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>680.28</x:v>
+        <x:v>644.09</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>605.645</x:v>
+        <x:v>583.235</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>680.5</x:v>
+        <x:v>655.32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>629.497</x:v>
+        <x:v>584.445</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>707.3</x:v>
+        <x:v>656.68</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>623.605</x:v>
+        <x:v>592.446</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>700.68</x:v>
+        <x:v>665.67</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>621.22</x:v>
+        <x:v>581.553</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>698</x:v>
+        <x:v>653.43</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>648.338</x:v>
+        <x:v>585.442</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>728.47</x:v>
+        <x:v>657.8</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>637.712</x:v>
+        <x:v>574.744</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>716.53</x:v>
+        <x:v>645.78</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>634.232</x:v>
+        <x:v>599.735</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>712.62</x:v>
+        <x:v>673.86</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>630.698</x:v>
+        <x:v>601.302</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>708.65</x:v>
+        <x:v>675.62</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>639.857</x:v>
+        <x:v>613.397</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>718.94</x:v>
+        <x:v>689.21</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>657.292</x:v>
+        <x:v>601.222</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>738.53</x:v>
+        <x:v>675.53</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>654.079</x:v>
+        <x:v>597.653</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>734.92</x:v>
+        <x:v>671.52</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>653.367</x:v>
+        <x:v>591.369</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>734.12</x:v>
+        <x:v>664.46</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>629.399</x:v>
+        <x:v>597.457</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>707.19</x:v>
+        <x:v>671.3</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>626.613</x:v>
+        <x:v>608.324</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>704.06</x:v>
+        <x:v>683.51</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>625.759</x:v>
+        <x:v>615.916</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>703.1</x:v>
+        <x:v>692.04</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>619.796</x:v>
+        <x:v>609.908</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>696.4</x:v>
+        <x:v>685.29</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>614.376</x:v>
+        <x:v>600.528</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>690.31</x:v>
+        <x:v>674.75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>626.64</x:v>
+        <x:v>605.592</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>704.09</x:v>
+        <x:v>680.44</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>640.052</x:v>
+        <x:v>605.449</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>719.16</x:v>
+        <x:v>680.28</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>639.269</x:v>
+        <x:v>605.645</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>718.28</x:v>
+        <x:v>680.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>629.399</x:v>
+        <x:v>629.497</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>707.19</x:v>
+        <x:v>707.3</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>626.426</x:v>
+        <x:v>623.605</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>703.85</x:v>
+        <x:v>700.68</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>620.624</x:v>
+        <x:v>621.22</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>697.33</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>613.762</x:v>
+        <x:v>648.338</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>689.62</x:v>
+        <x:v>728.47</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>606.873</x:v>
+        <x:v>637.712</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>681.88</x:v>
+        <x:v>716.53</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>612.142</x:v>
+        <x:v>634.232</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>687.8</x:v>
+        <x:v>712.62</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>616.761</x:v>
+        <x:v>630.698</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>692.99</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>619.858</x:v>
+        <x:v>639.857</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>696.47</x:v>
+        <x:v>718.94</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>618.363</x:v>
+        <x:v>657.292</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>694.79</x:v>
+        <x:v>738.53</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>616.761</x:v>
+        <x:v>654.079</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>692.99</x:v>
+        <x:v>734.92</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>613.628</x:v>
+        <x:v>653.367</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>689.47</x:v>
+        <x:v>734.12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>626.373</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>703.79</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>640.222</x:v>
+        <x:v>626.613</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>719.35</x:v>
+        <x:v>704.06</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>647.982</x:v>
+        <x:v>625.759</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>728.07</x:v>
+        <x:v>703.1</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>652.201</x:v>
+        <x:v>619.796</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>732.81</x:v>
+        <x:v>696.4</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>621.665</x:v>
+        <x:v>614.376</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>698.5</x:v>
+        <x:v>690.31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>618.55</x:v>
+        <x:v>626.64</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>695</x:v>
+        <x:v>704.09</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>613.522</x:v>
+        <x:v>640.052</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>689.35</x:v>
+        <x:v>719.16</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>613.415</x:v>
+        <x:v>639.269</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>689.23</x:v>
+        <x:v>718.28</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>628.242</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>705.89</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>611.199</x:v>
+        <x:v>626.426</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>686.74</x:v>
+        <x:v>703.85</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>593.461</x:v>
+        <x:v>620.624</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>666.81</x:v>
+        <x:v>697.33</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>575.83</x:v>
+        <x:v>613.762</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>647</x:v>
+        <x:v>689.62</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>586.145</x:v>
+        <x:v>606.873</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>658.59</x:v>
+        <x:v>681.88</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>557.621</x:v>
+        <x:v>612.142</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>626.54</x:v>
+        <x:v>687.8</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>578.918</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>650.47</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>551.809</x:v>
+        <x:v>619.858</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>620.01</x:v>
+        <x:v>696.47</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45867.6679166667</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.42</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>554.47</x:v>
+        <x:v>618.363</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>623</x:v>
+        <x:v>694.79</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>3.89</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>623.872</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>700.98</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>3.58</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>616.859</x:v>
+        <x:v>613.628</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>693.1</x:v>
+        <x:v>689.47</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>3.15</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>606.464</x:v>
+        <x:v>626.373</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>681.42</x:v>
+        <x:v>703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>2.91</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>600.269</x:v>
+        <x:v>640.222</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>674.46</x:v>
+        <x:v>719.35</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>2.96</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>601.409</x:v>
+        <x:v>647.982</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>675.74</x:v>
+        <x:v>728.07</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>4.59</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>629.123</x:v>
+        <x:v>652.201</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>706.88</x:v>
+        <x:v>732.81</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>4.07</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>618.977</x:v>
+        <x:v>621.665</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>695.48</x:v>
+        <x:v>698.5</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>5.68</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>641.61</x:v>
+        <x:v>618.55</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>720.91</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>4.85</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>627.94</x:v>
+        <x:v>613.522</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>705.55</x:v>
+        <x:v>689.35</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>5.14</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>632.309</x:v>
+        <x:v>613.415</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>710.46</x:v>
+        <x:v>689.23</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>5.58</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>638.566</x:v>
+        <x:v>628.242</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>717.49</x:v>
+        <x:v>705.89</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>5.13</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>631.144</x:v>
+        <x:v>611.199</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>709.15</x:v>
+        <x:v>686.74</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>5.18</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>631.856</x:v>
+        <x:v>593.461</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>709.95</x:v>
+        <x:v>666.81</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>6</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>642.687</x:v>
+        <x:v>575.83</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>722.12</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>5.96</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>642.037</x:v>
+        <x:v>586.145</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>721.39</x:v>
+        <x:v>658.59</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>7.12</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>655.298</x:v>
+        <x:v>557.621</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>736.29</x:v>
+        <x:v>626.54</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>6.37</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>645.294</x:v>
+        <x:v>578.918</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>725.05</x:v>
+        <x:v>650.47</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>5.43</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>631.455</x:v>
+        <x:v>551.809</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>709.5</x:v>
+        <x:v>620.01</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45867.6679166667</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>6.34</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>642.892</x:v>
+        <x:v>554.47</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>722.35</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>11.97</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>682.933</x:v>
+        <x:v>623.872</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>767.34</x:v>
+        <x:v>700.98</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>12.72</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>687.614</x:v>
+        <x:v>616.859</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>772.6</x:v>
+        <x:v>693.1</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>13.19</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>690.551</x:v>
+        <x:v>606.464</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>775.9</x:v>
+        <x:v>681.42</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>9.23</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>655.307</x:v>
+        <x:v>600.269</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>736.3</x:v>
+        <x:v>674.46</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>10.82</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>667.42</x:v>
+        <x:v>601.409</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>749.91</x:v>
+        <x:v>675.74</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>8.99</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>650.724</x:v>
+        <x:v>629.123</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>731.15</x:v>
+        <x:v>706.88</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>7.11</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>629.604</x:v>
+        <x:v>618.977</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>707.42</x:v>
+        <x:v>695.48</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>7.37</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>632.069</x:v>
+        <x:v>641.61</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>710.19</x:v>
+        <x:v>720.91</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>8.41</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>641.939</x:v>
+        <x:v>627.94</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>721.28</x:v>
+        <x:v>705.55</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>7.92</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>636.857</x:v>
+        <x:v>632.309</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>715.57</x:v>
+        <x:v>710.46</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>7.55</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>632.656</x:v>
+        <x:v>638.566</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>710.85</x:v>
+        <x:v>717.49</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>6.93</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>625.51</x:v>
+        <x:v>631.144</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>702.82</x:v>
+        <x:v>709.15</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>7.47</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>631.135</x:v>
+        <x:v>631.856</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>709.14</x:v>
+        <x:v>709.95</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>6.33</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>617.055</x:v>
+        <x:v>642.687</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>693.32</x:v>
+        <x:v>722.12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>8.1</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>633.911</x:v>
+        <x:v>642.037</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>712.26</x:v>
+        <x:v>721.39</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>8.16</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>634.41</x:v>
+        <x:v>655.298</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>712.82</x:v>
+        <x:v>736.29</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>7.21</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>623.961</x:v>
+        <x:v>645.294</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>701.08</x:v>
+        <x:v>725.05</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>5.31</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>597.252</x:v>
+        <x:v>631.455</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>671.07</x:v>
+        <x:v>709.5</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>5.38</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>598.08</x:v>
+        <x:v>642.892</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>672</x:v>
+        <x:v>722.35</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>4.43</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>581.9</x:v>
+        <x:v>682.933</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>653.82</x:v>
+        <x:v>767.34</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>3.65</x:v>
+        <x:v>12.72</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>566.708</x:v>
+        <x:v>687.614</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>636.75</x:v>
+        <x:v>772.6</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>3.96</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>572.27</x:v>
+        <x:v>690.551</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>643</x:v>
+        <x:v>775.9</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>4.9</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>586.163</x:v>
+        <x:v>655.307</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>658.61</x:v>
+        <x:v>736.3</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>5.29</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>591.512</x:v>
+        <x:v>667.42</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>664.62</x:v>
+        <x:v>749.91</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>4.82</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>584.107</x:v>
+        <x:v>650.724</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>656.3</x:v>
+        <x:v>731.15</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>4.02</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>569.76</x:v>
+        <x:v>629.604</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>640.18</x:v>
+        <x:v>707.42</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>3.7</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>563.575</x:v>
+        <x:v>632.069</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>633.23</x:v>
+        <x:v>710.19</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>3.17</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>551.862</x:v>
+        <x:v>641.939</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>620.07</x:v>
+        <x:v>721.28</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>3.2</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>552.521</x:v>
+        <x:v>636.857</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>620.81</x:v>
+        <x:v>715.57</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>4.88</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>576.942</x:v>
+        <x:v>632.656</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>648.25</x:v>
+        <x:v>710.85</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>5.34</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>583.181</x:v>
+        <x:v>625.51</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>655.26</x:v>
+        <x:v>702.82</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>5.47</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>584.819</x:v>
+        <x:v>631.135</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>657.1</x:v>
+        <x:v>709.14</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>4.19</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>563.236</x:v>
+        <x:v>617.055</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>632.85</x:v>
+        <x:v>693.32</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>4.47</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>567.508</x:v>
+        <x:v>633.911</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>637.65</x:v>
+        <x:v>712.26</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>4.88</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>573.16</x:v>
+        <x:v>634.41</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>644</x:v>
+        <x:v>712.82</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>3.51</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>546.442</x:v>
+        <x:v>623.961</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>613.98</x:v>
+        <x:v>701.08</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>2.32</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>513.477</x:v>
+        <x:v>597.252</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>576.94</x:v>
+        <x:v>671.07</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>3.23</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>531.98</x:v>
+        <x:v>598.08</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>597.73</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>4.61</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>552.441</x:v>
+        <x:v>581.9</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>620.72</x:v>
+        <x:v>653.82</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>3.87</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>539.296</x:v>
+        <x:v>566.708</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>605.95</x:v>
+        <x:v>636.75</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>3.28</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>527.503</x:v>
+        <x:v>572.27</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>592.7</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>3.19</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>525.447</x:v>
+        <x:v>586.163</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>590.39</x:v>
+        <x:v>658.61</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>2.62</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>511.082</x:v>
+        <x:v>591.512</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>574.25</x:v>
+        <x:v>664.62</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>2.26</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>501.132</x:v>
+        <x:v>584.107</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>563.07</x:v>
+        <x:v>656.3</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>2.61</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>509.427</x:v>
+        <x:v>569.76</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>572.39</x:v>
+        <x:v>640.18</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>1.95</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>488.761</x:v>
+        <x:v>563.575</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>549.17</x:v>
+        <x:v>633.23</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>1.81</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>483.857</x:v>
+        <x:v>551.862</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>543.66</x:v>
+        <x:v>620.07</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>2.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>492.188</x:v>
+        <x:v>552.521</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>553.02</x:v>
+        <x:v>620.81</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>2.71</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>506.463</x:v>
+        <x:v>576.942</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>569.06</x:v>
+        <x:v>648.25</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>1.52</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>461.332</x:v>
+        <x:v>583.181</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>518.35</x:v>
+        <x:v>655.26</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>1.4</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>461.883</x:v>
+        <x:v>584.819</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>518.97</x:v>
+        <x:v>657.1</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>1.24</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>447.937</x:v>
+        <x:v>563.236</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>503.3</x:v>
+        <x:v>632.85</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45751.8460648148</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>1.12</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>442.324</x:v>
+        <x:v>567.508</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>496.994</x:v>
+        <x:v>637.65</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>9.44</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>496.994</x:v>
+        <x:v>573.16</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>558.42</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>8.76</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>491.04</x:v>
+        <x:v>546.442</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>551.73</x:v>
+        <x:v>613.98</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>8.56</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>489.527</x:v>
+        <x:v>513.477</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>550.03</x:v>
+        <x:v>576.94</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>10.24</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>499.432</x:v>
+        <x:v>531.98</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>561.16</x:v>
+        <x:v>597.73</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>13.91</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>516.396</x:v>
+        <x:v>552.441</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>580.22</x:v>
+        <x:v>620.72</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>13.22</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>512.952</x:v>
+        <x:v>539.296</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>576.35</x:v>
+        <x:v>605.95</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>27.26</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>548.133</x:v>
+        <x:v>527.503</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>615.88</x:v>
+        <x:v>592.7</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>23.78</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>538.192</x:v>
+        <x:v>525.447</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>604.71</x:v>
+        <x:v>590.39</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>22.46</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>533.947</x:v>
+        <x:v>511.082</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>599.94</x:v>
+        <x:v>574.25</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>20.97</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>529.15</x:v>
+        <x:v>501.132</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>594.55</x:v>
+        <x:v>563.07</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>18.85</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>521.745</x:v>
+        <x:v>509.427</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>586.23</x:v>
+        <x:v>572.39</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>15.28</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>506.837</x:v>
+        <x:v>488.761</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>569.48</x:v>
+        <x:v>549.17</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>24.5</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>531.739</x:v>
+        <x:v>483.857</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>597.46</x:v>
+        <x:v>543.66</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>18.68</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>478.74</x:v>
+        <x:v>492.188</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>574.79</x:v>
+        <x:v>553.02</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>12.08</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>478.74</x:v>
+        <x:v>506.463</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>0</x:v>
+        <x:v>569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>11.73</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>476.898</x:v>
+        <x:v>461.332</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>0</x:v>
+        <x:v>518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>8.21</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>452.512</x:v>
+        <x:v>461.883</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>508.44</x:v>
+        <x:v>518.97</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>6.25</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>473.569</x:v>
+        <x:v>447.937</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>532.1</x:v>
+        <x:v>503.3</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45751.8460648148</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>17.81</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>483.635</x:v>
+        <x:v>442.324</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>543.41</x:v>
+        <x:v>496.994</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>21.41</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>522.279</x:v>
+        <x:v>496.994</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>586.83</x:v>
+        <x:v>558.42</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>52.66</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>519.885</x:v>
+        <x:v>491.04</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>584.14</x:v>
+        <x:v>551.73</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>50.86</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>533.875</x:v>
+        <x:v>489.527</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>599.86</x:v>
+        <x:v>550.03</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>64.48</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>541.129</x:v>
+        <x:v>499.432</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>608.01</x:v>
+        <x:v>561.16</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>72.59</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>525.776</x:v>
+        <x:v>516.396</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>590.76</x:v>
+        <x:v>580.22</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>58.92</x:v>
+        <x:v>13.22</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>536.786</x:v>
+        <x:v>512.952</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>603.13</x:v>
+        <x:v>576.35</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>70.61</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>523.827</x:v>
+        <x:v>548.133</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>588.57</x:v>
+        <x:v>615.88</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>59.02</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>535.433</x:v>
+        <x:v>538.192</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>601.61</x:v>
+        <x:v>604.71</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>71.53</x:v>
+        <x:v>22.46</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>540.568</x:v>
+        <x:v>533.947</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>607.38</x:v>
+        <x:v>599.94</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>77.79</x:v>
+        <x:v>20.97</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>566.725</x:v>
+        <x:v>529.15</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>636.77</x:v>
+        <x:v>594.55</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>123.63</x:v>
+        <x:v>18.85</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>572.03</x:v>
+        <x:v>521.745</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>642.73</x:v>
+        <x:v>586.23</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>133.75</x:v>
+        <x:v>15.28</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>561.198</x:v>
+        <x:v>506.837</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>630.56</x:v>
+        <x:v>569.48</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>116.02</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>567.98</x:v>
+        <x:v>531.739</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>638.18</x:v>
+        <x:v>597.46</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>129.13</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>577.005</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>648.32</x:v>
+        <x:v>574.79</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>135.02</x:v>
+        <x:v>12.08</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>554.604</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>623.15</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>110.46</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>567.544</x:v>
+        <x:v>476.898</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>637.69</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>135.35</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>567.544</x:v>
+        <x:v>452.512</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>637.69</x:v>
+        <x:v>508.44</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>114.3</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>557.024</x:v>
+        <x:v>473.569</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>625.87</x:v>
+        <x:v>532.1</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>118.85</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>557.14</x:v>
+        <x:v>483.635</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>626</x:v>
+        <x:v>543.41</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>119.23</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>557.14</x:v>
+        <x:v>522.279</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>626</x:v>
+        <x:v>586.83</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>113.24</x:v>
+        <x:v>52.66</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>553.375</x:v>
+        <x:v>519.885</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>621.77</x:v>
+        <x:v>584.14</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>55.03</x:v>
+        <x:v>50.86</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>488.681</x:v>
+        <x:v>533.875</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>549.08</x:v>
+        <x:v>599.86</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>54.86</x:v>
+        <x:v>64.48</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>488.21</x:v>
+        <x:v>541.129</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>548.55</x:v>
+        <x:v>608.01</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>56.24</x:v>
+        <x:v>72.59</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>489.616</x:v>
+        <x:v>525.776</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>550.13</x:v>
+        <x:v>590.76</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>48.22</x:v>
+        <x:v>58.92</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>479.559</x:v>
+        <x:v>536.786</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>538.83</x:v>
+        <x:v>603.13</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>43.07</x:v>
+        <x:v>70.61</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>472.412</x:v>
+        <x:v>523.827</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>530.8</x:v>
+        <x:v>588.57</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>32.52</x:v>
+        <x:v>59.02</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>454.283</x:v>
+        <x:v>535.433</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>510.43</x:v>
+        <x:v>601.61</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>25.28</x:v>
+        <x:v>71.53</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>439.268</x:v>
+        <x:v>540.568</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>493.56</x:v>
+        <x:v>607.38</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>23.03</x:v>
+        <x:v>77.79</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>433.884</x:v>
+        <x:v>566.725</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>487.51</x:v>
+        <x:v>636.77</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>22.43</x:v>
+        <x:v>123.63</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>432.122</x:v>
+        <x:v>572.03</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>485.53</x:v>
+        <x:v>642.73</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>24.38</x:v>
+        <x:v>133.75</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>436.403</x:v>
+        <x:v>561.198</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>490.34</x:v>
+        <x:v>630.56</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>24.56</x:v>
+        <x:v>116.02</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>436.714</x:v>
+        <x:v>567.98</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>490.69</x:v>
+        <x:v>638.18</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>16.75</x:v>
+        <x:v>129.13</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>412.595</x:v>
+        <x:v>577.005</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>463.59</x:v>
+        <x:v>648.32</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>15.42</x:v>
+        <x:v>135.02</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>408.101</x:v>
+        <x:v>554.604</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>458.54</x:v>
+        <x:v>623.15</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>15.76</x:v>
+        <x:v>110.46</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>408.982</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>459.53</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>23.87</x:v>
+        <x:v>135.35</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>426.96</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>479.73</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>18.78</x:v>
+        <x:v>114.3</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>412.898</x:v>
+        <x:v>557.024</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>463.93</x:v>
+        <x:v>625.87</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>20.57</x:v>
+        <x:v>118.85</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>417.348</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>468.93</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>19.89</x:v>
+        <x:v>119.23</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>415.354</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>466.69</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>15.82</x:v>
+        <x:v>113.24</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>402.093</x:v>
+        <x:v>553.375</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>451.79</x:v>
+        <x:v>621.77</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>17.32</x:v>
+        <x:v>55.03</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>406.267</x:v>
+        <x:v>488.681</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>456.48</x:v>
+        <x:v>549.08</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>17.37</x:v>
+        <x:v>54.86</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>406.098</x:v>
+        <x:v>488.21</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>456.29</x:v>
+        <x:v>548.55</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>18.96</x:v>
+        <x:v>56.24</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>410.183</x:v>
+        <x:v>489.616</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>460.88</x:v>
+        <x:v>550.13</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>18.96</x:v>
+        <x:v>48.22</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>410.183</x:v>
+        <x:v>479.559</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>460.88</x:v>
+        <x:v>538.83</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>16.98</x:v>
+        <x:v>43.07</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>404.202</x:v>
+        <x:v>472.412</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>454.16</x:v>
+        <x:v>530.8</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>15.48</x:v>
+        <x:v>32.52</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>399.298</x:v>
+        <x:v>454.283</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>448.65</x:v>
+        <x:v>510.43</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>27.42</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>422.189</x:v>
+        <x:v>439.268</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>474.37</x:v>
+        <x:v>493.56</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>33.25</x:v>
+        <x:v>23.03</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>431.561</x:v>
+        <x:v>433.884</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>484.9</x:v>
+        <x:v>487.51</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>32.54</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>430.146</x:v>
+        <x:v>432.122</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>483.31</x:v>
+        <x:v>485.53</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>30.94</x:v>
+        <x:v>24.38</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>427.298</x:v>
+        <x:v>436.403</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>480.11</x:v>
+        <x:v>490.34</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>29.41</x:v>
+        <x:v>24.56</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>424.45</x:v>
+        <x:v>436.714</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>476.91</x:v>
+        <x:v>490.69</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>27.01</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>419.706</x:v>
+        <x:v>412.595</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>471.58</x:v>
+        <x:v>463.59</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>33.06</x:v>
+        <x:v>15.42</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>429.443</x:v>
+        <x:v>408.101</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>482.52</x:v>
+        <x:v>458.54</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>44.86</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>443.781</x:v>
+        <x:v>408.982</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>498.63</x:v>
+        <x:v>459.53</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>41.48</x:v>
+        <x:v>23.87</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>439.224</x:v>
+        <x:v>426.96</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>493.51</x:v>
+        <x:v>479.73</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>48.39</x:v>
+        <x:v>18.78</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>447.118</x:v>
+        <x:v>412.898</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>502.38</x:v>
+        <x:v>463.93</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>34.75</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>427.44</x:v>
+        <x:v>417.348</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>480.27</x:v>
+        <x:v>468.93</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>33.07</x:v>
+        <x:v>19.89</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>424.494</x:v>
+        <x:v>415.354</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>476.96</x:v>
+        <x:v>466.69</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>32.24</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>422.964</x:v>
+        <x:v>402.093</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>475.24</x:v>
+        <x:v>451.79</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>33.05</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>424.183</x:v>
+        <x:v>406.267</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>476.61</x:v>
+        <x:v>456.48</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>35.95</x:v>
+        <x:v>17.37</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>428.428</x:v>
+        <x:v>406.098</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>481.38</x:v>
+        <x:v>456.29</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>32.62</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>422.786</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>475.04</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>30.43</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>418.923</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>470.7</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>30.12</x:v>
+        <x:v>16.98</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>418.309</x:v>
+        <x:v>404.202</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>470.01</x:v>
+        <x:v>454.16</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>27.26</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>412.809</x:v>
+        <x:v>399.298</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>463.83</x:v>
+        <x:v>448.65</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>23.39</x:v>
+        <x:v>27.42</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>404.38</x:v>
+        <x:v>422.189</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>454.36</x:v>
+        <x:v>474.37</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>25.26</x:v>
+        <x:v>33.25</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>407.905</x:v>
+        <x:v>431.561</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>458.32</x:v>
+        <x:v>484.9</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>37.3</x:v>
+        <x:v>32.54</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>424.975</x:v>
+        <x:v>430.146</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>477.5</x:v>
+        <x:v>483.31</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>31.83</x:v>
+        <x:v>30.94</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>415.959</x:v>
+        <x:v>427.298</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>467.37</x:v>
+        <x:v>480.11</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>16.63</x:v>
+        <x:v>29.41</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>373.257</x:v>
+        <x:v>424.45</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>419.39</x:v>
+        <x:v>476.91</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>14.12</x:v>
+        <x:v>27.01</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>365.069</x:v>
+        <x:v>419.706</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>410.19</x:v>
+        <x:v>471.58</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>11.92</x:v>
+        <x:v>33.06</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>356.605</x:v>
+        <x:v>429.443</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>400.68</x:v>
+        <x:v>482.52</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>11.74</x:v>
+        <x:v>44.86</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>355.858</x:v>
+        <x:v>443.781</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>399.84</x:v>
+        <x:v>498.63</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>9.98</x:v>
+        <x:v>41.48</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>348.132</x:v>
+        <x:v>439.224</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>391.16</x:v>
+        <x:v>493.51</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>8.48</x:v>
+        <x:v>48.39</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>340.541</x:v>
+        <x:v>447.118</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>382.63</x:v>
+        <x:v>502.38</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>7.7</x:v>
+        <x:v>34.75</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>336.18</x:v>
+        <x:v>427.44</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>377.73</x:v>
+        <x:v>480.27</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>9.01</x:v>
+        <x:v>33.07</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>342.205</x:v>
+        <x:v>424.494</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>384.5</x:v>
+        <x:v>476.96</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>9.14</x:v>
+        <x:v>32.24</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>342.739</x:v>
+        <x:v>422.964</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>385.1</x:v>
+        <x:v>475.24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>11.18</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>350.678</x:v>
+        <x:v>424.183</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>394.02</x:v>
+        <x:v>476.61</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>10.59</x:v>
+        <x:v>35.95</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>348.195</x:v>
+        <x:v>428.428</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>391.23</x:v>
+        <x:v>481.38</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>9.28</x:v>
+        <x:v>32.62</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>342.08</x:v>
+        <x:v>422.786</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>384.36</x:v>
+        <x:v>475.04</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>8.4</x:v>
+        <x:v>30.43</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>337.452</x:v>
+        <x:v>418.923</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>379.16</x:v>
+        <x:v>470.7</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>8.02</x:v>
+        <x:v>30.12</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>335.414</x:v>
+        <x:v>418.309</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>376.87</x:v>
+        <x:v>470.01</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>8.57</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>338.058</x:v>
+        <x:v>412.809</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>379.84</x:v>
+        <x:v>463.83</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>10.23</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>344.991</x:v>
+        <x:v>404.38</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>387.63</x:v>
+        <x:v>454.36</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>9.16</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>339.953</x:v>
+        <x:v>407.905</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>381.97</x:v>
+        <x:v>458.32</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>7.83</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>331.614</x:v>
+        <x:v>424.975</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>372.6</x:v>
+        <x:v>477.5</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>7.83</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>331.525</x:v>
+        <x:v>415.959</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>372.5</x:v>
+        <x:v>467.37</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>8.08</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>332.593</x:v>
+        <x:v>373.257</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>373.7</x:v>
+        <x:v>419.39</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>8.9</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>336.42</x:v>
+        <x:v>365.069</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>378</x:v>
+        <x:v>410.19</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>8.21</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>332.842</x:v>
+        <x:v>356.605</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>373.98</x:v>
+        <x:v>400.68</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>7.63</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>329.638</x:v>
+        <x:v>355.858</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>370.38</x:v>
+        <x:v>399.84</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>6.56</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>323.026</x:v>
+        <x:v>348.132</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>362.95</x:v>
+        <x:v>391.16</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>8.08</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>330.59</x:v>
+        <x:v>340.541</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>371.45</x:v>
+        <x:v>382.63</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>8.3</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>331.614</x:v>
+        <x:v>336.18</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>372.6</x:v>
+        <x:v>377.73</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>8.71</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>333.528</x:v>
+        <x:v>342.205</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>374.75</x:v>
+        <x:v>384.5</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>8.85</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>334.106</x:v>
+        <x:v>342.739</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>375.4</x:v>
+        <x:v>385.1</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>7.71</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>327.992</x:v>
+        <x:v>350.678</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>368.53</x:v>
+        <x:v>394.02</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>7.87</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>328.588</x:v>
+        <x:v>348.195</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>369.2</x:v>
+        <x:v>391.23</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>9.98</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>337.452</x:v>
+        <x:v>342.08</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>379.16</x:v>
+        <x:v>384.36</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>11.11</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>341.724</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>383.96</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>10.34</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>338.52</x:v>
+        <x:v>335.414</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>380.36</x:v>
+        <x:v>376.87</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>8.31</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>328.419</x:v>
+        <x:v>338.058</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>369.01</x:v>
+        <x:v>379.84</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>7.7</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>325.001</x:v>
+        <x:v>344.991</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>365.17</x:v>
+        <x:v>387.63</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>6.95</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>320.596</x:v>
+        <x:v>339.953</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>360.22</x:v>
+        <x:v>381.97</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>5.05</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>306.133</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>343.97</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>4.85</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>304.514</x:v>
+        <x:v>331.525</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>342.15</x:v>
+        <x:v>372.5</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>4.5</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>301.559</x:v>
+        <x:v>332.593</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>338.83</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>4.43</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>300.731</x:v>
+        <x:v>336.42</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>337.9</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>4.4</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>300.384</x:v>
+        <x:v>332.842</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>337.51</x:v>
+        <x:v>373.98</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>4.32</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>299.627</x:v>
+        <x:v>329.638</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>336.66</x:v>
+        <x:v>370.38</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>3.5</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>291.03</x:v>
+        <x:v>323.026</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>327</x:v>
+        <x:v>362.95</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>3.27</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>288.422</x:v>
+        <x:v>330.59</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>324.07</x:v>
+        <x:v>371.45</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>3.18</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>287.265</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>322.77</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>3.72</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>292.481</x:v>
+        <x:v>333.528</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>328.63</x:v>
+        <x:v>374.75</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>3.78</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>293.032</x:v>
+        <x:v>334.106</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>329.25</x:v>
+        <x:v>375.4</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>5.65</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>305.163</x:v>
+        <x:v>327.992</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>342.88</x:v>
+        <x:v>368.53</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>5.38</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>303.25</x:v>
+        <x:v>328.588</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>340.73</x:v>
+        <x:v>369.2</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>5.01</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>300.428</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>337.56</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>5.26</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>302.128</x:v>
+        <x:v>341.724</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>339.47</x:v>
+        <x:v>383.96</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>4.87</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>299.102</x:v>
+        <x:v>338.52</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>336.07</x:v>
+        <x:v>380.36</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>5.77</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>304.816</x:v>
+        <x:v>328.419</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>342.49</x:v>
+        <x:v>369.01</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>5.74</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>304.558</x:v>
+        <x:v>325.001</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>342.2</x:v>
+        <x:v>365.17</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>5.96</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>305.884</x:v>
+        <x:v>320.596</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>343.69</x:v>
+        <x:v>360.22</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>6.35</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>308.189</x:v>
+        <x:v>306.133</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>346.28</x:v>
+        <x:v>343.97</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>6.13</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>306.774</x:v>
+        <x:v>304.514</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>344.69</x:v>
+        <x:v>342.15</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>5.25</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>300.268</x:v>
+        <x:v>301.559</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>337.38</x:v>
+        <x:v>338.83</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>5.04</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>298.675</x:v>
+        <x:v>300.731</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>335.59</x:v>
+        <x:v>337.9</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>4.9</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>297.572</x:v>
+        <x:v>300.384</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>334.35</x:v>
+        <x:v>337.51</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>4.96</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>297.919</x:v>
+        <x:v>299.627</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>334.74</x:v>
+        <x:v>336.66</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>5.73</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>302.92</x:v>
+        <x:v>291.03</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>340.36</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>5.69</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>302.511</x:v>
+        <x:v>288.422</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>339.9</x:v>
+        <x:v>324.07</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>5.5</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>301.105</x:v>
+        <x:v>287.265</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>338.32</x:v>
+        <x:v>322.77</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>4.02</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>287.773</x:v>
+        <x:v>292.481</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>323.34</x:v>
+        <x:v>328.63</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>4.45</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>291.297</x:v>
+        <x:v>293.032</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>327.3</x:v>
+        <x:v>329.25</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>4.13</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>288.387</x:v>
+        <x:v>305.163</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>324.03</x:v>
+        <x:v>342.88</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>4.97</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>294.456</x:v>
+        <x:v>303.25</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>330.85</x:v>
+        <x:v>340.73</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>7.19</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>306.107</x:v>
+        <x:v>300.428</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>343.94</x:v>
+        <x:v>337.56</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>5.41</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>294.012</x:v>
+        <x:v>302.128</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>330.35</x:v>
+        <x:v>339.47</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>4.66</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>288.129</x:v>
+        <x:v>299.102</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>323.74</x:v>
+        <x:v>336.07</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>4.48</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>286.473</x:v>
+        <x:v>304.816</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>321.88</x:v>
+        <x:v>342.49</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>5.42</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>292.766</x:v>
+        <x:v>304.558</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>328.95</x:v>
+        <x:v>342.2</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>6.62</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>299.503</x:v>
+        <x:v>305.884</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>336.52</x:v>
+        <x:v>343.69</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>5.82</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>294.403</x:v>
+        <x:v>308.189</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>330.79</x:v>
+        <x:v>346.28</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>2.98</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>262.95</x:v>
+        <x:v>306.774</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>295.45</x:v>
+        <x:v>344.69</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>2.96</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>262.63</x:v>
+        <x:v>300.268</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>295.09</x:v>
+        <x:v>337.38</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>258.242</x:v>
+        <x:v>298.675</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>290.16</x:v>
+        <x:v>335.59</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>2.99</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>262.319</x:v>
+        <x:v>297.572</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>294.74</x:v>
+        <x:v>334.35</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>3.33</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>265.665</x:v>
+        <x:v>297.919</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>298.5</x:v>
+        <x:v>334.74</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>3.7</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>268.914</x:v>
+        <x:v>302.92</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>302.15</x:v>
+        <x:v>340.36</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>3.73</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>269.02</x:v>
+        <x:v>302.511</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>302.27</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>3.61</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>267.872</x:v>
+        <x:v>301.105</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>300.98</x:v>
+        <x:v>338.32</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>4.04</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>271.441</x:v>
+        <x:v>287.773</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>304.99</x:v>
+        <x:v>323.34</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>4.87</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>277.28</x:v>
+        <x:v>291.297</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>311.55</x:v>
+        <x:v>327.3</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>5.16</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>279.202</x:v>
+        <x:v>288.387</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>313.71</x:v>
+        <x:v>324.03</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>5.64</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>281.996</x:v>
+        <x:v>294.456</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>316.85</x:v>
+        <x:v>330.85</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>5.38</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>280.172</x:v>
+        <x:v>306.107</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>314.8</x:v>
+        <x:v>343.94</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>5.49</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>280.84</x:v>
+        <x:v>294.012</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>315.55</x:v>
+        <x:v>330.35</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>5.27</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>279.318</x:v>
+        <x:v>288.129</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>313.84</x:v>
+        <x:v>323.74</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>5.29</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>279.273</x:v>
+        <x:v>286.473</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>313.79</x:v>
+        <x:v>321.88</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>5.52</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>280.688</x:v>
+        <x:v>292.766</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>315.38</x:v>
+        <x:v>328.95</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>6.08</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>283.874</x:v>
+        <x:v>299.503</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>318.96</x:v>
+        <x:v>336.52</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>6.46</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>285.939</x:v>
+        <x:v>294.403</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>321.28</x:v>
+        <x:v>330.79</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>5.58</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>280.341</x:v>
+        <x:v>262.95</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>314.99</x:v>
+        <x:v>295.45</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>6.03</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>282.789</x:v>
+        <x:v>262.63</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>317.74</x:v>
+        <x:v>295.09</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>5.5</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>279.362</x:v>
+        <x:v>258.242</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>313.89</x:v>
+        <x:v>290.16</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>5</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>275.811</x:v>
+        <x:v>262.319</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>309.9</x:v>
+        <x:v>294.74</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>5.18</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>276.986</x:v>
+        <x:v>265.665</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>311.22</x:v>
+        <x:v>298.5</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>5.46</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>278.588</x:v>
+        <x:v>268.914</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>313.02</x:v>
+        <x:v>302.15</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>4.62</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>272.349</x:v>
+        <x:v>269.02</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>306.01</x:v>
+        <x:v>302.27</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>6.1</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>280.786</x:v>
+        <x:v>267.872</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>315.49</x:v>
+        <x:v>300.98</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>5.35</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>275.9</x:v>
+        <x:v>271.441</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>310</x:v>
+        <x:v>304.99</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>5.23</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>275.01</x:v>
+        <x:v>277.28</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>309</x:v>
+        <x:v>311.55</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>5.15</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>274.307</x:v>
+        <x:v>279.202</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>308.21</x:v>
+        <x:v>313.71</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>7.19</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>284.364</x:v>
+        <x:v>281.996</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>319.51</x:v>
+        <x:v>316.85</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>8.28</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>289.028</x:v>
+        <x:v>280.172</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>324.75</x:v>
+        <x:v>314.8</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>8.7</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>290.745</x:v>
+        <x:v>280.84</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>326.68</x:v>
+        <x:v>315.55</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>6.54</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>279.122</x:v>
+        <x:v>279.318</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>313.62</x:v>
+        <x:v>313.84</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>4.51</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>264.134</x:v>
+        <x:v>279.273</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>296.78</x:v>
+        <x:v>313.79</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>5.71</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>271.174</x:v>
+        <x:v>280.688</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>304.69</x:v>
+        <x:v>315.38</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>6.17</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>273.693</x:v>
+        <x:v>283.874</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>307.52</x:v>
+        <x:v>318.96</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>6.66</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>276.158</x:v>
+        <x:v>285.939</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>310.29</x:v>
+        <x:v>321.28</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>6.35</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>274.262</x:v>
+        <x:v>280.341</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>308.16</x:v>
+        <x:v>314.99</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>5.28</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>267.454</x:v>
+        <x:v>282.789</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>300.51</x:v>
+        <x:v>317.74</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>5.05</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>265.896</x:v>
+        <x:v>279.362</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>298.76</x:v>
+        <x:v>313.89</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>271.388</x:v>
+        <x:v>275.811</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>304.93</x:v>
+        <x:v>309.9</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>269.51</x:v>
+        <x:v>276.986</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>302.82</x:v>
+        <x:v>311.22</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>5.12</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>265.327</x:v>
+        <x:v>278.588</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>298.12</x:v>
+        <x:v>313.02</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>5.9</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>269.706</x:v>
+        <x:v>272.349</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>303.04</x:v>
+        <x:v>306.01</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>4.36</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>258.207</x:v>
+        <x:v>280.786</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>290.12</x:v>
+        <x:v>315.49</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>4.31</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>257.842</x:v>
+        <x:v>275.9</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>289.71</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>5</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>262.194</x:v>
+        <x:v>275.01</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>294.6</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>5.63</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>265.798</x:v>
+        <x:v>274.307</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>298.65</x:v>
+        <x:v>308.21</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>5.55</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>265.264</x:v>
+        <x:v>284.364</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>298.05</x:v>
+        <x:v>319.51</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>5.79</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>266.537</x:v>
+        <x:v>289.028</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>299.48</x:v>
+        <x:v>324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>5.32</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>263.502</x:v>
+        <x:v>290.745</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>296.07</x:v>
+        <x:v>326.68</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>5.07</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>261.811</x:v>
+        <x:v>279.122</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>294.17</x:v>
+        <x:v>313.62</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>3.65</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>249.592</x:v>
+        <x:v>264.134</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>280.44</x:v>
+        <x:v>296.78</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>4.37</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>254.754</x:v>
+        <x:v>271.174</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>286.24</x:v>
+        <x:v>304.69</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>4.84</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>257.735</x:v>
+        <x:v>273.693</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>289.59</x:v>
+        <x:v>307.52</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>4.77</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>257.228</x:v>
+        <x:v>276.158</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>289.02</x:v>
+        <x:v>310.29</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>3.91</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>250.295</x:v>
+        <x:v>274.262</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>281.23</x:v>
+        <x:v>308.16</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>9.4</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>269.946</x:v>
+        <x:v>267.454</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>303.31</x:v>
+        <x:v>300.51</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>4.92</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>242.294</x:v>
+        <x:v>265.896</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>272.24</x:v>
+        <x:v>298.76</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>5.52</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>245.489</x:v>
+        <x:v>271.388</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>275.83</x:v>
+        <x:v>304.93</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>8.79</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>257.388</x:v>
+        <x:v>269.51</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>289.2</x:v>
+        <x:v>302.82</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
+        <x:v>45428.9289351852</x:v>
+      </x:c>
+      <x:c r="B409" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C409" s="0">
+        <x:v>5.12</x:v>
+      </x:c>
+      <x:c r="D409" s="0">
+        <x:v>265.327</x:v>
+      </x:c>
+      <x:c r="E409" s="0">
+        <x:v>298.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="410" spans="1:5">
+      <x:c r="A410" s="1">
+        <x:v>45427.9284606481</x:v>
+      </x:c>
+      <x:c r="B410" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C410" s="0">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="D410" s="0">
+        <x:v>269.706</x:v>
+      </x:c>
+      <x:c r="E410" s="0">
+        <x:v>303.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="411" spans="1:5">
+      <x:c r="A411" s="1">
+        <x:v>45426.9281828704</x:v>
+      </x:c>
+      <x:c r="B411" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C411" s="0">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D411" s="0">
+        <x:v>258.207</x:v>
+      </x:c>
+      <x:c r="E411" s="0">
+        <x:v>290.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="412" spans="1:5">
+      <x:c r="A412" s="1">
+        <x:v>45425.9293518519</x:v>
+      </x:c>
+      <x:c r="B412" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C412" s="0">
+        <x:v>4.31</x:v>
+      </x:c>
+      <x:c r="D412" s="0">
+        <x:v>257.842</x:v>
+      </x:c>
+      <x:c r="E412" s="0">
+        <x:v>289.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="413" spans="1:5">
+      <x:c r="A413" s="1">
+        <x:v>45422.9236689815</x:v>
+      </x:c>
+      <x:c r="B413" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C413" s="0">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D413" s="0">
+        <x:v>262.194</x:v>
+      </x:c>
+      <x:c r="E413" s="0">
+        <x:v>294.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="414" spans="1:5">
+      <x:c r="A414" s="1">
+        <x:v>45420.9241782407</x:v>
+      </x:c>
+      <x:c r="B414" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C414" s="0">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="D414" s="0">
+        <x:v>265.798</x:v>
+      </x:c>
+      <x:c r="E414" s="0">
+        <x:v>298.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="415" spans="1:5">
+      <x:c r="A415" s="1">
+        <x:v>45419.9259953704</x:v>
+      </x:c>
+      <x:c r="B415" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C415" s="0">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D415" s="0">
+        <x:v>265.264</x:v>
+      </x:c>
+      <x:c r="E415" s="0">
+        <x:v>298.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="416" spans="1:5">
+      <x:c r="A416" s="1">
+        <x:v>45418.9291087963</x:v>
+      </x:c>
+      <x:c r="B416" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C416" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D416" s="0">
+        <x:v>266.537</x:v>
+      </x:c>
+      <x:c r="E416" s="0">
+        <x:v>299.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="417" spans="1:5">
+      <x:c r="A417" s="1">
+        <x:v>45415.9287847222</x:v>
+      </x:c>
+      <x:c r="B417" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C417" s="0">
+        <x:v>5.32</x:v>
+      </x:c>
+      <x:c r="D417" s="0">
+        <x:v>263.502</x:v>
+      </x:c>
+      <x:c r="E417" s="0">
+        <x:v>296.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="418" spans="1:5">
+      <x:c r="A418" s="1">
+        <x:v>45414.9243981481</x:v>
+      </x:c>
+      <x:c r="B418" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C418" s="0">
+        <x:v>5.07</x:v>
+      </x:c>
+      <x:c r="D418" s="0">
+        <x:v>261.811</x:v>
+      </x:c>
+      <x:c r="E418" s="0">
+        <x:v>294.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="419" spans="1:5">
+      <x:c r="A419" s="1">
+        <x:v>45412.9265625</x:v>
+      </x:c>
+      <x:c r="B419" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C419" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D419" s="0">
+        <x:v>249.592</x:v>
+      </x:c>
+      <x:c r="E419" s="0">
+        <x:v>280.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="420" spans="1:5">
+      <x:c r="A420" s="1">
+        <x:v>45411.9246643518</x:v>
+      </x:c>
+      <x:c r="B420" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C420" s="0">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="D420" s="0">
+        <x:v>254.754</x:v>
+      </x:c>
+      <x:c r="E420" s="0">
+        <x:v>286.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="421" spans="1:5">
+      <x:c r="A421" s="1">
+        <x:v>45408.9315393519</x:v>
+      </x:c>
+      <x:c r="B421" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C421" s="0">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="D421" s="0">
+        <x:v>257.735</x:v>
+      </x:c>
+      <x:c r="E421" s="0">
+        <x:v>289.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="422" spans="1:5">
+      <x:c r="A422" s="1">
+        <x:v>45407.9436458333</x:v>
+      </x:c>
+      <x:c r="B422" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C422" s="0">
+        <x:v>4.77</x:v>
+      </x:c>
+      <x:c r="D422" s="0">
+        <x:v>257.228</x:v>
+      </x:c>
+      <x:c r="E422" s="0">
+        <x:v>289.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="423" spans="1:5">
+      <x:c r="A423" s="1">
+        <x:v>45406.9296759259</x:v>
+      </x:c>
+      <x:c r="B423" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C423" s="0">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="D423" s="0">
+        <x:v>250.295</x:v>
+      </x:c>
+      <x:c r="E423" s="0">
+        <x:v>281.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="424" spans="1:5">
+      <x:c r="A424" s="1">
+        <x:v>45405.9324537037</x:v>
+      </x:c>
+      <x:c r="B424" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C424" s="0">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="D424" s="0">
+        <x:v>269.946</x:v>
+      </x:c>
+      <x:c r="E424" s="0">
+        <x:v>303.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="425" spans="1:5">
+      <x:c r="A425" s="1">
+        <x:v>45404.9329861111</x:v>
+      </x:c>
+      <x:c r="B425" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C425" s="0">
+        <x:v>4.92</x:v>
+      </x:c>
+      <x:c r="D425" s="0">
+        <x:v>242.294</x:v>
+      </x:c>
+      <x:c r="E425" s="0">
+        <x:v>272.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="426" spans="1:5">
+      <x:c r="A426" s="1">
+        <x:v>45401.9232060185</x:v>
+      </x:c>
+      <x:c r="B426" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C426" s="0">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="D426" s="0">
+        <x:v>245.489</x:v>
+      </x:c>
+      <x:c r="E426" s="0">
+        <x:v>275.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="427" spans="1:5">
+      <x:c r="A427" s="1">
+        <x:v>45400.9237615741</x:v>
+      </x:c>
+      <x:c r="B427" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C427" s="0">
+        <x:v>8.79</x:v>
+      </x:c>
+      <x:c r="D427" s="0">
+        <x:v>257.388</x:v>
+      </x:c>
+      <x:c r="E427" s="0">
+        <x:v>289.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="428" spans="1:5">
+      <x:c r="A428" s="1">
         <x:v>45399.9244560185</x:v>
       </x:c>
-      <x:c r="B409" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C409" s="0">
+      <x:c r="B428" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C428" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D409" s="0">
+      <x:c r="D428" s="0">
         <x:v>261.286</x:v>
       </x:c>
-      <x:c r="E409" s="0">
+      <x:c r="E428" s="0">
         <x:v>293.58</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>