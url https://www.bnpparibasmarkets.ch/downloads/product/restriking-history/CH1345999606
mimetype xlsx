--- v4 (2026-02-11)
+++ v5 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R887389d04b474253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6353eed47e334ea6aefc092a450bd164.psmdcp" Id="R9fbcff0a54ad4c43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b80f75547f40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f87143d6a314875bdfa9dbaa425b6b8.psmdcp" Id="Raa1c634a2e964691" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345999606</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,7322 +393,7560 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E428"/>
+  <x:dimension ref="A1:E442"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46064.9256481481</x:v>
+        <x:v>46086.9325115741</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>433.581</x:v>
+        <x:v>491.387</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>487.17</x:v>
+        <x:v>552.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46085.9285532407</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>423.658</x:v>
+        <x:v>475.34</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>476.02</x:v>
+        <x:v>534.09</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46062.9247106481</x:v>
+        <x:v>46084.9254976852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>369.208</x:v>
+        <x:v>462.764</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>414.84</x:v>
+        <x:v>519.96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46083.9256365741</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>367.348</x:v>
+        <x:v>451.479</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>412.75</x:v>
+        <x:v>507.28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>392.072</x:v>
+        <x:v>458.297</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>440.53</x:v>
+        <x:v>514.94</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46079.9259027778</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>421.851</x:v>
+        <x:v>441.128</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>473.99</x:v>
+        <x:v>495.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46055.9254861111</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>452.636</x:v>
+        <x:v>412.319</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>508.58</x:v>
+        <x:v>463.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46051.9256018518</x:v>
+        <x:v>46077.925462963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>448.489</x:v>
+        <x:v>414.437</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>503.92</x:v>
+        <x:v>465.66</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46073.9253356481</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>452.743</x:v>
+        <x:v>436.634</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>508.7</x:v>
+        <x:v>490.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46072.9253819444</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>455.413</x:v>
+        <x:v>431.908</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>511.7</x:v>
+        <x:v>485.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46048.924849537</x:v>
+        <x:v>46071.9253935185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>456.214</x:v>
+        <x:v>425.046</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>512.6</x:v>
+        <x:v>477.58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46045.9251157407</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>456.757</x:v>
+        <x:v>411.91</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>513.21</x:v>
+        <x:v>462.82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46044.9246064815</x:v>
+        <x:v>46066.9254976852</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>443.79</x:v>
+        <x:v>407.923</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>498.64</x:v>
+        <x:v>458.34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>446.949</x:v>
+        <x:v>396.753</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>502.19</x:v>
+        <x:v>445.79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>455.084</x:v>
+        <x:v>433.581</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>511.33</x:v>
+        <x:v>487.17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>449.005</x:v>
+        <x:v>423.658</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>504.5</x:v>
+        <x:v>476.02</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>452.156</x:v>
+        <x:v>369.208</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>508.04</x:v>
+        <x:v>414.84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>470.739</x:v>
+        <x:v>367.348</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>528.92</x:v>
+        <x:v>412.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>475.83</x:v>
+        <x:v>392.072</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>534.64</x:v>
+        <x:v>440.53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>471.7</x:v>
+        <x:v>421.851</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>530</x:v>
+        <x:v>473.99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>480.039</x:v>
+        <x:v>452.636</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>539.37</x:v>
+        <x:v>508.58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>492.775</x:v>
+        <x:v>448.489</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>553.68</x:v>
+        <x:v>503.92</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>506.962</x:v>
+        <x:v>452.743</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>569.62</x:v>
+        <x:v>508.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>508.573</x:v>
+        <x:v>455.413</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>571.43</x:v>
+        <x:v>511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>528.117</x:v>
+        <x:v>456.214</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>593.39</x:v>
+        <x:v>512.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>513.245</x:v>
+        <x:v>456.757</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>576.68</x:v>
+        <x:v>513.21</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>517.259</x:v>
+        <x:v>443.79</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>581.19</x:v>
+        <x:v>498.64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>515.657</x:v>
+        <x:v>446.949</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>579.39</x:v>
+        <x:v>502.19</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>515.132</x:v>
+        <x:v>455.084</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>578.8</x:v>
+        <x:v>511.33</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>518.122</x:v>
+        <x:v>449.005</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>582.16</x:v>
+        <x:v>504.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>501.8</x:v>
+        <x:v>452.156</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>563.82</x:v>
+        <x:v>508.04</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>503.945</x:v>
+        <x:v>470.739</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>566.23</x:v>
+        <x:v>528.92</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>515.372</x:v>
+        <x:v>475.83</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>579.07</x:v>
+        <x:v>534.64</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>513.664</x:v>
+        <x:v>471.7</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>577.15</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>532.042</x:v>
+        <x:v>480.039</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>597.8</x:v>
+        <x:v>539.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>532.994</x:v>
+        <x:v>492.775</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>598.87</x:v>
+        <x:v>553.68</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>542.375</x:v>
+        <x:v>506.962</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>609.41</x:v>
+        <x:v>569.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>524.806</x:v>
+        <x:v>508.573</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>589.67</x:v>
+        <x:v>571.43</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>502.788</x:v>
+        <x:v>528.117</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>564.93</x:v>
+        <x:v>593.39</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>499.263</x:v>
+        <x:v>513.245</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>560.97</x:v>
+        <x:v>576.68</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>495.881</x:v>
+        <x:v>517.259</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>557.17</x:v>
+        <x:v>581.19</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>513.343</x:v>
+        <x:v>515.657</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>576.79</x:v>
+        <x:v>579.39</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>515.212</x:v>
+        <x:v>515.132</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>578.89</x:v>
+        <x:v>578.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>532.994</x:v>
+        <x:v>518.122</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>598.87</x:v>
+        <x:v>582.16</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>527.494</x:v>
+        <x:v>501.8</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>592.69</x:v>
+        <x:v>563.82</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>521.068</x:v>
+        <x:v>503.945</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>585.47</x:v>
+        <x:v>566.23</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>519.413</x:v>
+        <x:v>515.372</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>583.61</x:v>
+        <x:v>579.07</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>524.415</x:v>
+        <x:v>513.664</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>589.23</x:v>
+        <x:v>577.15</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>550.492</x:v>
+        <x:v>532.042</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>618.53</x:v>
+        <x:v>597.8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>566.44</x:v>
+        <x:v>532.994</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>636.45</x:v>
+        <x:v>598.87</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>570.152</x:v>
+        <x:v>542.375</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>640.62</x:v>
+        <x:v>609.41</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>565.818</x:v>
+        <x:v>524.806</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>635.75</x:v>
+        <x:v>589.67</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>574.344</x:v>
+        <x:v>502.788</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>645.33</x:v>
+        <x:v>564.93</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>576.604</x:v>
+        <x:v>499.263</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>647.87</x:v>
+        <x:v>560.97</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>569.226</x:v>
+        <x:v>495.881</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>639.58</x:v>
+        <x:v>557.17</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>554.408</x:v>
+        <x:v>513.343</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>622.93</x:v>
+        <x:v>576.79</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>549.05</x:v>
+        <x:v>515.212</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>616.91</x:v>
+        <x:v>578.89</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>550.198</x:v>
+        <x:v>532.994</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>618.2</x:v>
+        <x:v>598.87</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>551.8</x:v>
+        <x:v>527.494</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>620</x:v>
+        <x:v>592.69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>560.344</x:v>
+        <x:v>521.068</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>629.6</x:v>
+        <x:v>585.47</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>573.24</x:v>
+        <x:v>519.413</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>644.09</x:v>
+        <x:v>583.61</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>583.235</x:v>
+        <x:v>524.415</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>655.32</x:v>
+        <x:v>589.23</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>584.445</x:v>
+        <x:v>550.492</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>656.68</x:v>
+        <x:v>618.53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>592.446</x:v>
+        <x:v>566.44</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>665.67</x:v>
+        <x:v>636.45</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>581.553</x:v>
+        <x:v>570.152</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>653.43</x:v>
+        <x:v>640.62</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>585.442</x:v>
+        <x:v>565.818</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>657.8</x:v>
+        <x:v>635.75</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>574.744</x:v>
+        <x:v>574.344</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>645.78</x:v>
+        <x:v>645.33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>599.735</x:v>
+        <x:v>576.604</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>673.86</x:v>
+        <x:v>647.87</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>601.302</x:v>
+        <x:v>569.226</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>675.62</x:v>
+        <x:v>639.58</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>613.397</x:v>
+        <x:v>554.408</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>689.21</x:v>
+        <x:v>622.93</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>601.222</x:v>
+        <x:v>549.05</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>675.53</x:v>
+        <x:v>616.91</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>597.653</x:v>
+        <x:v>550.198</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>671.52</x:v>
+        <x:v>618.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>591.369</x:v>
+        <x:v>551.8</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>664.46</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>597.457</x:v>
+        <x:v>560.344</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>671.3</x:v>
+        <x:v>629.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>608.324</x:v>
+        <x:v>573.24</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>683.51</x:v>
+        <x:v>644.09</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>615.916</x:v>
+        <x:v>583.235</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>692.04</x:v>
+        <x:v>655.32</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>609.908</x:v>
+        <x:v>584.445</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>685.29</x:v>
+        <x:v>656.68</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>600.528</x:v>
+        <x:v>592.446</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>674.75</x:v>
+        <x:v>665.67</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>605.592</x:v>
+        <x:v>581.553</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>680.44</x:v>
+        <x:v>653.43</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>605.449</x:v>
+        <x:v>585.442</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>680.28</x:v>
+        <x:v>657.8</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>605.645</x:v>
+        <x:v>574.744</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>680.5</x:v>
+        <x:v>645.78</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>629.497</x:v>
+        <x:v>599.735</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>707.3</x:v>
+        <x:v>673.86</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>623.605</x:v>
+        <x:v>601.302</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>700.68</x:v>
+        <x:v>675.62</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>621.22</x:v>
+        <x:v>613.397</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>698</x:v>
+        <x:v>689.21</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>648.338</x:v>
+        <x:v>601.222</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>728.47</x:v>
+        <x:v>675.53</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>637.712</x:v>
+        <x:v>597.653</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>716.53</x:v>
+        <x:v>671.52</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>634.232</x:v>
+        <x:v>591.369</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>712.62</x:v>
+        <x:v>664.46</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>630.698</x:v>
+        <x:v>597.457</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>708.65</x:v>
+        <x:v>671.3</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>639.857</x:v>
+        <x:v>608.324</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>718.94</x:v>
+        <x:v>683.51</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>1</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>657.292</x:v>
+        <x:v>615.916</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>738.53</x:v>
+        <x:v>692.04</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>654.079</x:v>
+        <x:v>609.908</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>734.92</x:v>
+        <x:v>685.29</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>653.367</x:v>
+        <x:v>600.528</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>734.12</x:v>
+        <x:v>674.75</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>629.399</x:v>
+        <x:v>605.592</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>707.19</x:v>
+        <x:v>680.44</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>626.613</x:v>
+        <x:v>605.449</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>704.06</x:v>
+        <x:v>680.28</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>625.759</x:v>
+        <x:v>605.645</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>703.1</x:v>
+        <x:v>680.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>619.796</x:v>
+        <x:v>629.497</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>696.4</x:v>
+        <x:v>707.3</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>614.376</x:v>
+        <x:v>623.605</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>690.31</x:v>
+        <x:v>700.68</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>626.64</x:v>
+        <x:v>621.22</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>704.09</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>640.052</x:v>
+        <x:v>648.338</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>719.16</x:v>
+        <x:v>728.47</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>639.269</x:v>
+        <x:v>637.712</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>718.28</x:v>
+        <x:v>716.53</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>629.399</x:v>
+        <x:v>634.232</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>707.19</x:v>
+        <x:v>712.62</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>626.426</x:v>
+        <x:v>630.698</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>703.85</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>620.624</x:v>
+        <x:v>639.857</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>697.33</x:v>
+        <x:v>718.94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.64</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>613.762</x:v>
+        <x:v>657.292</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>689.62</x:v>
+        <x:v>738.53</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>606.873</x:v>
+        <x:v>654.079</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>681.88</x:v>
+        <x:v>734.92</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>612.142</x:v>
+        <x:v>653.367</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>687.8</x:v>
+        <x:v>734.12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>616.761</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>692.99</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
         <x:v>0.71</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>619.858</x:v>
+        <x:v>626.613</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>696.47</x:v>
+        <x:v>704.06</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>618.363</x:v>
+        <x:v>625.759</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>694.79</x:v>
+        <x:v>703.1</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>616.761</x:v>
+        <x:v>619.796</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>692.99</x:v>
+        <x:v>696.4</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>613.628</x:v>
+        <x:v>614.376</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>689.47</x:v>
+        <x:v>690.31</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>626.373</x:v>
+        <x:v>626.64</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>703.79</x:v>
+        <x:v>704.09</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>640.222</x:v>
+        <x:v>640.052</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>719.35</x:v>
+        <x:v>719.16</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>647.982</x:v>
+        <x:v>639.269</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>728.07</x:v>
+        <x:v>718.28</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>652.201</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>732.81</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>621.665</x:v>
+        <x:v>626.426</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>698.5</x:v>
+        <x:v>703.85</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>618.55</x:v>
+        <x:v>620.624</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>695</x:v>
+        <x:v>697.33</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>613.522</x:v>
+        <x:v>613.762</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>689.35</x:v>
+        <x:v>689.62</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>613.415</x:v>
+        <x:v>606.873</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>689.23</x:v>
+        <x:v>681.88</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>628.242</x:v>
+        <x:v>612.142</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>705.89</x:v>
+        <x:v>687.8</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>611.199</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>686.74</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>593.461</x:v>
+        <x:v>619.858</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>666.81</x:v>
+        <x:v>696.47</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>575.83</x:v>
+        <x:v>618.363</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>647</x:v>
+        <x:v>694.79</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>586.145</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>658.59</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>557.621</x:v>
+        <x:v>613.628</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>626.54</x:v>
+        <x:v>689.47</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>578.918</x:v>
+        <x:v>626.373</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>650.47</x:v>
+        <x:v>703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>551.809</x:v>
+        <x:v>640.222</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>620.01</x:v>
+        <x:v>719.35</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45867.6679166667</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.42</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>554.47</x:v>
+        <x:v>647.982</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>623</x:v>
+        <x:v>728.07</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>3.89</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>623.872</x:v>
+        <x:v>652.201</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>700.98</x:v>
+        <x:v>732.81</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>3.58</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>616.859</x:v>
+        <x:v>621.665</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>693.1</x:v>
+        <x:v>698.5</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>3.15</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>606.464</x:v>
+        <x:v>618.55</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>681.42</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>2.91</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>600.269</x:v>
+        <x:v>613.522</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>674.46</x:v>
+        <x:v>689.35</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>2.96</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>601.409</x:v>
+        <x:v>613.415</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>675.74</x:v>
+        <x:v>689.23</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>4.59</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>629.123</x:v>
+        <x:v>628.242</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>706.88</x:v>
+        <x:v>705.89</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>4.07</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>618.977</x:v>
+        <x:v>611.199</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>695.48</x:v>
+        <x:v>686.74</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>5.68</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>641.61</x:v>
+        <x:v>593.461</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>720.91</x:v>
+        <x:v>666.81</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>4.85</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>627.94</x:v>
+        <x:v>575.83</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>705.55</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>5.14</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>632.309</x:v>
+        <x:v>586.145</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>710.46</x:v>
+        <x:v>658.59</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>5.58</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>638.566</x:v>
+        <x:v>557.621</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>717.49</x:v>
+        <x:v>626.54</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>5.13</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>631.144</x:v>
+        <x:v>578.918</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>709.15</x:v>
+        <x:v>650.47</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>5.18</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>631.856</x:v>
+        <x:v>551.809</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>709.95</x:v>
+        <x:v>620.01</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45867.6679166667</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>6</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>642.687</x:v>
+        <x:v>554.47</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>722.12</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>5.96</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>642.037</x:v>
+        <x:v>623.872</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>721.39</x:v>
+        <x:v>700.98</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>7.12</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>655.298</x:v>
+        <x:v>616.859</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>736.29</x:v>
+        <x:v>693.1</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>6.37</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>645.294</x:v>
+        <x:v>606.464</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>725.05</x:v>
+        <x:v>681.42</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>5.43</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>631.455</x:v>
+        <x:v>600.269</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>709.5</x:v>
+        <x:v>674.46</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>6.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>642.892</x:v>
+        <x:v>601.409</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>722.35</x:v>
+        <x:v>675.74</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>11.97</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>682.933</x:v>
+        <x:v>629.123</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>767.34</x:v>
+        <x:v>706.88</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>12.72</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>687.614</x:v>
+        <x:v>618.977</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>772.6</x:v>
+        <x:v>695.48</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>13.19</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>690.551</x:v>
+        <x:v>641.61</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>775.9</x:v>
+        <x:v>720.91</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>9.23</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>655.307</x:v>
+        <x:v>627.94</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>736.3</x:v>
+        <x:v>705.55</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>10.82</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>667.42</x:v>
+        <x:v>632.309</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>749.91</x:v>
+        <x:v>710.46</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>8.99</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>650.724</x:v>
+        <x:v>638.566</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>731.15</x:v>
+        <x:v>717.49</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>7.11</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>629.604</x:v>
+        <x:v>631.144</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>707.42</x:v>
+        <x:v>709.15</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>7.37</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>632.069</x:v>
+        <x:v>631.856</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>710.19</x:v>
+        <x:v>709.95</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>8.41</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>641.939</x:v>
+        <x:v>642.687</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>721.28</x:v>
+        <x:v>722.12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>7.92</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>636.857</x:v>
+        <x:v>642.037</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>715.57</x:v>
+        <x:v>721.39</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>7.55</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>632.656</x:v>
+        <x:v>655.298</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>710.85</x:v>
+        <x:v>736.29</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>6.93</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>625.51</x:v>
+        <x:v>645.294</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>702.82</x:v>
+        <x:v>725.05</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>7.47</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>631.135</x:v>
+        <x:v>631.455</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>709.14</x:v>
+        <x:v>709.5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>6.33</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>617.055</x:v>
+        <x:v>642.892</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>693.32</x:v>
+        <x:v>722.35</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>8.1</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>633.911</x:v>
+        <x:v>682.933</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>712.26</x:v>
+        <x:v>767.34</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>8.16</x:v>
+        <x:v>12.72</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>634.41</x:v>
+        <x:v>687.614</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>712.82</x:v>
+        <x:v>772.6</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>7.21</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>623.961</x:v>
+        <x:v>690.551</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>701.08</x:v>
+        <x:v>775.9</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>5.31</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>597.252</x:v>
+        <x:v>655.307</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>671.07</x:v>
+        <x:v>736.3</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>5.38</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>598.08</x:v>
+        <x:v>667.42</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>672</x:v>
+        <x:v>749.91</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>4.43</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>581.9</x:v>
+        <x:v>650.724</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>653.82</x:v>
+        <x:v>731.15</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>3.65</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>566.708</x:v>
+        <x:v>629.604</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>636.75</x:v>
+        <x:v>707.42</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>3.96</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>572.27</x:v>
+        <x:v>632.069</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>643</x:v>
+        <x:v>710.19</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>4.9</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>586.163</x:v>
+        <x:v>641.939</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>658.61</x:v>
+        <x:v>721.28</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>5.29</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>591.512</x:v>
+        <x:v>636.857</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>664.62</x:v>
+        <x:v>715.57</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>4.82</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>584.107</x:v>
+        <x:v>632.656</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>656.3</x:v>
+        <x:v>710.85</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>4.02</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>569.76</x:v>
+        <x:v>625.51</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>640.18</x:v>
+        <x:v>702.82</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>3.7</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>563.575</x:v>
+        <x:v>631.135</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>633.23</x:v>
+        <x:v>709.14</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>3.17</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>551.862</x:v>
+        <x:v>617.055</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>620.07</x:v>
+        <x:v>693.32</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>3.2</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>552.521</x:v>
+        <x:v>633.911</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>620.81</x:v>
+        <x:v>712.26</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>4.88</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>576.942</x:v>
+        <x:v>634.41</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>648.25</x:v>
+        <x:v>712.82</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>5.34</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>583.181</x:v>
+        <x:v>623.961</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>655.26</x:v>
+        <x:v>701.08</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>5.47</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>584.819</x:v>
+        <x:v>597.252</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>657.1</x:v>
+        <x:v>671.07</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>4.19</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>563.236</x:v>
+        <x:v>598.08</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>632.85</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>4.47</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>567.508</x:v>
+        <x:v>581.9</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>637.65</x:v>
+        <x:v>653.82</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>4.88</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>573.16</x:v>
+        <x:v>566.708</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>644</x:v>
+        <x:v>636.75</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>3.51</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>546.442</x:v>
+        <x:v>572.27</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>613.98</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>2.32</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>513.477</x:v>
+        <x:v>586.163</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>576.94</x:v>
+        <x:v>658.61</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>3.23</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>531.98</x:v>
+        <x:v>591.512</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>597.73</x:v>
+        <x:v>664.62</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>4.61</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>552.441</x:v>
+        <x:v>584.107</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>620.72</x:v>
+        <x:v>656.3</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>3.87</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>539.296</x:v>
+        <x:v>569.76</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>605.95</x:v>
+        <x:v>640.18</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>3.28</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>527.503</x:v>
+        <x:v>563.575</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>592.7</x:v>
+        <x:v>633.23</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>3.19</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>525.447</x:v>
+        <x:v>551.862</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>590.39</x:v>
+        <x:v>620.07</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>2.62</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>511.082</x:v>
+        <x:v>552.521</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>574.25</x:v>
+        <x:v>620.81</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>2.26</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>501.132</x:v>
+        <x:v>576.942</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>563.07</x:v>
+        <x:v>648.25</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>509.427</x:v>
+        <x:v>583.181</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>572.39</x:v>
+        <x:v>655.26</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>1.95</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>488.761</x:v>
+        <x:v>584.819</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>549.17</x:v>
+        <x:v>657.1</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>1.81</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>483.857</x:v>
+        <x:v>563.236</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>543.66</x:v>
+        <x:v>632.85</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>2.1</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>492.188</x:v>
+        <x:v>567.508</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>553.02</x:v>
+        <x:v>637.65</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>2.71</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>506.463</x:v>
+        <x:v>573.16</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>569.06</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>1.52</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>461.332</x:v>
+        <x:v>546.442</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>518.35</x:v>
+        <x:v>613.98</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>1.4</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>461.883</x:v>
+        <x:v>513.477</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>518.97</x:v>
+        <x:v>576.94</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>1.24</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>447.937</x:v>
+        <x:v>531.98</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>503.3</x:v>
+        <x:v>597.73</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45751.8460648148</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>1.12</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>442.324</x:v>
+        <x:v>552.441</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>496.994</x:v>
+        <x:v>620.72</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>9.44</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>496.994</x:v>
+        <x:v>539.296</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>558.42</x:v>
+        <x:v>605.95</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>8.76</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>491.04</x:v>
+        <x:v>527.503</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>551.73</x:v>
+        <x:v>592.7</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>8.56</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>489.527</x:v>
+        <x:v>525.447</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>550.03</x:v>
+        <x:v>590.39</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>10.24</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>499.432</x:v>
+        <x:v>511.082</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>561.16</x:v>
+        <x:v>574.25</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>13.91</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>516.396</x:v>
+        <x:v>501.132</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>580.22</x:v>
+        <x:v>563.07</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>13.22</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>512.952</x:v>
+        <x:v>509.427</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>576.35</x:v>
+        <x:v>572.39</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>27.26</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>548.133</x:v>
+        <x:v>488.761</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>615.88</x:v>
+        <x:v>549.17</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>23.78</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>538.192</x:v>
+        <x:v>483.857</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>604.71</x:v>
+        <x:v>543.66</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>22.46</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>533.947</x:v>
+        <x:v>492.188</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>599.94</x:v>
+        <x:v>553.02</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>20.97</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>529.15</x:v>
+        <x:v>506.463</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>594.55</x:v>
+        <x:v>569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>18.85</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>521.745</x:v>
+        <x:v>461.332</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>586.23</x:v>
+        <x:v>518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>15.28</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>506.837</x:v>
+        <x:v>461.883</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>569.48</x:v>
+        <x:v>518.97</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>24.5</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>531.739</x:v>
+        <x:v>447.937</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>597.46</x:v>
+        <x:v>503.3</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45751.8460648148</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>18.68</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>478.74</x:v>
+        <x:v>442.324</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>574.79</x:v>
+        <x:v>496.994</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>12.08</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>478.74</x:v>
+        <x:v>496.994</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>0</x:v>
+        <x:v>558.42</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>11.73</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>476.898</x:v>
+        <x:v>491.04</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>0</x:v>
+        <x:v>551.73</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>8.21</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>452.512</x:v>
+        <x:v>489.527</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>508.44</x:v>
+        <x:v>550.03</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>6.25</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>473.569</x:v>
+        <x:v>499.432</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>532.1</x:v>
+        <x:v>561.16</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>17.81</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>483.635</x:v>
+        <x:v>516.396</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>543.41</x:v>
+        <x:v>580.22</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>21.41</x:v>
+        <x:v>13.22</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>522.279</x:v>
+        <x:v>512.952</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>586.83</x:v>
+        <x:v>576.35</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>52.66</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>519.885</x:v>
+        <x:v>548.133</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>584.14</x:v>
+        <x:v>615.88</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>50.86</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>533.875</x:v>
+        <x:v>538.192</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>599.86</x:v>
+        <x:v>604.71</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>64.48</x:v>
+        <x:v>22.46</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>541.129</x:v>
+        <x:v>533.947</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>608.01</x:v>
+        <x:v>599.94</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>72.59</x:v>
+        <x:v>20.97</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>525.776</x:v>
+        <x:v>529.15</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>590.76</x:v>
+        <x:v>594.55</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>58.92</x:v>
+        <x:v>18.85</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>536.786</x:v>
+        <x:v>521.745</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>603.13</x:v>
+        <x:v>586.23</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>70.61</x:v>
+        <x:v>15.28</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>523.827</x:v>
+        <x:v>506.837</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>588.57</x:v>
+        <x:v>569.48</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>59.02</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>535.433</x:v>
+        <x:v>531.739</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>601.61</x:v>
+        <x:v>597.46</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>71.53</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>540.568</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>607.38</x:v>
+        <x:v>574.79</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>77.79</x:v>
+        <x:v>12.08</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>566.725</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>636.77</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>123.63</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>572.03</x:v>
+        <x:v>476.898</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>642.73</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>133.75</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>561.198</x:v>
+        <x:v>452.512</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>630.56</x:v>
+        <x:v>508.44</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>116.02</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>567.98</x:v>
+        <x:v>473.569</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>638.18</x:v>
+        <x:v>532.1</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>129.13</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>577.005</x:v>
+        <x:v>483.635</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>648.32</x:v>
+        <x:v>543.41</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>135.02</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>554.604</x:v>
+        <x:v>522.279</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>623.15</x:v>
+        <x:v>586.83</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>110.46</x:v>
+        <x:v>52.66</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>567.544</x:v>
+        <x:v>519.885</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>637.69</x:v>
+        <x:v>584.14</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>135.35</x:v>
+        <x:v>50.86</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>567.544</x:v>
+        <x:v>533.875</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>637.69</x:v>
+        <x:v>599.86</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>114.3</x:v>
+        <x:v>64.48</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>557.024</x:v>
+        <x:v>541.129</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>625.87</x:v>
+        <x:v>608.01</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>118.85</x:v>
+        <x:v>72.59</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>557.14</x:v>
+        <x:v>525.776</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>626</x:v>
+        <x:v>590.76</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>119.23</x:v>
+        <x:v>58.92</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>557.14</x:v>
+        <x:v>536.786</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>626</x:v>
+        <x:v>603.13</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>113.24</x:v>
+        <x:v>70.61</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>553.375</x:v>
+        <x:v>523.827</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>621.77</x:v>
+        <x:v>588.57</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>55.03</x:v>
+        <x:v>59.02</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>488.681</x:v>
+        <x:v>535.433</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>549.08</x:v>
+        <x:v>601.61</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>54.86</x:v>
+        <x:v>71.53</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>488.21</x:v>
+        <x:v>540.568</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>548.55</x:v>
+        <x:v>607.38</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>56.24</x:v>
+        <x:v>77.79</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>489.616</x:v>
+        <x:v>566.725</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>550.13</x:v>
+        <x:v>636.77</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>48.22</x:v>
+        <x:v>123.63</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>479.559</x:v>
+        <x:v>572.03</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>538.83</x:v>
+        <x:v>642.73</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>43.07</x:v>
+        <x:v>133.75</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>472.412</x:v>
+        <x:v>561.198</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>530.8</x:v>
+        <x:v>630.56</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>32.52</x:v>
+        <x:v>116.02</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>454.283</x:v>
+        <x:v>567.98</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>510.43</x:v>
+        <x:v>638.18</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>25.28</x:v>
+        <x:v>129.13</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>439.268</x:v>
+        <x:v>577.005</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>493.56</x:v>
+        <x:v>648.32</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>23.03</x:v>
+        <x:v>135.02</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>433.884</x:v>
+        <x:v>554.604</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>487.51</x:v>
+        <x:v>623.15</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>22.43</x:v>
+        <x:v>110.46</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>432.122</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>485.53</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>24.38</x:v>
+        <x:v>135.35</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>436.403</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>490.34</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>24.56</x:v>
+        <x:v>114.3</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>436.714</x:v>
+        <x:v>557.024</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>490.69</x:v>
+        <x:v>625.87</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>16.75</x:v>
+        <x:v>118.85</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>412.595</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>463.59</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>15.42</x:v>
+        <x:v>119.23</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>408.101</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>458.54</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>15.76</x:v>
+        <x:v>113.24</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>408.982</x:v>
+        <x:v>553.375</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>459.53</x:v>
+        <x:v>621.77</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>23.87</x:v>
+        <x:v>55.03</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>426.96</x:v>
+        <x:v>488.681</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>479.73</x:v>
+        <x:v>549.08</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>18.78</x:v>
+        <x:v>54.86</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>412.898</x:v>
+        <x:v>488.21</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>463.93</x:v>
+        <x:v>548.55</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>20.57</x:v>
+        <x:v>56.24</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>417.348</x:v>
+        <x:v>489.616</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>468.93</x:v>
+        <x:v>550.13</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>19.89</x:v>
+        <x:v>48.22</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>415.354</x:v>
+        <x:v>479.559</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>466.69</x:v>
+        <x:v>538.83</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>15.82</x:v>
+        <x:v>43.07</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>402.093</x:v>
+        <x:v>472.412</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>451.79</x:v>
+        <x:v>530.8</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>17.32</x:v>
+        <x:v>32.52</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>406.267</x:v>
+        <x:v>454.283</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>456.48</x:v>
+        <x:v>510.43</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>17.37</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>406.098</x:v>
+        <x:v>439.268</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>456.29</x:v>
+        <x:v>493.56</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>18.96</x:v>
+        <x:v>23.03</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>410.183</x:v>
+        <x:v>433.884</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>460.88</x:v>
+        <x:v>487.51</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>18.96</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>410.183</x:v>
+        <x:v>432.122</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>460.88</x:v>
+        <x:v>485.53</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>16.98</x:v>
+        <x:v>24.38</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>404.202</x:v>
+        <x:v>436.403</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>454.16</x:v>
+        <x:v>490.34</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>15.48</x:v>
+        <x:v>24.56</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>399.298</x:v>
+        <x:v>436.714</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>448.65</x:v>
+        <x:v>490.69</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>27.42</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>422.189</x:v>
+        <x:v>412.595</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>474.37</x:v>
+        <x:v>463.59</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>33.25</x:v>
+        <x:v>15.42</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>431.561</x:v>
+        <x:v>408.101</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>484.9</x:v>
+        <x:v>458.54</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>32.54</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>430.146</x:v>
+        <x:v>408.982</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>483.31</x:v>
+        <x:v>459.53</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>30.94</x:v>
+        <x:v>23.87</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>427.298</x:v>
+        <x:v>426.96</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>480.11</x:v>
+        <x:v>479.73</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>29.41</x:v>
+        <x:v>18.78</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>424.45</x:v>
+        <x:v>412.898</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>476.91</x:v>
+        <x:v>463.93</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>27.01</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>419.706</x:v>
+        <x:v>417.348</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>471.58</x:v>
+        <x:v>468.93</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>33.06</x:v>
+        <x:v>19.89</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>429.443</x:v>
+        <x:v>415.354</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>482.52</x:v>
+        <x:v>466.69</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>44.86</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>443.781</x:v>
+        <x:v>402.093</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>498.63</x:v>
+        <x:v>451.79</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>41.48</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>439.224</x:v>
+        <x:v>406.267</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>493.51</x:v>
+        <x:v>456.48</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>48.39</x:v>
+        <x:v>17.37</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>447.118</x:v>
+        <x:v>406.098</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>502.38</x:v>
+        <x:v>456.29</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>34.75</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>427.44</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>480.27</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>33.07</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>424.494</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>476.96</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>32.24</x:v>
+        <x:v>16.98</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>422.964</x:v>
+        <x:v>404.202</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>475.24</x:v>
+        <x:v>454.16</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>33.05</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>424.183</x:v>
+        <x:v>399.298</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>476.61</x:v>
+        <x:v>448.65</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>35.95</x:v>
+        <x:v>27.42</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>428.428</x:v>
+        <x:v>422.189</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>481.38</x:v>
+        <x:v>474.37</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>32.62</x:v>
+        <x:v>33.25</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>422.786</x:v>
+        <x:v>431.561</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>475.04</x:v>
+        <x:v>484.9</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>30.43</x:v>
+        <x:v>32.54</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>418.923</x:v>
+        <x:v>430.146</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>470.7</x:v>
+        <x:v>483.31</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>30.12</x:v>
+        <x:v>30.94</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>418.309</x:v>
+        <x:v>427.298</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>470.01</x:v>
+        <x:v>480.11</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>27.26</x:v>
+        <x:v>29.41</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>412.809</x:v>
+        <x:v>424.45</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>463.83</x:v>
+        <x:v>476.91</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>23.39</x:v>
+        <x:v>27.01</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>404.38</x:v>
+        <x:v>419.706</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>454.36</x:v>
+        <x:v>471.58</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>25.26</x:v>
+        <x:v>33.06</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>407.905</x:v>
+        <x:v>429.443</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>458.32</x:v>
+        <x:v>482.52</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>37.3</x:v>
+        <x:v>44.86</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>424.975</x:v>
+        <x:v>443.781</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>477.5</x:v>
+        <x:v>498.63</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>31.83</x:v>
+        <x:v>41.48</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>415.959</x:v>
+        <x:v>439.224</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>467.37</x:v>
+        <x:v>493.51</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>16.63</x:v>
+        <x:v>48.39</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>373.257</x:v>
+        <x:v>447.118</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>419.39</x:v>
+        <x:v>502.38</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>14.12</x:v>
+        <x:v>34.75</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>365.069</x:v>
+        <x:v>427.44</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>410.19</x:v>
+        <x:v>480.27</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>11.92</x:v>
+        <x:v>33.07</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>356.605</x:v>
+        <x:v>424.494</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>400.68</x:v>
+        <x:v>476.96</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>11.74</x:v>
+        <x:v>32.24</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>355.858</x:v>
+        <x:v>422.964</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>399.84</x:v>
+        <x:v>475.24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>9.98</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>348.132</x:v>
+        <x:v>424.183</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>391.16</x:v>
+        <x:v>476.61</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>8.48</x:v>
+        <x:v>35.95</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>340.541</x:v>
+        <x:v>428.428</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>382.63</x:v>
+        <x:v>481.38</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>7.7</x:v>
+        <x:v>32.62</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>336.18</x:v>
+        <x:v>422.786</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>377.73</x:v>
+        <x:v>475.04</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>9.01</x:v>
+        <x:v>30.43</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>342.205</x:v>
+        <x:v>418.923</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>384.5</x:v>
+        <x:v>470.7</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>9.14</x:v>
+        <x:v>30.12</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>342.739</x:v>
+        <x:v>418.309</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>385.1</x:v>
+        <x:v>470.01</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>11.18</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>350.678</x:v>
+        <x:v>412.809</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>394.02</x:v>
+        <x:v>463.83</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>10.59</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>348.195</x:v>
+        <x:v>404.38</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>391.23</x:v>
+        <x:v>454.36</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>9.28</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>342.08</x:v>
+        <x:v>407.905</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>384.36</x:v>
+        <x:v>458.32</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>8.4</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>337.452</x:v>
+        <x:v>424.975</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>379.16</x:v>
+        <x:v>477.5</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>8.02</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>335.414</x:v>
+        <x:v>415.959</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>376.87</x:v>
+        <x:v>467.37</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>8.57</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>338.058</x:v>
+        <x:v>373.257</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>379.84</x:v>
+        <x:v>419.39</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>10.23</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>344.991</x:v>
+        <x:v>365.069</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>387.63</x:v>
+        <x:v>410.19</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>9.16</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>339.953</x:v>
+        <x:v>356.605</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>381.97</x:v>
+        <x:v>400.68</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>7.83</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>331.614</x:v>
+        <x:v>355.858</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>372.6</x:v>
+        <x:v>399.84</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>7.83</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>331.525</x:v>
+        <x:v>348.132</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>372.5</x:v>
+        <x:v>391.16</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>8.08</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>332.593</x:v>
+        <x:v>340.541</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>373.7</x:v>
+        <x:v>382.63</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>8.9</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>336.42</x:v>
+        <x:v>336.18</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>378</x:v>
+        <x:v>377.73</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>8.21</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>332.842</x:v>
+        <x:v>342.205</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>373.98</x:v>
+        <x:v>384.5</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>7.63</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>329.638</x:v>
+        <x:v>342.739</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>370.38</x:v>
+        <x:v>385.1</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>6.56</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>323.026</x:v>
+        <x:v>350.678</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>362.95</x:v>
+        <x:v>394.02</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>8.08</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>330.59</x:v>
+        <x:v>348.195</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>371.45</x:v>
+        <x:v>391.23</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>8.3</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>331.614</x:v>
+        <x:v>342.08</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>372.6</x:v>
+        <x:v>384.36</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>8.71</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>333.528</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>374.75</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>8.85</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>334.106</x:v>
+        <x:v>335.414</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>375.4</x:v>
+        <x:v>376.87</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>7.71</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>327.992</x:v>
+        <x:v>338.058</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>368.53</x:v>
+        <x:v>379.84</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>7.87</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>328.588</x:v>
+        <x:v>344.991</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>369.2</x:v>
+        <x:v>387.63</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>9.98</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>337.452</x:v>
+        <x:v>339.953</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>379.16</x:v>
+        <x:v>381.97</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>11.11</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>341.724</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>383.96</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>10.34</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>338.52</x:v>
+        <x:v>331.525</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>380.36</x:v>
+        <x:v>372.5</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>8.31</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>328.419</x:v>
+        <x:v>332.593</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>369.01</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>7.7</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>325.001</x:v>
+        <x:v>336.42</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>365.17</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>6.95</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>320.596</x:v>
+        <x:v>332.842</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>360.22</x:v>
+        <x:v>373.98</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>5.05</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>306.133</x:v>
+        <x:v>329.638</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>343.97</x:v>
+        <x:v>370.38</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>4.85</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>304.514</x:v>
+        <x:v>323.026</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>342.15</x:v>
+        <x:v>362.95</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>4.5</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>301.559</x:v>
+        <x:v>330.59</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>338.83</x:v>
+        <x:v>371.45</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>4.43</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>300.731</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>337.9</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>4.4</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>300.384</x:v>
+        <x:v>333.528</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>337.51</x:v>
+        <x:v>374.75</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>4.32</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>299.627</x:v>
+        <x:v>334.106</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>336.66</x:v>
+        <x:v>375.4</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>3.5</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>291.03</x:v>
+        <x:v>327.992</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>327</x:v>
+        <x:v>368.53</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>3.27</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>288.422</x:v>
+        <x:v>328.588</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>324.07</x:v>
+        <x:v>369.2</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>3.18</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>287.265</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>322.77</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>3.72</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>292.481</x:v>
+        <x:v>341.724</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>328.63</x:v>
+        <x:v>383.96</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>3.78</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>293.032</x:v>
+        <x:v>338.52</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>329.25</x:v>
+        <x:v>380.36</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>5.65</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>305.163</x:v>
+        <x:v>328.419</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>342.88</x:v>
+        <x:v>369.01</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>5.38</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>303.25</x:v>
+        <x:v>325.001</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>340.73</x:v>
+        <x:v>365.17</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>5.01</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>300.428</x:v>
+        <x:v>320.596</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>337.56</x:v>
+        <x:v>360.22</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>5.26</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>302.128</x:v>
+        <x:v>306.133</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>339.47</x:v>
+        <x:v>343.97</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>4.87</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>299.102</x:v>
+        <x:v>304.514</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>336.07</x:v>
+        <x:v>342.15</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>5.77</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>304.816</x:v>
+        <x:v>301.559</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>342.49</x:v>
+        <x:v>338.83</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>5.74</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>304.558</x:v>
+        <x:v>300.731</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>342.2</x:v>
+        <x:v>337.9</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>5.96</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>305.884</x:v>
+        <x:v>300.384</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>343.69</x:v>
+        <x:v>337.51</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>6.35</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>308.189</x:v>
+        <x:v>299.627</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>346.28</x:v>
+        <x:v>336.66</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>6.13</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>306.774</x:v>
+        <x:v>291.03</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>344.69</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>5.25</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>300.268</x:v>
+        <x:v>288.422</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>337.38</x:v>
+        <x:v>324.07</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>5.04</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>298.675</x:v>
+        <x:v>287.265</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>335.59</x:v>
+        <x:v>322.77</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>4.9</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>297.572</x:v>
+        <x:v>292.481</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>334.35</x:v>
+        <x:v>328.63</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>4.96</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>297.919</x:v>
+        <x:v>293.032</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>334.74</x:v>
+        <x:v>329.25</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>5.73</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>302.92</x:v>
+        <x:v>305.163</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>340.36</x:v>
+        <x:v>342.88</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>5.69</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>302.511</x:v>
+        <x:v>303.25</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>339.9</x:v>
+        <x:v>340.73</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>5.5</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>301.105</x:v>
+        <x:v>300.428</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>338.32</x:v>
+        <x:v>337.56</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>4.02</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>287.773</x:v>
+        <x:v>302.128</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>323.34</x:v>
+        <x:v>339.47</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>4.45</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>291.297</x:v>
+        <x:v>299.102</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>327.3</x:v>
+        <x:v>336.07</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>4.13</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>288.387</x:v>
+        <x:v>304.816</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>324.03</x:v>
+        <x:v>342.49</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>4.97</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>294.456</x:v>
+        <x:v>304.558</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>330.85</x:v>
+        <x:v>342.2</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>7.19</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>306.107</x:v>
+        <x:v>305.884</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>343.94</x:v>
+        <x:v>343.69</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>5.41</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>294.012</x:v>
+        <x:v>308.189</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>330.35</x:v>
+        <x:v>346.28</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>4.66</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>288.129</x:v>
+        <x:v>306.774</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>323.74</x:v>
+        <x:v>344.69</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>4.48</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>286.473</x:v>
+        <x:v>300.268</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>321.88</x:v>
+        <x:v>337.38</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>5.42</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>292.766</x:v>
+        <x:v>298.675</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>328.95</x:v>
+        <x:v>335.59</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>6.62</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>299.503</x:v>
+        <x:v>297.572</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>336.52</x:v>
+        <x:v>334.35</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>5.82</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>294.403</x:v>
+        <x:v>297.919</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>330.79</x:v>
+        <x:v>334.74</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>2.98</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>262.95</x:v>
+        <x:v>302.92</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>295.45</x:v>
+        <x:v>340.36</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>2.96</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>262.63</x:v>
+        <x:v>302.511</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>295.09</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>258.242</x:v>
+        <x:v>301.105</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>290.16</x:v>
+        <x:v>338.32</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>2.99</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>262.319</x:v>
+        <x:v>287.773</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>294.74</x:v>
+        <x:v>323.34</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>3.33</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>265.665</x:v>
+        <x:v>291.297</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>298.5</x:v>
+        <x:v>327.3</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>3.7</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>268.914</x:v>
+        <x:v>288.387</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>302.15</x:v>
+        <x:v>324.03</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>3.73</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>269.02</x:v>
+        <x:v>294.456</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>302.27</x:v>
+        <x:v>330.85</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>3.61</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>267.872</x:v>
+        <x:v>306.107</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>300.98</x:v>
+        <x:v>343.94</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>4.04</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>271.441</x:v>
+        <x:v>294.012</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>304.99</x:v>
+        <x:v>330.35</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>4.87</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>277.28</x:v>
+        <x:v>288.129</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>311.55</x:v>
+        <x:v>323.74</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>5.16</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>279.202</x:v>
+        <x:v>286.473</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>313.71</x:v>
+        <x:v>321.88</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>5.64</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>281.996</x:v>
+        <x:v>292.766</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>316.85</x:v>
+        <x:v>328.95</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>5.38</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>280.172</x:v>
+        <x:v>299.503</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>314.8</x:v>
+        <x:v>336.52</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>5.49</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>280.84</x:v>
+        <x:v>294.403</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>315.55</x:v>
+        <x:v>330.79</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>5.27</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>279.318</x:v>
+        <x:v>262.95</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>313.84</x:v>
+        <x:v>295.45</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>5.29</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>279.273</x:v>
+        <x:v>262.63</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>313.79</x:v>
+        <x:v>295.09</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>5.52</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>280.688</x:v>
+        <x:v>258.242</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>315.38</x:v>
+        <x:v>290.16</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>6.08</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>283.874</x:v>
+        <x:v>262.319</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>318.96</x:v>
+        <x:v>294.74</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>6.46</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>285.939</x:v>
+        <x:v>265.665</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>321.28</x:v>
+        <x:v>298.5</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>5.58</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>280.341</x:v>
+        <x:v>268.914</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>314.99</x:v>
+        <x:v>302.15</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>6.03</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>282.789</x:v>
+        <x:v>269.02</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>317.74</x:v>
+        <x:v>302.27</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>5.5</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>279.362</x:v>
+        <x:v>267.872</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>313.89</x:v>
+        <x:v>300.98</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>5</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>275.811</x:v>
+        <x:v>271.441</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>309.9</x:v>
+        <x:v>304.99</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>5.18</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>276.986</x:v>
+        <x:v>277.28</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>311.22</x:v>
+        <x:v>311.55</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>5.46</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>278.588</x:v>
+        <x:v>279.202</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>313.02</x:v>
+        <x:v>313.71</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>4.62</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>272.349</x:v>
+        <x:v>281.996</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>306.01</x:v>
+        <x:v>316.85</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>280.786</x:v>
+        <x:v>280.172</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>315.49</x:v>
+        <x:v>314.8</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>5.35</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>275.9</x:v>
+        <x:v>280.84</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>310</x:v>
+        <x:v>315.55</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>5.23</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>275.01</x:v>
+        <x:v>279.318</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>309</x:v>
+        <x:v>313.84</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>5.15</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>274.307</x:v>
+        <x:v>279.273</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>308.21</x:v>
+        <x:v>313.79</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>7.19</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>284.364</x:v>
+        <x:v>280.688</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>319.51</x:v>
+        <x:v>315.38</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>8.28</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>289.028</x:v>
+        <x:v>283.874</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>324.75</x:v>
+        <x:v>318.96</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>8.7</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>290.745</x:v>
+        <x:v>285.939</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>326.68</x:v>
+        <x:v>321.28</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>6.54</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>279.122</x:v>
+        <x:v>280.341</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>313.62</x:v>
+        <x:v>314.99</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>4.51</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>264.134</x:v>
+        <x:v>282.789</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>296.78</x:v>
+        <x:v>317.74</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>5.71</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>271.174</x:v>
+        <x:v>279.362</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>304.69</x:v>
+        <x:v>313.89</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>6.17</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>273.693</x:v>
+        <x:v>275.811</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>307.52</x:v>
+        <x:v>309.9</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>6.66</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>276.158</x:v>
+        <x:v>276.986</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>310.29</x:v>
+        <x:v>311.22</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>6.35</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>274.262</x:v>
+        <x:v>278.588</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>308.16</x:v>
+        <x:v>313.02</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>5.28</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>267.454</x:v>
+        <x:v>272.349</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>300.51</x:v>
+        <x:v>306.01</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>5.05</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>265.896</x:v>
+        <x:v>280.786</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>298.76</x:v>
+        <x:v>315.49</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>271.388</x:v>
+        <x:v>275.9</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>304.93</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>269.51</x:v>
+        <x:v>275.01</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>302.82</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>5.12</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>265.327</x:v>
+        <x:v>274.307</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>298.12</x:v>
+        <x:v>308.21</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>5.9</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>269.706</x:v>
+        <x:v>284.364</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>303.04</x:v>
+        <x:v>319.51</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>4.36</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>258.207</x:v>
+        <x:v>289.028</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>290.12</x:v>
+        <x:v>324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>4.31</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>257.842</x:v>
+        <x:v>290.745</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>289.71</x:v>
+        <x:v>326.68</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>5</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>262.194</x:v>
+        <x:v>279.122</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>294.6</x:v>
+        <x:v>313.62</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>5.63</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>265.798</x:v>
+        <x:v>264.134</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>298.65</x:v>
+        <x:v>296.78</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>5.55</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>265.264</x:v>
+        <x:v>271.174</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>298.05</x:v>
+        <x:v>304.69</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>5.79</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>266.537</x:v>
+        <x:v>273.693</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>299.48</x:v>
+        <x:v>307.52</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>5.32</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>263.502</x:v>
+        <x:v>276.158</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>296.07</x:v>
+        <x:v>310.29</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>5.07</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>261.811</x:v>
+        <x:v>274.262</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>294.17</x:v>
+        <x:v>308.16</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>3.65</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>249.592</x:v>
+        <x:v>267.454</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>280.44</x:v>
+        <x:v>300.51</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>4.37</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>254.754</x:v>
+        <x:v>265.896</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>286.24</x:v>
+        <x:v>298.76</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>4.84</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>257.735</x:v>
+        <x:v>271.388</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>289.59</x:v>
+        <x:v>304.93</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>4.77</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>257.228</x:v>
+        <x:v>269.51</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>289.02</x:v>
+        <x:v>302.82</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>3.91</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>250.295</x:v>
+        <x:v>265.327</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>281.23</x:v>
+        <x:v>298.12</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>9.4</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>269.946</x:v>
+        <x:v>269.706</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>303.31</x:v>
+        <x:v>303.04</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>4.92</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>242.294</x:v>
+        <x:v>258.207</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>272.24</x:v>
+        <x:v>290.12</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>5.52</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>245.489</x:v>
+        <x:v>257.842</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>275.83</x:v>
+        <x:v>289.71</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45422.9236689815</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>257.388</x:v>
+        <x:v>262.194</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>289.2</x:v>
+        <x:v>294.6</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
+        <x:v>45420.9241782407</x:v>
+      </x:c>
+      <x:c r="B428" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C428" s="0">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="D428" s="0">
+        <x:v>265.798</x:v>
+      </x:c>
+      <x:c r="E428" s="0">
+        <x:v>298.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="429" spans="1:5">
+      <x:c r="A429" s="1">
+        <x:v>45419.9259953704</x:v>
+      </x:c>
+      <x:c r="B429" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C429" s="0">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D429" s="0">
+        <x:v>265.264</x:v>
+      </x:c>
+      <x:c r="E429" s="0">
+        <x:v>298.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="430" spans="1:5">
+      <x:c r="A430" s="1">
+        <x:v>45418.9291087963</x:v>
+      </x:c>
+      <x:c r="B430" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C430" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D430" s="0">
+        <x:v>266.537</x:v>
+      </x:c>
+      <x:c r="E430" s="0">
+        <x:v>299.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="431" spans="1:5">
+      <x:c r="A431" s="1">
+        <x:v>45415.9287847222</x:v>
+      </x:c>
+      <x:c r="B431" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C431" s="0">
+        <x:v>5.32</x:v>
+      </x:c>
+      <x:c r="D431" s="0">
+        <x:v>263.502</x:v>
+      </x:c>
+      <x:c r="E431" s="0">
+        <x:v>296.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="432" spans="1:5">
+      <x:c r="A432" s="1">
+        <x:v>45414.9243981481</x:v>
+      </x:c>
+      <x:c r="B432" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C432" s="0">
+        <x:v>5.07</x:v>
+      </x:c>
+      <x:c r="D432" s="0">
+        <x:v>261.811</x:v>
+      </x:c>
+      <x:c r="E432" s="0">
+        <x:v>294.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="433" spans="1:5">
+      <x:c r="A433" s="1">
+        <x:v>45412.9265625</x:v>
+      </x:c>
+      <x:c r="B433" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C433" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D433" s="0">
+        <x:v>249.592</x:v>
+      </x:c>
+      <x:c r="E433" s="0">
+        <x:v>280.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="434" spans="1:5">
+      <x:c r="A434" s="1">
+        <x:v>45411.9246643518</x:v>
+      </x:c>
+      <x:c r="B434" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C434" s="0">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="D434" s="0">
+        <x:v>254.754</x:v>
+      </x:c>
+      <x:c r="E434" s="0">
+        <x:v>286.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="435" spans="1:5">
+      <x:c r="A435" s="1">
+        <x:v>45408.9315393519</x:v>
+      </x:c>
+      <x:c r="B435" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C435" s="0">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="D435" s="0">
+        <x:v>257.735</x:v>
+      </x:c>
+      <x:c r="E435" s="0">
+        <x:v>289.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="436" spans="1:5">
+      <x:c r="A436" s="1">
+        <x:v>45407.9436458333</x:v>
+      </x:c>
+      <x:c r="B436" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C436" s="0">
+        <x:v>4.77</x:v>
+      </x:c>
+      <x:c r="D436" s="0">
+        <x:v>257.228</x:v>
+      </x:c>
+      <x:c r="E436" s="0">
+        <x:v>289.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="437" spans="1:5">
+      <x:c r="A437" s="1">
+        <x:v>45406.9296759259</x:v>
+      </x:c>
+      <x:c r="B437" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C437" s="0">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="D437" s="0">
+        <x:v>250.295</x:v>
+      </x:c>
+      <x:c r="E437" s="0">
+        <x:v>281.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="438" spans="1:5">
+      <x:c r="A438" s="1">
+        <x:v>45405.9324537037</x:v>
+      </x:c>
+      <x:c r="B438" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C438" s="0">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="D438" s="0">
+        <x:v>269.946</x:v>
+      </x:c>
+      <x:c r="E438" s="0">
+        <x:v>303.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="439" spans="1:5">
+      <x:c r="A439" s="1">
+        <x:v>45404.9329861111</x:v>
+      </x:c>
+      <x:c r="B439" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C439" s="0">
+        <x:v>4.92</x:v>
+      </x:c>
+      <x:c r="D439" s="0">
+        <x:v>242.294</x:v>
+      </x:c>
+      <x:c r="E439" s="0">
+        <x:v>272.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="440" spans="1:5">
+      <x:c r="A440" s="1">
+        <x:v>45401.9232060185</x:v>
+      </x:c>
+      <x:c r="B440" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C440" s="0">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="D440" s="0">
+        <x:v>245.489</x:v>
+      </x:c>
+      <x:c r="E440" s="0">
+        <x:v>275.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="441" spans="1:5">
+      <x:c r="A441" s="1">
+        <x:v>45400.9237615741</x:v>
+      </x:c>
+      <x:c r="B441" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C441" s="0">
+        <x:v>8.79</x:v>
+      </x:c>
+      <x:c r="D441" s="0">
+        <x:v>257.388</x:v>
+      </x:c>
+      <x:c r="E441" s="0">
+        <x:v>289.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="442" spans="1:5">
+      <x:c r="A442" s="1">
         <x:v>45399.9244560185</x:v>
       </x:c>
-      <x:c r="B428" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C428" s="0">
+      <x:c r="B442" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C442" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D428" s="0">
+      <x:c r="D442" s="0">
         <x:v>261.286</x:v>
       </x:c>
-      <x:c r="E428" s="0">
+      <x:c r="E442" s="0">
         <x:v>293.58</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>