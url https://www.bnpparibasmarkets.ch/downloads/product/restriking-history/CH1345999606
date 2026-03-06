--- v5 (2026-03-05)
+++ v6 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b80f75547f40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f87143d6a314875bdfa9dbaa425b6b8.psmdcp" Id="Raa1c634a2e964691" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74805287bf13487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ac95530ec35469dbf80d95e4dc4155f.psmdcp" Id="Rb145c848a85b4787" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345999606</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>