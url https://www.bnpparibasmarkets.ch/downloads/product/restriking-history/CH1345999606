--- v6 (2026-03-06)
+++ v7 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74805287bf13487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ac95530ec35469dbf80d95e4dc4155f.psmdcp" Id="Rb145c848a85b4787" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R757a828f7e28429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26c0af902df044f8adc4019546f126af.psmdcp" Id="R2f6fc0d6b3e2443e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345999606</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,7560 +393,7798 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E442"/>
+  <x:dimension ref="A1:E456"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46086.9325115741</x:v>
+        <x:v>46106.885150463</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>491.387</x:v>
+        <x:v>421.157</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>552.12</x:v>
+        <x:v>473.21</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46085.9285532407</x:v>
+        <x:v>46105.8848726852</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>475.34</x:v>
+        <x:v>431.516</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>534.09</x:v>
+        <x:v>484.85</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46084.9254976852</x:v>
+        <x:v>46104.8850925926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>462.764</x:v>
+        <x:v>438.227</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>519.96</x:v>
+        <x:v>492.39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46083.9256365741</x:v>
+        <x:v>46101.8853472222</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>451.479</x:v>
+        <x:v>422.341</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>507.28</x:v>
+        <x:v>474.54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46080.9257523148</x:v>
+        <x:v>46100.8877314815</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>458.297</x:v>
+        <x:v>429.443</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>514.94</x:v>
+        <x:v>482.52</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46079.9259027778</x:v>
+        <x:v>46099.8875925926</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>441.128</x:v>
+        <x:v>459.881</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>495.65</x:v>
+        <x:v>516.72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46078.925775463</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>412.319</x:v>
+        <x:v>467.455</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>463.28</x:v>
+        <x:v>525.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46077.925462963</x:v>
+        <x:v>46097.8857060185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>414.437</x:v>
+        <x:v>466.36</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>465.66</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46073.9253356481</x:v>
+        <x:v>46094.8846296296</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>436.634</x:v>
+        <x:v>459.293</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>490.6</x:v>
+        <x:v>516.06</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46072.9253819444</x:v>
+        <x:v>46093.8852777778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>431.908</x:v>
+        <x:v>453.535</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>485.29</x:v>
+        <x:v>509.59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46071.9253935185</x:v>
+        <x:v>46092.884837963</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>425.046</x:v>
+        <x:v>457.789</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>477.58</x:v>
+        <x:v>514.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46070.9253472222</x:v>
+        <x:v>46091.8851157407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>411.91</x:v>
+        <x:v>471.931</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>462.82</x:v>
+        <x:v>530.26</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46066.9254976852</x:v>
+        <x:v>46090.8887384259</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>407.923</x:v>
+        <x:v>484.943</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>458.34</x:v>
+        <x:v>544.88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46065.9253703704</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>396.753</x:v>
+        <x:v>503.019</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>445.79</x:v>
+        <x:v>565.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46064.9256481481</x:v>
+        <x:v>46086.9325115741</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>433.581</x:v>
+        <x:v>491.387</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>487.17</x:v>
+        <x:v>552.12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46085.9285532407</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>423.658</x:v>
+        <x:v>475.34</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>476.02</x:v>
+        <x:v>534.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46062.9247106481</x:v>
+        <x:v>46084.9254976852</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>369.208</x:v>
+        <x:v>462.764</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>414.84</x:v>
+        <x:v>519.96</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46083.9256365741</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>367.348</x:v>
+        <x:v>451.479</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>412.75</x:v>
+        <x:v>507.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>392.072</x:v>
+        <x:v>458.297</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>440.53</x:v>
+        <x:v>514.94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46079.9259027778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>421.851</x:v>
+        <x:v>441.128</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>473.99</x:v>
+        <x:v>495.65</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46055.9254861111</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>452.636</x:v>
+        <x:v>412.319</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>508.58</x:v>
+        <x:v>463.28</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46051.9256018518</x:v>
+        <x:v>46077.925462963</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>448.489</x:v>
+        <x:v>414.437</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>503.92</x:v>
+        <x:v>465.66</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46073.9253356481</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>452.743</x:v>
+        <x:v>436.634</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>508.7</x:v>
+        <x:v>490.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46072.9253819444</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>455.413</x:v>
+        <x:v>431.908</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>511.7</x:v>
+        <x:v>485.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46048.924849537</x:v>
+        <x:v>46071.9253935185</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>456.214</x:v>
+        <x:v>425.046</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>512.6</x:v>
+        <x:v>477.58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46045.9251157407</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>456.757</x:v>
+        <x:v>411.91</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>513.21</x:v>
+        <x:v>462.82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46044.9246064815</x:v>
+        <x:v>46066.9254976852</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>443.79</x:v>
+        <x:v>407.923</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>498.64</x:v>
+        <x:v>458.34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>446.949</x:v>
+        <x:v>396.753</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>502.19</x:v>
+        <x:v>445.79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>455.084</x:v>
+        <x:v>433.581</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>511.33</x:v>
+        <x:v>487.17</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>449.005</x:v>
+        <x:v>423.658</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>504.5</x:v>
+        <x:v>476.02</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>452.156</x:v>
+        <x:v>369.208</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>508.04</x:v>
+        <x:v>414.84</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>470.739</x:v>
+        <x:v>367.348</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>528.92</x:v>
+        <x:v>412.75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>475.83</x:v>
+        <x:v>392.072</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>534.64</x:v>
+        <x:v>440.53</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>471.7</x:v>
+        <x:v>421.851</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>530</x:v>
+        <x:v>473.99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>480.039</x:v>
+        <x:v>452.636</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>539.37</x:v>
+        <x:v>508.58</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>492.775</x:v>
+        <x:v>448.489</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>553.68</x:v>
+        <x:v>503.92</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>506.962</x:v>
+        <x:v>452.743</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>569.62</x:v>
+        <x:v>508.7</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>508.573</x:v>
+        <x:v>455.413</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>571.43</x:v>
+        <x:v>511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>528.117</x:v>
+        <x:v>456.214</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>593.39</x:v>
+        <x:v>512.6</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>513.245</x:v>
+        <x:v>456.757</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>576.68</x:v>
+        <x:v>513.21</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>517.259</x:v>
+        <x:v>443.79</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>581.19</x:v>
+        <x:v>498.64</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>515.657</x:v>
+        <x:v>446.949</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>579.39</x:v>
+        <x:v>502.19</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>515.132</x:v>
+        <x:v>455.084</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>578.8</x:v>
+        <x:v>511.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>518.122</x:v>
+        <x:v>449.005</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>582.16</x:v>
+        <x:v>504.5</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>501.8</x:v>
+        <x:v>452.156</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>563.82</x:v>
+        <x:v>508.04</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>503.945</x:v>
+        <x:v>470.739</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>566.23</x:v>
+        <x:v>528.92</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>515.372</x:v>
+        <x:v>475.83</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>579.07</x:v>
+        <x:v>534.64</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>513.664</x:v>
+        <x:v>471.7</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>577.15</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>532.042</x:v>
+        <x:v>480.039</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>597.8</x:v>
+        <x:v>539.37</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>532.994</x:v>
+        <x:v>492.775</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>598.87</x:v>
+        <x:v>553.68</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>542.375</x:v>
+        <x:v>506.962</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>609.41</x:v>
+        <x:v>569.62</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>524.806</x:v>
+        <x:v>508.573</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>589.67</x:v>
+        <x:v>571.43</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>502.788</x:v>
+        <x:v>528.117</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>564.93</x:v>
+        <x:v>593.39</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>499.263</x:v>
+        <x:v>513.245</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>560.97</x:v>
+        <x:v>576.68</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>495.881</x:v>
+        <x:v>517.259</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>557.17</x:v>
+        <x:v>581.19</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>513.343</x:v>
+        <x:v>515.657</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>576.79</x:v>
+        <x:v>579.39</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>515.212</x:v>
+        <x:v>515.132</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>578.89</x:v>
+        <x:v>578.8</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>532.994</x:v>
+        <x:v>518.122</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>598.87</x:v>
+        <x:v>582.16</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>527.494</x:v>
+        <x:v>501.8</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>592.69</x:v>
+        <x:v>563.82</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>521.068</x:v>
+        <x:v>503.945</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>585.47</x:v>
+        <x:v>566.23</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>519.413</x:v>
+        <x:v>515.372</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>583.61</x:v>
+        <x:v>579.07</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>524.415</x:v>
+        <x:v>513.664</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>589.23</x:v>
+        <x:v>577.15</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>550.492</x:v>
+        <x:v>532.042</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>618.53</x:v>
+        <x:v>597.8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>566.44</x:v>
+        <x:v>532.994</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>636.45</x:v>
+        <x:v>598.87</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>570.152</x:v>
+        <x:v>542.375</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>640.62</x:v>
+        <x:v>609.41</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>565.818</x:v>
+        <x:v>524.806</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>635.75</x:v>
+        <x:v>589.67</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>574.344</x:v>
+        <x:v>502.788</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>645.33</x:v>
+        <x:v>564.93</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>576.604</x:v>
+        <x:v>499.263</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>647.87</x:v>
+        <x:v>560.97</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>569.226</x:v>
+        <x:v>495.881</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>639.58</x:v>
+        <x:v>557.17</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>554.408</x:v>
+        <x:v>513.343</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>622.93</x:v>
+        <x:v>576.79</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>549.05</x:v>
+        <x:v>515.212</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>616.91</x:v>
+        <x:v>578.89</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>550.198</x:v>
+        <x:v>532.994</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>618.2</x:v>
+        <x:v>598.87</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>551.8</x:v>
+        <x:v>527.494</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>620</x:v>
+        <x:v>592.69</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>560.344</x:v>
+        <x:v>521.068</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>629.6</x:v>
+        <x:v>585.47</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>573.24</x:v>
+        <x:v>519.413</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>644.09</x:v>
+        <x:v>583.61</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>583.235</x:v>
+        <x:v>524.415</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>655.32</x:v>
+        <x:v>589.23</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>584.445</x:v>
+        <x:v>550.492</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>656.68</x:v>
+        <x:v>618.53</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>592.446</x:v>
+        <x:v>566.44</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>665.67</x:v>
+        <x:v>636.45</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>581.553</x:v>
+        <x:v>570.152</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>653.43</x:v>
+        <x:v>640.62</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>585.442</x:v>
+        <x:v>565.818</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>657.8</x:v>
+        <x:v>635.75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.25</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>574.744</x:v>
+        <x:v>574.344</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>645.78</x:v>
+        <x:v>645.33</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>599.735</x:v>
+        <x:v>576.604</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>673.86</x:v>
+        <x:v>647.87</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.38</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>601.302</x:v>
+        <x:v>569.226</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>675.62</x:v>
+        <x:v>639.58</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>613.397</x:v>
+        <x:v>554.408</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>689.21</x:v>
+        <x:v>622.93</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.39</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>601.222</x:v>
+        <x:v>549.05</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>675.53</x:v>
+        <x:v>616.91</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>597.653</x:v>
+        <x:v>550.198</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>671.52</x:v>
+        <x:v>618.2</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.34</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>591.369</x:v>
+        <x:v>551.8</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>664.46</x:v>
+        <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.37</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>597.457</x:v>
+        <x:v>560.344</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>671.3</x:v>
+        <x:v>629.6</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>608.324</x:v>
+        <x:v>573.24</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>683.51</x:v>
+        <x:v>644.09</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.49</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>615.916</x:v>
+        <x:v>583.235</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>692.04</x:v>
+        <x:v>655.32</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.45</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>609.908</x:v>
+        <x:v>584.445</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>685.29</x:v>
+        <x:v>656.68</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>600.528</x:v>
+        <x:v>592.446</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>674.75</x:v>
+        <x:v>665.67</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>605.592</x:v>
+        <x:v>581.553</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>680.44</x:v>
+        <x:v>653.43</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.43</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>605.449</x:v>
+        <x:v>585.442</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>680.28</x:v>
+        <x:v>657.8</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.44</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>605.645</x:v>
+        <x:v>574.744</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>680.5</x:v>
+        <x:v>645.78</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>629.497</x:v>
+        <x:v>599.735</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>707.3</x:v>
+        <x:v>673.86</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.58</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>623.605</x:v>
+        <x:v>601.302</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>700.68</x:v>
+        <x:v>675.62</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>621.22</x:v>
+        <x:v>613.397</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>698</x:v>
+        <x:v>689.21</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.85</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>648.338</x:v>
+        <x:v>601.222</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>728.47</x:v>
+        <x:v>675.53</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.76</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>637.712</x:v>
+        <x:v>597.653</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>716.53</x:v>
+        <x:v>671.52</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>634.232</x:v>
+        <x:v>591.369</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>712.62</x:v>
+        <x:v>664.46</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>630.698</x:v>
+        <x:v>597.457</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>708.65</x:v>
+        <x:v>671.3</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>639.857</x:v>
+        <x:v>608.324</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>718.94</x:v>
+        <x:v>683.51</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>1</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>657.292</x:v>
+        <x:v>615.916</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>738.53</x:v>
+        <x:v>692.04</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.97</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>654.079</x:v>
+        <x:v>609.908</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>734.92</x:v>
+        <x:v>685.29</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>653.367</x:v>
+        <x:v>600.528</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>734.12</x:v>
+        <x:v>674.75</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>629.399</x:v>
+        <x:v>605.592</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>707.19</x:v>
+        <x:v>680.44</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>626.613</x:v>
+        <x:v>605.449</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>704.06</x:v>
+        <x:v>680.28</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.71</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>625.759</x:v>
+        <x:v>605.645</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>703.1</x:v>
+        <x:v>680.5</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>619.796</x:v>
+        <x:v>629.497</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>696.4</x:v>
+        <x:v>707.3</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>614.376</x:v>
+        <x:v>623.605</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>690.31</x:v>
+        <x:v>700.68</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>626.64</x:v>
+        <x:v>621.22</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>704.09</x:v>
+        <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.88</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>640.052</x:v>
+        <x:v>648.338</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>719.16</x:v>
+        <x:v>728.47</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.87</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>639.269</x:v>
+        <x:v>637.712</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>718.28</x:v>
+        <x:v>716.53</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>629.399</x:v>
+        <x:v>634.232</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>707.19</x:v>
+        <x:v>712.62</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.75</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>626.426</x:v>
+        <x:v>630.698</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>703.85</x:v>
+        <x:v>708.65</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>620.624</x:v>
+        <x:v>639.857</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>697.33</x:v>
+        <x:v>718.94</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.64</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>613.762</x:v>
+        <x:v>657.292</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>689.62</x:v>
+        <x:v>738.53</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.59</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>606.873</x:v>
+        <x:v>654.079</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>681.88</x:v>
+        <x:v>734.92</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.64</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>612.142</x:v>
+        <x:v>653.367</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>687.8</x:v>
+        <x:v>734.12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.68</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>616.761</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>692.99</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
         <x:v>0.71</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>619.858</x:v>
+        <x:v>626.613</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>696.47</x:v>
+        <x:v>704.06</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>618.363</x:v>
+        <x:v>625.759</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>694.79</x:v>
+        <x:v>703.1</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>616.761</x:v>
+        <x:v>619.796</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>692.99</x:v>
+        <x:v>696.4</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.66</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>613.628</x:v>
+        <x:v>614.376</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>689.47</x:v>
+        <x:v>690.31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>626.373</x:v>
+        <x:v>626.64</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>703.79</x:v>
+        <x:v>704.09</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.96</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>640.222</x:v>
+        <x:v>640.052</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>719.35</x:v>
+        <x:v>719.16</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>647.982</x:v>
+        <x:v>639.269</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>728.07</x:v>
+        <x:v>718.28</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>1.12</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>652.201</x:v>
+        <x:v>629.399</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>732.81</x:v>
+        <x:v>707.19</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.81</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>621.665</x:v>
+        <x:v>626.426</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>698.5</x:v>
+        <x:v>703.85</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.78</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>618.55</x:v>
+        <x:v>620.624</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>695</x:v>
+        <x:v>697.33</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>613.522</x:v>
+        <x:v>613.762</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>689.35</x:v>
+        <x:v>689.62</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.73</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>613.415</x:v>
+        <x:v>606.873</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>689.23</x:v>
+        <x:v>681.88</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.9</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>628.242</x:v>
+        <x:v>612.142</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>705.89</x:v>
+        <x:v>687.8</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.74</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>611.199</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>686.74</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.6</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>593.461</x:v>
+        <x:v>619.858</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>666.81</x:v>
+        <x:v>696.47</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.48</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>575.83</x:v>
+        <x:v>618.363</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>647</x:v>
+        <x:v>694.79</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.56</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>586.145</x:v>
+        <x:v>616.761</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>658.59</x:v>
+        <x:v>692.99</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.4</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>557.621</x:v>
+        <x:v>613.628</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>626.54</x:v>
+        <x:v>689.47</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.57</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>578.918</x:v>
+        <x:v>626.373</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>650.47</x:v>
+        <x:v>703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.41</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>551.809</x:v>
+        <x:v>640.222</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>620.01</x:v>
+        <x:v>719.35</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45867.6679166667</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.42</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>554.47</x:v>
+        <x:v>647.982</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>623</x:v>
+        <x:v>728.07</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>3.89</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>623.872</x:v>
+        <x:v>652.201</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>700.98</x:v>
+        <x:v>732.81</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>3.58</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>616.859</x:v>
+        <x:v>621.665</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>693.1</x:v>
+        <x:v>698.5</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>3.15</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>606.464</x:v>
+        <x:v>618.55</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>681.42</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>2.91</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>600.269</x:v>
+        <x:v>613.522</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>674.46</x:v>
+        <x:v>689.35</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>2.96</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>601.409</x:v>
+        <x:v>613.415</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>675.74</x:v>
+        <x:v>689.23</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>4.59</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>629.123</x:v>
+        <x:v>628.242</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>706.88</x:v>
+        <x:v>705.89</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>4.07</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>618.977</x:v>
+        <x:v>611.199</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>695.48</x:v>
+        <x:v>686.74</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>5.68</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>641.61</x:v>
+        <x:v>593.461</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>720.91</x:v>
+        <x:v>666.81</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>4.85</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>627.94</x:v>
+        <x:v>575.83</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>705.55</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>5.14</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>632.309</x:v>
+        <x:v>586.145</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>710.46</x:v>
+        <x:v>658.59</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>5.58</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>638.566</x:v>
+        <x:v>557.621</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>717.49</x:v>
+        <x:v>626.54</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>5.13</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>631.144</x:v>
+        <x:v>578.918</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>709.15</x:v>
+        <x:v>650.47</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>5.18</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>631.856</x:v>
+        <x:v>551.809</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>709.95</x:v>
+        <x:v>620.01</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45867.6679166667</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>6</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>642.687</x:v>
+        <x:v>554.47</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>722.12</x:v>
+        <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>5.96</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>642.037</x:v>
+        <x:v>623.872</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>721.39</x:v>
+        <x:v>700.98</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>7.12</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>655.298</x:v>
+        <x:v>616.859</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>736.29</x:v>
+        <x:v>693.1</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>6.37</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>645.294</x:v>
+        <x:v>606.464</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>725.05</x:v>
+        <x:v>681.42</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>5.43</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>631.455</x:v>
+        <x:v>600.269</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>709.5</x:v>
+        <x:v>674.46</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>6.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>642.892</x:v>
+        <x:v>601.409</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>722.35</x:v>
+        <x:v>675.74</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>11.97</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>682.933</x:v>
+        <x:v>629.123</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>767.34</x:v>
+        <x:v>706.88</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>12.72</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>687.614</x:v>
+        <x:v>618.977</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>772.6</x:v>
+        <x:v>695.48</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>13.19</x:v>
+        <x:v>5.68</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>690.551</x:v>
+        <x:v>641.61</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>775.9</x:v>
+        <x:v>720.91</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>9.23</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>655.307</x:v>
+        <x:v>627.94</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>736.3</x:v>
+        <x:v>705.55</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>10.82</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>667.42</x:v>
+        <x:v>632.309</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>749.91</x:v>
+        <x:v>710.46</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>8.99</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>650.724</x:v>
+        <x:v>638.566</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>731.15</x:v>
+        <x:v>717.49</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>7.11</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>629.604</x:v>
+        <x:v>631.144</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>707.42</x:v>
+        <x:v>709.15</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>7.37</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>632.069</x:v>
+        <x:v>631.856</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>710.19</x:v>
+        <x:v>709.95</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>8.41</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>641.939</x:v>
+        <x:v>642.687</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>721.28</x:v>
+        <x:v>722.12</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>7.92</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>636.857</x:v>
+        <x:v>642.037</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>715.57</x:v>
+        <x:v>721.39</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>7.55</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>632.656</x:v>
+        <x:v>655.298</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>710.85</x:v>
+        <x:v>736.29</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>6.93</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>625.51</x:v>
+        <x:v>645.294</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>702.82</x:v>
+        <x:v>725.05</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>7.47</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>631.135</x:v>
+        <x:v>631.455</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>709.14</x:v>
+        <x:v>709.5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>6.33</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>617.055</x:v>
+        <x:v>642.892</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>693.32</x:v>
+        <x:v>722.35</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>8.1</x:v>
+        <x:v>11.97</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>633.911</x:v>
+        <x:v>682.933</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>712.26</x:v>
+        <x:v>767.34</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>8.16</x:v>
+        <x:v>12.72</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>634.41</x:v>
+        <x:v>687.614</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>712.82</x:v>
+        <x:v>772.6</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>7.21</x:v>
+        <x:v>13.19</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>623.961</x:v>
+        <x:v>690.551</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>701.08</x:v>
+        <x:v>775.9</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>5.31</x:v>
+        <x:v>9.23</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>597.252</x:v>
+        <x:v>655.307</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>671.07</x:v>
+        <x:v>736.3</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>5.38</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>598.08</x:v>
+        <x:v>667.42</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>672</x:v>
+        <x:v>749.91</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>4.43</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>581.9</x:v>
+        <x:v>650.724</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>653.82</x:v>
+        <x:v>731.15</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>3.65</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>566.708</x:v>
+        <x:v>629.604</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>636.75</x:v>
+        <x:v>707.42</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>3.96</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>572.27</x:v>
+        <x:v>632.069</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>643</x:v>
+        <x:v>710.19</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>4.9</x:v>
+        <x:v>8.41</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>586.163</x:v>
+        <x:v>641.939</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>658.61</x:v>
+        <x:v>721.28</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>5.29</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>591.512</x:v>
+        <x:v>636.857</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>664.62</x:v>
+        <x:v>715.57</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>4.82</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>584.107</x:v>
+        <x:v>632.656</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>656.3</x:v>
+        <x:v>710.85</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>4.02</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>569.76</x:v>
+        <x:v>625.51</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>640.18</x:v>
+        <x:v>702.82</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>3.7</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>563.575</x:v>
+        <x:v>631.135</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>633.23</x:v>
+        <x:v>709.14</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>3.17</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>551.862</x:v>
+        <x:v>617.055</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>620.07</x:v>
+        <x:v>693.32</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>3.2</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>552.521</x:v>
+        <x:v>633.911</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>620.81</x:v>
+        <x:v>712.26</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>4.88</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>576.942</x:v>
+        <x:v>634.41</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>648.25</x:v>
+        <x:v>712.82</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>5.34</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>583.181</x:v>
+        <x:v>623.961</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>655.26</x:v>
+        <x:v>701.08</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>5.47</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>584.819</x:v>
+        <x:v>597.252</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>657.1</x:v>
+        <x:v>671.07</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>4.19</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>563.236</x:v>
+        <x:v>598.08</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>632.85</x:v>
+        <x:v>672</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>4.47</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>567.508</x:v>
+        <x:v>581.9</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>637.65</x:v>
+        <x:v>653.82</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>4.88</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>573.16</x:v>
+        <x:v>566.708</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>644</x:v>
+        <x:v>636.75</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>3.51</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>546.442</x:v>
+        <x:v>572.27</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>613.98</x:v>
+        <x:v>643</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>2.32</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>513.477</x:v>
+        <x:v>586.163</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>576.94</x:v>
+        <x:v>658.61</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>3.23</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>531.98</x:v>
+        <x:v>591.512</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>597.73</x:v>
+        <x:v>664.62</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>4.61</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>552.441</x:v>
+        <x:v>584.107</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>620.72</x:v>
+        <x:v>656.3</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>3.87</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>539.296</x:v>
+        <x:v>569.76</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>605.95</x:v>
+        <x:v>640.18</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>3.28</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>527.503</x:v>
+        <x:v>563.575</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>592.7</x:v>
+        <x:v>633.23</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>3.19</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>525.447</x:v>
+        <x:v>551.862</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>590.39</x:v>
+        <x:v>620.07</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>2.62</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>511.082</x:v>
+        <x:v>552.521</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>574.25</x:v>
+        <x:v>620.81</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>2.26</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>501.132</x:v>
+        <x:v>576.942</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>563.07</x:v>
+        <x:v>648.25</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>509.427</x:v>
+        <x:v>583.181</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>572.39</x:v>
+        <x:v>655.26</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>1.95</x:v>
+        <x:v>5.47</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>488.761</x:v>
+        <x:v>584.819</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>549.17</x:v>
+        <x:v>657.1</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>1.81</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>483.857</x:v>
+        <x:v>563.236</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>543.66</x:v>
+        <x:v>632.85</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>2.1</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>492.188</x:v>
+        <x:v>567.508</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>553.02</x:v>
+        <x:v>637.65</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>2.71</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>506.463</x:v>
+        <x:v>573.16</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>569.06</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>1.52</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>461.332</x:v>
+        <x:v>546.442</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>518.35</x:v>
+        <x:v>613.98</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>1.4</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>461.883</x:v>
+        <x:v>513.477</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>518.97</x:v>
+        <x:v>576.94</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>1.24</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>447.937</x:v>
+        <x:v>531.98</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>503.3</x:v>
+        <x:v>597.73</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45751.8460648148</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>1.12</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>442.324</x:v>
+        <x:v>552.441</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>496.994</x:v>
+        <x:v>620.72</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>9.44</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>496.994</x:v>
+        <x:v>539.296</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>558.42</x:v>
+        <x:v>605.95</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>8.76</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>491.04</x:v>
+        <x:v>527.503</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>551.73</x:v>
+        <x:v>592.7</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>8.56</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>489.527</x:v>
+        <x:v>525.447</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>550.03</x:v>
+        <x:v>590.39</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>10.24</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>499.432</x:v>
+        <x:v>511.082</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>561.16</x:v>
+        <x:v>574.25</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>13.91</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>516.396</x:v>
+        <x:v>501.132</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>580.22</x:v>
+        <x:v>563.07</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>13.22</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>512.952</x:v>
+        <x:v>509.427</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>576.35</x:v>
+        <x:v>572.39</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>27.26</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>548.133</x:v>
+        <x:v>488.761</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>615.88</x:v>
+        <x:v>549.17</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>23.78</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>538.192</x:v>
+        <x:v>483.857</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>604.71</x:v>
+        <x:v>543.66</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>22.46</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>533.947</x:v>
+        <x:v>492.188</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>599.94</x:v>
+        <x:v>553.02</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>20.97</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>529.15</x:v>
+        <x:v>506.463</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>594.55</x:v>
+        <x:v>569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>18.85</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>521.745</x:v>
+        <x:v>461.332</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>586.23</x:v>
+        <x:v>518.35</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>15.28</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>506.837</x:v>
+        <x:v>461.883</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>569.48</x:v>
+        <x:v>518.97</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>24.5</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>531.739</x:v>
+        <x:v>447.937</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>597.46</x:v>
+        <x:v>503.3</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45751.8460648148</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>18.68</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>478.74</x:v>
+        <x:v>442.324</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>574.79</x:v>
+        <x:v>496.994</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>12.08</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>478.74</x:v>
+        <x:v>496.994</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>0</x:v>
+        <x:v>558.42</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>11.73</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>476.898</x:v>
+        <x:v>491.04</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>0</x:v>
+        <x:v>551.73</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>8.21</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>452.512</x:v>
+        <x:v>489.527</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>508.44</x:v>
+        <x:v>550.03</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>6.25</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>473.569</x:v>
+        <x:v>499.432</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>532.1</x:v>
+        <x:v>561.16</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>17.81</x:v>
+        <x:v>13.91</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>483.635</x:v>
+        <x:v>516.396</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>543.41</x:v>
+        <x:v>580.22</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>21.41</x:v>
+        <x:v>13.22</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>522.279</x:v>
+        <x:v>512.952</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>586.83</x:v>
+        <x:v>576.35</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>52.66</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>519.885</x:v>
+        <x:v>548.133</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>584.14</x:v>
+        <x:v>615.88</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>50.86</x:v>
+        <x:v>23.78</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>533.875</x:v>
+        <x:v>538.192</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>599.86</x:v>
+        <x:v>604.71</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>64.48</x:v>
+        <x:v>22.46</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>541.129</x:v>
+        <x:v>533.947</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>608.01</x:v>
+        <x:v>599.94</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>72.59</x:v>
+        <x:v>20.97</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>525.776</x:v>
+        <x:v>529.15</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>590.76</x:v>
+        <x:v>594.55</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>58.92</x:v>
+        <x:v>18.85</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>536.786</x:v>
+        <x:v>521.745</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>603.13</x:v>
+        <x:v>586.23</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>70.61</x:v>
+        <x:v>15.28</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>523.827</x:v>
+        <x:v>506.837</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>588.57</x:v>
+        <x:v>569.48</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>59.02</x:v>
+        <x:v>24.5</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>535.433</x:v>
+        <x:v>531.739</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>601.61</x:v>
+        <x:v>597.46</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>71.53</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>540.568</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>607.38</x:v>
+        <x:v>574.79</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>77.79</x:v>
+        <x:v>12.08</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>566.725</x:v>
+        <x:v>478.74</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>636.77</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>123.63</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>572.03</x:v>
+        <x:v>476.898</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>642.73</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>133.75</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>561.198</x:v>
+        <x:v>452.512</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>630.56</x:v>
+        <x:v>508.44</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>116.02</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>567.98</x:v>
+        <x:v>473.569</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>638.18</x:v>
+        <x:v>532.1</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>129.13</x:v>
+        <x:v>17.81</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>577.005</x:v>
+        <x:v>483.635</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>648.32</x:v>
+        <x:v>543.41</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>135.02</x:v>
+        <x:v>21.41</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>554.604</x:v>
+        <x:v>522.279</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>623.15</x:v>
+        <x:v>586.83</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>110.46</x:v>
+        <x:v>52.66</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>567.544</x:v>
+        <x:v>519.885</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>637.69</x:v>
+        <x:v>584.14</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>135.35</x:v>
+        <x:v>50.86</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>567.544</x:v>
+        <x:v>533.875</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>637.69</x:v>
+        <x:v>599.86</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>114.3</x:v>
+        <x:v>64.48</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>557.024</x:v>
+        <x:v>541.129</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>625.87</x:v>
+        <x:v>608.01</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>118.85</x:v>
+        <x:v>72.59</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>557.14</x:v>
+        <x:v>525.776</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>626</x:v>
+        <x:v>590.76</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>119.23</x:v>
+        <x:v>58.92</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>557.14</x:v>
+        <x:v>536.786</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>626</x:v>
+        <x:v>603.13</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>113.24</x:v>
+        <x:v>70.61</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>553.375</x:v>
+        <x:v>523.827</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>621.77</x:v>
+        <x:v>588.57</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>55.03</x:v>
+        <x:v>59.02</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>488.681</x:v>
+        <x:v>535.433</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>549.08</x:v>
+        <x:v>601.61</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>54.86</x:v>
+        <x:v>71.53</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>488.21</x:v>
+        <x:v>540.568</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>548.55</x:v>
+        <x:v>607.38</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>56.24</x:v>
+        <x:v>77.79</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>489.616</x:v>
+        <x:v>566.725</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>550.13</x:v>
+        <x:v>636.77</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>48.22</x:v>
+        <x:v>123.63</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>479.559</x:v>
+        <x:v>572.03</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>538.83</x:v>
+        <x:v>642.73</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>43.07</x:v>
+        <x:v>133.75</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>472.412</x:v>
+        <x:v>561.198</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>530.8</x:v>
+        <x:v>630.56</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>32.52</x:v>
+        <x:v>116.02</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>454.283</x:v>
+        <x:v>567.98</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>510.43</x:v>
+        <x:v>638.18</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>25.28</x:v>
+        <x:v>129.13</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>439.268</x:v>
+        <x:v>577.005</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>493.56</x:v>
+        <x:v>648.32</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>23.03</x:v>
+        <x:v>135.02</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>433.884</x:v>
+        <x:v>554.604</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>487.51</x:v>
+        <x:v>623.15</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>22.43</x:v>
+        <x:v>110.46</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>432.122</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>485.53</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>24.38</x:v>
+        <x:v>135.35</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>436.403</x:v>
+        <x:v>567.544</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>490.34</x:v>
+        <x:v>637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>24.56</x:v>
+        <x:v>114.3</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>436.714</x:v>
+        <x:v>557.024</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>490.69</x:v>
+        <x:v>625.87</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>16.75</x:v>
+        <x:v>118.85</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>412.595</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>463.59</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>15.42</x:v>
+        <x:v>119.23</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>408.101</x:v>
+        <x:v>557.14</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>458.54</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>15.76</x:v>
+        <x:v>113.24</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>408.982</x:v>
+        <x:v>553.375</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>459.53</x:v>
+        <x:v>621.77</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>23.87</x:v>
+        <x:v>55.03</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>426.96</x:v>
+        <x:v>488.681</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>479.73</x:v>
+        <x:v>549.08</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>18.78</x:v>
+        <x:v>54.86</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>412.898</x:v>
+        <x:v>488.21</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>463.93</x:v>
+        <x:v>548.55</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>20.57</x:v>
+        <x:v>56.24</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>417.348</x:v>
+        <x:v>489.616</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>468.93</x:v>
+        <x:v>550.13</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>19.89</x:v>
+        <x:v>48.22</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>415.354</x:v>
+        <x:v>479.559</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>466.69</x:v>
+        <x:v>538.83</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>15.82</x:v>
+        <x:v>43.07</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>402.093</x:v>
+        <x:v>472.412</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>451.79</x:v>
+        <x:v>530.8</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>17.32</x:v>
+        <x:v>32.52</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>406.267</x:v>
+        <x:v>454.283</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>456.48</x:v>
+        <x:v>510.43</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>17.37</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>406.098</x:v>
+        <x:v>439.268</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>456.29</x:v>
+        <x:v>493.56</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>18.96</x:v>
+        <x:v>23.03</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>410.183</x:v>
+        <x:v>433.884</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>460.88</x:v>
+        <x:v>487.51</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>18.96</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>410.183</x:v>
+        <x:v>432.122</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>460.88</x:v>
+        <x:v>485.53</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>16.98</x:v>
+        <x:v>24.38</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>404.202</x:v>
+        <x:v>436.403</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>454.16</x:v>
+        <x:v>490.34</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>15.48</x:v>
+        <x:v>24.56</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>399.298</x:v>
+        <x:v>436.714</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>448.65</x:v>
+        <x:v>490.69</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>27.42</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>422.189</x:v>
+        <x:v>412.595</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>474.37</x:v>
+        <x:v>463.59</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>33.25</x:v>
+        <x:v>15.42</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>431.561</x:v>
+        <x:v>408.101</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>484.9</x:v>
+        <x:v>458.54</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>32.54</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>430.146</x:v>
+        <x:v>408.982</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>483.31</x:v>
+        <x:v>459.53</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>30.94</x:v>
+        <x:v>23.87</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>427.298</x:v>
+        <x:v>426.96</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>480.11</x:v>
+        <x:v>479.73</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>29.41</x:v>
+        <x:v>18.78</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>424.45</x:v>
+        <x:v>412.898</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>476.91</x:v>
+        <x:v>463.93</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>27.01</x:v>
+        <x:v>20.57</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>419.706</x:v>
+        <x:v>417.348</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>471.58</x:v>
+        <x:v>468.93</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>33.06</x:v>
+        <x:v>19.89</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>429.443</x:v>
+        <x:v>415.354</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>482.52</x:v>
+        <x:v>466.69</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>44.86</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>443.781</x:v>
+        <x:v>402.093</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>498.63</x:v>
+        <x:v>451.79</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>41.48</x:v>
+        <x:v>17.32</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>439.224</x:v>
+        <x:v>406.267</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>493.51</x:v>
+        <x:v>456.48</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>48.39</x:v>
+        <x:v>17.37</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>447.118</x:v>
+        <x:v>406.098</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>502.38</x:v>
+        <x:v>456.29</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>34.75</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>427.44</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>480.27</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>33.07</x:v>
+        <x:v>18.96</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>424.494</x:v>
+        <x:v>410.183</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>476.96</x:v>
+        <x:v>460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>32.24</x:v>
+        <x:v>16.98</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>422.964</x:v>
+        <x:v>404.202</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>475.24</x:v>
+        <x:v>454.16</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>33.05</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>424.183</x:v>
+        <x:v>399.298</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>476.61</x:v>
+        <x:v>448.65</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>35.95</x:v>
+        <x:v>27.42</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>428.428</x:v>
+        <x:v>422.189</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>481.38</x:v>
+        <x:v>474.37</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>32.62</x:v>
+        <x:v>33.25</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>422.786</x:v>
+        <x:v>431.561</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>475.04</x:v>
+        <x:v>484.9</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>30.43</x:v>
+        <x:v>32.54</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>418.923</x:v>
+        <x:v>430.146</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>470.7</x:v>
+        <x:v>483.31</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>30.12</x:v>
+        <x:v>30.94</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>418.309</x:v>
+        <x:v>427.298</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>470.01</x:v>
+        <x:v>480.11</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>27.26</x:v>
+        <x:v>29.41</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>412.809</x:v>
+        <x:v>424.45</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>463.83</x:v>
+        <x:v>476.91</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>23.39</x:v>
+        <x:v>27.01</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>404.38</x:v>
+        <x:v>419.706</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>454.36</x:v>
+        <x:v>471.58</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>25.26</x:v>
+        <x:v>33.06</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>407.905</x:v>
+        <x:v>429.443</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>458.32</x:v>
+        <x:v>482.52</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>37.3</x:v>
+        <x:v>44.86</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>424.975</x:v>
+        <x:v>443.781</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>477.5</x:v>
+        <x:v>498.63</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>31.83</x:v>
+        <x:v>41.48</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>415.959</x:v>
+        <x:v>439.224</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>467.37</x:v>
+        <x:v>493.51</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>16.63</x:v>
+        <x:v>48.39</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>373.257</x:v>
+        <x:v>447.118</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>419.39</x:v>
+        <x:v>502.38</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>14.12</x:v>
+        <x:v>34.75</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>365.069</x:v>
+        <x:v>427.44</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>410.19</x:v>
+        <x:v>480.27</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>11.92</x:v>
+        <x:v>33.07</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>356.605</x:v>
+        <x:v>424.494</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>400.68</x:v>
+        <x:v>476.96</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>11.74</x:v>
+        <x:v>32.24</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>355.858</x:v>
+        <x:v>422.964</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>399.84</x:v>
+        <x:v>475.24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>9.98</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>348.132</x:v>
+        <x:v>424.183</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>391.16</x:v>
+        <x:v>476.61</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>8.48</x:v>
+        <x:v>35.95</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>340.541</x:v>
+        <x:v>428.428</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>382.63</x:v>
+        <x:v>481.38</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>7.7</x:v>
+        <x:v>32.62</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>336.18</x:v>
+        <x:v>422.786</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>377.73</x:v>
+        <x:v>475.04</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>9.01</x:v>
+        <x:v>30.43</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>342.205</x:v>
+        <x:v>418.923</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>384.5</x:v>
+        <x:v>470.7</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>9.14</x:v>
+        <x:v>30.12</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>342.739</x:v>
+        <x:v>418.309</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>385.1</x:v>
+        <x:v>470.01</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>11.18</x:v>
+        <x:v>27.26</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>350.678</x:v>
+        <x:v>412.809</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>394.02</x:v>
+        <x:v>463.83</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>10.59</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>348.195</x:v>
+        <x:v>404.38</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>391.23</x:v>
+        <x:v>454.36</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>9.28</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>342.08</x:v>
+        <x:v>407.905</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>384.36</x:v>
+        <x:v>458.32</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>8.4</x:v>
+        <x:v>37.3</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>337.452</x:v>
+        <x:v>424.975</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>379.16</x:v>
+        <x:v>477.5</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>8.02</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>335.414</x:v>
+        <x:v>415.959</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>376.87</x:v>
+        <x:v>467.37</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>8.57</x:v>
+        <x:v>16.63</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>338.058</x:v>
+        <x:v>373.257</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>379.84</x:v>
+        <x:v>419.39</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>10.23</x:v>
+        <x:v>14.12</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>344.991</x:v>
+        <x:v>365.069</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>387.63</x:v>
+        <x:v>410.19</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>9.16</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>339.953</x:v>
+        <x:v>356.605</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>381.97</x:v>
+        <x:v>400.68</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>7.83</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>331.614</x:v>
+        <x:v>355.858</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>372.6</x:v>
+        <x:v>399.84</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>7.83</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>331.525</x:v>
+        <x:v>348.132</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>372.5</x:v>
+        <x:v>391.16</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>8.08</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>332.593</x:v>
+        <x:v>340.541</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>373.7</x:v>
+        <x:v>382.63</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>8.9</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>336.42</x:v>
+        <x:v>336.18</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>378</x:v>
+        <x:v>377.73</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>8.21</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>332.842</x:v>
+        <x:v>342.205</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>373.98</x:v>
+        <x:v>384.5</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>7.63</x:v>
+        <x:v>9.14</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>329.638</x:v>
+        <x:v>342.739</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>370.38</x:v>
+        <x:v>385.1</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>6.56</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>323.026</x:v>
+        <x:v>350.678</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>362.95</x:v>
+        <x:v>394.02</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>8.08</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>330.59</x:v>
+        <x:v>348.195</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>371.45</x:v>
+        <x:v>391.23</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>8.3</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>331.614</x:v>
+        <x:v>342.08</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>372.6</x:v>
+        <x:v>384.36</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>8.71</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>333.528</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>374.75</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>8.85</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>334.106</x:v>
+        <x:v>335.414</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>375.4</x:v>
+        <x:v>376.87</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>7.71</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>327.992</x:v>
+        <x:v>338.058</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>368.53</x:v>
+        <x:v>379.84</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>7.87</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>328.588</x:v>
+        <x:v>344.991</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>369.2</x:v>
+        <x:v>387.63</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>9.98</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>337.452</x:v>
+        <x:v>339.953</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>379.16</x:v>
+        <x:v>381.97</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>11.11</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>341.724</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>383.96</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>10.34</x:v>
+        <x:v>7.83</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>338.52</x:v>
+        <x:v>331.525</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>380.36</x:v>
+        <x:v>372.5</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>8.31</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>328.419</x:v>
+        <x:v>332.593</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>369.01</x:v>
+        <x:v>373.7</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>7.7</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>325.001</x:v>
+        <x:v>336.42</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>365.17</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>6.95</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>320.596</x:v>
+        <x:v>332.842</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>360.22</x:v>
+        <x:v>373.98</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>5.05</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>306.133</x:v>
+        <x:v>329.638</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>343.97</x:v>
+        <x:v>370.38</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>4.85</x:v>
+        <x:v>6.56</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>304.514</x:v>
+        <x:v>323.026</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>342.15</x:v>
+        <x:v>362.95</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>4.5</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>301.559</x:v>
+        <x:v>330.59</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>338.83</x:v>
+        <x:v>371.45</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>4.43</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>300.731</x:v>
+        <x:v>331.614</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>337.9</x:v>
+        <x:v>372.6</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>4.4</x:v>
+        <x:v>8.71</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>300.384</x:v>
+        <x:v>333.528</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>337.51</x:v>
+        <x:v>374.75</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>4.32</x:v>
+        <x:v>8.85</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>299.627</x:v>
+        <x:v>334.106</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>336.66</x:v>
+        <x:v>375.4</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>3.5</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>291.03</x:v>
+        <x:v>327.992</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>327</x:v>
+        <x:v>368.53</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>3.27</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>288.422</x:v>
+        <x:v>328.588</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>324.07</x:v>
+        <x:v>369.2</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>3.18</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>287.265</x:v>
+        <x:v>337.452</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>322.77</x:v>
+        <x:v>379.16</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>3.72</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>292.481</x:v>
+        <x:v>341.724</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>328.63</x:v>
+        <x:v>383.96</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>3.78</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>293.032</x:v>
+        <x:v>338.52</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>329.25</x:v>
+        <x:v>380.36</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>5.65</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>305.163</x:v>
+        <x:v>328.419</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>342.88</x:v>
+        <x:v>369.01</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>5.38</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>303.25</x:v>
+        <x:v>325.001</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>340.73</x:v>
+        <x:v>365.17</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>5.01</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>300.428</x:v>
+        <x:v>320.596</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>337.56</x:v>
+        <x:v>360.22</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>5.26</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>302.128</x:v>
+        <x:v>306.133</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>339.47</x:v>
+        <x:v>343.97</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>4.87</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>299.102</x:v>
+        <x:v>304.514</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>336.07</x:v>
+        <x:v>342.15</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>5.77</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>304.816</x:v>
+        <x:v>301.559</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>342.49</x:v>
+        <x:v>338.83</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>5.74</x:v>
+        <x:v>4.43</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>304.558</x:v>
+        <x:v>300.731</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>342.2</x:v>
+        <x:v>337.9</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>5.96</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>305.884</x:v>
+        <x:v>300.384</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>343.69</x:v>
+        <x:v>337.51</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>6.35</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>308.189</x:v>
+        <x:v>299.627</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>346.28</x:v>
+        <x:v>336.66</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>6.13</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>306.774</x:v>
+        <x:v>291.03</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>344.69</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>5.25</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>300.268</x:v>
+        <x:v>288.422</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>337.38</x:v>
+        <x:v>324.07</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>5.04</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>298.675</x:v>
+        <x:v>287.265</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>335.59</x:v>
+        <x:v>322.77</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>4.9</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>297.572</x:v>
+        <x:v>292.481</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>334.35</x:v>
+        <x:v>328.63</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>4.96</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>297.919</x:v>
+        <x:v>293.032</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>334.74</x:v>
+        <x:v>329.25</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>5.73</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>302.92</x:v>
+        <x:v>305.163</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>340.36</x:v>
+        <x:v>342.88</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>5.69</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>302.511</x:v>
+        <x:v>303.25</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>339.9</x:v>
+        <x:v>340.73</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>5.5</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>301.105</x:v>
+        <x:v>300.428</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>338.32</x:v>
+        <x:v>337.56</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>4.02</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>287.773</x:v>
+        <x:v>302.128</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>323.34</x:v>
+        <x:v>339.47</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>4.45</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>291.297</x:v>
+        <x:v>299.102</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>327.3</x:v>
+        <x:v>336.07</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>4.13</x:v>
+        <x:v>5.77</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>288.387</x:v>
+        <x:v>304.816</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>324.03</x:v>
+        <x:v>342.49</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>4.97</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>294.456</x:v>
+        <x:v>304.558</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>330.85</x:v>
+        <x:v>342.2</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>7.19</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>306.107</x:v>
+        <x:v>305.884</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>343.94</x:v>
+        <x:v>343.69</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>5.41</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>294.012</x:v>
+        <x:v>308.189</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>330.35</x:v>
+        <x:v>346.28</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>4.66</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>288.129</x:v>
+        <x:v>306.774</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>323.74</x:v>
+        <x:v>344.69</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>4.48</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>286.473</x:v>
+        <x:v>300.268</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>321.88</x:v>
+        <x:v>337.38</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>5.42</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>292.766</x:v>
+        <x:v>298.675</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>328.95</x:v>
+        <x:v>335.59</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>6.62</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>299.503</x:v>
+        <x:v>297.572</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>336.52</x:v>
+        <x:v>334.35</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>5.82</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>294.403</x:v>
+        <x:v>297.919</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>330.79</x:v>
+        <x:v>334.74</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>2.98</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>262.95</x:v>
+        <x:v>302.92</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>295.45</x:v>
+        <x:v>340.36</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>2.96</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>262.63</x:v>
+        <x:v>302.511</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>295.09</x:v>
+        <x:v>339.9</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>2.61</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>258.242</x:v>
+        <x:v>301.105</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>290.16</x:v>
+        <x:v>338.32</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>2.99</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>262.319</x:v>
+        <x:v>287.773</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>294.74</x:v>
+        <x:v>323.34</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>3.33</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>265.665</x:v>
+        <x:v>291.297</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>298.5</x:v>
+        <x:v>327.3</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>3.7</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>268.914</x:v>
+        <x:v>288.387</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>302.15</x:v>
+        <x:v>324.03</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>3.73</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>269.02</x:v>
+        <x:v>294.456</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>302.27</x:v>
+        <x:v>330.85</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>3.61</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>267.872</x:v>
+        <x:v>306.107</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>300.98</x:v>
+        <x:v>343.94</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>4.04</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>271.441</x:v>
+        <x:v>294.012</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>304.99</x:v>
+        <x:v>330.35</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>4.87</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>277.28</x:v>
+        <x:v>288.129</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>311.55</x:v>
+        <x:v>323.74</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>5.16</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>279.202</x:v>
+        <x:v>286.473</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>313.71</x:v>
+        <x:v>321.88</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>5.64</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>281.996</x:v>
+        <x:v>292.766</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>316.85</x:v>
+        <x:v>328.95</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>5.38</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>280.172</x:v>
+        <x:v>299.503</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>314.8</x:v>
+        <x:v>336.52</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>5.49</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>280.84</x:v>
+        <x:v>294.403</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>315.55</x:v>
+        <x:v>330.79</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>5.27</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>279.318</x:v>
+        <x:v>262.95</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>313.84</x:v>
+        <x:v>295.45</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>5.29</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>279.273</x:v>
+        <x:v>262.63</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>313.79</x:v>
+        <x:v>295.09</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>5.52</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>280.688</x:v>
+        <x:v>258.242</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>315.38</x:v>
+        <x:v>290.16</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>6.08</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>283.874</x:v>
+        <x:v>262.319</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>318.96</x:v>
+        <x:v>294.74</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>6.46</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>285.939</x:v>
+        <x:v>265.665</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>321.28</x:v>
+        <x:v>298.5</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>5.58</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>280.341</x:v>
+        <x:v>268.914</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>314.99</x:v>
+        <x:v>302.15</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>6.03</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>282.789</x:v>
+        <x:v>269.02</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>317.74</x:v>
+        <x:v>302.27</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>5.5</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>279.362</x:v>
+        <x:v>267.872</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>313.89</x:v>
+        <x:v>300.98</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>5</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>275.811</x:v>
+        <x:v>271.441</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>309.9</x:v>
+        <x:v>304.99</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>5.18</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>276.986</x:v>
+        <x:v>277.28</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>311.22</x:v>
+        <x:v>311.55</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>5.46</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>278.588</x:v>
+        <x:v>279.202</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>313.02</x:v>
+        <x:v>313.71</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>4.62</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>272.349</x:v>
+        <x:v>281.996</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>306.01</x:v>
+        <x:v>316.85</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>6.1</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>280.786</x:v>
+        <x:v>280.172</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>315.49</x:v>
+        <x:v>314.8</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>5.35</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>275.9</x:v>
+        <x:v>280.84</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>310</x:v>
+        <x:v>315.55</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>5.23</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>275.01</x:v>
+        <x:v>279.318</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>309</x:v>
+        <x:v>313.84</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>5.15</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>274.307</x:v>
+        <x:v>279.273</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>308.21</x:v>
+        <x:v>313.79</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>7.19</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>284.364</x:v>
+        <x:v>280.688</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>319.51</x:v>
+        <x:v>315.38</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>8.28</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>289.028</x:v>
+        <x:v>283.874</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>324.75</x:v>
+        <x:v>318.96</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>8.7</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>290.745</x:v>
+        <x:v>285.939</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>326.68</x:v>
+        <x:v>321.28</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>6.54</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>279.122</x:v>
+        <x:v>280.341</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>313.62</x:v>
+        <x:v>314.99</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>4.51</x:v>
+        <x:v>6.03</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>264.134</x:v>
+        <x:v>282.789</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>296.78</x:v>
+        <x:v>317.74</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>5.71</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>271.174</x:v>
+        <x:v>279.362</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>304.69</x:v>
+        <x:v>313.89</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>6.17</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>273.693</x:v>
+        <x:v>275.811</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>307.52</x:v>
+        <x:v>309.9</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>6.66</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>276.158</x:v>
+        <x:v>276.986</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>310.29</x:v>
+        <x:v>311.22</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>6.35</x:v>
+        <x:v>5.46</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>274.262</x:v>
+        <x:v>278.588</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>308.16</x:v>
+        <x:v>313.02</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>5.28</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>267.454</x:v>
+        <x:v>272.349</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>300.51</x:v>
+        <x:v>306.01</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>5.05</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>265.896</x:v>
+        <x:v>280.786</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>298.76</x:v>
+        <x:v>315.49</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>271.388</x:v>
+        <x:v>275.9</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>304.93</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>5.76</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>269.51</x:v>
+        <x:v>275.01</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>302.82</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>5.12</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>265.327</x:v>
+        <x:v>274.307</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>298.12</x:v>
+        <x:v>308.21</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>5.9</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>269.706</x:v>
+        <x:v>284.364</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>303.04</x:v>
+        <x:v>319.51</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>4.36</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>258.207</x:v>
+        <x:v>289.028</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>290.12</x:v>
+        <x:v>324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>4.31</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>257.842</x:v>
+        <x:v>290.745</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>289.71</x:v>
+        <x:v>326.68</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>5</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>262.194</x:v>
+        <x:v>279.122</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>294.6</x:v>
+        <x:v>313.62</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>5.63</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>265.798</x:v>
+        <x:v>264.134</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>298.65</x:v>
+        <x:v>296.78</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>5.55</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>265.264</x:v>
+        <x:v>271.174</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>298.05</x:v>
+        <x:v>304.69</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>5.79</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>266.537</x:v>
+        <x:v>273.693</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>299.48</x:v>
+        <x:v>307.52</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>5.32</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>263.502</x:v>
+        <x:v>276.158</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>296.07</x:v>
+        <x:v>310.29</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>5.07</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>261.811</x:v>
+        <x:v>274.262</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>294.17</x:v>
+        <x:v>308.16</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>3.65</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>249.592</x:v>
+        <x:v>267.454</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>280.44</x:v>
+        <x:v>300.51</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>4.37</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>254.754</x:v>
+        <x:v>265.896</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>286.24</x:v>
+        <x:v>298.76</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>4.84</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>257.735</x:v>
+        <x:v>271.388</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>289.59</x:v>
+        <x:v>304.93</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>4.77</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>257.228</x:v>
+        <x:v>269.51</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>289.02</x:v>
+        <x:v>302.82</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>3.91</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>250.295</x:v>
+        <x:v>265.327</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>281.23</x:v>
+        <x:v>298.12</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>9.4</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>269.946</x:v>
+        <x:v>269.706</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>303.31</x:v>
+        <x:v>303.04</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>4.92</x:v>
+        <x:v>4.36</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>242.294</x:v>
+        <x:v>258.207</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>272.24</x:v>
+        <x:v>290.12</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>5.52</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>245.489</x:v>
+        <x:v>257.842</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>275.83</x:v>
+        <x:v>289.71</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45422.9236689815</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>8.79</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>257.388</x:v>
+        <x:v>262.194</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>289.2</x:v>
+        <x:v>294.6</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
+        <x:v>45420.9241782407</x:v>
+      </x:c>
+      <x:c r="B442" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C442" s="0">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="D442" s="0">
+        <x:v>265.798</x:v>
+      </x:c>
+      <x:c r="E442" s="0">
+        <x:v>298.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="443" spans="1:5">
+      <x:c r="A443" s="1">
+        <x:v>45419.9259953704</x:v>
+      </x:c>
+      <x:c r="B443" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C443" s="0">
+        <x:v>5.55</x:v>
+      </x:c>
+      <x:c r="D443" s="0">
+        <x:v>265.264</x:v>
+      </x:c>
+      <x:c r="E443" s="0">
+        <x:v>298.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="444" spans="1:5">
+      <x:c r="A444" s="1">
+        <x:v>45418.9291087963</x:v>
+      </x:c>
+      <x:c r="B444" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C444" s="0">
+        <x:v>5.79</x:v>
+      </x:c>
+      <x:c r="D444" s="0">
+        <x:v>266.537</x:v>
+      </x:c>
+      <x:c r="E444" s="0">
+        <x:v>299.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="445" spans="1:5">
+      <x:c r="A445" s="1">
+        <x:v>45415.9287847222</x:v>
+      </x:c>
+      <x:c r="B445" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C445" s="0">
+        <x:v>5.32</x:v>
+      </x:c>
+      <x:c r="D445" s="0">
+        <x:v>263.502</x:v>
+      </x:c>
+      <x:c r="E445" s="0">
+        <x:v>296.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="446" spans="1:5">
+      <x:c r="A446" s="1">
+        <x:v>45414.9243981481</x:v>
+      </x:c>
+      <x:c r="B446" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C446" s="0">
+        <x:v>5.07</x:v>
+      </x:c>
+      <x:c r="D446" s="0">
+        <x:v>261.811</x:v>
+      </x:c>
+      <x:c r="E446" s="0">
+        <x:v>294.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="447" spans="1:5">
+      <x:c r="A447" s="1">
+        <x:v>45412.9265625</x:v>
+      </x:c>
+      <x:c r="B447" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C447" s="0">
+        <x:v>3.65</x:v>
+      </x:c>
+      <x:c r="D447" s="0">
+        <x:v>249.592</x:v>
+      </x:c>
+      <x:c r="E447" s="0">
+        <x:v>280.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="448" spans="1:5">
+      <x:c r="A448" s="1">
+        <x:v>45411.9246643518</x:v>
+      </x:c>
+      <x:c r="B448" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C448" s="0">
+        <x:v>4.37</x:v>
+      </x:c>
+      <x:c r="D448" s="0">
+        <x:v>254.754</x:v>
+      </x:c>
+      <x:c r="E448" s="0">
+        <x:v>286.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="449" spans="1:5">
+      <x:c r="A449" s="1">
+        <x:v>45408.9315393519</x:v>
+      </x:c>
+      <x:c r="B449" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C449" s="0">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="D449" s="0">
+        <x:v>257.735</x:v>
+      </x:c>
+      <x:c r="E449" s="0">
+        <x:v>289.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="450" spans="1:5">
+      <x:c r="A450" s="1">
+        <x:v>45407.9436458333</x:v>
+      </x:c>
+      <x:c r="B450" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C450" s="0">
+        <x:v>4.77</x:v>
+      </x:c>
+      <x:c r="D450" s="0">
+        <x:v>257.228</x:v>
+      </x:c>
+      <x:c r="E450" s="0">
+        <x:v>289.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="451" spans="1:5">
+      <x:c r="A451" s="1">
+        <x:v>45406.9296759259</x:v>
+      </x:c>
+      <x:c r="B451" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C451" s="0">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="D451" s="0">
+        <x:v>250.295</x:v>
+      </x:c>
+      <x:c r="E451" s="0">
+        <x:v>281.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="452" spans="1:5">
+      <x:c r="A452" s="1">
+        <x:v>45405.9324537037</x:v>
+      </x:c>
+      <x:c r="B452" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C452" s="0">
+        <x:v>9.4</x:v>
+      </x:c>
+      <x:c r="D452" s="0">
+        <x:v>269.946</x:v>
+      </x:c>
+      <x:c r="E452" s="0">
+        <x:v>303.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="453" spans="1:5">
+      <x:c r="A453" s="1">
+        <x:v>45404.9329861111</x:v>
+      </x:c>
+      <x:c r="B453" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C453" s="0">
+        <x:v>4.92</x:v>
+      </x:c>
+      <x:c r="D453" s="0">
+        <x:v>242.294</x:v>
+      </x:c>
+      <x:c r="E453" s="0">
+        <x:v>272.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="454" spans="1:5">
+      <x:c r="A454" s="1">
+        <x:v>45401.9232060185</x:v>
+      </x:c>
+      <x:c r="B454" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C454" s="0">
+        <x:v>5.52</x:v>
+      </x:c>
+      <x:c r="D454" s="0">
+        <x:v>245.489</x:v>
+      </x:c>
+      <x:c r="E454" s="0">
+        <x:v>275.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="455" spans="1:5">
+      <x:c r="A455" s="1">
+        <x:v>45400.9237615741</x:v>
+      </x:c>
+      <x:c r="B455" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C455" s="0">
+        <x:v>8.79</x:v>
+      </x:c>
+      <x:c r="D455" s="0">
+        <x:v>257.388</x:v>
+      </x:c>
+      <x:c r="E455" s="0">
+        <x:v>289.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="456" spans="1:5">
+      <x:c r="A456" s="1">
         <x:v>45399.9244560185</x:v>
       </x:c>
-      <x:c r="B442" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C442" s="0">
+      <x:c r="B456" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C456" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D442" s="0">
+      <x:c r="D456" s="0">
         <x:v>261.286</x:v>
       </x:c>
-      <x:c r="E442" s="0">
+      <x:c r="E456" s="0">
         <x:v>293.58</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>