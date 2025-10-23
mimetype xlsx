--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra58e37f4243c4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b7b2e25e8ad405495ee0240a7a0b854.psmdcp" Id="R23dd9a1d4b274bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd348b62f1b874ba6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab08527bef854fb6a9fc47f37219a77d.psmdcp" Id="Rd9898464947d4b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998582</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>