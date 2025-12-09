--- v1 (2025-10-23)
+++ v2 (2025-12-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd348b62f1b874ba6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab08527bef854fb6a9fc47f37219a77d.psmdcp" Id="Rd9898464947d4b3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bae57b418f4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0458788566545c290d8337a19d84ae3.psmdcp" Id="Rf587fe5a67df47a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998582</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>