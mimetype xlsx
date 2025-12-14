--- v2 (2025-12-09)
+++ v3 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bae57b418f4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0458788566545c290d8337a19d84ae3.psmdcp" Id="Rf587fe5a67df47a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27e8d3af6204d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f671f7cedb1a421b82eb6543ab0ec91b.psmdcp" Id="R6a6c4f5b118644dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998582</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>