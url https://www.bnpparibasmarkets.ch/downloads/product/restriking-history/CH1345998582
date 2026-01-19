--- v3 (2025-12-14)
+++ v4 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27e8d3af6204d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f671f7cedb1a421b82eb6543ab0ec91b.psmdcp" Id="R6a6c4f5b118644dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c10bdedc54f472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3597ed43afb4882b8ea65857a1033c5.psmdcp" Id="Rfb49ce2ace644a19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998582</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>