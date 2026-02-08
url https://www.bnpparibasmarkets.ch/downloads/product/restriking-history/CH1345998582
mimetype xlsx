--- v4 (2026-01-19)
+++ v5 (2026-02-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c10bdedc54f472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3597ed43afb4882b8ea65857a1033c5.psmdcp" Id="Rfb49ce2ace644a19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f0639a59b244e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f00ae426ebd146d9a649fd3d406c98eb.psmdcp" Id="Rf84e38bfb8fe4f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998582</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>