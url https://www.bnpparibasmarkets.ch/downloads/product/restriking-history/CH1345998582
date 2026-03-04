--- v5 (2026-02-08)
+++ v6 (2026-03-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f0639a59b244e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f00ae426ebd146d9a649fd3d406c98eb.psmdcp" Id="Rf84e38bfb8fe4f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28001bda6a848eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ecf4ad532c42449ea00b32394af78579.psmdcp" Id="Rd990ae18ddfc4bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998582</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>