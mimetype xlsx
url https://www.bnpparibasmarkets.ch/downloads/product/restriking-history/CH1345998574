--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec71ecb5a6de4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3be148601ca742169c43893c9a24fd72.psmdcp" Id="Rb9651c1f4c754582" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52fa40d0001c4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75b9f489ce394a35a3e95d4c80653b0b.psmdcp" Id="R3fd1b8f6c39e4e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998574</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>