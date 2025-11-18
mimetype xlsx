--- v1 (2025-10-23)
+++ v2 (2025-11-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52fa40d0001c4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75b9f489ce394a35a3e95d4c80653b0b.psmdcp" Id="R3fd1b8f6c39e4e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a46ce29fb34a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/826aef0fa94c4fe5846a4f48b7a1cfe4.psmdcp" Id="R49150ed6498a4463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998574</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>