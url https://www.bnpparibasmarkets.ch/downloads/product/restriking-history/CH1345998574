--- v2 (2025-11-18)
+++ v3 (2025-12-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a46ce29fb34a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/826aef0fa94c4fe5846a4f48b7a1cfe4.psmdcp" Id="R49150ed6498a4463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dfa7a977e7641ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a15caf29d0de42f9bdd65c8aa7e35417.psmdcp" Id="R7d613efaea574e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998574</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>