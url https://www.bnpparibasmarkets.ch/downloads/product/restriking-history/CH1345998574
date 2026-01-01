--- v3 (2025-12-11)
+++ v4 (2026-01-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dfa7a977e7641ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a15caf29d0de42f9bdd65c8aa7e35417.psmdcp" Id="R7d613efaea574e7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R183fa7ab4f1641f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd0d12cf5e4043c98a76209d1254b830.psmdcp" Id="R41215fcdf8ce4809" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998574</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>