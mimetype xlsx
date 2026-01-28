--- v4 (2026-01-01)
+++ v5 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R183fa7ab4f1641f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd0d12cf5e4043c98a76209d1254b830.psmdcp" Id="R41215fcdf8ce4809" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4bf05dc92340cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d2108e220634cf7bb5ef04834f3728d.psmdcp" Id="R2b3a271f94464117" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998574</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>