--- v5 (2026-01-28)
+++ v6 (2026-02-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4bf05dc92340cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9d2108e220634cf7bb5ef04834f3728d.psmdcp" Id="R2b3a271f94464117" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644aa23f02f84993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/237b538016b54ea18e9afeb43d3c71ae.psmdcp" Id="Ra68e535e42e64012" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998574</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>