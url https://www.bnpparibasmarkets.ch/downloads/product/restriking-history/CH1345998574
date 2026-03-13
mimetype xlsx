--- v6 (2026-02-19)
+++ v7 (2026-03-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644aa23f02f84993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/237b538016b54ea18e9afeb43d3c71ae.psmdcp" Id="Ra68e535e42e64012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R493c4ff358364a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4ff3b0b8b58439b8cb6c534f9a00703.psmdcp" Id="R815b230bf56d420f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1345998574</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>