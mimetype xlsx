--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0fc7494051c4263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e254681e97c64ea9b81c81a1f4d17499.psmdcp" Id="R1e38a5ef375f48c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23811dde272e4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08ac232694c848efaa74552df5b59f6d.psmdcp" Id="R8ead94edcb7a4136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992705</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,7084 +393,7662 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E414"/>
+  <x:dimension ref="A1:E448"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>172.456</x:v>
+        <x:v>153.842</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>202.89</x:v>
+        <x:v>180.99</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>175.984</x:v>
+        <x:v>148.019</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>207.04</x:v>
+        <x:v>174.14</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>170.876</x:v>
+        <x:v>145.299</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>201.03</x:v>
+        <x:v>170.94</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>162.766</x:v>
+        <x:v>151.062</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>191.49</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>158.321</x:v>
+        <x:v>149.846</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>186.26</x:v>
+        <x:v>176.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>154.836</x:v>
+        <x:v>148.767</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>182.16</x:v>
+        <x:v>175.02</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>153.238</x:v>
+        <x:v>153.79</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>180.28</x:v>
+        <x:v>180.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>153.986</x:v>
+        <x:v>156.213</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>181.16</x:v>
+        <x:v>183.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>155.244</x:v>
+        <x:v>157.224</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>182.64</x:v>
+        <x:v>184.97</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>155.737</x:v>
+        <x:v>155.048</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>183.22</x:v>
+        <x:v>182.41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>154.538</x:v>
+        <x:v>155.866</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>181.81</x:v>
+        <x:v>183.38</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45995.3278703704</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>152.856</x:v>
+        <x:v>152.644</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>179.83</x:v>
+        <x:v>179.59</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>153.026</x:v>
+        <x:v>152.652</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>180.03</x:v>
+        <x:v>179.59</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>160.072</x:v>
+        <x:v>154.241</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>188.32</x:v>
+        <x:v>181.46</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>155.686</x:v>
+        <x:v>152.932</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>183.16</x:v>
+        <x:v>179.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>160.744</x:v>
+        <x:v>150.45</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>189.11</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>157.284</x:v>
+        <x:v>153.221</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>185.04</x:v>
+        <x:v>180.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>157.709</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>185.54</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>159.477</x:v>
+        <x:v>152.048</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>187.62</x:v>
+        <x:v>178.88</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>160.556</x:v>
+        <x:v>153.544</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>188.89</x:v>
+        <x:v>180.64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>159.154</x:v>
+        <x:v>158.542</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>187.24</x:v>
+        <x:v>186.52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>158.593</x:v>
+        <x:v>154.156</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>186.58</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>154.572</x:v>
+        <x:v>158.61</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>181.85</x:v>
+        <x:v>186.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>151.462</x:v>
+        <x:v>161.644</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>178.19</x:v>
+        <x:v>190.17</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>151.036</x:v>
+        <x:v>158.831</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>177.69</x:v>
+        <x:v>186.86</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>150.424</x:v>
+        <x:v>164.73</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>176.97</x:v>
+        <x:v>193.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>151.666</x:v>
+        <x:v>164.186</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>178.43</x:v>
+        <x:v>193.16</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>156.068</x:v>
+        <x:v>169.192</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>183.61</x:v>
+        <x:v>199.05</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>150.17</x:v>
+        <x:v>159.928</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>176.67</x:v>
+        <x:v>188.15</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>149.804</x:v>
+        <x:v>159.868</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>176.24</x:v>
+        <x:v>188.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>144.746</x:v>
+        <x:v>165.928</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>170.29</x:v>
+        <x:v>195.21</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>148.648</x:v>
+        <x:v>168.886</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>174.88</x:v>
+        <x:v>198.69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>151.088</x:v>
+        <x:v>175.848</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>177.75</x:v>
+        <x:v>206.88</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>151.147</x:v>
+        <x:v>172.116</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>177.82</x:v>
+        <x:v>202.49</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>150.588</x:v>
+        <x:v>172.456</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>177.17</x:v>
+        <x:v>202.89</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>150.724</x:v>
+        <x:v>175.984</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>177.33</x:v>
+        <x:v>207.04</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>150.73</x:v>
+        <x:v>170.876</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>177.33</x:v>
+        <x:v>201.03</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>145.146</x:v>
+        <x:v>162.766</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>170.76</x:v>
+        <x:v>191.49</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>143.064</x:v>
+        <x:v>158.321</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>168.31</x:v>
+        <x:v>186.26</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>141.967</x:v>
+        <x:v>154.836</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>167.02</x:v>
+        <x:v>182.16</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>145.911</x:v>
+        <x:v>153.238</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>171.66</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>145.027</x:v>
+        <x:v>153.986</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>170.62</x:v>
+        <x:v>181.16</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>145.163</x:v>
+        <x:v>155.244</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>170.78</x:v>
+        <x:v>182.64</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>148.053</x:v>
+        <x:v>155.737</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>174.18</x:v>
+        <x:v>183.22</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>153.144</x:v>
+        <x:v>154.538</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>180.17</x:v>
+        <x:v>181.81</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>154.36</x:v>
+        <x:v>152.856</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>181.6</x:v>
+        <x:v>179.83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>154.504</x:v>
+        <x:v>153.026</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>181.77</x:v>
+        <x:v>180.03</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>152.838</x:v>
+        <x:v>160.072</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>179.81</x:v>
+        <x:v>188.32</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>151.292</x:v>
+        <x:v>155.686</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>177.99</x:v>
+        <x:v>183.16</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>148.733</x:v>
+        <x:v>160.744</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>174.98</x:v>
+        <x:v>189.11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>149.09</x:v>
+        <x:v>157.284</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>175.4</x:v>
+        <x:v>185.04</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>149.294</x:v>
+        <x:v>157.709</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>175.64</x:v>
+        <x:v>185.54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>154.708</x:v>
+        <x:v>159.477</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>182.01</x:v>
+        <x:v>187.62</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>153.382</x:v>
+        <x:v>160.556</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>180.45</x:v>
+        <x:v>188.89</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>154.717</x:v>
+        <x:v>159.154</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>182.02</x:v>
+        <x:v>187.24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>154.352</x:v>
+        <x:v>158.593</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>181.59</x:v>
+        <x:v>186.58</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>155.686</x:v>
+        <x:v>154.572</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>183.16</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>154.751</x:v>
+        <x:v>151.462</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>182.06</x:v>
+        <x:v>178.19</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>155.295</x:v>
+        <x:v>151.036</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>182.7</x:v>
+        <x:v>177.69</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>153.654</x:v>
+        <x:v>150.424</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>180.77</x:v>
+        <x:v>176.97</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>152.507</x:v>
+        <x:v>151.666</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>179.42</x:v>
+        <x:v>178.43</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>151.521</x:v>
+        <x:v>156.068</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>178.26</x:v>
+        <x:v>183.61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>153</x:v>
+        <x:v>150.17</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>180</x:v>
+        <x:v>176.67</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>151.19</x:v>
+        <x:v>149.804</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>177.87</x:v>
+        <x:v>176.24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>152.38</x:v>
+        <x:v>144.746</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>179.27</x:v>
+        <x:v>170.29</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>149.184</x:v>
+        <x:v>148.648</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>175.51</x:v>
+        <x:v>174.88</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>150.238</x:v>
+        <x:v>151.088</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>176.75</x:v>
+        <x:v>177.75</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>147.475</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>173.5</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>147.679</x:v>
+        <x:v>150.588</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>173.74</x:v>
+        <x:v>177.17</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>145.163</x:v>
+        <x:v>150.724</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>170.78</x:v>
+        <x:v>177.33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>141.976</x:v>
+        <x:v>150.73</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>167.03</x:v>
+        <x:v>177.33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>145.673</x:v>
+        <x:v>145.146</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>171.38</x:v>
+        <x:v>170.76</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>146.548</x:v>
+        <x:v>143.064</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>172.41</x:v>
+        <x:v>168.31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>147.05</x:v>
+        <x:v>141.967</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>173</x:v>
+        <x:v>167.02</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>145.664</x:v>
+        <x:v>145.911</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>171.37</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>145.095</x:v>
+        <x:v>145.027</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>170.7</x:v>
+        <x:v>170.62</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>139.46</x:v>
+        <x:v>145.163</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>164.07</x:v>
+        <x:v>170.78</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>140.182</x:v>
+        <x:v>148.053</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>164.92</x:v>
+        <x:v>174.18</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>139.485</x:v>
+        <x:v>153.144</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>164.1</x:v>
+        <x:v>180.17</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>138.448</x:v>
+        <x:v>154.36</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>162.88</x:v>
+        <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>136</x:v>
+        <x:v>154.504</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>160</x:v>
+        <x:v>181.77</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>134.504</x:v>
+        <x:v>152.838</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>158.24</x:v>
+        <x:v>179.81</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>135.439</x:v>
+        <x:v>151.292</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>159.34</x:v>
+        <x:v>177.99</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>133.662</x:v>
+        <x:v>148.733</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>157.25</x:v>
+        <x:v>174.98</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>130.305</x:v>
+        <x:v>149.09</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>153.3</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>134.292</x:v>
+        <x:v>149.294</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>157.99</x:v>
+        <x:v>175.64</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>134.088</x:v>
+        <x:v>154.708</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>157.75</x:v>
+        <x:v>182.01</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>131.767</x:v>
+        <x:v>153.382</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>155.02</x:v>
+        <x:v>180.45</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>131.164</x:v>
+        <x:v>154.717</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>154.31</x:v>
+        <x:v>182.02</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>125.715</x:v>
+        <x:v>154.352</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>147.9</x:v>
+        <x:v>181.59</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>122.544</x:v>
+        <x:v>155.686</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>144.17</x:v>
+        <x:v>183.16</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>122.272</x:v>
+        <x:v>154.751</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>143.85</x:v>
+        <x:v>182.06</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>123.658</x:v>
+        <x:v>155.295</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>145.48</x:v>
+        <x:v>182.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>122.502</x:v>
+        <x:v>153.654</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>144.12</x:v>
+        <x:v>180.77</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>122.986</x:v>
+        <x:v>152.507</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>144.69</x:v>
+        <x:v>179.42</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>120.674</x:v>
+        <x:v>151.521</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>141.97</x:v>
+        <x:v>178.26</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>123.25</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>145</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>121.398</x:v>
+        <x:v>151.19</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>142.83</x:v>
+        <x:v>177.87</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45819.3319907407</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>122.359</x:v>
+        <x:v>152.38</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>143.96</x:v>
+        <x:v>179.27</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>122.366</x:v>
+        <x:v>149.184</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>143.96</x:v>
+        <x:v>175.51</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>120.462</x:v>
+        <x:v>150.238</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>141.72</x:v>
+        <x:v>176.75</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>118.992</x:v>
+        <x:v>147.475</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>139.99</x:v>
+        <x:v>173.5</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>120.632</x:v>
+        <x:v>147.679</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>141.92</x:v>
+        <x:v>173.74</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>120.037</x:v>
+        <x:v>145.163</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>141.22</x:v>
+        <x:v>170.78</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>116.773</x:v>
+        <x:v>141.976</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>137.38</x:v>
+        <x:v>167.03</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>111.596</x:v>
+        <x:v>145.673</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>131.29</x:v>
+        <x:v>171.38</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>112.906</x:v>
+        <x:v>146.548</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>132.83</x:v>
+        <x:v>172.41</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>112.03</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>131.8</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>114.223</x:v>
+        <x:v>145.664</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>134.38</x:v>
+        <x:v>171.37</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>115.234</x:v>
+        <x:v>145.095</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>135.57</x:v>
+        <x:v>170.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>115.09</x:v>
+        <x:v>139.46</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>135.4</x:v>
+        <x:v>164.07</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>114.606</x:v>
+        <x:v>140.182</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>134.83</x:v>
+        <x:v>164.92</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>115.039</x:v>
+        <x:v>139.485</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>135.34</x:v>
+        <x:v>164.1</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>110.44</x:v>
+        <x:v>138.448</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>129.93</x:v>
+        <x:v>162.88</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>104.55</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>123</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>99.152</x:v>
+        <x:v>134.504</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>116.65</x:v>
+        <x:v>158.24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>99.764</x:v>
+        <x:v>135.439</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>117.37</x:v>
+        <x:v>159.34</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>99.501</x:v>
+        <x:v>133.662</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>117.06</x:v>
+        <x:v>157.25</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>96.509</x:v>
+        <x:v>130.305</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>113.54</x:v>
+        <x:v>153.3</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>96.747</x:v>
+        <x:v>134.292</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>113.82</x:v>
+        <x:v>157.99</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>97.325</x:v>
+        <x:v>134.088</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>114.5</x:v>
+        <x:v>157.75</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>92.582</x:v>
+        <x:v>131.767</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>108.92</x:v>
+        <x:v>155.02</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>92.667</x:v>
+        <x:v>131.164</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>109.02</x:v>
+        <x:v>154.31</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>92.42</x:v>
+        <x:v>125.715</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>108.73</x:v>
+        <x:v>147.9</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>94.358</x:v>
+        <x:v>122.544</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>111.01</x:v>
+        <x:v>144.17</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>90.466</x:v>
+        <x:v>122.272</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>106.43</x:v>
+        <x:v>143.85</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>87.304</x:v>
+        <x:v>123.658</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>102.71</x:v>
+        <x:v>145.48</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>84.056</x:v>
+        <x:v>122.502</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>98.89</x:v>
+        <x:v>144.12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>86.266</x:v>
+        <x:v>122.986</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>101.49</x:v>
+        <x:v>144.69</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>88.816</x:v>
+        <x:v>120.674</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>104.49</x:v>
+        <x:v>141.97</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>95.37</x:v>
+        <x:v>123.25</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>112.2</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>94.104</x:v>
+        <x:v>121.398</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>110.71</x:v>
+        <x:v>142.83</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45819.3319907407</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>94.29</x:v>
+        <x:v>122.359</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>110.93</x:v>
+        <x:v>143.96</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>91.434</x:v>
+        <x:v>122.366</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>107.57</x:v>
+        <x:v>143.96</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>97.18</x:v>
+        <x:v>120.462</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>114.33</x:v>
+        <x:v>141.72</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>81.855</x:v>
+        <x:v>118.992</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>96.3</x:v>
+        <x:v>139.99</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>82.994</x:v>
+        <x:v>120.632</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>97.64</x:v>
+        <x:v>141.92</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>80.164</x:v>
+        <x:v>120.037</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>94.31</x:v>
+        <x:v>141.22</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>86.53</x:v>
+        <x:v>116.773</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>101.8</x:v>
+        <x:v>137.38</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>93.628</x:v>
+        <x:v>111.596</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>110.15</x:v>
+        <x:v>131.29</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>92.123</x:v>
+        <x:v>112.906</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>108.38</x:v>
+        <x:v>132.83</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>93.22</x:v>
+        <x:v>112.03</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>109.67</x:v>
+        <x:v>131.8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>94.716</x:v>
+        <x:v>114.223</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>111.43</x:v>
+        <x:v>134.38</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>96.696</x:v>
+        <x:v>115.234</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>113.76</x:v>
+        <x:v>135.57</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>102.586</x:v>
+        <x:v>115.09</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>120.69</x:v>
+        <x:v>135.4</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>103.198</x:v>
+        <x:v>114.606</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>121.41</x:v>
+        <x:v>134.83</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>100.045</x:v>
+        <x:v>115.039</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>117.7</x:v>
+        <x:v>135.34</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>100.75</x:v>
+        <x:v>110.44</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>118.53</x:v>
+        <x:v>129.93</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>99.892</x:v>
+        <x:v>104.55</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>117.52</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>98.116</x:v>
+        <x:v>99.152</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>115.43</x:v>
+        <x:v>116.65</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>101.6</x:v>
+        <x:v>99.764</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>119.53</x:v>
+        <x:v>117.37</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>98.243</x:v>
+        <x:v>99.501</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>121.67</x:v>
+        <x:v>117.06</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>98.243</x:v>
+        <x:v>96.509</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>0</x:v>
+        <x:v>113.54</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>98.379</x:v>
+        <x:v>96.747</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>0</x:v>
+        <x:v>113.82</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>92.446</x:v>
+        <x:v>97.325</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>0</x:v>
+        <x:v>114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>92.446</x:v>
+        <x:v>92.582</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>108.76</x:v>
+        <x:v>108.92</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>92.446</x:v>
+        <x:v>92.667</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>108.76</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>95.786</x:v>
+        <x:v>92.42</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>112.69</x:v>
+        <x:v>108.73</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>93.984</x:v>
+        <x:v>94.358</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>110.57</x:v>
+        <x:v>111.01</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>99.705</x:v>
+        <x:v>90.466</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>117.3</x:v>
+        <x:v>106.43</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>98.592</x:v>
+        <x:v>87.304</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>115.99</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>96.951</x:v>
+        <x:v>84.056</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>114.06</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>106.182</x:v>
+        <x:v>86.266</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>124.92</x:v>
+        <x:v>101.49</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>102.128</x:v>
+        <x:v>88.816</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>120.15</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>111.588</x:v>
+        <x:v>95.37</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>131.28</x:v>
+        <x:v>112.2</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>107.636</x:v>
+        <x:v>94.104</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>126.63</x:v>
+        <x:v>110.71</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>110.738</x:v>
+        <x:v>94.29</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>130.28</x:v>
+        <x:v>110.93</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>114.266</x:v>
+        <x:v>91.434</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>134.43</x:v>
+        <x:v>107.57</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>119.094</x:v>
+        <x:v>97.18</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>140.11</x:v>
+        <x:v>114.33</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>118.346</x:v>
+        <x:v>81.855</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>139.23</x:v>
+        <x:v>96.3</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>118.49</x:v>
+        <x:v>82.994</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>139.4</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>118.022</x:v>
+        <x:v>80.164</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>138.85</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>114.996</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>135.29</x:v>
+        <x:v>101.8</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>112.88</x:v>
+        <x:v>93.628</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>132.8</x:v>
+        <x:v>110.15</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>113.534</x:v>
+        <x:v>92.123</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>133.57</x:v>
+        <x:v>108.38</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>113.534</x:v>
+        <x:v>93.22</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>133.57</x:v>
+        <x:v>109.67</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>109.378</x:v>
+        <x:v>94.716</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>128.68</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>106.106</x:v>
+        <x:v>96.696</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>124.83</x:v>
+        <x:v>113.76</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>106.106</x:v>
+        <x:v>102.586</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>124.83</x:v>
+        <x:v>120.69</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>100.852</x:v>
+        <x:v>103.198</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>118.65</x:v>
+        <x:v>121.41</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>99.161</x:v>
+        <x:v>100.045</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>116.66</x:v>
+        <x:v>117.7</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>102.06</x:v>
+        <x:v>100.75</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>120.07</x:v>
+        <x:v>118.53</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>105.952</x:v>
+        <x:v>99.892</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>124.65</x:v>
+        <x:v>117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>105.145</x:v>
+        <x:v>98.116</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>123.7</x:v>
+        <x:v>115.43</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>109.642</x:v>
+        <x:v>101.6</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>128.99</x:v>
+        <x:v>119.53</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45684.7140277778</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>103.043</x:v>
+        <x:v>98.243</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>121.227</x:v>
+        <x:v>121.67</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>121.227</x:v>
+        <x:v>98.243</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>142.62</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>2.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>125.01</x:v>
+        <x:v>98.379</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>147.07</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>119.706</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>140.83</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>117.054</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>137.71</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>113.534</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>133.57</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>115.804</x:v>
+        <x:v>95.786</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>136.24</x:v>
+        <x:v>112.69</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>111.996</x:v>
+        <x:v>93.984</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>131.76</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>113.246</x:v>
+        <x:v>99.705</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>133.23</x:v>
+        <x:v>117.3</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>115.524</x:v>
+        <x:v>98.592</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>135.91</x:v>
+        <x:v>115.99</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>119.094</x:v>
+        <x:v>96.951</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>140.11</x:v>
+        <x:v>114.06</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>119.119</x:v>
+        <x:v>106.182</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>140.14</x:v>
+        <x:v>124.92</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>2.88</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>127.016</x:v>
+        <x:v>102.128</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>149.43</x:v>
+        <x:v>120.15</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>122.8</x:v>
+        <x:v>111.588</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>144.47</x:v>
+        <x:v>131.28</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>1.84</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>116.866</x:v>
+        <x:v>107.636</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>137.49</x:v>
+        <x:v>126.63</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>116.458</x:v>
+        <x:v>110.738</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>137.01</x:v>
+        <x:v>130.28</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>2.05</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>118.72</x:v>
+        <x:v>114.266</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>139.67</x:v>
+        <x:v>134.43</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>114.495</x:v>
+        <x:v>119.094</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>134.7</x:v>
+        <x:v>140.11</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>1.68</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>114.495</x:v>
+        <x:v>118.346</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>134.7</x:v>
+        <x:v>139.23</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>111.078</x:v>
+        <x:v>118.49</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>130.68</x:v>
+        <x:v>139.4</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>1.32</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>109.574</x:v>
+        <x:v>118.022</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>128.91</x:v>
+        <x:v>138.85</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>1.41</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>110.832</x:v>
+        <x:v>114.996</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>130.39</x:v>
+        <x:v>135.29</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>1.53</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>112.2</x:v>
+        <x:v>112.88</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>132</x:v>
+        <x:v>132.8</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>1.7</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>114.112</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>134.25</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>1.97</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>116.739</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>137.34</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>2.16</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>118.414</x:v>
+        <x:v>109.378</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>139.31</x:v>
+        <x:v>128.68</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>1.82</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>114.81</x:v>
+        <x:v>106.106</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>135.07</x:v>
+        <x:v>124.83</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>2.17</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>117.988</x:v>
+        <x:v>106.106</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>138.81</x:v>
+        <x:v>124.83</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>2.57</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>121.074</x:v>
+        <x:v>100.852</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>142.44</x:v>
+        <x:v>118.65</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>2.89</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>123.301</x:v>
+        <x:v>99.161</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>145.06</x:v>
+        <x:v>116.66</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45631.3355671296</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>2.87</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>123.369</x:v>
+        <x:v>102.06</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>145.14</x:v>
+        <x:v>120.07</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>2.9</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>123.369</x:v>
+        <x:v>105.952</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>145.14</x:v>
+        <x:v>124.65</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>2.25</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>117.512</x:v>
+        <x:v>105.145</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>138.25</x:v>
+        <x:v>123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>2.22</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>117.512</x:v>
+        <x:v>109.642</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>138.25</x:v>
+        <x:v>128.99</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45684.7140277778</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>1.97</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>115.039</x:v>
+        <x:v>103.043</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>135.34</x:v>
+        <x:v>121.227</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>116.382</x:v>
+        <x:v>121.227</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>136.92</x:v>
+        <x:v>142.62</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>115.617</x:v>
+        <x:v>125.01</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>136.02</x:v>
+        <x:v>147.07</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>2.73</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>120.658</x:v>
+        <x:v>119.706</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>141.95</x:v>
+        <x:v>140.83</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>3.39</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>124.67</x:v>
+        <x:v>117.054</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>146.67</x:v>
+        <x:v>137.71</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>124.006</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>145.89</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>3.45</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>124.958</x:v>
+        <x:v>115.804</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>147.01</x:v>
+        <x:v>136.24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>2.67</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>119.128</x:v>
+        <x:v>111.996</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>140.15</x:v>
+        <x:v>131.76</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>2.91</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>120.683</x:v>
+        <x:v>113.246</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>141.98</x:v>
+        <x:v>133.23</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>3.62</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>124.746</x:v>
+        <x:v>115.524</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>146.76</x:v>
+        <x:v>135.91</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>124.33</x:v>
+        <x:v>119.094</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>146.27</x:v>
+        <x:v>140.11</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>3.87</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>126.046</x:v>
+        <x:v>119.119</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>148.29</x:v>
+        <x:v>140.14</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>3.44</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>123.471</x:v>
+        <x:v>127.016</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>145.26</x:v>
+        <x:v>149.43</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>3.83</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>125.486</x:v>
+        <x:v>122.8</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>147.63</x:v>
+        <x:v>144.47</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>4.03</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>126.548</x:v>
+        <x:v>116.866</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>148.88</x:v>
+        <x:v>137.49</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>3.56</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>123.768</x:v>
+        <x:v>116.458</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>145.61</x:v>
+        <x:v>137.01</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>118.924</x:v>
+        <x:v>118.72</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>139.91</x:v>
+        <x:v>139.67</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>2.45</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>115.642</x:v>
+        <x:v>114.495</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>136.05</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>2.39</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>115.09</x:v>
+        <x:v>114.495</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>135.4</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>2.14</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>112.846</x:v>
+        <x:v>111.078</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>132.76</x:v>
+        <x:v>130.68</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>2.98</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>118.435</x:v>
+        <x:v>109.574</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>139.335</x:v>
+        <x:v>128.91</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>3.25</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>120.062</x:v>
+        <x:v>110.832</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>141.25</x:v>
+        <x:v>130.39</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>3.16</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>119.442</x:v>
+        <x:v>112.2</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>140.52</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>3.31</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>120.309</x:v>
+        <x:v>114.112</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>141.54</x:v>
+        <x:v>134.25</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>3.16</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>119.348</x:v>
+        <x:v>116.739</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>140.41</x:v>
+        <x:v>137.34</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>118.626</x:v>
+        <x:v>118.414</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>139.56</x:v>
+        <x:v>139.31</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>3.68</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>122.052</x:v>
+        <x:v>114.81</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>143.59</x:v>
+        <x:v>135.07</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>3.7</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>122.154</x:v>
+        <x:v>117.988</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>143.71</x:v>
+        <x:v>138.81</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>2.28</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>111.86</x:v>
+        <x:v>121.074</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>131.6</x:v>
+        <x:v>142.44</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>3.17</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>117.36</x:v>
+        <x:v>123.301</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>138.07</x:v>
+        <x:v>145.06</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45631.3355671296</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>114.58</x:v>
+        <x:v>123.369</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>134.8</x:v>
+        <x:v>145.14</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>114.588</x:v>
+        <x:v>123.369</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>134.81</x:v>
+        <x:v>145.14</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>112.752</x:v>
+        <x:v>117.512</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>132.65</x:v>
+        <x:v>138.25</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>112.956</x:v>
+        <x:v>117.512</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>132.89</x:v>
+        <x:v>138.25</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>2.07</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>108.562</x:v>
+        <x:v>115.039</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>127.72</x:v>
+        <x:v>135.34</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>1.83</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>106.182</x:v>
+        <x:v>116.382</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>124.92</x:v>
+        <x:v>136.92</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>104.422</x:v>
+        <x:v>115.617</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>122.85</x:v>
+        <x:v>136.02</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>1.39</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>101.022</x:v>
+        <x:v>120.658</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>118.85</x:v>
+        <x:v>141.95</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>1.27</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>99.45</x:v>
+        <x:v>124.67</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>117</x:v>
+        <x:v>146.67</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>1.62</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>103.224</x:v>
+        <x:v>124.006</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>121.44</x:v>
+        <x:v>145.89</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>1.63</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>103.19</x:v>
+        <x:v>124.958</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>121.4</x:v>
+        <x:v>147.01</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>105.434</x:v>
+        <x:v>119.128</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>124.04</x:v>
+        <x:v>140.15</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>104.984</x:v>
+        <x:v>120.683</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>123.51</x:v>
+        <x:v>141.98</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>1.61</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>102.74</x:v>
+        <x:v>124.746</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>120.87</x:v>
+        <x:v>146.76</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>1.3</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>98.821</x:v>
+        <x:v>124.33</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>116.26</x:v>
+        <x:v>146.27</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>1.29</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>98.6</x:v>
+        <x:v>126.046</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>116</x:v>
+        <x:v>148.29</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>1.43</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>100.19</x:v>
+        <x:v>123.471</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>117.87</x:v>
+        <x:v>145.26</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>1.16</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>96.364</x:v>
+        <x:v>125.486</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>113.37</x:v>
+        <x:v>147.63</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>1.31</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>98.252</x:v>
+        <x:v>126.548</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>115.59</x:v>
+        <x:v>148.88</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>1.4</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>99.263</x:v>
+        <x:v>123.768</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>116.78</x:v>
+        <x:v>145.61</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>1.59</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>101.235</x:v>
+        <x:v>118.924</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>119.1</x:v>
+        <x:v>139.91</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>1.59</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>101.269</x:v>
+        <x:v>115.642</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>119.14</x:v>
+        <x:v>136.05</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45547.3251273148</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>1.43</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>99.374</x:v>
+        <x:v>115.09</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>116.91</x:v>
+        <x:v>135.4</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>1.43</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>99.374</x:v>
+        <x:v>112.846</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>116.91</x:v>
+        <x:v>132.76</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>0.96</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>91.885</x:v>
+        <x:v>118.435</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>108.1</x:v>
+        <x:v>139.335</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>0.88</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>90.5</x:v>
+        <x:v>120.062</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>106.47</x:v>
+        <x:v>141.25</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>0.73</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>87.406</x:v>
+        <x:v>119.442</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>102.83</x:v>
+        <x:v>140.52</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>0.97</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>91.128</x:v>
+        <x:v>120.309</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>107.21</x:v>
+        <x:v>141.54</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>0.92</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>90.278</x:v>
+        <x:v>119.348</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>106.21</x:v>
+        <x:v>140.41</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>2.41</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>101.464</x:v>
+        <x:v>118.626</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>119.37</x:v>
+        <x:v>139.56</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>2.21</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>99.952</x:v>
+        <x:v>122.052</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>117.59</x:v>
+        <x:v>143.59</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>3.59</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>106.768</x:v>
+        <x:v>122.154</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>125.61</x:v>
+        <x:v>143.71</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>4.11</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>109.055</x:v>
+        <x:v>111.86</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>128.3</x:v>
+        <x:v>131.6</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>107.491</x:v>
+        <x:v>117.36</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>126.46</x:v>
+        <x:v>138.07</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>4.39</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>109.964</x:v>
+        <x:v>114.58</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>129.37</x:v>
+        <x:v>134.8</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>3.45</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>105.179</x:v>
+        <x:v>114.588</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>123.74</x:v>
+        <x:v>134.81</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>4.45</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>109.225</x:v>
+        <x:v>112.752</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>128.5</x:v>
+        <x:v>132.65</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>4.21</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>108.162</x:v>
+        <x:v>112.956</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>127.25</x:v>
+        <x:v>132.89</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>4.82</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>110.5</x:v>
+        <x:v>108.562</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>130</x:v>
+        <x:v>127.72</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>3.84</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>105.893</x:v>
+        <x:v>106.182</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>124.58</x:v>
+        <x:v>124.92</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>3.54</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>104.431</x:v>
+        <x:v>104.422</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>122.86</x:v>
+        <x:v>122.85</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>2.85</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>100.368</x:v>
+        <x:v>101.022</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>118.08</x:v>
+        <x:v>118.85</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>2.6</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>98.719</x:v>
+        <x:v>99.45</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>116.14</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>1.87</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>92.667</x:v>
+        <x:v>103.224</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>109.02</x:v>
+        <x:v>121.44</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>89.038</x:v>
+        <x:v>103.19</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>104.75</x:v>
+        <x:v>121.4</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>1.53</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>89.224</x:v>
+        <x:v>105.434</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>104.97</x:v>
+        <x:v>124.04</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>1.12</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>84.074</x:v>
+        <x:v>104.984</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>98.91</x:v>
+        <x:v>123.51</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>0.98</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>88.612</x:v>
+        <x:v>102.74</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>104.25</x:v>
+        <x:v>120.87</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>85.382</x:v>
+        <x:v>98.821</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>100.45</x:v>
+        <x:v>116.26</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45509.6467013889</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>0.8</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>77.095</x:v>
+        <x:v>98.6</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>90.7</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>11.29</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>91.18</x:v>
+        <x:v>100.19</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>107.27</x:v>
+        <x:v>117.87</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>22.69</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>99.467</x:v>
+        <x:v>96.364</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>117.02</x:v>
+        <x:v>113.37</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>12.84</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>88.17</x:v>
+        <x:v>98.252</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>103.73</x:v>
+        <x:v>115.59</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>22.28</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>94.852</x:v>
+        <x:v>99.263</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>111.59</x:v>
+        <x:v>116.78</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>24.27</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>96.101</x:v>
+        <x:v>101.235</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>113.06</x:v>
+        <x:v>119.1</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>23.32</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>95.438</x:v>
+        <x:v>101.269</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>112.28</x:v>
+        <x:v>119.14</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45547.3251273148</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>26.05</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>97.112</x:v>
+        <x:v>99.374</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>114.25</x:v>
+        <x:v>116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>44.11</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>104.202</x:v>
+        <x:v>99.374</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>122.59</x:v>
+        <x:v>116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>46.31</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>105.009</x:v>
+        <x:v>91.885</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>123.54</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>36.13</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>100.24</x:v>
+        <x:v>90.5</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>117.93</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>42.9</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>102.926</x:v>
+        <x:v>87.406</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>121.09</x:v>
+        <x:v>102.83</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>37.1</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>100.292</x:v>
+        <x:v>91.128</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>117.99</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>61.69</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>107.406</x:v>
+        <x:v>90.278</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>126.36</x:v>
+        <x:v>106.21</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>68.43</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>109.174</x:v>
+        <x:v>101.464</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>128.44</x:v>
+        <x:v>119.37</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>71.34</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>109.854</x:v>
+        <x:v>99.952</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>129.24</x:v>
+        <x:v>117.59</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>65.73</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>108.29</x:v>
+        <x:v>106.768</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>127.4</x:v>
+        <x:v>125.61</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>98.87</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>114.674</x:v>
+        <x:v>109.055</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>134.91</x:v>
+        <x:v>128.3</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>85.24</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>111.673</x:v>
+        <x:v>107.491</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>131.38</x:v>
+        <x:v>126.46</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>74.27</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>108.97</x:v>
+        <x:v>109.964</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>128.2</x:v>
+        <x:v>129.37</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>66.96</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>106.956</x:v>
+        <x:v>105.179</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>125.83</x:v>
+        <x:v>123.74</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>75.84</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>109.038</x:v>
+        <x:v>109.225</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>128.28</x:v>
+        <x:v>128.5</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>59.57</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>104.27</x:v>
+        <x:v>108.162</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>122.67</x:v>
+        <x:v>127.25</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>64.74</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>105.655</x:v>
+        <x:v>110.5</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>124.3</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>62.66</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>105.009</x:v>
+        <x:v>105.893</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>123.54</x:v>
+        <x:v>124.58</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>64.14</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>105.392</x:v>
+        <x:v>104.431</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>123.99</x:v>
+        <x:v>122.86</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>72.52</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>107.44</x:v>
+        <x:v>100.368</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>126.4</x:v>
+        <x:v>118.08</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>71.56</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>107.176</x:v>
+        <x:v>98.719</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>126.09</x:v>
+        <x:v>116.14</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>50.96</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>100.394</x:v>
+        <x:v>92.667</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>118.11</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>85.61</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>107.584</x:v>
+        <x:v>89.038</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>126.57</x:v>
+        <x:v>104.75</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>106.27</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>111.163</x:v>
+        <x:v>89.224</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>130.78</x:v>
+        <x:v>104.97</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>135.36</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>115.243</x:v>
+        <x:v>84.074</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>135.58</x:v>
+        <x:v>98.91</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>111.92</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>111.333</x:v>
+        <x:v>88.612</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>130.98</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>117.15</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>112.098</x:v>
+        <x:v>85.382</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>131.88</x:v>
+        <x:v>100.45</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45509.6467013889</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>106.13</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>110.168</x:v>
+        <x:v>77.095</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>129.61</x:v>
+        <x:v>90.7</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>87.7</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>106.42</x:v>
+        <x:v>91.18</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>125.2</x:v>
+        <x:v>107.27</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>72.38</x:v>
+        <x:v>22.69</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>102.774</x:v>
+        <x:v>99.467</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>120.91</x:v>
+        <x:v>117.02</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>75.73</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>103.522</x:v>
+        <x:v>88.17</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>121.79</x:v>
+        <x:v>103.73</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>72.75</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>1027.548</x:v>
+        <x:v>94.852</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>1208.88</x:v>
+        <x:v>111.59</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>73.24</x:v>
+        <x:v>24.27</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>1028.483</x:v>
+        <x:v>96.101</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>1209.98</x:v>
+        <x:v>113.06</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>78.91</x:v>
+        <x:v>23.32</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>1040.74</x:v>
+        <x:v>95.438</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>1224.4</x:v>
+        <x:v>112.28</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>60.32</x:v>
+        <x:v>26.05</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>989.714</x:v>
+        <x:v>97.112</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>1164.37</x:v>
+        <x:v>114.25</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>56.18</x:v>
+        <x:v>44.11</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>977.5</x:v>
+        <x:v>104.202</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>1150</x:v>
+        <x:v>122.59</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>43.55</x:v>
+        <x:v>46.31</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>931.88</x:v>
+        <x:v>105.009</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>1096.33</x:v>
+        <x:v>123.54</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>45.76</x:v>
+        <x:v>36.13</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>939.25</x:v>
+        <x:v>100.24</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>1105</x:v>
+        <x:v>117.93</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>59.22</x:v>
+        <x:v>42.9</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>976.012</x:v>
+        <x:v>102.926</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>1148.25</x:v>
+        <x:v>121.09</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>56.54</x:v>
+        <x:v>37.1</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>968.158</x:v>
+        <x:v>100.292</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>1139.01</x:v>
+        <x:v>117.99</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>39.99</x:v>
+        <x:v>61.69</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>904.986</x:v>
+        <x:v>107.406</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>1064.69</x:v>
+        <x:v>126.36</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>34.68</x:v>
+        <x:v>68.43</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>882.292</x:v>
+        <x:v>109.174</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>1037.99</x:v>
+        <x:v>128.44</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>22.26</x:v>
+        <x:v>71.34</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>807.075</x:v>
+        <x:v>109.854</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>949.5</x:v>
+        <x:v>129.24</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>22.92</x:v>
+        <x:v>65.73</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>810.781</x:v>
+        <x:v>108.29</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>953.86</x:v>
+        <x:v>127.4</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>19.36</x:v>
+        <x:v>98.87</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>786.072</x:v>
+        <x:v>114.674</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>924.79</x:v>
+        <x:v>134.91</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>22.02</x:v>
+        <x:v>85.24</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>802.052</x:v>
+        <x:v>111.673</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>943.59</x:v>
+        <x:v>131.38</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>22.43</x:v>
+        <x:v>74.27</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>804.355</x:v>
+        <x:v>108.97</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>946.3</x:v>
+        <x:v>128.2</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>18.48</x:v>
+        <x:v>66.96</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>776.526</x:v>
+        <x:v>106.956</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>913.56</x:v>
+        <x:v>125.83</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>17.4</x:v>
+        <x:v>75.84</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>768.392</x:v>
+        <x:v>109.038</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>903.99</x:v>
+        <x:v>128.28</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>16.87</x:v>
+        <x:v>59.57</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>763.963</x:v>
+        <x:v>104.27</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>898.78</x:v>
+        <x:v>122.67</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>17.54</x:v>
+        <x:v>64.74</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>768.502</x:v>
+        <x:v>105.655</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>904.12</x:v>
+        <x:v>124.3</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>17.73</x:v>
+        <x:v>62.66</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>769.709</x:v>
+        <x:v>105.009</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>905.54</x:v>
+        <x:v>123.54</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>19.8</x:v>
+        <x:v>64.14</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>783.19</x:v>
+        <x:v>105.392</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>921.4</x:v>
+        <x:v>123.99</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>16.19</x:v>
+        <x:v>72.52</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>754.706</x:v>
+        <x:v>107.44</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>887.89</x:v>
+        <x:v>126.4</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>13.42</x:v>
+        <x:v>71.56</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>729.444</x:v>
+        <x:v>107.176</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>858.17</x:v>
+        <x:v>126.09</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>14.02</x:v>
+        <x:v>50.96</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>734.417</x:v>
+        <x:v>100.394</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>864.02</x:v>
+        <x:v>118.11</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>15.48</x:v>
+        <x:v>85.61</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>745.934</x:v>
+        <x:v>107.584</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>877.57</x:v>
+        <x:v>126.57</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>15.51</x:v>
+        <x:v>106.27</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>745.748</x:v>
+        <x:v>111.163</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>877.35</x:v>
+        <x:v>130.78</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>11.33</x:v>
+        <x:v>135.36</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>702.372</x:v>
+        <x:v>115.243</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>826.32</x:v>
+        <x:v>135.58</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>9.28</x:v>
+        <x:v>111.92</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>677.254</x:v>
+        <x:v>111.333</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>796.77</x:v>
+        <x:v>130.98</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>11.61</x:v>
+        <x:v>117.15</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>700.596</x:v>
+        <x:v>112.098</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>824.23</x:v>
+        <x:v>131.88</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>9.53</x:v>
+        <x:v>106.13</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>675.903</x:v>
+        <x:v>110.168</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>795.18</x:v>
+        <x:v>129.61</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>7.58</x:v>
+        <x:v>87.7</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>647.7</x:v>
+        <x:v>106.42</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>762</x:v>
+        <x:v>125.2</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>19.02</x:v>
+        <x:v>72.38</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>719.704</x:v>
+        <x:v>102.774</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>846.71</x:v>
+        <x:v>120.91</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45399.9244560185</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>18.22</x:v>
+        <x:v>75.73</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>714.298</x:v>
+        <x:v>103.522</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>840.35</x:v>
+        <x:v>121.79</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45398.9235763889</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>23.76</x:v>
+        <x:v>72.75</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>743.028</x:v>
+        <x:v>1027.548</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>874.15</x:v>
+        <x:v>1208.88</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45397.9233680556</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>21.65</x:v>
+        <x:v>73.24</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>731.008</x:v>
+        <x:v>1028.483</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>860.01</x:v>
+        <x:v>1209.98</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45394.9243518518</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>25.54</x:v>
+        <x:v>78.91</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>749.581</x:v>
+        <x:v>1040.74</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>881.86</x:v>
+        <x:v>1224.4</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45393.9239351852</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>30.49</x:v>
+        <x:v>60.32</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>770.236</x:v>
+        <x:v>989.714</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>906.16</x:v>
+        <x:v>1164.37</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45392.9227314815</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>24.48</x:v>
+        <x:v>56.18</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>739.832</x:v>
+        <x:v>977.5</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>870.39</x:v>
+        <x:v>1150</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45391.926412037</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>21.91</x:v>
+        <x:v>43.55</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>725.509</x:v>
+        <x:v>931.88</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>853.54</x:v>
+        <x:v>1096.33</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45390.9248148148</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>25.01</x:v>
+        <x:v>45.76</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>740.63</x:v>
+        <x:v>939.25</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>871.33</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45387.9232523148</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>26.7</x:v>
+        <x:v>59.22</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>748.068</x:v>
+        <x:v>976.012</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>880.08</x:v>
+        <x:v>1148.25</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45386.9251041667</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>23.3</x:v>
+        <x:v>56.54</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>730.192</x:v>
+        <x:v>968.158</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>859.05</x:v>
+        <x:v>1139.01</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45385.9234837963</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>29.41</x:v>
+        <x:v>39.99</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>756.194</x:v>
+        <x:v>904.986</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>889.64</x:v>
+        <x:v>1064.69</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45384.9259490741</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>30.44</x:v>
+        <x:v>34.68</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>760.342</x:v>
+        <x:v>882.292</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>894.52</x:v>
+        <x:v>1037.99</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45379.8836921296</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>32.6</x:v>
+        <x:v>22.26</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>768.026</x:v>
+        <x:v>807.075</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>903.56</x:v>
+        <x:v>949.5</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45378.8832407407</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>32.41</x:v>
+        <x:v>22.92</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>767.125</x:v>
+        <x:v>810.781</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>902.5</x:v>
+        <x:v>953.86</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45377.8827199074</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>38.18</x:v>
+        <x:v>19.36</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>786.768</x:v>
+        <x:v>786.072</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>925.61</x:v>
+        <x:v>924.79</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45376.8828819444</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>45.2</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>807.517</x:v>
+        <x:v>802.052</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>950.02</x:v>
+        <x:v>943.59</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45373.8830671296</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>43.4</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>801.456</x:v>
+        <x:v>804.355</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>942.89</x:v>
+        <x:v>946.3</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45372.8844444444</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>36.59</x:v>
+        <x:v>18.48</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>777.198</x:v>
+        <x:v>776.526</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>914.35</x:v>
+        <x:v>913.56</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45362.8935648148</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>27.45</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>729.079</x:v>
+        <x:v>768.392</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>857.74</x:v>
+        <x:v>903.99</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45359.9310648148</x:v>
+        <x:v>45422.9236689815</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>31.33</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>743.988</x:v>
+        <x:v>763.963</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>875.28</x:v>
+        <x:v>898.78</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45358.9291087963</x:v>
+        <x:v>45420.9241782407</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>47.05</x:v>
+        <x:v>17.54</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>787.686</x:v>
+        <x:v>768.502</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>926.69</x:v>
+        <x:v>904.12</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45357.9246296296</x:v>
+        <x:v>45419.9259953704</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>37.13</x:v>
+        <x:v>17.73</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>753.95</x:v>
+        <x:v>769.709</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>887</x:v>
+        <x:v>905.54</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45356.9297569444</x:v>
+        <x:v>45418.9291087963</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>31.21</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>730.694</x:v>
+        <x:v>783.19</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>859.64</x:v>
+        <x:v>921.4</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45355.9261574074</x:v>
+        <x:v>45415.9287847222</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>29.72</x:v>
+        <x:v>16.19</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>724.514</x:v>
+        <x:v>754.706</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>852.37</x:v>
+        <x:v>887.89</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45351.925787037</x:v>
+        <x:v>45414.9243981481</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>19.79</x:v>
+        <x:v>13.42</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>672.452</x:v>
+        <x:v>729.444</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>791.12</x:v>
+        <x:v>858.17</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45350.9235763889</x:v>
+        <x:v>45412.9265625</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>17.82</x:v>
+        <x:v>14.02</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>660.136</x:v>
+        <x:v>734.417</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>776.63</x:v>
+        <x:v>864.02</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45349.922337963</x:v>
+        <x:v>45411.9246643518</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>19.38</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>672.282</x:v>
+        <x:v>745.934</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>790.92</x:v>
+        <x:v>877.57</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45408.9315393519</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>19.99</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>669.944</x:v>
+        <x:v>745.748</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>788.17</x:v>
+        <x:v>877.35</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45345.9262384259</x:v>
+        <x:v>45407.9436458333</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>19.66</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>669.944</x:v>
+        <x:v>702.372</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>788.17</x:v>
+        <x:v>826.32</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45344.9258217593</x:v>
+        <x:v>45406.9296759259</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>19.27</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>667.573</x:v>
+        <x:v>677.254</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>785.38</x:v>
+        <x:v>796.77</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45343.9246412037</x:v>
+        <x:v>45405.9324537037</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>9.72</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>573.512</x:v>
+        <x:v>700.596</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>674.72</x:v>
+        <x:v>824.23</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45342.9240162037</x:v>
+        <x:v>45404.9329861111</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>11.74</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>590.342</x:v>
+        <x:v>675.903</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>694.52</x:v>
+        <x:v>795.18</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45338.9307986111</x:v>
+        <x:v>45401.9232060185</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>16</x:v>
+        <x:v>7.58</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>617.21</x:v>
+        <x:v>647.7</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>726.13</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45337.9414699074</x:v>
+        <x:v>45400.9237615741</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>16.08</x:v>
+        <x:v>19.02</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>617.593</x:v>
+        <x:v>719.704</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>726.58</x:v>
+        <x:v>846.71</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45336.9321412037</x:v>
+        <x:v>45399.9244560185</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>17.91</x:v>
+        <x:v>18.22</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>628.15</x:v>
+        <x:v>714.298</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>739</x:v>
+        <x:v>840.35</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45335.9339814815</x:v>
+        <x:v>45398.9235763889</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>15.62</x:v>
+        <x:v>23.76</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>613.088</x:v>
+        <x:v>743.028</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>721.28</x:v>
+        <x:v>874.15</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45334.9284375</x:v>
+        <x:v>45397.9233680556</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>15.8</x:v>
+        <x:v>21.65</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>614.108</x:v>
+        <x:v>731.008</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>722.48</x:v>
+        <x:v>860.01</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45331.9229976852</x:v>
+        <x:v>45394.9243518518</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>15.71</x:v>
+        <x:v>25.54</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>613.13</x:v>
+        <x:v>749.581</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>721.33</x:v>
+        <x:v>881.86</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45330.9228356481</x:v>
+        <x:v>45393.9239351852</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>12.94</x:v>
+        <x:v>30.49</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>591.948</x:v>
+        <x:v>770.236</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>696.41</x:v>
+        <x:v>906.16</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45329.9233912037</x:v>
+        <x:v>45392.9227314815</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>13.49</x:v>
+        <x:v>24.48</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>595.842</x:v>
+        <x:v>739.832</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>700.99</x:v>
+        <x:v>870.39</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45328.9222800926</x:v>
+        <x:v>45391.926412037</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>11.59</x:v>
+        <x:v>21.91</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>579.896</x:v>
+        <x:v>725.509</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>682.23</x:v>
+        <x:v>853.54</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45327.9236689815</x:v>
+        <x:v>45390.9248148148</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>12.84</x:v>
+        <x:v>25.01</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>589.322</x:v>
+        <x:v>740.63</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>693.32</x:v>
+        <x:v>871.33</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
+        <x:v>45387.9232523148</x:v>
+      </x:c>
+      <x:c r="B414" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C414" s="0">
+        <x:v>26.7</x:v>
+      </x:c>
+      <x:c r="D414" s="0">
+        <x:v>748.068</x:v>
+      </x:c>
+      <x:c r="E414" s="0">
+        <x:v>880.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="415" spans="1:5">
+      <x:c r="A415" s="1">
+        <x:v>45386.9251041667</x:v>
+      </x:c>
+      <x:c r="B415" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C415" s="0">
+        <x:v>23.3</x:v>
+      </x:c>
+      <x:c r="D415" s="0">
+        <x:v>730.192</x:v>
+      </x:c>
+      <x:c r="E415" s="0">
+        <x:v>859.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="416" spans="1:5">
+      <x:c r="A416" s="1">
+        <x:v>45385.9234837963</x:v>
+      </x:c>
+      <x:c r="B416" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C416" s="0">
+        <x:v>29.41</x:v>
+      </x:c>
+      <x:c r="D416" s="0">
+        <x:v>756.194</x:v>
+      </x:c>
+      <x:c r="E416" s="0">
+        <x:v>889.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="417" spans="1:5">
+      <x:c r="A417" s="1">
+        <x:v>45384.9259490741</x:v>
+      </x:c>
+      <x:c r="B417" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C417" s="0">
+        <x:v>30.44</x:v>
+      </x:c>
+      <x:c r="D417" s="0">
+        <x:v>760.342</x:v>
+      </x:c>
+      <x:c r="E417" s="0">
+        <x:v>894.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="418" spans="1:5">
+      <x:c r="A418" s="1">
+        <x:v>45379.8836921296</x:v>
+      </x:c>
+      <x:c r="B418" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C418" s="0">
+        <x:v>32.6</x:v>
+      </x:c>
+      <x:c r="D418" s="0">
+        <x:v>768.026</x:v>
+      </x:c>
+      <x:c r="E418" s="0">
+        <x:v>903.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="419" spans="1:5">
+      <x:c r="A419" s="1">
+        <x:v>45378.8832407407</x:v>
+      </x:c>
+      <x:c r="B419" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C419" s="0">
+        <x:v>32.41</x:v>
+      </x:c>
+      <x:c r="D419" s="0">
+        <x:v>767.125</x:v>
+      </x:c>
+      <x:c r="E419" s="0">
+        <x:v>902.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="420" spans="1:5">
+      <x:c r="A420" s="1">
+        <x:v>45377.8827199074</x:v>
+      </x:c>
+      <x:c r="B420" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C420" s="0">
+        <x:v>38.18</x:v>
+      </x:c>
+      <x:c r="D420" s="0">
+        <x:v>786.768</x:v>
+      </x:c>
+      <x:c r="E420" s="0">
+        <x:v>925.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="421" spans="1:5">
+      <x:c r="A421" s="1">
+        <x:v>45376.8828819444</x:v>
+      </x:c>
+      <x:c r="B421" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C421" s="0">
+        <x:v>45.2</x:v>
+      </x:c>
+      <x:c r="D421" s="0">
+        <x:v>807.517</x:v>
+      </x:c>
+      <x:c r="E421" s="0">
+        <x:v>950.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="422" spans="1:5">
+      <x:c r="A422" s="1">
+        <x:v>45373.8830671296</x:v>
+      </x:c>
+      <x:c r="B422" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C422" s="0">
+        <x:v>43.4</x:v>
+      </x:c>
+      <x:c r="D422" s="0">
+        <x:v>801.456</x:v>
+      </x:c>
+      <x:c r="E422" s="0">
+        <x:v>942.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="423" spans="1:5">
+      <x:c r="A423" s="1">
+        <x:v>45372.8844444444</x:v>
+      </x:c>
+      <x:c r="B423" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C423" s="0">
+        <x:v>36.59</x:v>
+      </x:c>
+      <x:c r="D423" s="0">
+        <x:v>777.198</x:v>
+      </x:c>
+      <x:c r="E423" s="0">
+        <x:v>914.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="424" spans="1:5">
+      <x:c r="A424" s="1">
+        <x:v>45362.8935648148</x:v>
+      </x:c>
+      <x:c r="B424" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C424" s="0">
+        <x:v>27.45</x:v>
+      </x:c>
+      <x:c r="D424" s="0">
+        <x:v>729.079</x:v>
+      </x:c>
+      <x:c r="E424" s="0">
+        <x:v>857.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="425" spans="1:5">
+      <x:c r="A425" s="1">
+        <x:v>45359.9310648148</x:v>
+      </x:c>
+      <x:c r="B425" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C425" s="0">
+        <x:v>31.33</x:v>
+      </x:c>
+      <x:c r="D425" s="0">
+        <x:v>743.988</x:v>
+      </x:c>
+      <x:c r="E425" s="0">
+        <x:v>875.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="426" spans="1:5">
+      <x:c r="A426" s="1">
+        <x:v>45358.9291087963</x:v>
+      </x:c>
+      <x:c r="B426" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C426" s="0">
+        <x:v>47.05</x:v>
+      </x:c>
+      <x:c r="D426" s="0">
+        <x:v>787.686</x:v>
+      </x:c>
+      <x:c r="E426" s="0">
+        <x:v>926.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="427" spans="1:5">
+      <x:c r="A427" s="1">
+        <x:v>45357.9246296296</x:v>
+      </x:c>
+      <x:c r="B427" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C427" s="0">
+        <x:v>37.13</x:v>
+      </x:c>
+      <x:c r="D427" s="0">
+        <x:v>753.95</x:v>
+      </x:c>
+      <x:c r="E427" s="0">
+        <x:v>887</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="428" spans="1:5">
+      <x:c r="A428" s="1">
+        <x:v>45356.9297569444</x:v>
+      </x:c>
+      <x:c r="B428" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C428" s="0">
+        <x:v>31.21</x:v>
+      </x:c>
+      <x:c r="D428" s="0">
+        <x:v>730.694</x:v>
+      </x:c>
+      <x:c r="E428" s="0">
+        <x:v>859.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="429" spans="1:5">
+      <x:c r="A429" s="1">
+        <x:v>45355.9261574074</x:v>
+      </x:c>
+      <x:c r="B429" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C429" s="0">
+        <x:v>29.72</x:v>
+      </x:c>
+      <x:c r="D429" s="0">
+        <x:v>724.514</x:v>
+      </x:c>
+      <x:c r="E429" s="0">
+        <x:v>852.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="430" spans="1:5">
+      <x:c r="A430" s="1">
+        <x:v>45351.925787037</x:v>
+      </x:c>
+      <x:c r="B430" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C430" s="0">
+        <x:v>19.79</x:v>
+      </x:c>
+      <x:c r="D430" s="0">
+        <x:v>672.452</x:v>
+      </x:c>
+      <x:c r="E430" s="0">
+        <x:v>791.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="431" spans="1:5">
+      <x:c r="A431" s="1">
+        <x:v>45350.9235763889</x:v>
+      </x:c>
+      <x:c r="B431" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C431" s="0">
+        <x:v>17.82</x:v>
+      </x:c>
+      <x:c r="D431" s="0">
+        <x:v>660.136</x:v>
+      </x:c>
+      <x:c r="E431" s="0">
+        <x:v>776.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="432" spans="1:5">
+      <x:c r="A432" s="1">
+        <x:v>45349.922337963</x:v>
+      </x:c>
+      <x:c r="B432" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C432" s="0">
+        <x:v>19.38</x:v>
+      </x:c>
+      <x:c r="D432" s="0">
+        <x:v>672.282</x:v>
+      </x:c>
+      <x:c r="E432" s="0">
+        <x:v>790.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="433" spans="1:5">
+      <x:c r="A433" s="1">
+        <x:v>45348.9285532407</x:v>
+      </x:c>
+      <x:c r="B433" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C433" s="0">
+        <x:v>19.99</x:v>
+      </x:c>
+      <x:c r="D433" s="0">
+        <x:v>669.944</x:v>
+      </x:c>
+      <x:c r="E433" s="0">
+        <x:v>788.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="434" spans="1:5">
+      <x:c r="A434" s="1">
+        <x:v>45345.9262384259</x:v>
+      </x:c>
+      <x:c r="B434" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C434" s="0">
+        <x:v>19.66</x:v>
+      </x:c>
+      <x:c r="D434" s="0">
+        <x:v>669.944</x:v>
+      </x:c>
+      <x:c r="E434" s="0">
+        <x:v>788.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="435" spans="1:5">
+      <x:c r="A435" s="1">
+        <x:v>45344.9258217593</x:v>
+      </x:c>
+      <x:c r="B435" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C435" s="0">
+        <x:v>19.27</x:v>
+      </x:c>
+      <x:c r="D435" s="0">
+        <x:v>667.573</x:v>
+      </x:c>
+      <x:c r="E435" s="0">
+        <x:v>785.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="436" spans="1:5">
+      <x:c r="A436" s="1">
+        <x:v>45343.9246412037</x:v>
+      </x:c>
+      <x:c r="B436" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C436" s="0">
+        <x:v>9.72</x:v>
+      </x:c>
+      <x:c r="D436" s="0">
+        <x:v>573.512</x:v>
+      </x:c>
+      <x:c r="E436" s="0">
+        <x:v>674.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="437" spans="1:5">
+      <x:c r="A437" s="1">
+        <x:v>45342.9240162037</x:v>
+      </x:c>
+      <x:c r="B437" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C437" s="0">
+        <x:v>11.74</x:v>
+      </x:c>
+      <x:c r="D437" s="0">
+        <x:v>590.342</x:v>
+      </x:c>
+      <x:c r="E437" s="0">
+        <x:v>694.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="438" spans="1:5">
+      <x:c r="A438" s="1">
+        <x:v>45338.9307986111</x:v>
+      </x:c>
+      <x:c r="B438" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C438" s="0">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D438" s="0">
+        <x:v>617.21</x:v>
+      </x:c>
+      <x:c r="E438" s="0">
+        <x:v>726.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="439" spans="1:5">
+      <x:c r="A439" s="1">
+        <x:v>45337.9414699074</x:v>
+      </x:c>
+      <x:c r="B439" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C439" s="0">
+        <x:v>16.08</x:v>
+      </x:c>
+      <x:c r="D439" s="0">
+        <x:v>617.593</x:v>
+      </x:c>
+      <x:c r="E439" s="0">
+        <x:v>726.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="440" spans="1:5">
+      <x:c r="A440" s="1">
+        <x:v>45336.9321412037</x:v>
+      </x:c>
+      <x:c r="B440" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C440" s="0">
+        <x:v>17.91</x:v>
+      </x:c>
+      <x:c r="D440" s="0">
+        <x:v>628.15</x:v>
+      </x:c>
+      <x:c r="E440" s="0">
+        <x:v>739</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="441" spans="1:5">
+      <x:c r="A441" s="1">
+        <x:v>45335.9339814815</x:v>
+      </x:c>
+      <x:c r="B441" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C441" s="0">
+        <x:v>15.62</x:v>
+      </x:c>
+      <x:c r="D441" s="0">
+        <x:v>613.088</x:v>
+      </x:c>
+      <x:c r="E441" s="0">
+        <x:v>721.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="442" spans="1:5">
+      <x:c r="A442" s="1">
+        <x:v>45334.9284375</x:v>
+      </x:c>
+      <x:c r="B442" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C442" s="0">
+        <x:v>15.8</x:v>
+      </x:c>
+      <x:c r="D442" s="0">
+        <x:v>614.108</x:v>
+      </x:c>
+      <x:c r="E442" s="0">
+        <x:v>722.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="443" spans="1:5">
+      <x:c r="A443" s="1">
+        <x:v>45331.9229976852</x:v>
+      </x:c>
+      <x:c r="B443" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C443" s="0">
+        <x:v>15.71</x:v>
+      </x:c>
+      <x:c r="D443" s="0">
+        <x:v>613.13</x:v>
+      </x:c>
+      <x:c r="E443" s="0">
+        <x:v>721.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="444" spans="1:5">
+      <x:c r="A444" s="1">
+        <x:v>45330.9228356481</x:v>
+      </x:c>
+      <x:c r="B444" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C444" s="0">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D444" s="0">
+        <x:v>591.948</x:v>
+      </x:c>
+      <x:c r="E444" s="0">
+        <x:v>696.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="445" spans="1:5">
+      <x:c r="A445" s="1">
+        <x:v>45329.9233912037</x:v>
+      </x:c>
+      <x:c r="B445" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C445" s="0">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D445" s="0">
+        <x:v>595.842</x:v>
+      </x:c>
+      <x:c r="E445" s="0">
+        <x:v>700.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="446" spans="1:5">
+      <x:c r="A446" s="1">
+        <x:v>45328.9222800926</x:v>
+      </x:c>
+      <x:c r="B446" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C446" s="0">
+        <x:v>11.59</x:v>
+      </x:c>
+      <x:c r="D446" s="0">
+        <x:v>579.896</x:v>
+      </x:c>
+      <x:c r="E446" s="0">
+        <x:v>682.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="447" spans="1:5">
+      <x:c r="A447" s="1">
+        <x:v>45327.9236689815</x:v>
+      </x:c>
+      <x:c r="B447" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C447" s="0">
+        <x:v>12.84</x:v>
+      </x:c>
+      <x:c r="D447" s="0">
+        <x:v>589.322</x:v>
+      </x:c>
+      <x:c r="E447" s="0">
+        <x:v>693.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="448" spans="1:5">
+      <x:c r="A448" s="1">
         <x:v>45324.9259837963</x:v>
       </x:c>
-      <x:c r="B414" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C414" s="0">
+      <x:c r="B448" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C448" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D414" s="0">
+      <x:c r="D448" s="0">
         <x:v>562.36</x:v>
       </x:c>
-      <x:c r="E414" s="0">
+      <x:c r="E448" s="0">
         <x:v>661.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>