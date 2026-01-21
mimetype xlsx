--- v1 (2025-12-20)
+++ v2 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23811dde272e4bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08ac232694c848efaa74552df5b59f6d.psmdcp" Id="R8ead94edcb7a4136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30a556386151470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13879f9623614680951b7feec3ecbe81.psmdcp" Id="Rae587ef067924e5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992705</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,7662 +393,7917 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E448"/>
+  <x:dimension ref="A1:E463"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>153.842</x:v>
+        <x:v>151.36</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>180.99</x:v>
+        <x:v>178.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>148.019</x:v>
+        <x:v>158.296</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>174.14</x:v>
+        <x:v>186.23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>145.299</x:v>
+        <x:v>158.992</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>170.94</x:v>
+        <x:v>187.05</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>151.062</x:v>
+        <x:v>155.669</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>177.72</x:v>
+        <x:v>183.14</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>149.846</x:v>
+        <x:v>157.938</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>176.29</x:v>
+        <x:v>185.81</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>148.767</x:v>
+        <x:v>157.199</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>175.02</x:v>
+        <x:v>184.94</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>153.79</x:v>
+        <x:v>157.131</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>180.93</x:v>
+        <x:v>184.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>156.213</x:v>
+        <x:v>157.284</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>183.78</x:v>
+        <x:v>185.04</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>157.224</x:v>
+        <x:v>160.744</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>184.97</x:v>
+        <x:v>189.11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>155.048</x:v>
+        <x:v>159.154</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>182.41</x:v>
+        <x:v>187.24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>155.866</x:v>
+        <x:v>159.902</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>183.38</x:v>
+        <x:v>188.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45995.3278703704</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>152.644</x:v>
+        <x:v>159.409</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>179.59</x:v>
+        <x:v>187.54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>152.652</x:v>
+        <x:v>159.987</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>179.59</x:v>
+        <x:v>188.22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>154.241</x:v>
+        <x:v>160.828</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>181.46</x:v>
+        <x:v>189.21</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>152.932</x:v>
+        <x:v>156.136</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>179.92</x:v>
+        <x:v>183.69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>150.45</x:v>
+        <x:v>153.842</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>177</x:v>
+        <x:v>180.99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>153.221</x:v>
+        <x:v>148.019</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>180.26</x:v>
+        <x:v>174.14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>151.147</x:v>
+        <x:v>145.299</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>177.82</x:v>
+        <x:v>170.94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>152.048</x:v>
+        <x:v>151.062</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>178.88</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>153.544</x:v>
+        <x:v>149.846</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>180.64</x:v>
+        <x:v>176.29</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>158.542</x:v>
+        <x:v>148.767</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>186.52</x:v>
+        <x:v>175.02</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>154.156</x:v>
+        <x:v>153.79</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>181.36</x:v>
+        <x:v>180.93</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>158.61</x:v>
+        <x:v>156.213</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>186.6</x:v>
+        <x:v>183.78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>161.644</x:v>
+        <x:v>157.224</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>190.17</x:v>
+        <x:v>184.97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>158.831</x:v>
+        <x:v>155.048</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>186.86</x:v>
+        <x:v>182.41</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>164.73</x:v>
+        <x:v>155.866</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>193.8</x:v>
+        <x:v>183.38</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45995.3278703704</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>164.186</x:v>
+        <x:v>152.644</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>193.16</x:v>
+        <x:v>179.59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>169.192</x:v>
+        <x:v>152.652</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>199.05</x:v>
+        <x:v>179.59</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>159.928</x:v>
+        <x:v>154.241</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>188.15</x:v>
+        <x:v>181.46</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>159.868</x:v>
+        <x:v>152.932</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>188.08</x:v>
+        <x:v>179.92</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>165.928</x:v>
+        <x:v>150.45</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>195.21</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>168.886</x:v>
+        <x:v>153.221</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>198.69</x:v>
+        <x:v>180.26</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>175.848</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>206.88</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>172.116</x:v>
+        <x:v>152.048</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>202.49</x:v>
+        <x:v>178.88</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>172.456</x:v>
+        <x:v>153.544</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>202.89</x:v>
+        <x:v>180.64</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>175.984</x:v>
+        <x:v>158.542</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>207.04</x:v>
+        <x:v>186.52</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>170.876</x:v>
+        <x:v>154.156</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>201.03</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>162.766</x:v>
+        <x:v>158.61</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>191.49</x:v>
+        <x:v>186.6</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>158.321</x:v>
+        <x:v>161.644</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>186.26</x:v>
+        <x:v>190.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>154.836</x:v>
+        <x:v>158.831</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>182.16</x:v>
+        <x:v>186.86</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>153.238</x:v>
+        <x:v>164.73</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>180.28</x:v>
+        <x:v>193.8</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>153.986</x:v>
+        <x:v>164.186</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>181.16</x:v>
+        <x:v>193.16</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>155.244</x:v>
+        <x:v>169.192</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>182.64</x:v>
+        <x:v>199.05</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>155.737</x:v>
+        <x:v>159.928</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>183.22</x:v>
+        <x:v>188.15</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>154.538</x:v>
+        <x:v>159.868</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>181.81</x:v>
+        <x:v>188.08</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>152.856</x:v>
+        <x:v>165.928</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>179.83</x:v>
+        <x:v>195.21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>153.026</x:v>
+        <x:v>168.886</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>180.03</x:v>
+        <x:v>198.69</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>160.072</x:v>
+        <x:v>175.848</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>188.32</x:v>
+        <x:v>206.88</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>155.686</x:v>
+        <x:v>172.116</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>183.16</x:v>
+        <x:v>202.49</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>160.744</x:v>
+        <x:v>172.456</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>189.11</x:v>
+        <x:v>202.89</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>157.284</x:v>
+        <x:v>175.984</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>185.04</x:v>
+        <x:v>207.04</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>157.709</x:v>
+        <x:v>170.876</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>185.54</x:v>
+        <x:v>201.03</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>159.477</x:v>
+        <x:v>162.766</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>187.62</x:v>
+        <x:v>191.49</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>160.556</x:v>
+        <x:v>158.321</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>188.89</x:v>
+        <x:v>186.26</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>159.154</x:v>
+        <x:v>154.836</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>187.24</x:v>
+        <x:v>182.16</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>158.593</x:v>
+        <x:v>153.238</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>186.58</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>154.572</x:v>
+        <x:v>153.986</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>181.85</x:v>
+        <x:v>181.16</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>151.462</x:v>
+        <x:v>155.244</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>178.19</x:v>
+        <x:v>182.64</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>151.036</x:v>
+        <x:v>155.737</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>177.69</x:v>
+        <x:v>183.22</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>150.424</x:v>
+        <x:v>154.538</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>176.97</x:v>
+        <x:v>181.81</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>151.666</x:v>
+        <x:v>152.856</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>178.43</x:v>
+        <x:v>179.83</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>156.068</x:v>
+        <x:v>153.026</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>183.61</x:v>
+        <x:v>180.03</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>150.17</x:v>
+        <x:v>160.072</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>176.67</x:v>
+        <x:v>188.32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>149.804</x:v>
+        <x:v>155.686</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>176.24</x:v>
+        <x:v>183.16</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>144.746</x:v>
+        <x:v>160.744</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>170.29</x:v>
+        <x:v>189.11</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>148.648</x:v>
+        <x:v>157.284</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>174.88</x:v>
+        <x:v>185.04</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>151.088</x:v>
+        <x:v>157.709</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>177.75</x:v>
+        <x:v>185.54</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>151.147</x:v>
+        <x:v>159.477</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>177.82</x:v>
+        <x:v>187.62</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>150.588</x:v>
+        <x:v>160.556</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>177.17</x:v>
+        <x:v>188.89</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>150.724</x:v>
+        <x:v>159.154</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>177.33</x:v>
+        <x:v>187.24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>150.73</x:v>
+        <x:v>158.593</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>177.33</x:v>
+        <x:v>186.58</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>145.146</x:v>
+        <x:v>154.572</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>170.76</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>143.064</x:v>
+        <x:v>151.462</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>168.31</x:v>
+        <x:v>178.19</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>141.967</x:v>
+        <x:v>151.036</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>167.02</x:v>
+        <x:v>177.69</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>145.911</x:v>
+        <x:v>150.424</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>171.66</x:v>
+        <x:v>176.97</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>145.027</x:v>
+        <x:v>151.666</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>170.62</x:v>
+        <x:v>178.43</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>145.163</x:v>
+        <x:v>156.068</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>170.78</x:v>
+        <x:v>183.61</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>148.053</x:v>
+        <x:v>150.17</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>174.18</x:v>
+        <x:v>176.67</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>153.144</x:v>
+        <x:v>149.804</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>180.17</x:v>
+        <x:v>176.24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>154.36</x:v>
+        <x:v>144.746</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>181.6</x:v>
+        <x:v>170.29</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>154.504</x:v>
+        <x:v>148.648</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>181.77</x:v>
+        <x:v>174.88</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>152.838</x:v>
+        <x:v>151.088</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>179.81</x:v>
+        <x:v>177.75</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>151.292</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>177.99</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>148.733</x:v>
+        <x:v>150.588</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>174.98</x:v>
+        <x:v>177.17</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>149.09</x:v>
+        <x:v>150.724</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>175.4</x:v>
+        <x:v>177.33</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>149.294</x:v>
+        <x:v>150.73</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>175.64</x:v>
+        <x:v>177.33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>154.708</x:v>
+        <x:v>145.146</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>182.01</x:v>
+        <x:v>170.76</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>153.382</x:v>
+        <x:v>143.064</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>180.45</x:v>
+        <x:v>168.31</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>154.717</x:v>
+        <x:v>141.967</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>182.02</x:v>
+        <x:v>167.02</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>154.352</x:v>
+        <x:v>145.911</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>181.59</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>155.686</x:v>
+        <x:v>145.027</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>183.16</x:v>
+        <x:v>170.62</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>154.751</x:v>
+        <x:v>145.163</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>182.06</x:v>
+        <x:v>170.78</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>155.295</x:v>
+        <x:v>148.053</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>182.7</x:v>
+        <x:v>174.18</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>153.654</x:v>
+        <x:v>153.144</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>180.77</x:v>
+        <x:v>180.17</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>152.507</x:v>
+        <x:v>154.36</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>179.42</x:v>
+        <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>151.521</x:v>
+        <x:v>154.504</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>178.26</x:v>
+        <x:v>181.77</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>153</x:v>
+        <x:v>152.838</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>180</x:v>
+        <x:v>179.81</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>151.19</x:v>
+        <x:v>151.292</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>177.87</x:v>
+        <x:v>177.99</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>152.38</x:v>
+        <x:v>148.733</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>179.27</x:v>
+        <x:v>174.98</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>149.184</x:v>
+        <x:v>149.09</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>175.51</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>150.238</x:v>
+        <x:v>149.294</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>176.75</x:v>
+        <x:v>175.64</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>147.475</x:v>
+        <x:v>154.708</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>173.5</x:v>
+        <x:v>182.01</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>147.679</x:v>
+        <x:v>153.382</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>173.74</x:v>
+        <x:v>180.45</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>145.163</x:v>
+        <x:v>154.717</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>170.78</x:v>
+        <x:v>182.02</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>141.976</x:v>
+        <x:v>154.352</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>167.03</x:v>
+        <x:v>181.59</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>145.673</x:v>
+        <x:v>155.686</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>171.38</x:v>
+        <x:v>183.16</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>146.548</x:v>
+        <x:v>154.751</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>172.41</x:v>
+        <x:v>182.06</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>147.05</x:v>
+        <x:v>155.295</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>173</x:v>
+        <x:v>182.7</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>145.664</x:v>
+        <x:v>153.654</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>171.37</x:v>
+        <x:v>180.77</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>145.095</x:v>
+        <x:v>152.507</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>170.7</x:v>
+        <x:v>179.42</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>139.46</x:v>
+        <x:v>151.521</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>164.07</x:v>
+        <x:v>178.26</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>140.182</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>164.92</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>139.485</x:v>
+        <x:v>151.19</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>164.1</x:v>
+        <x:v>177.87</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>138.448</x:v>
+        <x:v>152.38</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>162.88</x:v>
+        <x:v>179.27</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>136</x:v>
+        <x:v>149.184</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>160</x:v>
+        <x:v>175.51</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>134.504</x:v>
+        <x:v>150.238</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>158.24</x:v>
+        <x:v>176.75</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>135.439</x:v>
+        <x:v>147.475</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>159.34</x:v>
+        <x:v>173.5</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>133.662</x:v>
+        <x:v>147.679</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>157.25</x:v>
+        <x:v>173.74</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>130.305</x:v>
+        <x:v>145.163</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>153.3</x:v>
+        <x:v>170.78</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>134.292</x:v>
+        <x:v>141.976</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>157.99</x:v>
+        <x:v>167.03</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>134.088</x:v>
+        <x:v>145.673</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>157.75</x:v>
+        <x:v>171.38</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>131.767</x:v>
+        <x:v>146.548</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>155.02</x:v>
+        <x:v>172.41</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>131.164</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>154.31</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>125.715</x:v>
+        <x:v>145.664</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>147.9</x:v>
+        <x:v>171.37</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>122.544</x:v>
+        <x:v>145.095</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>144.17</x:v>
+        <x:v>170.7</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>122.272</x:v>
+        <x:v>139.46</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>143.85</x:v>
+        <x:v>164.07</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>123.658</x:v>
+        <x:v>140.182</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>145.48</x:v>
+        <x:v>164.92</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>122.502</x:v>
+        <x:v>139.485</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>144.12</x:v>
+        <x:v>164.1</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>122.986</x:v>
+        <x:v>138.448</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>144.69</x:v>
+        <x:v>162.88</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>120.674</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>141.97</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>123.25</x:v>
+        <x:v>134.504</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>145</x:v>
+        <x:v>158.24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>121.398</x:v>
+        <x:v>135.439</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>142.83</x:v>
+        <x:v>159.34</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45819.3319907407</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>122.359</x:v>
+        <x:v>133.662</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>143.96</x:v>
+        <x:v>157.25</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>122.366</x:v>
+        <x:v>130.305</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>143.96</x:v>
+        <x:v>153.3</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>120.462</x:v>
+        <x:v>134.292</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>141.72</x:v>
+        <x:v>157.99</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>118.992</x:v>
+        <x:v>134.088</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>139.99</x:v>
+        <x:v>157.75</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>120.632</x:v>
+        <x:v>131.767</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>141.92</x:v>
+        <x:v>155.02</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>120.037</x:v>
+        <x:v>131.164</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>141.22</x:v>
+        <x:v>154.31</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>116.773</x:v>
+        <x:v>125.715</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>137.38</x:v>
+        <x:v>147.9</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>111.596</x:v>
+        <x:v>122.544</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>131.29</x:v>
+        <x:v>144.17</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>112.906</x:v>
+        <x:v>122.272</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>132.83</x:v>
+        <x:v>143.85</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>112.03</x:v>
+        <x:v>123.658</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>131.8</x:v>
+        <x:v>145.48</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>114.223</x:v>
+        <x:v>122.502</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>134.38</x:v>
+        <x:v>144.12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>115.234</x:v>
+        <x:v>122.986</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>135.57</x:v>
+        <x:v>144.69</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>115.09</x:v>
+        <x:v>120.674</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>135.4</x:v>
+        <x:v>141.97</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>114.606</x:v>
+        <x:v>123.25</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>134.83</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>115.039</x:v>
+        <x:v>121.398</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>135.34</x:v>
+        <x:v>142.83</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45819.3319907407</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>110.44</x:v>
+        <x:v>122.359</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>129.93</x:v>
+        <x:v>143.96</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>104.55</x:v>
+        <x:v>122.366</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>123</x:v>
+        <x:v>143.96</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>99.152</x:v>
+        <x:v>120.462</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>116.65</x:v>
+        <x:v>141.72</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>99.764</x:v>
+        <x:v>118.992</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>117.37</x:v>
+        <x:v>139.99</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>99.501</x:v>
+        <x:v>120.632</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>117.06</x:v>
+        <x:v>141.92</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>96.509</x:v>
+        <x:v>120.037</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>113.54</x:v>
+        <x:v>141.22</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>96.747</x:v>
+        <x:v>116.773</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>113.82</x:v>
+        <x:v>137.38</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>97.325</x:v>
+        <x:v>111.596</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>114.5</x:v>
+        <x:v>131.29</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>92.582</x:v>
+        <x:v>112.906</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>108.92</x:v>
+        <x:v>132.83</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>92.667</x:v>
+        <x:v>112.03</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>109.02</x:v>
+        <x:v>131.8</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>92.42</x:v>
+        <x:v>114.223</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>108.73</x:v>
+        <x:v>134.38</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>94.358</x:v>
+        <x:v>115.234</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>111.01</x:v>
+        <x:v>135.57</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>90.466</x:v>
+        <x:v>115.09</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>106.43</x:v>
+        <x:v>135.4</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>87.304</x:v>
+        <x:v>114.606</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>102.71</x:v>
+        <x:v>134.83</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>84.056</x:v>
+        <x:v>115.039</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>98.89</x:v>
+        <x:v>135.34</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>86.266</x:v>
+        <x:v>110.44</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>101.49</x:v>
+        <x:v>129.93</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>88.816</x:v>
+        <x:v>104.55</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>104.49</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>95.37</x:v>
+        <x:v>99.152</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>112.2</x:v>
+        <x:v>116.65</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>94.104</x:v>
+        <x:v>99.764</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>110.71</x:v>
+        <x:v>117.37</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>94.29</x:v>
+        <x:v>99.501</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>110.93</x:v>
+        <x:v>117.06</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>91.434</x:v>
+        <x:v>96.509</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>107.57</x:v>
+        <x:v>113.54</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>97.18</x:v>
+        <x:v>96.747</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>114.33</x:v>
+        <x:v>113.82</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>81.855</x:v>
+        <x:v>97.325</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>96.3</x:v>
+        <x:v>114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>82.994</x:v>
+        <x:v>92.582</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>97.64</x:v>
+        <x:v>108.92</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>80.164</x:v>
+        <x:v>92.667</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>94.31</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>86.53</x:v>
+        <x:v>92.42</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>101.8</x:v>
+        <x:v>108.73</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>93.628</x:v>
+        <x:v>94.358</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>110.15</x:v>
+        <x:v>111.01</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>92.123</x:v>
+        <x:v>90.466</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>108.38</x:v>
+        <x:v>106.43</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>93.22</x:v>
+        <x:v>87.304</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>109.67</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>94.716</x:v>
+        <x:v>84.056</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>111.43</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>96.696</x:v>
+        <x:v>86.266</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>113.76</x:v>
+        <x:v>101.49</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>102.586</x:v>
+        <x:v>88.816</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>120.69</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>103.198</x:v>
+        <x:v>95.37</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>121.41</x:v>
+        <x:v>112.2</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>100.045</x:v>
+        <x:v>94.104</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>117.7</x:v>
+        <x:v>110.71</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>100.75</x:v>
+        <x:v>94.29</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>118.53</x:v>
+        <x:v>110.93</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>99.892</x:v>
+        <x:v>91.434</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>117.52</x:v>
+        <x:v>107.57</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>98.116</x:v>
+        <x:v>97.18</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>115.43</x:v>
+        <x:v>114.33</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>101.6</x:v>
+        <x:v>81.855</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>119.53</x:v>
+        <x:v>96.3</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>98.243</x:v>
+        <x:v>82.994</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>121.67</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>98.243</x:v>
+        <x:v>80.164</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>0</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>98.379</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>0</x:v>
+        <x:v>101.8</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>92.446</x:v>
+        <x:v>93.628</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>0</x:v>
+        <x:v>110.15</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>92.446</x:v>
+        <x:v>92.123</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>108.76</x:v>
+        <x:v>108.38</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>92.446</x:v>
+        <x:v>93.22</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>108.76</x:v>
+        <x:v>109.67</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>95.786</x:v>
+        <x:v>94.716</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>112.69</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>93.984</x:v>
+        <x:v>96.696</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>110.57</x:v>
+        <x:v>113.76</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>99.705</x:v>
+        <x:v>102.586</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>117.3</x:v>
+        <x:v>120.69</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>98.592</x:v>
+        <x:v>103.198</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>115.99</x:v>
+        <x:v>121.41</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>96.951</x:v>
+        <x:v>100.045</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>114.06</x:v>
+        <x:v>117.7</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>106.182</x:v>
+        <x:v>100.75</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>124.92</x:v>
+        <x:v>118.53</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>102.128</x:v>
+        <x:v>99.892</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>120.15</x:v>
+        <x:v>117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>111.588</x:v>
+        <x:v>98.116</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>131.28</x:v>
+        <x:v>115.43</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>107.636</x:v>
+        <x:v>101.6</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>126.63</x:v>
+        <x:v>119.53</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>110.738</x:v>
+        <x:v>98.243</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>130.28</x:v>
+        <x:v>121.67</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>114.266</x:v>
+        <x:v>98.243</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>134.43</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>119.094</x:v>
+        <x:v>98.379</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>140.11</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>118.346</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>139.23</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>118.49</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>139.4</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>118.022</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>138.85</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>114.996</x:v>
+        <x:v>95.786</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>135.29</x:v>
+        <x:v>112.69</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>112.88</x:v>
+        <x:v>93.984</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>132.8</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>113.534</x:v>
+        <x:v>99.705</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>133.57</x:v>
+        <x:v>117.3</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>113.534</x:v>
+        <x:v>98.592</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>133.57</x:v>
+        <x:v>115.99</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>109.378</x:v>
+        <x:v>96.951</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>128.68</x:v>
+        <x:v>114.06</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>106.106</x:v>
+        <x:v>106.182</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>124.83</x:v>
+        <x:v>124.92</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>106.106</x:v>
+        <x:v>102.128</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>124.83</x:v>
+        <x:v>120.15</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>100.852</x:v>
+        <x:v>111.588</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>118.65</x:v>
+        <x:v>131.28</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>99.161</x:v>
+        <x:v>107.636</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>116.66</x:v>
+        <x:v>126.63</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>102.06</x:v>
+        <x:v>110.738</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>120.07</x:v>
+        <x:v>130.28</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>105.952</x:v>
+        <x:v>114.266</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>124.65</x:v>
+        <x:v>134.43</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>105.145</x:v>
+        <x:v>119.094</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>123.7</x:v>
+        <x:v>140.11</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>109.642</x:v>
+        <x:v>118.346</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>128.99</x:v>
+        <x:v>139.23</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45684.7140277778</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>103.043</x:v>
+        <x:v>118.49</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>121.227</x:v>
+        <x:v>139.4</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>121.227</x:v>
+        <x:v>118.022</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>142.62</x:v>
+        <x:v>138.85</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>2.16</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>125.01</x:v>
+        <x:v>114.996</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>147.07</x:v>
+        <x:v>135.29</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>119.706</x:v>
+        <x:v>112.88</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>140.83</x:v>
+        <x:v>132.8</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>117.054</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>137.71</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D227" s="0">
         <x:v>113.534</x:v>
       </x:c>
       <x:c r="E227" s="0">
         <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>115.804</x:v>
+        <x:v>109.378</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>136.24</x:v>
+        <x:v>128.68</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>111.996</x:v>
+        <x:v>106.106</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>131.76</x:v>
+        <x:v>124.83</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>113.246</x:v>
+        <x:v>106.106</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>133.23</x:v>
+        <x:v>124.83</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>115.524</x:v>
+        <x:v>100.852</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>135.91</x:v>
+        <x:v>118.65</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>119.094</x:v>
+        <x:v>99.161</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>140.11</x:v>
+        <x:v>116.66</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>119.119</x:v>
+        <x:v>102.06</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>140.14</x:v>
+        <x:v>120.07</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>2.88</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>127.016</x:v>
+        <x:v>105.952</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>149.43</x:v>
+        <x:v>124.65</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>122.8</x:v>
+        <x:v>105.145</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>144.47</x:v>
+        <x:v>123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>1.84</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>116.866</x:v>
+        <x:v>109.642</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>137.49</x:v>
+        <x:v>128.99</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45684.7140277778</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>116.458</x:v>
+        <x:v>103.043</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>137.01</x:v>
+        <x:v>121.227</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>118.72</x:v>
+        <x:v>121.227</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>139.67</x:v>
+        <x:v>142.62</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>1.68</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>114.495</x:v>
+        <x:v>125.01</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>134.7</x:v>
+        <x:v>147.07</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>114.495</x:v>
+        <x:v>119.706</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>134.7</x:v>
+        <x:v>140.83</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>111.078</x:v>
+        <x:v>117.054</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>130.68</x:v>
+        <x:v>137.71</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>109.574</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>128.91</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>110.832</x:v>
+        <x:v>115.804</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>130.39</x:v>
+        <x:v>136.24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>1.53</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>112.2</x:v>
+        <x:v>111.996</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>132</x:v>
+        <x:v>131.76</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>114.112</x:v>
+        <x:v>113.246</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>134.25</x:v>
+        <x:v>133.23</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>116.739</x:v>
+        <x:v>115.524</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>137.34</x:v>
+        <x:v>135.91</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>118.414</x:v>
+        <x:v>119.094</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>139.31</x:v>
+        <x:v>140.11</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>114.81</x:v>
+        <x:v>119.119</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>135.07</x:v>
+        <x:v>140.14</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>2.17</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>117.988</x:v>
+        <x:v>127.016</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>138.81</x:v>
+        <x:v>149.43</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>121.074</x:v>
+        <x:v>122.8</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>142.44</x:v>
+        <x:v>144.47</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>2.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>123.301</x:v>
+        <x:v>116.866</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>145.06</x:v>
+        <x:v>137.49</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45631.3355671296</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>123.369</x:v>
+        <x:v>116.458</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>145.14</x:v>
+        <x:v>137.01</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>123.369</x:v>
+        <x:v>118.72</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>145.14</x:v>
+        <x:v>139.67</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>117.512</x:v>
+        <x:v>114.495</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>138.25</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>117.512</x:v>
+        <x:v>114.495</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>138.25</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>115.039</x:v>
+        <x:v>111.078</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>135.34</x:v>
+        <x:v>130.68</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>116.382</x:v>
+        <x:v>109.574</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>136.92</x:v>
+        <x:v>128.91</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>115.617</x:v>
+        <x:v>110.832</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>136.02</x:v>
+        <x:v>130.39</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>2.73</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>120.658</x:v>
+        <x:v>112.2</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>141.95</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>3.39</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>124.67</x:v>
+        <x:v>114.112</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>146.67</x:v>
+        <x:v>134.25</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>124.006</x:v>
+        <x:v>116.739</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>145.89</x:v>
+        <x:v>137.34</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>3.45</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>124.958</x:v>
+        <x:v>118.414</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>147.01</x:v>
+        <x:v>139.31</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>2.67</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>119.128</x:v>
+        <x:v>114.81</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>140.15</x:v>
+        <x:v>135.07</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>120.683</x:v>
+        <x:v>117.988</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>141.98</x:v>
+        <x:v>138.81</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>124.746</x:v>
+        <x:v>121.074</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>146.76</x:v>
+        <x:v>142.44</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>3.55</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>124.33</x:v>
+        <x:v>123.301</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>146.27</x:v>
+        <x:v>145.06</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45631.3355671296</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>3.87</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>126.046</x:v>
+        <x:v>123.369</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>148.29</x:v>
+        <x:v>145.14</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>3.44</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>123.471</x:v>
+        <x:v>123.369</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>145.26</x:v>
+        <x:v>145.14</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>3.83</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>125.486</x:v>
+        <x:v>117.512</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>147.63</x:v>
+        <x:v>138.25</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>126.548</x:v>
+        <x:v>117.512</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>148.88</x:v>
+        <x:v>138.25</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>3.56</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>123.768</x:v>
+        <x:v>115.039</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>145.61</x:v>
+        <x:v>135.34</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>118.924</x:v>
+        <x:v>116.382</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>139.91</x:v>
+        <x:v>136.92</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>115.642</x:v>
+        <x:v>115.617</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>136.05</x:v>
+        <x:v>136.02</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>115.09</x:v>
+        <x:v>120.658</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>135.4</x:v>
+        <x:v>141.95</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>2.14</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>112.846</x:v>
+        <x:v>124.67</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>132.76</x:v>
+        <x:v>146.67</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>2.98</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>118.435</x:v>
+        <x:v>124.006</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>139.335</x:v>
+        <x:v>145.89</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>3.25</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>120.062</x:v>
+        <x:v>124.958</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>141.25</x:v>
+        <x:v>147.01</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>119.442</x:v>
+        <x:v>119.128</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>140.52</x:v>
+        <x:v>140.15</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>3.31</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>120.309</x:v>
+        <x:v>120.683</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>141.54</x:v>
+        <x:v>141.98</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>3.16</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>119.348</x:v>
+        <x:v>124.746</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>140.41</x:v>
+        <x:v>146.76</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>3.06</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>118.626</x:v>
+        <x:v>124.33</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>139.56</x:v>
+        <x:v>146.27</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>122.052</x:v>
+        <x:v>126.046</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>143.59</x:v>
+        <x:v>148.29</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>3.7</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>122.154</x:v>
+        <x:v>123.471</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>143.71</x:v>
+        <x:v>145.26</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>2.28</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>111.86</x:v>
+        <x:v>125.486</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>131.6</x:v>
+        <x:v>147.63</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>3.17</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>117.36</x:v>
+        <x:v>126.548</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>138.07</x:v>
+        <x:v>148.88</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>2.78</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>114.58</x:v>
+        <x:v>123.768</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>134.8</x:v>
+        <x:v>145.61</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>114.588</x:v>
+        <x:v>118.924</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>134.81</x:v>
+        <x:v>139.91</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>112.752</x:v>
+        <x:v>115.642</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>132.65</x:v>
+        <x:v>136.05</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>112.956</x:v>
+        <x:v>115.09</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>132.89</x:v>
+        <x:v>135.4</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>108.562</x:v>
+        <x:v>112.846</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>127.72</x:v>
+        <x:v>132.76</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>1.83</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>106.182</x:v>
+        <x:v>118.435</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>124.92</x:v>
+        <x:v>139.335</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>1.66</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>104.422</x:v>
+        <x:v>120.062</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>122.85</x:v>
+        <x:v>141.25</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>1.39</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>101.022</x:v>
+        <x:v>119.442</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>118.85</x:v>
+        <x:v>140.52</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>1.27</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>99.45</x:v>
+        <x:v>120.309</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>117</x:v>
+        <x:v>141.54</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>1.62</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>103.224</x:v>
+        <x:v>119.348</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>121.44</x:v>
+        <x:v>140.41</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>1.63</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>103.19</x:v>
+        <x:v>118.626</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>121.4</x:v>
+        <x:v>139.56</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>1.87</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>105.434</x:v>
+        <x:v>122.052</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>124.04</x:v>
+        <x:v>143.59</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>1.82</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>104.984</x:v>
+        <x:v>122.154</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>123.51</x:v>
+        <x:v>143.71</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>1.61</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>102.74</x:v>
+        <x:v>111.86</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>120.87</x:v>
+        <x:v>131.6</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>1.3</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>98.821</x:v>
+        <x:v>117.36</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>116.26</x:v>
+        <x:v>138.07</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>1.29</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>98.6</x:v>
+        <x:v>114.58</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>116</x:v>
+        <x:v>134.8</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>1.43</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>100.19</x:v>
+        <x:v>114.588</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>117.87</x:v>
+        <x:v>134.81</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>1.16</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>96.364</x:v>
+        <x:v>112.752</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>113.37</x:v>
+        <x:v>132.65</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>1.31</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>98.252</x:v>
+        <x:v>112.956</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>115.59</x:v>
+        <x:v>132.89</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>1.4</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>99.263</x:v>
+        <x:v>108.562</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>116.78</x:v>
+        <x:v>127.72</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>101.235</x:v>
+        <x:v>106.182</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>119.1</x:v>
+        <x:v>124.92</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>101.269</x:v>
+        <x:v>104.422</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>119.14</x:v>
+        <x:v>122.85</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45547.3251273148</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>99.374</x:v>
+        <x:v>101.022</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>116.91</x:v>
+        <x:v>118.85</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>99.374</x:v>
+        <x:v>99.45</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>116.91</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>91.885</x:v>
+        <x:v>103.224</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>108.1</x:v>
+        <x:v>121.44</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>90.5</x:v>
+        <x:v>103.19</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>106.47</x:v>
+        <x:v>121.4</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>0.73</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>87.406</x:v>
+        <x:v>105.434</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>102.83</x:v>
+        <x:v>124.04</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>91.128</x:v>
+        <x:v>104.984</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>107.21</x:v>
+        <x:v>123.51</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>90.278</x:v>
+        <x:v>102.74</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>106.21</x:v>
+        <x:v>120.87</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>101.464</x:v>
+        <x:v>98.821</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>119.37</x:v>
+        <x:v>116.26</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>99.952</x:v>
+        <x:v>98.6</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>117.59</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>3.59</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>106.768</x:v>
+        <x:v>100.19</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>125.61</x:v>
+        <x:v>117.87</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>4.11</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>109.055</x:v>
+        <x:v>96.364</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>128.3</x:v>
+        <x:v>113.37</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>3.78</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>107.491</x:v>
+        <x:v>98.252</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>126.46</x:v>
+        <x:v>115.59</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>4.39</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>109.964</x:v>
+        <x:v>99.263</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>129.37</x:v>
+        <x:v>116.78</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>3.45</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>105.179</x:v>
+        <x:v>101.235</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>123.74</x:v>
+        <x:v>119.1</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>109.225</x:v>
+        <x:v>101.269</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>128.5</x:v>
+        <x:v>119.14</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45547.3251273148</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>4.21</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>108.162</x:v>
+        <x:v>99.374</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>127.25</x:v>
+        <x:v>116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>4.82</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>110.5</x:v>
+        <x:v>99.374</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>130</x:v>
+        <x:v>116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>3.84</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>105.893</x:v>
+        <x:v>91.885</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>124.58</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>3.54</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>104.431</x:v>
+        <x:v>90.5</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>122.86</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>2.85</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>100.368</x:v>
+        <x:v>87.406</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>118.08</x:v>
+        <x:v>102.83</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>98.719</x:v>
+        <x:v>91.128</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>116.14</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>92.667</x:v>
+        <x:v>90.278</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>109.02</x:v>
+        <x:v>106.21</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>1.5</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>89.038</x:v>
+        <x:v>101.464</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>104.75</x:v>
+        <x:v>119.37</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>1.53</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>89.224</x:v>
+        <x:v>99.952</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>104.97</x:v>
+        <x:v>117.59</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>1.12</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>84.074</x:v>
+        <x:v>106.768</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>98.91</x:v>
+        <x:v>125.61</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>0.98</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>88.612</x:v>
+        <x:v>109.055</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>104.25</x:v>
+        <x:v>128.3</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>1.32</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>85.382</x:v>
+        <x:v>107.491</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>100.45</x:v>
+        <x:v>126.46</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45509.6467013889</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>0.8</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>77.095</x:v>
+        <x:v>109.964</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>90.7</x:v>
+        <x:v>129.37</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>11.29</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>91.18</x:v>
+        <x:v>105.179</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>107.27</x:v>
+        <x:v>123.74</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>22.69</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>99.467</x:v>
+        <x:v>109.225</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>117.02</x:v>
+        <x:v>128.5</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>12.84</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>88.17</x:v>
+        <x:v>108.162</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>103.73</x:v>
+        <x:v>127.25</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>22.28</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>94.852</x:v>
+        <x:v>110.5</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>111.59</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>24.27</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>96.101</x:v>
+        <x:v>105.893</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>113.06</x:v>
+        <x:v>124.58</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>23.32</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>95.438</x:v>
+        <x:v>104.431</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>112.28</x:v>
+        <x:v>122.86</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>26.05</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>97.112</x:v>
+        <x:v>100.368</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>114.25</x:v>
+        <x:v>118.08</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>44.11</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>104.202</x:v>
+        <x:v>98.719</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>122.59</x:v>
+        <x:v>116.14</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>46.31</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>105.009</x:v>
+        <x:v>92.667</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>123.54</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>36.13</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>100.24</x:v>
+        <x:v>89.038</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>117.93</x:v>
+        <x:v>104.75</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>42.9</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>102.926</x:v>
+        <x:v>89.224</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>121.09</x:v>
+        <x:v>104.97</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>37.1</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>100.292</x:v>
+        <x:v>84.074</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>117.99</x:v>
+        <x:v>98.91</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>61.69</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>107.406</x:v>
+        <x:v>88.612</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>126.36</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>68.43</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>109.174</x:v>
+        <x:v>85.382</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>128.44</x:v>
+        <x:v>100.45</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45509.6467013889</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>71.34</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>109.854</x:v>
+        <x:v>77.095</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>129.24</x:v>
+        <x:v>90.7</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>65.73</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>108.29</x:v>
+        <x:v>91.18</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>127.4</x:v>
+        <x:v>107.27</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>98.87</x:v>
+        <x:v>22.69</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>114.674</x:v>
+        <x:v>99.467</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>134.91</x:v>
+        <x:v>117.02</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>85.24</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>111.673</x:v>
+        <x:v>88.17</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>131.38</x:v>
+        <x:v>103.73</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>74.27</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>108.97</x:v>
+        <x:v>94.852</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>128.2</x:v>
+        <x:v>111.59</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>66.96</x:v>
+        <x:v>24.27</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>106.956</x:v>
+        <x:v>96.101</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>125.83</x:v>
+        <x:v>113.06</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>75.84</x:v>
+        <x:v>23.32</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>109.038</x:v>
+        <x:v>95.438</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>128.28</x:v>
+        <x:v>112.28</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>59.57</x:v>
+        <x:v>26.05</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>104.27</x:v>
+        <x:v>97.112</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>122.67</x:v>
+        <x:v>114.25</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>64.74</x:v>
+        <x:v>44.11</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>105.655</x:v>
+        <x:v>104.202</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>124.3</x:v>
+        <x:v>122.59</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>62.66</x:v>
+        <x:v>46.31</x:v>
       </x:c>
       <x:c r="D359" s="0">
         <x:v>105.009</x:v>
       </x:c>
       <x:c r="E359" s="0">
         <x:v>123.54</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>64.14</x:v>
+        <x:v>36.13</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>105.392</x:v>
+        <x:v>100.24</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>123.99</x:v>
+        <x:v>117.93</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>72.52</x:v>
+        <x:v>42.9</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>107.44</x:v>
+        <x:v>102.926</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>126.4</x:v>
+        <x:v>121.09</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>71.56</x:v>
+        <x:v>37.1</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>107.176</x:v>
+        <x:v>100.292</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>126.09</x:v>
+        <x:v>117.99</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>50.96</x:v>
+        <x:v>61.69</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>100.394</x:v>
+        <x:v>107.406</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>118.11</x:v>
+        <x:v>126.36</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>85.61</x:v>
+        <x:v>68.43</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>107.584</x:v>
+        <x:v>109.174</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>126.57</x:v>
+        <x:v>128.44</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>106.27</x:v>
+        <x:v>71.34</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>111.163</x:v>
+        <x:v>109.854</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>130.78</x:v>
+        <x:v>129.24</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>135.36</x:v>
+        <x:v>65.73</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>115.243</x:v>
+        <x:v>108.29</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>135.58</x:v>
+        <x:v>127.4</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>111.92</x:v>
+        <x:v>98.87</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>111.333</x:v>
+        <x:v>114.674</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>130.98</x:v>
+        <x:v>134.91</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>117.15</x:v>
+        <x:v>85.24</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>112.098</x:v>
+        <x:v>111.673</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>131.88</x:v>
+        <x:v>131.38</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>106.13</x:v>
+        <x:v>74.27</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>110.168</x:v>
+        <x:v>108.97</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>129.61</x:v>
+        <x:v>128.2</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>87.7</x:v>
+        <x:v>66.96</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>106.42</x:v>
+        <x:v>106.956</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>125.2</x:v>
+        <x:v>125.83</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>72.38</x:v>
+        <x:v>75.84</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>102.774</x:v>
+        <x:v>109.038</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>120.91</x:v>
+        <x:v>128.28</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>75.73</x:v>
+        <x:v>59.57</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>103.522</x:v>
+        <x:v>104.27</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>121.79</x:v>
+        <x:v>122.67</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>72.75</x:v>
+        <x:v>64.74</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>1027.548</x:v>
+        <x:v>105.655</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>1208.88</x:v>
+        <x:v>124.3</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>73.24</x:v>
+        <x:v>62.66</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>1028.483</x:v>
+        <x:v>105.009</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>1209.98</x:v>
+        <x:v>123.54</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>78.91</x:v>
+        <x:v>64.14</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>1040.74</x:v>
+        <x:v>105.392</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>1224.4</x:v>
+        <x:v>123.99</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>60.32</x:v>
+        <x:v>72.52</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>989.714</x:v>
+        <x:v>107.44</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>1164.37</x:v>
+        <x:v>126.4</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>56.18</x:v>
+        <x:v>71.56</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>977.5</x:v>
+        <x:v>107.176</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>1150</x:v>
+        <x:v>126.09</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>43.55</x:v>
+        <x:v>50.96</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>931.88</x:v>
+        <x:v>100.394</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>1096.33</x:v>
+        <x:v>118.11</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>45.76</x:v>
+        <x:v>85.61</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>939.25</x:v>
+        <x:v>107.584</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>1105</x:v>
+        <x:v>126.57</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>59.22</x:v>
+        <x:v>106.27</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>976.012</x:v>
+        <x:v>111.163</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>1148.25</x:v>
+        <x:v>130.78</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>56.54</x:v>
+        <x:v>135.36</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>968.158</x:v>
+        <x:v>115.243</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>1139.01</x:v>
+        <x:v>135.58</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>39.99</x:v>
+        <x:v>111.92</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>904.986</x:v>
+        <x:v>111.333</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>1064.69</x:v>
+        <x:v>130.98</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>34.68</x:v>
+        <x:v>117.15</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>882.292</x:v>
+        <x:v>112.098</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>1037.99</x:v>
+        <x:v>131.88</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>22.26</x:v>
+        <x:v>106.13</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>807.075</x:v>
+        <x:v>110.168</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>949.5</x:v>
+        <x:v>129.61</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>22.92</x:v>
+        <x:v>87.7</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>810.781</x:v>
+        <x:v>106.42</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>953.86</x:v>
+        <x:v>125.2</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>19.36</x:v>
+        <x:v>72.38</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>786.072</x:v>
+        <x:v>102.774</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>924.79</x:v>
+        <x:v>120.91</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>22.02</x:v>
+        <x:v>75.73</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>802.052</x:v>
+        <x:v>103.522</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>943.59</x:v>
+        <x:v>121.79</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>22.43</x:v>
+        <x:v>72.75</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>804.355</x:v>
+        <x:v>1027.548</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>946.3</x:v>
+        <x:v>1208.88</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>18.48</x:v>
+        <x:v>73.24</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>776.526</x:v>
+        <x:v>1028.483</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>913.56</x:v>
+        <x:v>1209.98</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>17.4</x:v>
+        <x:v>78.91</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>768.392</x:v>
+        <x:v>1040.74</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>903.99</x:v>
+        <x:v>1224.4</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>16.87</x:v>
+        <x:v>60.32</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>763.963</x:v>
+        <x:v>989.714</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>898.78</x:v>
+        <x:v>1164.37</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>17.54</x:v>
+        <x:v>56.18</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>768.502</x:v>
+        <x:v>977.5</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>904.12</x:v>
+        <x:v>1150</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>17.73</x:v>
+        <x:v>43.55</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>769.709</x:v>
+        <x:v>931.88</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>905.54</x:v>
+        <x:v>1096.33</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>19.8</x:v>
+        <x:v>45.76</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>783.19</x:v>
+        <x:v>939.25</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>921.4</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>16.19</x:v>
+        <x:v>59.22</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>754.706</x:v>
+        <x:v>976.012</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>887.89</x:v>
+        <x:v>1148.25</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>13.42</x:v>
+        <x:v>56.54</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>729.444</x:v>
+        <x:v>968.158</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>858.17</x:v>
+        <x:v>1139.01</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>14.02</x:v>
+        <x:v>39.99</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>734.417</x:v>
+        <x:v>904.986</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>864.02</x:v>
+        <x:v>1064.69</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>15.48</x:v>
+        <x:v>34.68</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>745.934</x:v>
+        <x:v>882.292</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>877.57</x:v>
+        <x:v>1037.99</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>15.51</x:v>
+        <x:v>22.26</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>745.748</x:v>
+        <x:v>807.075</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>877.35</x:v>
+        <x:v>949.5</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>11.33</x:v>
+        <x:v>22.92</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>702.372</x:v>
+        <x:v>810.781</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>826.32</x:v>
+        <x:v>953.86</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>9.28</x:v>
+        <x:v>19.36</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>677.254</x:v>
+        <x:v>786.072</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>796.77</x:v>
+        <x:v>924.79</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>11.61</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>700.596</x:v>
+        <x:v>802.052</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>824.23</x:v>
+        <x:v>943.59</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>9.53</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>675.903</x:v>
+        <x:v>804.355</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>795.18</x:v>
+        <x:v>946.3</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>7.58</x:v>
+        <x:v>18.48</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>647.7</x:v>
+        <x:v>776.526</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>762</x:v>
+        <x:v>913.56</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>19.02</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>719.704</x:v>
+        <x:v>768.392</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>846.71</x:v>
+        <x:v>903.99</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45399.9244560185</x:v>
+        <x:v>45422.9236689815</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>18.22</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>714.298</x:v>
+        <x:v>763.963</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>840.35</x:v>
+        <x:v>898.78</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45398.9235763889</x:v>
+        <x:v>45420.9241782407</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>23.76</x:v>
+        <x:v>17.54</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>743.028</x:v>
+        <x:v>768.502</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>874.15</x:v>
+        <x:v>904.12</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45397.9233680556</x:v>
+        <x:v>45419.9259953704</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>21.65</x:v>
+        <x:v>17.73</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>731.008</x:v>
+        <x:v>769.709</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>860.01</x:v>
+        <x:v>905.54</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45394.9243518518</x:v>
+        <x:v>45418.9291087963</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>25.54</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>749.581</x:v>
+        <x:v>783.19</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>881.86</x:v>
+        <x:v>921.4</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45393.9239351852</x:v>
+        <x:v>45415.9287847222</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>30.49</x:v>
+        <x:v>16.19</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>770.236</x:v>
+        <x:v>754.706</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>906.16</x:v>
+        <x:v>887.89</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45392.9227314815</x:v>
+        <x:v>45414.9243981481</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>24.48</x:v>
+        <x:v>13.42</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>739.832</x:v>
+        <x:v>729.444</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>870.39</x:v>
+        <x:v>858.17</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45391.926412037</x:v>
+        <x:v>45412.9265625</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>21.91</x:v>
+        <x:v>14.02</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>725.509</x:v>
+        <x:v>734.417</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>853.54</x:v>
+        <x:v>864.02</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45390.9248148148</x:v>
+        <x:v>45411.9246643518</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>25.01</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>740.63</x:v>
+        <x:v>745.934</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>871.33</x:v>
+        <x:v>877.57</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45387.9232523148</x:v>
+        <x:v>45408.9315393519</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>26.7</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>748.068</x:v>
+        <x:v>745.748</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>880.08</x:v>
+        <x:v>877.35</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45386.9251041667</x:v>
+        <x:v>45407.9436458333</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>23.3</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>730.192</x:v>
+        <x:v>702.372</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>859.05</x:v>
+        <x:v>826.32</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45385.9234837963</x:v>
+        <x:v>45406.9296759259</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>29.41</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>756.194</x:v>
+        <x:v>677.254</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>889.64</x:v>
+        <x:v>796.77</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45384.9259490741</x:v>
+        <x:v>45405.9324537037</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>30.44</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>760.342</x:v>
+        <x:v>700.596</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>894.52</x:v>
+        <x:v>824.23</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45379.8836921296</x:v>
+        <x:v>45404.9329861111</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>32.6</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>768.026</x:v>
+        <x:v>675.903</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>903.56</x:v>
+        <x:v>795.18</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45378.8832407407</x:v>
+        <x:v>45401.9232060185</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>32.41</x:v>
+        <x:v>7.58</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>767.125</x:v>
+        <x:v>647.7</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>902.5</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45377.8827199074</x:v>
+        <x:v>45400.9237615741</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>38.18</x:v>
+        <x:v>19.02</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>786.768</x:v>
+        <x:v>719.704</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>925.61</x:v>
+        <x:v>846.71</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45376.8828819444</x:v>
+        <x:v>45399.9244560185</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>45.2</x:v>
+        <x:v>18.22</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>807.517</x:v>
+        <x:v>714.298</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>950.02</x:v>
+        <x:v>840.35</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45373.8830671296</x:v>
+        <x:v>45398.9235763889</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>43.4</x:v>
+        <x:v>23.76</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>801.456</x:v>
+        <x:v>743.028</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>942.89</x:v>
+        <x:v>874.15</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45372.8844444444</x:v>
+        <x:v>45397.9233680556</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>36.59</x:v>
+        <x:v>21.65</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>777.198</x:v>
+        <x:v>731.008</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>914.35</x:v>
+        <x:v>860.01</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45362.8935648148</x:v>
+        <x:v>45394.9243518518</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>27.45</x:v>
+        <x:v>25.54</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>729.079</x:v>
+        <x:v>749.581</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>857.74</x:v>
+        <x:v>881.86</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45359.9310648148</x:v>
+        <x:v>45393.9239351852</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>31.33</x:v>
+        <x:v>30.49</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>743.988</x:v>
+        <x:v>770.236</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>875.28</x:v>
+        <x:v>906.16</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45358.9291087963</x:v>
+        <x:v>45392.9227314815</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>47.05</x:v>
+        <x:v>24.48</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>787.686</x:v>
+        <x:v>739.832</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>926.69</x:v>
+        <x:v>870.39</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45357.9246296296</x:v>
+        <x:v>45391.926412037</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>37.13</x:v>
+        <x:v>21.91</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>753.95</x:v>
+        <x:v>725.509</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>887</x:v>
+        <x:v>853.54</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45356.9297569444</x:v>
+        <x:v>45390.9248148148</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>31.21</x:v>
+        <x:v>25.01</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>730.694</x:v>
+        <x:v>740.63</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>859.64</x:v>
+        <x:v>871.33</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45355.9261574074</x:v>
+        <x:v>45387.9232523148</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>29.72</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>724.514</x:v>
+        <x:v>748.068</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>852.37</x:v>
+        <x:v>880.08</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45351.925787037</x:v>
+        <x:v>45386.9251041667</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>19.79</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>672.452</x:v>
+        <x:v>730.192</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>791.12</x:v>
+        <x:v>859.05</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45350.9235763889</x:v>
+        <x:v>45385.9234837963</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>17.82</x:v>
+        <x:v>29.41</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>660.136</x:v>
+        <x:v>756.194</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>776.63</x:v>
+        <x:v>889.64</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45349.922337963</x:v>
+        <x:v>45384.9259490741</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>19.38</x:v>
+        <x:v>30.44</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>672.282</x:v>
+        <x:v>760.342</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>790.92</x:v>
+        <x:v>894.52</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45379.8836921296</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>19.99</x:v>
+        <x:v>32.6</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>669.944</x:v>
+        <x:v>768.026</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>788.17</x:v>
+        <x:v>903.56</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45345.9262384259</x:v>
+        <x:v>45378.8832407407</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>19.66</x:v>
+        <x:v>32.41</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>669.944</x:v>
+        <x:v>767.125</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>788.17</x:v>
+        <x:v>902.5</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45344.9258217593</x:v>
+        <x:v>45377.8827199074</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>19.27</x:v>
+        <x:v>38.18</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>667.573</x:v>
+        <x:v>786.768</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>785.38</x:v>
+        <x:v>925.61</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45343.9246412037</x:v>
+        <x:v>45376.8828819444</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>9.72</x:v>
+        <x:v>45.2</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>573.512</x:v>
+        <x:v>807.517</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>674.72</x:v>
+        <x:v>950.02</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45342.9240162037</x:v>
+        <x:v>45373.8830671296</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>11.74</x:v>
+        <x:v>43.4</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>590.342</x:v>
+        <x:v>801.456</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>694.52</x:v>
+        <x:v>942.89</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45338.9307986111</x:v>
+        <x:v>45372.8844444444</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>16</x:v>
+        <x:v>36.59</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>617.21</x:v>
+        <x:v>777.198</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>726.13</x:v>
+        <x:v>914.35</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45337.9414699074</x:v>
+        <x:v>45362.8935648148</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>16.08</x:v>
+        <x:v>27.45</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>617.593</x:v>
+        <x:v>729.079</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>726.58</x:v>
+        <x:v>857.74</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45336.9321412037</x:v>
+        <x:v>45359.9310648148</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>17.91</x:v>
+        <x:v>31.33</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>628.15</x:v>
+        <x:v>743.988</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>739</x:v>
+        <x:v>875.28</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45335.9339814815</x:v>
+        <x:v>45358.9291087963</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>15.62</x:v>
+        <x:v>47.05</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>613.088</x:v>
+        <x:v>787.686</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>721.28</x:v>
+        <x:v>926.69</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45334.9284375</x:v>
+        <x:v>45357.9246296296</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>15.8</x:v>
+        <x:v>37.13</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>614.108</x:v>
+        <x:v>753.95</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>722.48</x:v>
+        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45331.9229976852</x:v>
+        <x:v>45356.9297569444</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>15.71</x:v>
+        <x:v>31.21</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>613.13</x:v>
+        <x:v>730.694</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>721.33</x:v>
+        <x:v>859.64</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45330.9228356481</x:v>
+        <x:v>45355.9261574074</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>12.94</x:v>
+        <x:v>29.72</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>591.948</x:v>
+        <x:v>724.514</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>696.41</x:v>
+        <x:v>852.37</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45329.9233912037</x:v>
+        <x:v>45351.925787037</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>13.49</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>595.842</x:v>
+        <x:v>672.452</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>700.99</x:v>
+        <x:v>791.12</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45328.9222800926</x:v>
+        <x:v>45350.9235763889</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>11.59</x:v>
+        <x:v>17.82</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>579.896</x:v>
+        <x:v>660.136</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>682.23</x:v>
+        <x:v>776.63</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45327.9236689815</x:v>
+        <x:v>45349.922337963</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>12.84</x:v>
+        <x:v>19.38</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>589.322</x:v>
+        <x:v>672.282</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>693.32</x:v>
+        <x:v>790.92</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
+        <x:v>45348.9285532407</x:v>
+      </x:c>
+      <x:c r="B448" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C448" s="0">
+        <x:v>19.99</x:v>
+      </x:c>
+      <x:c r="D448" s="0">
+        <x:v>669.944</x:v>
+      </x:c>
+      <x:c r="E448" s="0">
+        <x:v>788.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="449" spans="1:5">
+      <x:c r="A449" s="1">
+        <x:v>45345.9262384259</x:v>
+      </x:c>
+      <x:c r="B449" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C449" s="0">
+        <x:v>19.66</x:v>
+      </x:c>
+      <x:c r="D449" s="0">
+        <x:v>669.944</x:v>
+      </x:c>
+      <x:c r="E449" s="0">
+        <x:v>788.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="450" spans="1:5">
+      <x:c r="A450" s="1">
+        <x:v>45344.9258217593</x:v>
+      </x:c>
+      <x:c r="B450" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C450" s="0">
+        <x:v>19.27</x:v>
+      </x:c>
+      <x:c r="D450" s="0">
+        <x:v>667.573</x:v>
+      </x:c>
+      <x:c r="E450" s="0">
+        <x:v>785.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="451" spans="1:5">
+      <x:c r="A451" s="1">
+        <x:v>45343.9246412037</x:v>
+      </x:c>
+      <x:c r="B451" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C451" s="0">
+        <x:v>9.72</x:v>
+      </x:c>
+      <x:c r="D451" s="0">
+        <x:v>573.512</x:v>
+      </x:c>
+      <x:c r="E451" s="0">
+        <x:v>674.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="452" spans="1:5">
+      <x:c r="A452" s="1">
+        <x:v>45342.9240162037</x:v>
+      </x:c>
+      <x:c r="B452" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C452" s="0">
+        <x:v>11.74</x:v>
+      </x:c>
+      <x:c r="D452" s="0">
+        <x:v>590.342</x:v>
+      </x:c>
+      <x:c r="E452" s="0">
+        <x:v>694.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="453" spans="1:5">
+      <x:c r="A453" s="1">
+        <x:v>45338.9307986111</x:v>
+      </x:c>
+      <x:c r="B453" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C453" s="0">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D453" s="0">
+        <x:v>617.21</x:v>
+      </x:c>
+      <x:c r="E453" s="0">
+        <x:v>726.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="454" spans="1:5">
+      <x:c r="A454" s="1">
+        <x:v>45337.9414699074</x:v>
+      </x:c>
+      <x:c r="B454" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C454" s="0">
+        <x:v>16.08</x:v>
+      </x:c>
+      <x:c r="D454" s="0">
+        <x:v>617.593</x:v>
+      </x:c>
+      <x:c r="E454" s="0">
+        <x:v>726.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="455" spans="1:5">
+      <x:c r="A455" s="1">
+        <x:v>45336.9321412037</x:v>
+      </x:c>
+      <x:c r="B455" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C455" s="0">
+        <x:v>17.91</x:v>
+      </x:c>
+      <x:c r="D455" s="0">
+        <x:v>628.15</x:v>
+      </x:c>
+      <x:c r="E455" s="0">
+        <x:v>739</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="456" spans="1:5">
+      <x:c r="A456" s="1">
+        <x:v>45335.9339814815</x:v>
+      </x:c>
+      <x:c r="B456" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C456" s="0">
+        <x:v>15.62</x:v>
+      </x:c>
+      <x:c r="D456" s="0">
+        <x:v>613.088</x:v>
+      </x:c>
+      <x:c r="E456" s="0">
+        <x:v>721.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="457" spans="1:5">
+      <x:c r="A457" s="1">
+        <x:v>45334.9284375</x:v>
+      </x:c>
+      <x:c r="B457" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C457" s="0">
+        <x:v>15.8</x:v>
+      </x:c>
+      <x:c r="D457" s="0">
+        <x:v>614.108</x:v>
+      </x:c>
+      <x:c r="E457" s="0">
+        <x:v>722.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="458" spans="1:5">
+      <x:c r="A458" s="1">
+        <x:v>45331.9229976852</x:v>
+      </x:c>
+      <x:c r="B458" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C458" s="0">
+        <x:v>15.71</x:v>
+      </x:c>
+      <x:c r="D458" s="0">
+        <x:v>613.13</x:v>
+      </x:c>
+      <x:c r="E458" s="0">
+        <x:v>721.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="459" spans="1:5">
+      <x:c r="A459" s="1">
+        <x:v>45330.9228356481</x:v>
+      </x:c>
+      <x:c r="B459" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C459" s="0">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D459" s="0">
+        <x:v>591.948</x:v>
+      </x:c>
+      <x:c r="E459" s="0">
+        <x:v>696.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="460" spans="1:5">
+      <x:c r="A460" s="1">
+        <x:v>45329.9233912037</x:v>
+      </x:c>
+      <x:c r="B460" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C460" s="0">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D460" s="0">
+        <x:v>595.842</x:v>
+      </x:c>
+      <x:c r="E460" s="0">
+        <x:v>700.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="461" spans="1:5">
+      <x:c r="A461" s="1">
+        <x:v>45328.9222800926</x:v>
+      </x:c>
+      <x:c r="B461" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C461" s="0">
+        <x:v>11.59</x:v>
+      </x:c>
+      <x:c r="D461" s="0">
+        <x:v>579.896</x:v>
+      </x:c>
+      <x:c r="E461" s="0">
+        <x:v>682.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="462" spans="1:5">
+      <x:c r="A462" s="1">
+        <x:v>45327.9236689815</x:v>
+      </x:c>
+      <x:c r="B462" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C462" s="0">
+        <x:v>12.84</x:v>
+      </x:c>
+      <x:c r="D462" s="0">
+        <x:v>589.322</x:v>
+      </x:c>
+      <x:c r="E462" s="0">
+        <x:v>693.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="463" spans="1:5">
+      <x:c r="A463" s="1">
         <x:v>45324.9259837963</x:v>
       </x:c>
-      <x:c r="B448" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C448" s="0">
+      <x:c r="B463" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C463" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D448" s="0">
+      <x:c r="D463" s="0">
         <x:v>562.36</x:v>
       </x:c>
-      <x:c r="E448" s="0">
+      <x:c r="E463" s="0">
         <x:v>661.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>