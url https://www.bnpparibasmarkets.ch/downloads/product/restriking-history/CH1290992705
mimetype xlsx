--- v2 (2026-01-21)
+++ v3 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30a556386151470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13879f9623614680951b7feec3ecbe81.psmdcp" Id="Rae587ef067924e5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea7f487f15d499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8472549dca4241e48edc0ac84551aa5a.psmdcp" Id="R58cef070857948cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992705</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,7917 +393,8155 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E463"/>
+  <x:dimension ref="A1:E477"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>151.36</x:v>
+        <x:v>161.542</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>178.07</x:v>
+        <x:v>190.05</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>158.296</x:v>
+        <x:v>160.259</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>186.23</x:v>
+        <x:v>188.54</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>158.992</x:v>
+        <x:v>161.534</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>187.05</x:v>
+        <x:v>190.04</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>155.669</x:v>
+        <x:v>146.098</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>183.14</x:v>
+        <x:v>171.88</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>157.938</x:v>
+        <x:v>148.062</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>185.81</x:v>
+        <x:v>174.19</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>157.199</x:v>
+        <x:v>153.289</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>184.94</x:v>
+        <x:v>180.34</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>157.131</x:v>
+        <x:v>157.768</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>184.86</x:v>
+        <x:v>185.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>157.284</x:v>
+        <x:v>163.634</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>185.04</x:v>
+        <x:v>192.51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>160.744</x:v>
+        <x:v>162.792</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>189.11</x:v>
+        <x:v>191.52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>159.154</x:v>
+        <x:v>160.242</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>187.24</x:v>
+        <x:v>188.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>159.902</x:v>
+        <x:v>158.5</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>188.12</x:v>
+        <x:v>186.47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>159.409</x:v>
+        <x:v>159.52</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>187.54</x:v>
+        <x:v>187.67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>159.987</x:v>
+        <x:v>157.114</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>188.22</x:v>
+        <x:v>184.84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>160.828</x:v>
+        <x:v>155.822</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>189.21</x:v>
+        <x:v>183.32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>156.136</x:v>
+        <x:v>151.36</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>183.69</x:v>
+        <x:v>178.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>153.842</x:v>
+        <x:v>158.296</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>180.99</x:v>
+        <x:v>186.23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>148.019</x:v>
+        <x:v>158.992</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>174.14</x:v>
+        <x:v>187.05</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>145.299</x:v>
+        <x:v>155.669</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>170.94</x:v>
+        <x:v>183.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>151.062</x:v>
+        <x:v>157.938</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>177.72</x:v>
+        <x:v>185.81</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>149.846</x:v>
+        <x:v>157.199</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>176.29</x:v>
+        <x:v>184.94</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>148.767</x:v>
+        <x:v>157.131</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>175.02</x:v>
+        <x:v>184.86</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>153.79</x:v>
+        <x:v>157.284</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>180.93</x:v>
+        <x:v>185.04</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>156.213</x:v>
+        <x:v>160.744</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>183.78</x:v>
+        <x:v>189.11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>157.224</x:v>
+        <x:v>159.154</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>184.97</x:v>
+        <x:v>187.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>155.048</x:v>
+        <x:v>159.902</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>182.41</x:v>
+        <x:v>188.12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>155.866</x:v>
+        <x:v>159.409</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>183.38</x:v>
+        <x:v>187.54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45995.3278703704</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>152.644</x:v>
+        <x:v>159.987</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>179.59</x:v>
+        <x:v>188.22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>152.652</x:v>
+        <x:v>160.828</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>179.59</x:v>
+        <x:v>189.21</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>154.241</x:v>
+        <x:v>156.136</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>181.46</x:v>
+        <x:v>183.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>152.932</x:v>
+        <x:v>153.842</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>179.92</x:v>
+        <x:v>180.99</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>150.45</x:v>
+        <x:v>148.019</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>177</x:v>
+        <x:v>174.14</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>153.221</x:v>
+        <x:v>145.299</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>180.26</x:v>
+        <x:v>170.94</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>151.147</x:v>
+        <x:v>151.062</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>177.82</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>152.048</x:v>
+        <x:v>149.846</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>178.88</x:v>
+        <x:v>176.29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>153.544</x:v>
+        <x:v>148.767</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>180.64</x:v>
+        <x:v>175.02</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>158.542</x:v>
+        <x:v>153.79</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>186.52</x:v>
+        <x:v>180.93</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>154.156</x:v>
+        <x:v>156.213</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>181.36</x:v>
+        <x:v>183.78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>158.61</x:v>
+        <x:v>157.224</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>186.6</x:v>
+        <x:v>184.97</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>161.644</x:v>
+        <x:v>155.048</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>190.17</x:v>
+        <x:v>182.41</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>158.831</x:v>
+        <x:v>155.866</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>186.86</x:v>
+        <x:v>183.38</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45995.3278703704</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>164.73</x:v>
+        <x:v>152.644</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>193.8</x:v>
+        <x:v>179.59</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>164.186</x:v>
+        <x:v>152.652</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>193.16</x:v>
+        <x:v>179.59</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>169.192</x:v>
+        <x:v>154.241</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>199.05</x:v>
+        <x:v>181.46</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>159.928</x:v>
+        <x:v>152.932</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>188.15</x:v>
+        <x:v>179.92</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>159.868</x:v>
+        <x:v>150.45</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>188.08</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>165.928</x:v>
+        <x:v>153.221</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>195.21</x:v>
+        <x:v>180.26</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>168.886</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>198.69</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>175.848</x:v>
+        <x:v>152.048</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>206.88</x:v>
+        <x:v>178.88</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>172.116</x:v>
+        <x:v>153.544</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>202.49</x:v>
+        <x:v>180.64</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>172.456</x:v>
+        <x:v>158.542</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>202.89</x:v>
+        <x:v>186.52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>175.984</x:v>
+        <x:v>154.156</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>207.04</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>170.876</x:v>
+        <x:v>158.61</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>201.03</x:v>
+        <x:v>186.6</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>162.766</x:v>
+        <x:v>161.644</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>191.49</x:v>
+        <x:v>190.17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>158.321</x:v>
+        <x:v>158.831</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>186.26</x:v>
+        <x:v>186.86</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>154.836</x:v>
+        <x:v>164.73</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>182.16</x:v>
+        <x:v>193.8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>153.238</x:v>
+        <x:v>164.186</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>180.28</x:v>
+        <x:v>193.16</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>153.986</x:v>
+        <x:v>169.192</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>181.16</x:v>
+        <x:v>199.05</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>155.244</x:v>
+        <x:v>159.928</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>182.64</x:v>
+        <x:v>188.15</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>155.737</x:v>
+        <x:v>159.868</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>183.22</x:v>
+        <x:v>188.08</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>154.538</x:v>
+        <x:v>165.928</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>181.81</x:v>
+        <x:v>195.21</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>152.856</x:v>
+        <x:v>168.886</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>179.83</x:v>
+        <x:v>198.69</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>153.026</x:v>
+        <x:v>175.848</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>180.03</x:v>
+        <x:v>206.88</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>160.072</x:v>
+        <x:v>172.116</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>188.32</x:v>
+        <x:v>202.49</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>155.686</x:v>
+        <x:v>172.456</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>183.16</x:v>
+        <x:v>202.89</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>160.744</x:v>
+        <x:v>175.984</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>189.11</x:v>
+        <x:v>207.04</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>157.284</x:v>
+        <x:v>170.876</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>185.04</x:v>
+        <x:v>201.03</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>157.709</x:v>
+        <x:v>162.766</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>185.54</x:v>
+        <x:v>191.49</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>159.477</x:v>
+        <x:v>158.321</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>187.62</x:v>
+        <x:v>186.26</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>160.556</x:v>
+        <x:v>154.836</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>188.89</x:v>
+        <x:v>182.16</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>159.154</x:v>
+        <x:v>153.238</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>187.24</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>158.593</x:v>
+        <x:v>153.986</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>186.58</x:v>
+        <x:v>181.16</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>154.572</x:v>
+        <x:v>155.244</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>181.85</x:v>
+        <x:v>182.64</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>151.462</x:v>
+        <x:v>155.737</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>178.19</x:v>
+        <x:v>183.22</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>151.036</x:v>
+        <x:v>154.538</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>177.69</x:v>
+        <x:v>181.81</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>150.424</x:v>
+        <x:v>152.856</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>176.97</x:v>
+        <x:v>179.83</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>151.666</x:v>
+        <x:v>153.026</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>178.43</x:v>
+        <x:v>180.03</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>156.068</x:v>
+        <x:v>160.072</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>183.61</x:v>
+        <x:v>188.32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>150.17</x:v>
+        <x:v>155.686</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>176.67</x:v>
+        <x:v>183.16</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>149.804</x:v>
+        <x:v>160.744</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>176.24</x:v>
+        <x:v>189.11</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>144.746</x:v>
+        <x:v>157.284</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>170.29</x:v>
+        <x:v>185.04</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>148.648</x:v>
+        <x:v>157.709</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>174.88</x:v>
+        <x:v>185.54</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>151.088</x:v>
+        <x:v>159.477</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>177.75</x:v>
+        <x:v>187.62</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>151.147</x:v>
+        <x:v>160.556</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>177.82</x:v>
+        <x:v>188.89</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>150.588</x:v>
+        <x:v>159.154</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>177.17</x:v>
+        <x:v>187.24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>150.724</x:v>
+        <x:v>158.593</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>177.33</x:v>
+        <x:v>186.58</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>150.73</x:v>
+        <x:v>154.572</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>177.33</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>145.146</x:v>
+        <x:v>151.462</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>170.76</x:v>
+        <x:v>178.19</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>143.064</x:v>
+        <x:v>151.036</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>168.31</x:v>
+        <x:v>177.69</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>141.967</x:v>
+        <x:v>150.424</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>167.02</x:v>
+        <x:v>176.97</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>145.911</x:v>
+        <x:v>151.666</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>171.66</x:v>
+        <x:v>178.43</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>145.027</x:v>
+        <x:v>156.068</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>170.62</x:v>
+        <x:v>183.61</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>145.163</x:v>
+        <x:v>150.17</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>170.78</x:v>
+        <x:v>176.67</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>148.053</x:v>
+        <x:v>149.804</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>174.18</x:v>
+        <x:v>176.24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>153.144</x:v>
+        <x:v>144.746</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>180.17</x:v>
+        <x:v>170.29</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>154.36</x:v>
+        <x:v>148.648</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>181.6</x:v>
+        <x:v>174.88</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>154.504</x:v>
+        <x:v>151.088</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>181.77</x:v>
+        <x:v>177.75</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>152.838</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>179.81</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>151.292</x:v>
+        <x:v>150.588</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>177.99</x:v>
+        <x:v>177.17</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>148.733</x:v>
+        <x:v>150.724</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>174.98</x:v>
+        <x:v>177.33</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>149.09</x:v>
+        <x:v>150.73</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>175.4</x:v>
+        <x:v>177.33</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>149.294</x:v>
+        <x:v>145.146</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>175.64</x:v>
+        <x:v>170.76</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>154.708</x:v>
+        <x:v>143.064</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>182.01</x:v>
+        <x:v>168.31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>153.382</x:v>
+        <x:v>141.967</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>180.45</x:v>
+        <x:v>167.02</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>154.717</x:v>
+        <x:v>145.911</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>182.02</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>154.352</x:v>
+        <x:v>145.027</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>181.59</x:v>
+        <x:v>170.62</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>155.686</x:v>
+        <x:v>145.163</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>183.16</x:v>
+        <x:v>170.78</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>154.751</x:v>
+        <x:v>148.053</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>182.06</x:v>
+        <x:v>174.18</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>155.295</x:v>
+        <x:v>153.144</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>182.7</x:v>
+        <x:v>180.17</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>153.654</x:v>
+        <x:v>154.36</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>180.77</x:v>
+        <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>152.507</x:v>
+        <x:v>154.504</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>179.42</x:v>
+        <x:v>181.77</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>151.521</x:v>
+        <x:v>152.838</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>178.26</x:v>
+        <x:v>179.81</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>153</x:v>
+        <x:v>151.292</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>180</x:v>
+        <x:v>177.99</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>151.19</x:v>
+        <x:v>148.733</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>177.87</x:v>
+        <x:v>174.98</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>152.38</x:v>
+        <x:v>149.09</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>179.27</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>149.184</x:v>
+        <x:v>149.294</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>175.51</x:v>
+        <x:v>175.64</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>150.238</x:v>
+        <x:v>154.708</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>176.75</x:v>
+        <x:v>182.01</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>147.475</x:v>
+        <x:v>153.382</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>173.5</x:v>
+        <x:v>180.45</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>147.679</x:v>
+        <x:v>154.717</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>173.74</x:v>
+        <x:v>182.02</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>145.163</x:v>
+        <x:v>154.352</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>170.78</x:v>
+        <x:v>181.59</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>141.976</x:v>
+        <x:v>155.686</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>167.03</x:v>
+        <x:v>183.16</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>145.673</x:v>
+        <x:v>154.751</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>171.38</x:v>
+        <x:v>182.06</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>146.548</x:v>
+        <x:v>155.295</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>172.41</x:v>
+        <x:v>182.7</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>147.05</x:v>
+        <x:v>153.654</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>173</x:v>
+        <x:v>180.77</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>145.664</x:v>
+        <x:v>152.507</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>171.37</x:v>
+        <x:v>179.42</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>145.095</x:v>
+        <x:v>151.521</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>170.7</x:v>
+        <x:v>178.26</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>139.46</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>164.07</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>140.182</x:v>
+        <x:v>151.19</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>164.92</x:v>
+        <x:v>177.87</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>139.485</x:v>
+        <x:v>152.38</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>164.1</x:v>
+        <x:v>179.27</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>138.448</x:v>
+        <x:v>149.184</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>162.88</x:v>
+        <x:v>175.51</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>136</x:v>
+        <x:v>150.238</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>160</x:v>
+        <x:v>176.75</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>134.504</x:v>
+        <x:v>147.475</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>158.24</x:v>
+        <x:v>173.5</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>135.439</x:v>
+        <x:v>147.679</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>159.34</x:v>
+        <x:v>173.74</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>133.662</x:v>
+        <x:v>145.163</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>157.25</x:v>
+        <x:v>170.78</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>130.305</x:v>
+        <x:v>141.976</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>153.3</x:v>
+        <x:v>167.03</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>134.292</x:v>
+        <x:v>145.673</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>157.99</x:v>
+        <x:v>171.38</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>134.088</x:v>
+        <x:v>146.548</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>157.75</x:v>
+        <x:v>172.41</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>131.767</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>155.02</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>131.164</x:v>
+        <x:v>145.664</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>154.31</x:v>
+        <x:v>171.37</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>125.715</x:v>
+        <x:v>145.095</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>147.9</x:v>
+        <x:v>170.7</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>122.544</x:v>
+        <x:v>139.46</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>144.17</x:v>
+        <x:v>164.07</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>122.272</x:v>
+        <x:v>140.182</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>143.85</x:v>
+        <x:v>164.92</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>123.658</x:v>
+        <x:v>139.485</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>145.48</x:v>
+        <x:v>164.1</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>122.502</x:v>
+        <x:v>138.448</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>144.12</x:v>
+        <x:v>162.88</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>122.986</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>144.69</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>120.674</x:v>
+        <x:v>134.504</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>141.97</x:v>
+        <x:v>158.24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>123.25</x:v>
+        <x:v>135.439</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>145</x:v>
+        <x:v>159.34</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>121.398</x:v>
+        <x:v>133.662</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>142.83</x:v>
+        <x:v>157.25</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45819.3319907407</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>122.359</x:v>
+        <x:v>130.305</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>143.96</x:v>
+        <x:v>153.3</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>122.366</x:v>
+        <x:v>134.292</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>143.96</x:v>
+        <x:v>157.99</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>120.462</x:v>
+        <x:v>134.088</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>141.72</x:v>
+        <x:v>157.75</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>118.992</x:v>
+        <x:v>131.767</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>139.99</x:v>
+        <x:v>155.02</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>120.632</x:v>
+        <x:v>131.164</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>141.92</x:v>
+        <x:v>154.31</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>120.037</x:v>
+        <x:v>125.715</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>141.22</x:v>
+        <x:v>147.9</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>116.773</x:v>
+        <x:v>122.544</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>137.38</x:v>
+        <x:v>144.17</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>111.596</x:v>
+        <x:v>122.272</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>131.29</x:v>
+        <x:v>143.85</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>112.906</x:v>
+        <x:v>123.658</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>132.83</x:v>
+        <x:v>145.48</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>112.03</x:v>
+        <x:v>122.502</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>131.8</x:v>
+        <x:v>144.12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>114.223</x:v>
+        <x:v>122.986</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>134.38</x:v>
+        <x:v>144.69</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>115.234</x:v>
+        <x:v>120.674</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>135.57</x:v>
+        <x:v>141.97</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>115.09</x:v>
+        <x:v>123.25</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>135.4</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>114.606</x:v>
+        <x:v>121.398</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>134.83</x:v>
+        <x:v>142.83</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45819.3319907407</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>115.039</x:v>
+        <x:v>122.359</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>135.34</x:v>
+        <x:v>143.96</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>110.44</x:v>
+        <x:v>122.366</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>129.93</x:v>
+        <x:v>143.96</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>104.55</x:v>
+        <x:v>120.462</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>123</x:v>
+        <x:v>141.72</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>99.152</x:v>
+        <x:v>118.992</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>116.65</x:v>
+        <x:v>139.99</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>99.764</x:v>
+        <x:v>120.632</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>117.37</x:v>
+        <x:v>141.92</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>99.501</x:v>
+        <x:v>120.037</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>117.06</x:v>
+        <x:v>141.22</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>96.509</x:v>
+        <x:v>116.773</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>113.54</x:v>
+        <x:v>137.38</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>96.747</x:v>
+        <x:v>111.596</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>113.82</x:v>
+        <x:v>131.29</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>97.325</x:v>
+        <x:v>112.906</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>114.5</x:v>
+        <x:v>132.83</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>92.582</x:v>
+        <x:v>112.03</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>108.92</x:v>
+        <x:v>131.8</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>92.667</x:v>
+        <x:v>114.223</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>109.02</x:v>
+        <x:v>134.38</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>92.42</x:v>
+        <x:v>115.234</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>108.73</x:v>
+        <x:v>135.57</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>94.358</x:v>
+        <x:v>115.09</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>111.01</x:v>
+        <x:v>135.4</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>90.466</x:v>
+        <x:v>114.606</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>106.43</x:v>
+        <x:v>134.83</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>87.304</x:v>
+        <x:v>115.039</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>102.71</x:v>
+        <x:v>135.34</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>84.056</x:v>
+        <x:v>110.44</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>98.89</x:v>
+        <x:v>129.93</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>86.266</x:v>
+        <x:v>104.55</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>101.49</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>88.816</x:v>
+        <x:v>99.152</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>104.49</x:v>
+        <x:v>116.65</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>95.37</x:v>
+        <x:v>99.764</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>112.2</x:v>
+        <x:v>117.37</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>94.104</x:v>
+        <x:v>99.501</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>110.71</x:v>
+        <x:v>117.06</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>94.29</x:v>
+        <x:v>96.509</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>110.93</x:v>
+        <x:v>113.54</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>91.434</x:v>
+        <x:v>96.747</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>107.57</x:v>
+        <x:v>113.82</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>97.18</x:v>
+        <x:v>97.325</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>114.33</x:v>
+        <x:v>114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>81.855</x:v>
+        <x:v>92.582</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>96.3</x:v>
+        <x:v>108.92</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>82.994</x:v>
+        <x:v>92.667</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>97.64</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>80.164</x:v>
+        <x:v>92.42</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>94.31</x:v>
+        <x:v>108.73</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>86.53</x:v>
+        <x:v>94.358</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>101.8</x:v>
+        <x:v>111.01</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>93.628</x:v>
+        <x:v>90.466</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>110.15</x:v>
+        <x:v>106.43</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>92.123</x:v>
+        <x:v>87.304</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>108.38</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>93.22</x:v>
+        <x:v>84.056</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>109.67</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>94.716</x:v>
+        <x:v>86.266</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>111.43</x:v>
+        <x:v>101.49</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>96.696</x:v>
+        <x:v>88.816</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>113.76</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>102.586</x:v>
+        <x:v>95.37</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>120.69</x:v>
+        <x:v>112.2</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>103.198</x:v>
+        <x:v>94.104</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>121.41</x:v>
+        <x:v>110.71</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>100.045</x:v>
+        <x:v>94.29</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>117.7</x:v>
+        <x:v>110.93</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>100.75</x:v>
+        <x:v>91.434</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>118.53</x:v>
+        <x:v>107.57</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>99.892</x:v>
+        <x:v>97.18</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>117.52</x:v>
+        <x:v>114.33</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>98.116</x:v>
+        <x:v>81.855</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>115.43</x:v>
+        <x:v>96.3</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>101.6</x:v>
+        <x:v>82.994</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>119.53</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>98.243</x:v>
+        <x:v>80.164</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>121.67</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>98.243</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>0</x:v>
+        <x:v>101.8</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>98.379</x:v>
+        <x:v>93.628</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>0</x:v>
+        <x:v>110.15</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>92.446</x:v>
+        <x:v>92.123</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>0</x:v>
+        <x:v>108.38</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>92.446</x:v>
+        <x:v>93.22</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>108.76</x:v>
+        <x:v>109.67</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>92.446</x:v>
+        <x:v>94.716</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>108.76</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>95.786</x:v>
+        <x:v>96.696</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>112.69</x:v>
+        <x:v>113.76</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>93.984</x:v>
+        <x:v>102.586</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>110.57</x:v>
+        <x:v>120.69</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>99.705</x:v>
+        <x:v>103.198</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>117.3</x:v>
+        <x:v>121.41</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>98.592</x:v>
+        <x:v>100.045</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>115.99</x:v>
+        <x:v>117.7</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>96.951</x:v>
+        <x:v>100.75</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>114.06</x:v>
+        <x:v>118.53</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>106.182</x:v>
+        <x:v>99.892</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>124.92</x:v>
+        <x:v>117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>102.128</x:v>
+        <x:v>98.116</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>120.15</x:v>
+        <x:v>115.43</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>111.588</x:v>
+        <x:v>101.6</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>131.28</x:v>
+        <x:v>119.53</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>107.636</x:v>
+        <x:v>98.243</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>126.63</x:v>
+        <x:v>121.67</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>110.738</x:v>
+        <x:v>98.243</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>130.28</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>114.266</x:v>
+        <x:v>98.379</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>134.43</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>119.094</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>140.11</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>118.346</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>139.23</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>118.49</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>139.4</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>118.022</x:v>
+        <x:v>95.786</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>138.85</x:v>
+        <x:v>112.69</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>114.996</x:v>
+        <x:v>93.984</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>135.29</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>112.88</x:v>
+        <x:v>99.705</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>132.8</x:v>
+        <x:v>117.3</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>113.534</x:v>
+        <x:v>98.592</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>133.57</x:v>
+        <x:v>115.99</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>113.534</x:v>
+        <x:v>96.951</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>133.57</x:v>
+        <x:v>114.06</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>109.378</x:v>
+        <x:v>106.182</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>128.68</x:v>
+        <x:v>124.92</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>106.106</x:v>
+        <x:v>102.128</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>124.83</x:v>
+        <x:v>120.15</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>106.106</x:v>
+        <x:v>111.588</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>124.83</x:v>
+        <x:v>131.28</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>100.852</x:v>
+        <x:v>107.636</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>118.65</x:v>
+        <x:v>126.63</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>99.161</x:v>
+        <x:v>110.738</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>116.66</x:v>
+        <x:v>130.28</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>102.06</x:v>
+        <x:v>114.266</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>120.07</x:v>
+        <x:v>134.43</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>105.952</x:v>
+        <x:v>119.094</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>124.65</x:v>
+        <x:v>140.11</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>105.145</x:v>
+        <x:v>118.346</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>123.7</x:v>
+        <x:v>139.23</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>109.642</x:v>
+        <x:v>118.49</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>128.99</x:v>
+        <x:v>139.4</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45684.7140277778</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>103.043</x:v>
+        <x:v>118.022</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>121.227</x:v>
+        <x:v>138.85</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>121.227</x:v>
+        <x:v>114.996</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>142.62</x:v>
+        <x:v>135.29</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>2.16</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>125.01</x:v>
+        <x:v>112.88</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>147.07</x:v>
+        <x:v>132.8</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>119.706</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>140.83</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>117.054</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>137.71</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>113.534</x:v>
+        <x:v>109.378</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>133.57</x:v>
+        <x:v>128.68</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>115.804</x:v>
+        <x:v>106.106</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>136.24</x:v>
+        <x:v>124.83</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>111.996</x:v>
+        <x:v>106.106</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>131.76</x:v>
+        <x:v>124.83</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>113.246</x:v>
+        <x:v>100.852</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>133.23</x:v>
+        <x:v>118.65</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>115.524</x:v>
+        <x:v>99.161</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>135.91</x:v>
+        <x:v>116.66</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>119.094</x:v>
+        <x:v>102.06</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>140.11</x:v>
+        <x:v>120.07</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>119.119</x:v>
+        <x:v>105.952</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>140.14</x:v>
+        <x:v>124.65</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>2.88</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>127.016</x:v>
+        <x:v>105.145</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>149.43</x:v>
+        <x:v>123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>122.8</x:v>
+        <x:v>109.642</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>144.47</x:v>
+        <x:v>128.99</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45684.7140277778</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>1.84</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>116.866</x:v>
+        <x:v>103.043</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>137.49</x:v>
+        <x:v>121.227</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>116.458</x:v>
+        <x:v>121.227</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>137.01</x:v>
+        <x:v>142.62</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>118.72</x:v>
+        <x:v>125.01</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>139.67</x:v>
+        <x:v>147.07</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>114.495</x:v>
+        <x:v>119.706</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>134.7</x:v>
+        <x:v>140.83</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>114.495</x:v>
+        <x:v>117.054</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>134.7</x:v>
+        <x:v>137.71</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>111.078</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>130.68</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>109.574</x:v>
+        <x:v>115.804</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>128.91</x:v>
+        <x:v>136.24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>110.832</x:v>
+        <x:v>111.996</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>130.39</x:v>
+        <x:v>131.76</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>1.53</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>112.2</x:v>
+        <x:v>113.246</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>132</x:v>
+        <x:v>133.23</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>114.112</x:v>
+        <x:v>115.524</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>134.25</x:v>
+        <x:v>135.91</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>116.739</x:v>
+        <x:v>119.094</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>137.34</x:v>
+        <x:v>140.11</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>118.414</x:v>
+        <x:v>119.119</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>139.31</x:v>
+        <x:v>140.14</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>114.81</x:v>
+        <x:v>127.016</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>135.07</x:v>
+        <x:v>149.43</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>2.17</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>117.988</x:v>
+        <x:v>122.8</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>138.81</x:v>
+        <x:v>144.47</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>2.57</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>121.074</x:v>
+        <x:v>116.866</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>142.44</x:v>
+        <x:v>137.49</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>2.89</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>123.301</x:v>
+        <x:v>116.458</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>145.06</x:v>
+        <x:v>137.01</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45631.3355671296</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>123.369</x:v>
+        <x:v>118.72</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>145.14</x:v>
+        <x:v>139.67</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>2.9</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>123.369</x:v>
+        <x:v>114.495</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>145.14</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>117.512</x:v>
+        <x:v>114.495</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>138.25</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>117.512</x:v>
+        <x:v>111.078</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>138.25</x:v>
+        <x:v>130.68</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>115.039</x:v>
+        <x:v>109.574</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>135.34</x:v>
+        <x:v>128.91</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>116.382</x:v>
+        <x:v>110.832</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>136.92</x:v>
+        <x:v>130.39</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>115.617</x:v>
+        <x:v>112.2</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>136.02</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>2.73</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>120.658</x:v>
+        <x:v>114.112</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>141.95</x:v>
+        <x:v>134.25</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>3.39</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>124.67</x:v>
+        <x:v>116.739</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>146.67</x:v>
+        <x:v>137.34</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>124.006</x:v>
+        <x:v>118.414</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>145.89</x:v>
+        <x:v>139.31</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>3.45</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>124.958</x:v>
+        <x:v>114.81</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>147.01</x:v>
+        <x:v>135.07</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>2.67</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>119.128</x:v>
+        <x:v>117.988</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>140.15</x:v>
+        <x:v>138.81</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>120.683</x:v>
+        <x:v>121.074</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>141.98</x:v>
+        <x:v>142.44</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>124.746</x:v>
+        <x:v>123.301</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>146.76</x:v>
+        <x:v>145.06</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45631.3355671296</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>3.55</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>124.33</x:v>
+        <x:v>123.369</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>146.27</x:v>
+        <x:v>145.14</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>3.87</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>126.046</x:v>
+        <x:v>123.369</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>148.29</x:v>
+        <x:v>145.14</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>3.44</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>123.471</x:v>
+        <x:v>117.512</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>145.26</x:v>
+        <x:v>138.25</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>3.83</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>125.486</x:v>
+        <x:v>117.512</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>147.63</x:v>
+        <x:v>138.25</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>4.03</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>126.548</x:v>
+        <x:v>115.039</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>148.88</x:v>
+        <x:v>135.34</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>3.56</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>123.768</x:v>
+        <x:v>116.382</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>145.61</x:v>
+        <x:v>136.92</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>118.924</x:v>
+        <x:v>115.617</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>139.91</x:v>
+        <x:v>136.02</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>115.642</x:v>
+        <x:v>120.658</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>136.05</x:v>
+        <x:v>141.95</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>2.39</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>115.09</x:v>
+        <x:v>124.67</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>135.4</x:v>
+        <x:v>146.67</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>2.14</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>112.846</x:v>
+        <x:v>124.006</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>132.76</x:v>
+        <x:v>145.89</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>2.98</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>118.435</x:v>
+        <x:v>124.958</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>139.335</x:v>
+        <x:v>147.01</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>120.062</x:v>
+        <x:v>119.128</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>141.25</x:v>
+        <x:v>140.15</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>119.442</x:v>
+        <x:v>120.683</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>140.52</x:v>
+        <x:v>141.98</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>3.31</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>120.309</x:v>
+        <x:v>124.746</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>141.54</x:v>
+        <x:v>146.76</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>3.16</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>119.348</x:v>
+        <x:v>124.33</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>140.41</x:v>
+        <x:v>146.27</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>3.06</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>118.626</x:v>
+        <x:v>126.046</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>139.56</x:v>
+        <x:v>148.29</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>122.052</x:v>
+        <x:v>123.471</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>143.59</x:v>
+        <x:v>145.26</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>3.7</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>122.154</x:v>
+        <x:v>125.486</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>143.71</x:v>
+        <x:v>147.63</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>2.28</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>111.86</x:v>
+        <x:v>126.548</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>131.6</x:v>
+        <x:v>148.88</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>3.17</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>117.36</x:v>
+        <x:v>123.768</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>138.07</x:v>
+        <x:v>145.61</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>114.58</x:v>
+        <x:v>118.924</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>134.8</x:v>
+        <x:v>139.91</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>114.588</x:v>
+        <x:v>115.642</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>134.81</x:v>
+        <x:v>136.05</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>112.752</x:v>
+        <x:v>115.09</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>132.65</x:v>
+        <x:v>135.4</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>112.956</x:v>
+        <x:v>112.846</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>132.89</x:v>
+        <x:v>132.76</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>108.562</x:v>
+        <x:v>118.435</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>127.72</x:v>
+        <x:v>139.335</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>1.83</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>106.182</x:v>
+        <x:v>120.062</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>124.92</x:v>
+        <x:v>141.25</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>1.66</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>104.422</x:v>
+        <x:v>119.442</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>122.85</x:v>
+        <x:v>140.52</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>1.39</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>101.022</x:v>
+        <x:v>120.309</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>118.85</x:v>
+        <x:v>141.54</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>1.27</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>99.45</x:v>
+        <x:v>119.348</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>117</x:v>
+        <x:v>140.41</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>1.62</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>103.224</x:v>
+        <x:v>118.626</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>121.44</x:v>
+        <x:v>139.56</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>1.63</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>103.19</x:v>
+        <x:v>122.052</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>121.4</x:v>
+        <x:v>143.59</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>1.87</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>105.434</x:v>
+        <x:v>122.154</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>124.04</x:v>
+        <x:v>143.71</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>104.984</x:v>
+        <x:v>111.86</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>123.51</x:v>
+        <x:v>131.6</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>1.61</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>102.74</x:v>
+        <x:v>117.36</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>120.87</x:v>
+        <x:v>138.07</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>1.3</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>98.821</x:v>
+        <x:v>114.58</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>116.26</x:v>
+        <x:v>134.8</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>1.29</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>98.6</x:v>
+        <x:v>114.588</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>116</x:v>
+        <x:v>134.81</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>1.43</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>100.19</x:v>
+        <x:v>112.752</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>117.87</x:v>
+        <x:v>132.65</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>1.16</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>96.364</x:v>
+        <x:v>112.956</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>113.37</x:v>
+        <x:v>132.89</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>1.31</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>98.252</x:v>
+        <x:v>108.562</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>115.59</x:v>
+        <x:v>127.72</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>99.263</x:v>
+        <x:v>106.182</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>116.78</x:v>
+        <x:v>124.92</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>101.235</x:v>
+        <x:v>104.422</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>119.1</x:v>
+        <x:v>122.85</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>101.269</x:v>
+        <x:v>101.022</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>119.14</x:v>
+        <x:v>118.85</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45547.3251273148</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>99.374</x:v>
+        <x:v>99.45</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>116.91</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>99.374</x:v>
+        <x:v>103.224</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>116.91</x:v>
+        <x:v>121.44</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>91.885</x:v>
+        <x:v>103.19</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>108.1</x:v>
+        <x:v>121.4</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>90.5</x:v>
+        <x:v>105.434</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>106.47</x:v>
+        <x:v>124.04</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>0.73</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>87.406</x:v>
+        <x:v>104.984</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>102.83</x:v>
+        <x:v>123.51</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>91.128</x:v>
+        <x:v>102.74</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>107.21</x:v>
+        <x:v>120.87</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>90.278</x:v>
+        <x:v>98.821</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>106.21</x:v>
+        <x:v>116.26</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>101.464</x:v>
+        <x:v>98.6</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>119.37</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>99.952</x:v>
+        <x:v>100.19</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>117.59</x:v>
+        <x:v>117.87</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>3.59</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>106.768</x:v>
+        <x:v>96.364</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>125.61</x:v>
+        <x:v>113.37</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>4.11</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>109.055</x:v>
+        <x:v>98.252</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>128.3</x:v>
+        <x:v>115.59</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>3.78</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>107.491</x:v>
+        <x:v>99.263</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>126.46</x:v>
+        <x:v>116.78</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>4.39</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>109.964</x:v>
+        <x:v>101.235</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>129.37</x:v>
+        <x:v>119.1</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>3.45</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>105.179</x:v>
+        <x:v>101.269</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>123.74</x:v>
+        <x:v>119.14</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45547.3251273148</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>109.225</x:v>
+        <x:v>99.374</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>128.5</x:v>
+        <x:v>116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>4.21</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>108.162</x:v>
+        <x:v>99.374</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>127.25</x:v>
+        <x:v>116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>4.82</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>110.5</x:v>
+        <x:v>91.885</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>130</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>3.84</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>105.893</x:v>
+        <x:v>90.5</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>124.58</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>3.54</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>104.431</x:v>
+        <x:v>87.406</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>122.86</x:v>
+        <x:v>102.83</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>2.85</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>100.368</x:v>
+        <x:v>91.128</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>118.08</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>98.719</x:v>
+        <x:v>90.278</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>116.14</x:v>
+        <x:v>106.21</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>92.667</x:v>
+        <x:v>101.464</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>109.02</x:v>
+        <x:v>119.37</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>1.5</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>89.038</x:v>
+        <x:v>99.952</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>104.75</x:v>
+        <x:v>117.59</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>1.53</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>89.224</x:v>
+        <x:v>106.768</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>104.97</x:v>
+        <x:v>125.61</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>1.12</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>84.074</x:v>
+        <x:v>109.055</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>98.91</x:v>
+        <x:v>128.3</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>0.98</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>88.612</x:v>
+        <x:v>107.491</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>104.25</x:v>
+        <x:v>126.46</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>1.32</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>85.382</x:v>
+        <x:v>109.964</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>100.45</x:v>
+        <x:v>129.37</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45509.6467013889</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>0.8</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>77.095</x:v>
+        <x:v>105.179</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>90.7</x:v>
+        <x:v>123.74</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>11.29</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>91.18</x:v>
+        <x:v>109.225</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>107.27</x:v>
+        <x:v>128.5</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>22.69</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>99.467</x:v>
+        <x:v>108.162</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>117.02</x:v>
+        <x:v>127.25</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>12.84</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>88.17</x:v>
+        <x:v>110.5</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>103.73</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>22.28</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>94.852</x:v>
+        <x:v>105.893</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>111.59</x:v>
+        <x:v>124.58</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>24.27</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>96.101</x:v>
+        <x:v>104.431</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>113.06</x:v>
+        <x:v>122.86</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>23.32</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>95.438</x:v>
+        <x:v>100.368</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>112.28</x:v>
+        <x:v>118.08</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>26.05</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>97.112</x:v>
+        <x:v>98.719</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>114.25</x:v>
+        <x:v>116.14</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>44.11</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>104.202</x:v>
+        <x:v>92.667</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>122.59</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>46.31</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>105.009</x:v>
+        <x:v>89.038</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>123.54</x:v>
+        <x:v>104.75</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>36.13</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>100.24</x:v>
+        <x:v>89.224</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>117.93</x:v>
+        <x:v>104.97</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>42.9</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>102.926</x:v>
+        <x:v>84.074</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>121.09</x:v>
+        <x:v>98.91</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>37.1</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>100.292</x:v>
+        <x:v>88.612</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>117.99</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>61.69</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>107.406</x:v>
+        <x:v>85.382</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>126.36</x:v>
+        <x:v>100.45</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45509.6467013889</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>68.43</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>109.174</x:v>
+        <x:v>77.095</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>128.44</x:v>
+        <x:v>90.7</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>71.34</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>109.854</x:v>
+        <x:v>91.18</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>129.24</x:v>
+        <x:v>107.27</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>65.73</x:v>
+        <x:v>22.69</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>108.29</x:v>
+        <x:v>99.467</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>127.4</x:v>
+        <x:v>117.02</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>98.87</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>114.674</x:v>
+        <x:v>88.17</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>134.91</x:v>
+        <x:v>103.73</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>85.24</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>111.673</x:v>
+        <x:v>94.852</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>131.38</x:v>
+        <x:v>111.59</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>74.27</x:v>
+        <x:v>24.27</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>108.97</x:v>
+        <x:v>96.101</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>128.2</x:v>
+        <x:v>113.06</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>66.96</x:v>
+        <x:v>23.32</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>106.956</x:v>
+        <x:v>95.438</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>125.83</x:v>
+        <x:v>112.28</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>75.84</x:v>
+        <x:v>26.05</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>109.038</x:v>
+        <x:v>97.112</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>128.28</x:v>
+        <x:v>114.25</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>59.57</x:v>
+        <x:v>44.11</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>104.27</x:v>
+        <x:v>104.202</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>122.67</x:v>
+        <x:v>122.59</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>64.74</x:v>
+        <x:v>46.31</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>105.655</x:v>
+        <x:v>105.009</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>124.3</x:v>
+        <x:v>123.54</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>62.66</x:v>
+        <x:v>36.13</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>105.009</x:v>
+        <x:v>100.24</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>123.54</x:v>
+        <x:v>117.93</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>64.14</x:v>
+        <x:v>42.9</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>105.392</x:v>
+        <x:v>102.926</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>123.99</x:v>
+        <x:v>121.09</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>72.52</x:v>
+        <x:v>37.1</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>107.44</x:v>
+        <x:v>100.292</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>126.4</x:v>
+        <x:v>117.99</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>71.56</x:v>
+        <x:v>61.69</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>107.176</x:v>
+        <x:v>107.406</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>126.09</x:v>
+        <x:v>126.36</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>50.96</x:v>
+        <x:v>68.43</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>100.394</x:v>
+        <x:v>109.174</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>118.11</x:v>
+        <x:v>128.44</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>85.61</x:v>
+        <x:v>71.34</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>107.584</x:v>
+        <x:v>109.854</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>126.57</x:v>
+        <x:v>129.24</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>106.27</x:v>
+        <x:v>65.73</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>111.163</x:v>
+        <x:v>108.29</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>130.78</x:v>
+        <x:v>127.4</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>135.36</x:v>
+        <x:v>98.87</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>115.243</x:v>
+        <x:v>114.674</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>135.58</x:v>
+        <x:v>134.91</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>111.92</x:v>
+        <x:v>85.24</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>111.333</x:v>
+        <x:v>111.673</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>130.98</x:v>
+        <x:v>131.38</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>117.15</x:v>
+        <x:v>74.27</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>112.098</x:v>
+        <x:v>108.97</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>131.88</x:v>
+        <x:v>128.2</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>106.13</x:v>
+        <x:v>66.96</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>110.168</x:v>
+        <x:v>106.956</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>129.61</x:v>
+        <x:v>125.83</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>87.7</x:v>
+        <x:v>75.84</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>106.42</x:v>
+        <x:v>109.038</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>125.2</x:v>
+        <x:v>128.28</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>72.38</x:v>
+        <x:v>59.57</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>102.774</x:v>
+        <x:v>104.27</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>120.91</x:v>
+        <x:v>122.67</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>75.73</x:v>
+        <x:v>64.74</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>103.522</x:v>
+        <x:v>105.655</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>121.79</x:v>
+        <x:v>124.3</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>72.75</x:v>
+        <x:v>62.66</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>1027.548</x:v>
+        <x:v>105.009</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>1208.88</x:v>
+        <x:v>123.54</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>73.24</x:v>
+        <x:v>64.14</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>1028.483</x:v>
+        <x:v>105.392</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>1209.98</x:v>
+        <x:v>123.99</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>78.91</x:v>
+        <x:v>72.52</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>1040.74</x:v>
+        <x:v>107.44</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>1224.4</x:v>
+        <x:v>126.4</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>60.32</x:v>
+        <x:v>71.56</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>989.714</x:v>
+        <x:v>107.176</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>1164.37</x:v>
+        <x:v>126.09</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>56.18</x:v>
+        <x:v>50.96</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>977.5</x:v>
+        <x:v>100.394</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>1150</x:v>
+        <x:v>118.11</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>43.55</x:v>
+        <x:v>85.61</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>931.88</x:v>
+        <x:v>107.584</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>1096.33</x:v>
+        <x:v>126.57</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>45.76</x:v>
+        <x:v>106.27</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>939.25</x:v>
+        <x:v>111.163</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>1105</x:v>
+        <x:v>130.78</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>59.22</x:v>
+        <x:v>135.36</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>976.012</x:v>
+        <x:v>115.243</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>1148.25</x:v>
+        <x:v>135.58</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>56.54</x:v>
+        <x:v>111.92</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>968.158</x:v>
+        <x:v>111.333</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>1139.01</x:v>
+        <x:v>130.98</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>39.99</x:v>
+        <x:v>117.15</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>904.986</x:v>
+        <x:v>112.098</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>1064.69</x:v>
+        <x:v>131.88</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>34.68</x:v>
+        <x:v>106.13</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>882.292</x:v>
+        <x:v>110.168</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>1037.99</x:v>
+        <x:v>129.61</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>22.26</x:v>
+        <x:v>87.7</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>807.075</x:v>
+        <x:v>106.42</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>949.5</x:v>
+        <x:v>125.2</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>22.92</x:v>
+        <x:v>72.38</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>810.781</x:v>
+        <x:v>102.774</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>953.86</x:v>
+        <x:v>120.91</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>19.36</x:v>
+        <x:v>75.73</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>786.072</x:v>
+        <x:v>103.522</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>924.79</x:v>
+        <x:v>121.79</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>22.02</x:v>
+        <x:v>72.75</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>802.052</x:v>
+        <x:v>1027.548</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>943.59</x:v>
+        <x:v>1208.88</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>22.43</x:v>
+        <x:v>73.24</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>804.355</x:v>
+        <x:v>1028.483</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>946.3</x:v>
+        <x:v>1209.98</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>18.48</x:v>
+        <x:v>78.91</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>776.526</x:v>
+        <x:v>1040.74</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>913.56</x:v>
+        <x:v>1224.4</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>17.4</x:v>
+        <x:v>60.32</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>768.392</x:v>
+        <x:v>989.714</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>903.99</x:v>
+        <x:v>1164.37</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>16.87</x:v>
+        <x:v>56.18</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>763.963</x:v>
+        <x:v>977.5</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>898.78</x:v>
+        <x:v>1150</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>17.54</x:v>
+        <x:v>43.55</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>768.502</x:v>
+        <x:v>931.88</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>904.12</x:v>
+        <x:v>1096.33</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>17.73</x:v>
+        <x:v>45.76</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>769.709</x:v>
+        <x:v>939.25</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>905.54</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>19.8</x:v>
+        <x:v>59.22</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>783.19</x:v>
+        <x:v>976.012</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>921.4</x:v>
+        <x:v>1148.25</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>16.19</x:v>
+        <x:v>56.54</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>754.706</x:v>
+        <x:v>968.158</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>887.89</x:v>
+        <x:v>1139.01</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>13.42</x:v>
+        <x:v>39.99</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>729.444</x:v>
+        <x:v>904.986</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>858.17</x:v>
+        <x:v>1064.69</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>14.02</x:v>
+        <x:v>34.68</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>734.417</x:v>
+        <x:v>882.292</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>864.02</x:v>
+        <x:v>1037.99</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>15.48</x:v>
+        <x:v>22.26</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>745.934</x:v>
+        <x:v>807.075</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>877.57</x:v>
+        <x:v>949.5</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>15.51</x:v>
+        <x:v>22.92</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>745.748</x:v>
+        <x:v>810.781</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>877.35</x:v>
+        <x:v>953.86</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>11.33</x:v>
+        <x:v>19.36</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>702.372</x:v>
+        <x:v>786.072</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>826.32</x:v>
+        <x:v>924.79</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>9.28</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>677.254</x:v>
+        <x:v>802.052</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>796.77</x:v>
+        <x:v>943.59</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>11.61</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>700.596</x:v>
+        <x:v>804.355</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>824.23</x:v>
+        <x:v>946.3</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>9.53</x:v>
+        <x:v>18.48</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>675.903</x:v>
+        <x:v>776.526</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>795.18</x:v>
+        <x:v>913.56</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>7.58</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>647.7</x:v>
+        <x:v>768.392</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>762</x:v>
+        <x:v>903.99</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45422.9236689815</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>19.02</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>719.704</x:v>
+        <x:v>763.963</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>846.71</x:v>
+        <x:v>898.78</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45399.9244560185</x:v>
+        <x:v>45420.9241782407</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>18.22</x:v>
+        <x:v>17.54</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>714.298</x:v>
+        <x:v>768.502</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>840.35</x:v>
+        <x:v>904.12</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45398.9235763889</x:v>
+        <x:v>45419.9259953704</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>23.76</x:v>
+        <x:v>17.73</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>743.028</x:v>
+        <x:v>769.709</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>874.15</x:v>
+        <x:v>905.54</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45397.9233680556</x:v>
+        <x:v>45418.9291087963</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>21.65</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>731.008</x:v>
+        <x:v>783.19</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>860.01</x:v>
+        <x:v>921.4</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45394.9243518518</x:v>
+        <x:v>45415.9287847222</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>25.54</x:v>
+        <x:v>16.19</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>749.581</x:v>
+        <x:v>754.706</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>881.86</x:v>
+        <x:v>887.89</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45393.9239351852</x:v>
+        <x:v>45414.9243981481</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>30.49</x:v>
+        <x:v>13.42</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>770.236</x:v>
+        <x:v>729.444</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>906.16</x:v>
+        <x:v>858.17</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45392.9227314815</x:v>
+        <x:v>45412.9265625</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>24.48</x:v>
+        <x:v>14.02</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>739.832</x:v>
+        <x:v>734.417</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>870.39</x:v>
+        <x:v>864.02</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45391.926412037</x:v>
+        <x:v>45411.9246643518</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>21.91</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>725.509</x:v>
+        <x:v>745.934</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>853.54</x:v>
+        <x:v>877.57</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45390.9248148148</x:v>
+        <x:v>45408.9315393519</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>25.01</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>740.63</x:v>
+        <x:v>745.748</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>871.33</x:v>
+        <x:v>877.35</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45387.9232523148</x:v>
+        <x:v>45407.9436458333</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>26.7</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>748.068</x:v>
+        <x:v>702.372</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>880.08</x:v>
+        <x:v>826.32</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45386.9251041667</x:v>
+        <x:v>45406.9296759259</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>23.3</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>730.192</x:v>
+        <x:v>677.254</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>859.05</x:v>
+        <x:v>796.77</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45385.9234837963</x:v>
+        <x:v>45405.9324537037</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>29.41</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>756.194</x:v>
+        <x:v>700.596</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>889.64</x:v>
+        <x:v>824.23</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45384.9259490741</x:v>
+        <x:v>45404.9329861111</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>30.44</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>760.342</x:v>
+        <x:v>675.903</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>894.52</x:v>
+        <x:v>795.18</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45379.8836921296</x:v>
+        <x:v>45401.9232060185</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>32.6</x:v>
+        <x:v>7.58</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>768.026</x:v>
+        <x:v>647.7</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>903.56</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45378.8832407407</x:v>
+        <x:v>45400.9237615741</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>32.41</x:v>
+        <x:v>19.02</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>767.125</x:v>
+        <x:v>719.704</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>902.5</x:v>
+        <x:v>846.71</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45377.8827199074</x:v>
+        <x:v>45399.9244560185</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>38.18</x:v>
+        <x:v>18.22</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>786.768</x:v>
+        <x:v>714.298</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>925.61</x:v>
+        <x:v>840.35</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45376.8828819444</x:v>
+        <x:v>45398.9235763889</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>45.2</x:v>
+        <x:v>23.76</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>807.517</x:v>
+        <x:v>743.028</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>950.02</x:v>
+        <x:v>874.15</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45373.8830671296</x:v>
+        <x:v>45397.9233680556</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>43.4</x:v>
+        <x:v>21.65</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>801.456</x:v>
+        <x:v>731.008</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>942.89</x:v>
+        <x:v>860.01</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45372.8844444444</x:v>
+        <x:v>45394.9243518518</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>36.59</x:v>
+        <x:v>25.54</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>777.198</x:v>
+        <x:v>749.581</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>914.35</x:v>
+        <x:v>881.86</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45362.8935648148</x:v>
+        <x:v>45393.9239351852</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>27.45</x:v>
+        <x:v>30.49</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>729.079</x:v>
+        <x:v>770.236</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>857.74</x:v>
+        <x:v>906.16</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45359.9310648148</x:v>
+        <x:v>45392.9227314815</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>31.33</x:v>
+        <x:v>24.48</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>743.988</x:v>
+        <x:v>739.832</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>875.28</x:v>
+        <x:v>870.39</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45358.9291087963</x:v>
+        <x:v>45391.926412037</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>47.05</x:v>
+        <x:v>21.91</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>787.686</x:v>
+        <x:v>725.509</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>926.69</x:v>
+        <x:v>853.54</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45357.9246296296</x:v>
+        <x:v>45390.9248148148</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>37.13</x:v>
+        <x:v>25.01</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>753.95</x:v>
+        <x:v>740.63</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>887</x:v>
+        <x:v>871.33</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45356.9297569444</x:v>
+        <x:v>45387.9232523148</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>31.21</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>730.694</x:v>
+        <x:v>748.068</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>859.64</x:v>
+        <x:v>880.08</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45355.9261574074</x:v>
+        <x:v>45386.9251041667</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>29.72</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>724.514</x:v>
+        <x:v>730.192</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>852.37</x:v>
+        <x:v>859.05</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45351.925787037</x:v>
+        <x:v>45385.9234837963</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>19.79</x:v>
+        <x:v>29.41</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>672.452</x:v>
+        <x:v>756.194</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>791.12</x:v>
+        <x:v>889.64</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45350.9235763889</x:v>
+        <x:v>45384.9259490741</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>17.82</x:v>
+        <x:v>30.44</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>660.136</x:v>
+        <x:v>760.342</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>776.63</x:v>
+        <x:v>894.52</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45349.922337963</x:v>
+        <x:v>45379.8836921296</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>19.38</x:v>
+        <x:v>32.6</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>672.282</x:v>
+        <x:v>768.026</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>790.92</x:v>
+        <x:v>903.56</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45378.8832407407</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>19.99</x:v>
+        <x:v>32.41</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>669.944</x:v>
+        <x:v>767.125</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>788.17</x:v>
+        <x:v>902.5</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45345.9262384259</x:v>
+        <x:v>45377.8827199074</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>19.66</x:v>
+        <x:v>38.18</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>669.944</x:v>
+        <x:v>786.768</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>788.17</x:v>
+        <x:v>925.61</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45344.9258217593</x:v>
+        <x:v>45376.8828819444</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>19.27</x:v>
+        <x:v>45.2</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>667.573</x:v>
+        <x:v>807.517</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>785.38</x:v>
+        <x:v>950.02</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45343.9246412037</x:v>
+        <x:v>45373.8830671296</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>9.72</x:v>
+        <x:v>43.4</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>573.512</x:v>
+        <x:v>801.456</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>674.72</x:v>
+        <x:v>942.89</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45342.9240162037</x:v>
+        <x:v>45372.8844444444</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>11.74</x:v>
+        <x:v>36.59</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>590.342</x:v>
+        <x:v>777.198</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>694.52</x:v>
+        <x:v>914.35</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45338.9307986111</x:v>
+        <x:v>45362.8935648148</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>16</x:v>
+        <x:v>27.45</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>617.21</x:v>
+        <x:v>729.079</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>726.13</x:v>
+        <x:v>857.74</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45337.9414699074</x:v>
+        <x:v>45359.9310648148</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>16.08</x:v>
+        <x:v>31.33</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>617.593</x:v>
+        <x:v>743.988</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>726.58</x:v>
+        <x:v>875.28</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45336.9321412037</x:v>
+        <x:v>45358.9291087963</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>17.91</x:v>
+        <x:v>47.05</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>628.15</x:v>
+        <x:v>787.686</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>739</x:v>
+        <x:v>926.69</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45335.9339814815</x:v>
+        <x:v>45357.9246296296</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>15.62</x:v>
+        <x:v>37.13</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>613.088</x:v>
+        <x:v>753.95</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>721.28</x:v>
+        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45334.9284375</x:v>
+        <x:v>45356.9297569444</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>15.8</x:v>
+        <x:v>31.21</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>614.108</x:v>
+        <x:v>730.694</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>722.48</x:v>
+        <x:v>859.64</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45331.9229976852</x:v>
+        <x:v>45355.9261574074</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>15.71</x:v>
+        <x:v>29.72</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>613.13</x:v>
+        <x:v>724.514</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>721.33</x:v>
+        <x:v>852.37</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45330.9228356481</x:v>
+        <x:v>45351.925787037</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>12.94</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>591.948</x:v>
+        <x:v>672.452</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>696.41</x:v>
+        <x:v>791.12</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45329.9233912037</x:v>
+        <x:v>45350.9235763889</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>13.49</x:v>
+        <x:v>17.82</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>595.842</x:v>
+        <x:v>660.136</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>700.99</x:v>
+        <x:v>776.63</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45328.9222800926</x:v>
+        <x:v>45349.922337963</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>11.59</x:v>
+        <x:v>19.38</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>579.896</x:v>
+        <x:v>672.282</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>682.23</x:v>
+        <x:v>790.92</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45327.9236689815</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>12.84</x:v>
+        <x:v>19.99</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>589.322</x:v>
+        <x:v>669.944</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>693.32</x:v>
+        <x:v>788.17</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
+        <x:v>45345.9262384259</x:v>
+      </x:c>
+      <x:c r="B463" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C463" s="0">
+        <x:v>19.66</x:v>
+      </x:c>
+      <x:c r="D463" s="0">
+        <x:v>669.944</x:v>
+      </x:c>
+      <x:c r="E463" s="0">
+        <x:v>788.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="464" spans="1:5">
+      <x:c r="A464" s="1">
+        <x:v>45344.9258217593</x:v>
+      </x:c>
+      <x:c r="B464" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C464" s="0">
+        <x:v>19.27</x:v>
+      </x:c>
+      <x:c r="D464" s="0">
+        <x:v>667.573</x:v>
+      </x:c>
+      <x:c r="E464" s="0">
+        <x:v>785.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="465" spans="1:5">
+      <x:c r="A465" s="1">
+        <x:v>45343.9246412037</x:v>
+      </x:c>
+      <x:c r="B465" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C465" s="0">
+        <x:v>9.72</x:v>
+      </x:c>
+      <x:c r="D465" s="0">
+        <x:v>573.512</x:v>
+      </x:c>
+      <x:c r="E465" s="0">
+        <x:v>674.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="466" spans="1:5">
+      <x:c r="A466" s="1">
+        <x:v>45342.9240162037</x:v>
+      </x:c>
+      <x:c r="B466" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C466" s="0">
+        <x:v>11.74</x:v>
+      </x:c>
+      <x:c r="D466" s="0">
+        <x:v>590.342</x:v>
+      </x:c>
+      <x:c r="E466" s="0">
+        <x:v>694.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="467" spans="1:5">
+      <x:c r="A467" s="1">
+        <x:v>45338.9307986111</x:v>
+      </x:c>
+      <x:c r="B467" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C467" s="0">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D467" s="0">
+        <x:v>617.21</x:v>
+      </x:c>
+      <x:c r="E467" s="0">
+        <x:v>726.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="468" spans="1:5">
+      <x:c r="A468" s="1">
+        <x:v>45337.9414699074</x:v>
+      </x:c>
+      <x:c r="B468" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C468" s="0">
+        <x:v>16.08</x:v>
+      </x:c>
+      <x:c r="D468" s="0">
+        <x:v>617.593</x:v>
+      </x:c>
+      <x:c r="E468" s="0">
+        <x:v>726.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="469" spans="1:5">
+      <x:c r="A469" s="1">
+        <x:v>45336.9321412037</x:v>
+      </x:c>
+      <x:c r="B469" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C469" s="0">
+        <x:v>17.91</x:v>
+      </x:c>
+      <x:c r="D469" s="0">
+        <x:v>628.15</x:v>
+      </x:c>
+      <x:c r="E469" s="0">
+        <x:v>739</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="470" spans="1:5">
+      <x:c r="A470" s="1">
+        <x:v>45335.9339814815</x:v>
+      </x:c>
+      <x:c r="B470" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C470" s="0">
+        <x:v>15.62</x:v>
+      </x:c>
+      <x:c r="D470" s="0">
+        <x:v>613.088</x:v>
+      </x:c>
+      <x:c r="E470" s="0">
+        <x:v>721.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="471" spans="1:5">
+      <x:c r="A471" s="1">
+        <x:v>45334.9284375</x:v>
+      </x:c>
+      <x:c r="B471" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C471" s="0">
+        <x:v>15.8</x:v>
+      </x:c>
+      <x:c r="D471" s="0">
+        <x:v>614.108</x:v>
+      </x:c>
+      <x:c r="E471" s="0">
+        <x:v>722.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="472" spans="1:5">
+      <x:c r="A472" s="1">
+        <x:v>45331.9229976852</x:v>
+      </x:c>
+      <x:c r="B472" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C472" s="0">
+        <x:v>15.71</x:v>
+      </x:c>
+      <x:c r="D472" s="0">
+        <x:v>613.13</x:v>
+      </x:c>
+      <x:c r="E472" s="0">
+        <x:v>721.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="473" spans="1:5">
+      <x:c r="A473" s="1">
+        <x:v>45330.9228356481</x:v>
+      </x:c>
+      <x:c r="B473" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C473" s="0">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D473" s="0">
+        <x:v>591.948</x:v>
+      </x:c>
+      <x:c r="E473" s="0">
+        <x:v>696.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="474" spans="1:5">
+      <x:c r="A474" s="1">
+        <x:v>45329.9233912037</x:v>
+      </x:c>
+      <x:c r="B474" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C474" s="0">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D474" s="0">
+        <x:v>595.842</x:v>
+      </x:c>
+      <x:c r="E474" s="0">
+        <x:v>700.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="475" spans="1:5">
+      <x:c r="A475" s="1">
+        <x:v>45328.9222800926</x:v>
+      </x:c>
+      <x:c r="B475" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C475" s="0">
+        <x:v>11.59</x:v>
+      </x:c>
+      <x:c r="D475" s="0">
+        <x:v>579.896</x:v>
+      </x:c>
+      <x:c r="E475" s="0">
+        <x:v>682.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="476" spans="1:5">
+      <x:c r="A476" s="1">
+        <x:v>45327.9236689815</x:v>
+      </x:c>
+      <x:c r="B476" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C476" s="0">
+        <x:v>12.84</x:v>
+      </x:c>
+      <x:c r="D476" s="0">
+        <x:v>589.322</x:v>
+      </x:c>
+      <x:c r="E476" s="0">
+        <x:v>693.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="477" spans="1:5">
+      <x:c r="A477" s="1">
         <x:v>45324.9259837963</x:v>
       </x:c>
-      <x:c r="B463" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C463" s="0">
+      <x:c r="B477" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C477" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D463" s="0">
+      <x:c r="D477" s="0">
         <x:v>562.36</x:v>
       </x:c>
-      <x:c r="E463" s="0">
+      <x:c r="E477" s="0">
         <x:v>661.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>