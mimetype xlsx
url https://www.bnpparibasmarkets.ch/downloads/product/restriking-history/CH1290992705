--- v3 (2026-02-12)
+++ v4 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea7f487f15d499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8472549dca4241e48edc0ac84551aa5a.psmdcp" Id="R58cef070857948cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref8caa633da6459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1c84232c45a47b989d7b2010e98e29c.psmdcp" Id="Rf03556b85a4c41f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992705</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,8155 +393,8393 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E477"/>
+  <x:dimension ref="A1:E491"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46064.9256481481</x:v>
+        <x:v>46086.9325115741</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>161.542</x:v>
+        <x:v>155.839</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>190.05</x:v>
+        <x:v>183.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46085.9285532407</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>160.259</x:v>
+        <x:v>155.584</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>188.54</x:v>
+        <x:v>183.04</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46062.9247106481</x:v>
+        <x:v>46084.9254976852</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>161.534</x:v>
+        <x:v>153.042</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>190.04</x:v>
+        <x:v>180.05</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46083.9256365741</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>146.098</x:v>
+        <x:v>155.108</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>171.88</x:v>
+        <x:v>182.48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>148.062</x:v>
+        <x:v>150.612</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>174.19</x:v>
+        <x:v>177.19</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46079.9259027778</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>153.289</x:v>
+        <x:v>157.156</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>180.34</x:v>
+        <x:v>184.89</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46055.9254861111</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>157.768</x:v>
+        <x:v>166.226</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>185.61</x:v>
+        <x:v>195.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46051.9256018518</x:v>
+        <x:v>46077.925462963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>163.634</x:v>
+        <x:v>163.922</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>192.51</x:v>
+        <x:v>192.85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46073.9253356481</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>162.792</x:v>
+        <x:v>161.347</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>191.52</x:v>
+        <x:v>189.82</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46072.9253819444</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>160.242</x:v>
+        <x:v>159.715</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>188.52</x:v>
+        <x:v>187.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46048.924849537</x:v>
+        <x:v>46071.9253935185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>158.5</x:v>
+        <x:v>159.783</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>186.47</x:v>
+        <x:v>187.98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46045.9251157407</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>159.52</x:v>
+        <x:v>157.224</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>187.67</x:v>
+        <x:v>184.97</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46044.9246064815</x:v>
+        <x:v>46066.9254976852</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>157.114</x:v>
+        <x:v>155.388</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>184.84</x:v>
+        <x:v>182.81</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>155.822</x:v>
+        <x:v>158.899</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>183.32</x:v>
+        <x:v>186.94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>151.36</x:v>
+        <x:v>161.542</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>178.07</x:v>
+        <x:v>190.05</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>158.296</x:v>
+        <x:v>160.259</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>186.23</x:v>
+        <x:v>188.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>158.992</x:v>
+        <x:v>161.534</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>187.05</x:v>
+        <x:v>190.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>155.669</x:v>
+        <x:v>146.098</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>183.14</x:v>
+        <x:v>171.88</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>157.938</x:v>
+        <x:v>148.062</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>185.81</x:v>
+        <x:v>174.19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>157.199</x:v>
+        <x:v>153.289</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>184.94</x:v>
+        <x:v>180.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>157.131</x:v>
+        <x:v>157.768</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>184.86</x:v>
+        <x:v>185.61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>157.284</x:v>
+        <x:v>163.634</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>185.04</x:v>
+        <x:v>192.51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>160.744</x:v>
+        <x:v>162.792</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>189.11</x:v>
+        <x:v>191.52</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>159.154</x:v>
+        <x:v>160.242</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>187.24</x:v>
+        <x:v>188.52</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>159.902</x:v>
+        <x:v>158.5</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>188.12</x:v>
+        <x:v>186.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>159.409</x:v>
+        <x:v>159.52</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>187.54</x:v>
+        <x:v>187.67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>159.987</x:v>
+        <x:v>157.114</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>188.22</x:v>
+        <x:v>184.84</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>160.828</x:v>
+        <x:v>155.822</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>189.21</x:v>
+        <x:v>183.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>156.136</x:v>
+        <x:v>151.36</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>183.69</x:v>
+        <x:v>178.07</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>153.842</x:v>
+        <x:v>158.296</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>180.99</x:v>
+        <x:v>186.23</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>148.019</x:v>
+        <x:v>158.992</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>174.14</x:v>
+        <x:v>187.05</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>145.299</x:v>
+        <x:v>155.669</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>170.94</x:v>
+        <x:v>183.14</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>151.062</x:v>
+        <x:v>157.938</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>177.72</x:v>
+        <x:v>185.81</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>149.846</x:v>
+        <x:v>157.199</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>176.29</x:v>
+        <x:v>184.94</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>148.767</x:v>
+        <x:v>157.131</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>175.02</x:v>
+        <x:v>184.86</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>153.79</x:v>
+        <x:v>157.284</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>180.93</x:v>
+        <x:v>185.04</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>156.213</x:v>
+        <x:v>160.744</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>183.78</x:v>
+        <x:v>189.11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>157.224</x:v>
+        <x:v>159.154</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>184.97</x:v>
+        <x:v>187.24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>155.048</x:v>
+        <x:v>159.902</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>182.41</x:v>
+        <x:v>188.12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>155.866</x:v>
+        <x:v>159.409</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>183.38</x:v>
+        <x:v>187.54</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45995.3278703704</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>152.644</x:v>
+        <x:v>159.987</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>179.59</x:v>
+        <x:v>188.22</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>152.652</x:v>
+        <x:v>160.828</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>179.59</x:v>
+        <x:v>189.21</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>154.241</x:v>
+        <x:v>156.136</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>181.46</x:v>
+        <x:v>183.69</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>152.932</x:v>
+        <x:v>153.842</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>179.92</x:v>
+        <x:v>180.99</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>150.45</x:v>
+        <x:v>148.019</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>177</x:v>
+        <x:v>174.14</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>153.221</x:v>
+        <x:v>145.299</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>180.26</x:v>
+        <x:v>170.94</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>151.147</x:v>
+        <x:v>151.062</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>177.82</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>152.048</x:v>
+        <x:v>149.846</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>178.88</x:v>
+        <x:v>176.29</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>153.544</x:v>
+        <x:v>148.767</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>180.64</x:v>
+        <x:v>175.02</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>158.542</x:v>
+        <x:v>153.79</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>186.52</x:v>
+        <x:v>180.93</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>154.156</x:v>
+        <x:v>156.213</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>181.36</x:v>
+        <x:v>183.78</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>158.61</x:v>
+        <x:v>157.224</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>186.6</x:v>
+        <x:v>184.97</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>161.644</x:v>
+        <x:v>155.048</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>190.17</x:v>
+        <x:v>182.41</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>158.831</x:v>
+        <x:v>155.866</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>186.86</x:v>
+        <x:v>183.38</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45995.3278703704</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>164.73</x:v>
+        <x:v>152.644</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>193.8</x:v>
+        <x:v>179.59</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>164.186</x:v>
+        <x:v>152.652</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>193.16</x:v>
+        <x:v>179.59</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>169.192</x:v>
+        <x:v>154.241</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>199.05</x:v>
+        <x:v>181.46</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>159.928</x:v>
+        <x:v>152.932</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>188.15</x:v>
+        <x:v>179.92</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>159.868</x:v>
+        <x:v>150.45</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>188.08</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>165.928</x:v>
+        <x:v>153.221</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>195.21</x:v>
+        <x:v>180.26</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>168.886</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>198.69</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>175.848</x:v>
+        <x:v>152.048</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>206.88</x:v>
+        <x:v>178.88</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>172.116</x:v>
+        <x:v>153.544</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>202.49</x:v>
+        <x:v>180.64</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>172.456</x:v>
+        <x:v>158.542</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>202.89</x:v>
+        <x:v>186.52</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>175.984</x:v>
+        <x:v>154.156</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>207.04</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>170.876</x:v>
+        <x:v>158.61</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>201.03</x:v>
+        <x:v>186.6</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>162.766</x:v>
+        <x:v>161.644</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>191.49</x:v>
+        <x:v>190.17</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>158.321</x:v>
+        <x:v>158.831</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>186.26</x:v>
+        <x:v>186.86</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>154.836</x:v>
+        <x:v>164.73</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>182.16</x:v>
+        <x:v>193.8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>153.238</x:v>
+        <x:v>164.186</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>180.28</x:v>
+        <x:v>193.16</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>153.986</x:v>
+        <x:v>169.192</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>181.16</x:v>
+        <x:v>199.05</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>155.244</x:v>
+        <x:v>159.928</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>182.64</x:v>
+        <x:v>188.15</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>155.737</x:v>
+        <x:v>159.868</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>183.22</x:v>
+        <x:v>188.08</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>154.538</x:v>
+        <x:v>165.928</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>181.81</x:v>
+        <x:v>195.21</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>152.856</x:v>
+        <x:v>168.886</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>179.83</x:v>
+        <x:v>198.69</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>153.026</x:v>
+        <x:v>175.848</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>180.03</x:v>
+        <x:v>206.88</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>160.072</x:v>
+        <x:v>172.116</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>188.32</x:v>
+        <x:v>202.49</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>155.686</x:v>
+        <x:v>172.456</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>183.16</x:v>
+        <x:v>202.89</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>160.744</x:v>
+        <x:v>175.984</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>189.11</x:v>
+        <x:v>207.04</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>157.284</x:v>
+        <x:v>170.876</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>185.04</x:v>
+        <x:v>201.03</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>157.709</x:v>
+        <x:v>162.766</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>185.54</x:v>
+        <x:v>191.49</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>159.477</x:v>
+        <x:v>158.321</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>187.62</x:v>
+        <x:v>186.26</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>160.556</x:v>
+        <x:v>154.836</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>188.89</x:v>
+        <x:v>182.16</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>159.154</x:v>
+        <x:v>153.238</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>187.24</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>158.593</x:v>
+        <x:v>153.986</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>186.58</x:v>
+        <x:v>181.16</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>154.572</x:v>
+        <x:v>155.244</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>181.85</x:v>
+        <x:v>182.64</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>151.462</x:v>
+        <x:v>155.737</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>178.19</x:v>
+        <x:v>183.22</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>151.036</x:v>
+        <x:v>154.538</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>177.69</x:v>
+        <x:v>181.81</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>150.424</x:v>
+        <x:v>152.856</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>176.97</x:v>
+        <x:v>179.83</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>151.666</x:v>
+        <x:v>153.026</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>178.43</x:v>
+        <x:v>180.03</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>156.068</x:v>
+        <x:v>160.072</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>183.61</x:v>
+        <x:v>188.32</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>150.17</x:v>
+        <x:v>155.686</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>176.67</x:v>
+        <x:v>183.16</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>149.804</x:v>
+        <x:v>160.744</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>176.24</x:v>
+        <x:v>189.11</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>144.746</x:v>
+        <x:v>157.284</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>170.29</x:v>
+        <x:v>185.04</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>148.648</x:v>
+        <x:v>157.709</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>174.88</x:v>
+        <x:v>185.54</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>151.088</x:v>
+        <x:v>159.477</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>177.75</x:v>
+        <x:v>187.62</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>151.147</x:v>
+        <x:v>160.556</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>177.82</x:v>
+        <x:v>188.89</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>150.588</x:v>
+        <x:v>159.154</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>177.17</x:v>
+        <x:v>187.24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>150.724</x:v>
+        <x:v>158.593</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>177.33</x:v>
+        <x:v>186.58</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>150.73</x:v>
+        <x:v>154.572</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>177.33</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>145.146</x:v>
+        <x:v>151.462</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>170.76</x:v>
+        <x:v>178.19</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>143.064</x:v>
+        <x:v>151.036</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>168.31</x:v>
+        <x:v>177.69</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>141.967</x:v>
+        <x:v>150.424</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>167.02</x:v>
+        <x:v>176.97</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>145.911</x:v>
+        <x:v>151.666</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>171.66</x:v>
+        <x:v>178.43</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>145.027</x:v>
+        <x:v>156.068</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>170.62</x:v>
+        <x:v>183.61</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>145.163</x:v>
+        <x:v>150.17</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>170.78</x:v>
+        <x:v>176.67</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>148.053</x:v>
+        <x:v>149.804</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>174.18</x:v>
+        <x:v>176.24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>153.144</x:v>
+        <x:v>144.746</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>180.17</x:v>
+        <x:v>170.29</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>154.36</x:v>
+        <x:v>148.648</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>181.6</x:v>
+        <x:v>174.88</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>154.504</x:v>
+        <x:v>151.088</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>181.77</x:v>
+        <x:v>177.75</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>152.838</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>179.81</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>151.292</x:v>
+        <x:v>150.588</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>177.99</x:v>
+        <x:v>177.17</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>148.733</x:v>
+        <x:v>150.724</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>174.98</x:v>
+        <x:v>177.33</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>149.09</x:v>
+        <x:v>150.73</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>175.4</x:v>
+        <x:v>177.33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>149.294</x:v>
+        <x:v>145.146</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>175.64</x:v>
+        <x:v>170.76</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>154.708</x:v>
+        <x:v>143.064</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>182.01</x:v>
+        <x:v>168.31</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>153.382</x:v>
+        <x:v>141.967</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>180.45</x:v>
+        <x:v>167.02</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>154.717</x:v>
+        <x:v>145.911</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>182.02</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>154.352</x:v>
+        <x:v>145.027</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>181.59</x:v>
+        <x:v>170.62</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>155.686</x:v>
+        <x:v>145.163</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>183.16</x:v>
+        <x:v>170.78</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>154.751</x:v>
+        <x:v>148.053</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>182.06</x:v>
+        <x:v>174.18</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>155.295</x:v>
+        <x:v>153.144</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>182.7</x:v>
+        <x:v>180.17</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
         <x:v>0.16</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>153.654</x:v>
+        <x:v>154.36</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>180.77</x:v>
+        <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>152.507</x:v>
+        <x:v>154.504</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>179.42</x:v>
+        <x:v>181.77</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
         <x:v>0.15</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>151.521</x:v>
+        <x:v>152.838</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>178.26</x:v>
+        <x:v>179.81</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>153</x:v>
+        <x:v>151.292</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>180</x:v>
+        <x:v>177.99</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>151.19</x:v>
+        <x:v>148.733</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>177.87</x:v>
+        <x:v>174.98</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>152.38</x:v>
+        <x:v>149.09</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>179.27</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>149.184</x:v>
+        <x:v>149.294</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>175.51</x:v>
+        <x:v>175.64</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>150.238</x:v>
+        <x:v>154.708</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>176.75</x:v>
+        <x:v>182.01</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>147.475</x:v>
+        <x:v>153.382</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>173.5</x:v>
+        <x:v>180.45</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>147.679</x:v>
+        <x:v>154.717</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>173.74</x:v>
+        <x:v>182.02</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>145.163</x:v>
+        <x:v>154.352</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>170.78</x:v>
+        <x:v>181.59</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>141.976</x:v>
+        <x:v>155.686</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>167.03</x:v>
+        <x:v>183.16</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>145.673</x:v>
+        <x:v>154.751</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>171.38</x:v>
+        <x:v>182.06</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>146.548</x:v>
+        <x:v>155.295</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>172.41</x:v>
+        <x:v>182.7</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>147.05</x:v>
+        <x:v>153.654</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>173</x:v>
+        <x:v>180.77</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>145.664</x:v>
+        <x:v>152.507</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>171.37</x:v>
+        <x:v>179.42</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>145.095</x:v>
+        <x:v>151.521</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>170.7</x:v>
+        <x:v>178.26</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>139.46</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>164.07</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>140.182</x:v>
+        <x:v>151.19</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>164.92</x:v>
+        <x:v>177.87</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>139.485</x:v>
+        <x:v>152.38</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>164.1</x:v>
+        <x:v>179.27</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>138.448</x:v>
+        <x:v>149.184</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>162.88</x:v>
+        <x:v>175.51</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>136</x:v>
+        <x:v>150.238</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>160</x:v>
+        <x:v>176.75</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>134.504</x:v>
+        <x:v>147.475</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>158.24</x:v>
+        <x:v>173.5</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>135.439</x:v>
+        <x:v>147.679</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>159.34</x:v>
+        <x:v>173.74</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>133.662</x:v>
+        <x:v>145.163</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>157.25</x:v>
+        <x:v>170.78</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>130.305</x:v>
+        <x:v>141.976</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>153.3</x:v>
+        <x:v>167.03</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>134.292</x:v>
+        <x:v>145.673</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>157.99</x:v>
+        <x:v>171.38</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>134.088</x:v>
+        <x:v>146.548</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>157.75</x:v>
+        <x:v>172.41</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>131.767</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>155.02</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>131.164</x:v>
+        <x:v>145.664</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>154.31</x:v>
+        <x:v>171.37</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>125.715</x:v>
+        <x:v>145.095</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>147.9</x:v>
+        <x:v>170.7</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>122.544</x:v>
+        <x:v>139.46</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>144.17</x:v>
+        <x:v>164.07</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>122.272</x:v>
+        <x:v>140.182</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>143.85</x:v>
+        <x:v>164.92</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>123.658</x:v>
+        <x:v>139.485</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>145.48</x:v>
+        <x:v>164.1</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>122.502</x:v>
+        <x:v>138.448</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>144.12</x:v>
+        <x:v>162.88</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>122.986</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>144.69</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>120.674</x:v>
+        <x:v>134.504</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>141.97</x:v>
+        <x:v>158.24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>123.25</x:v>
+        <x:v>135.439</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>145</x:v>
+        <x:v>159.34</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>121.398</x:v>
+        <x:v>133.662</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>142.83</x:v>
+        <x:v>157.25</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45819.3319907407</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>122.359</x:v>
+        <x:v>130.305</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>143.96</x:v>
+        <x:v>153.3</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>122.366</x:v>
+        <x:v>134.292</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>143.96</x:v>
+        <x:v>157.99</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>120.462</x:v>
+        <x:v>134.088</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>141.72</x:v>
+        <x:v>157.75</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>118.992</x:v>
+        <x:v>131.767</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>139.99</x:v>
+        <x:v>155.02</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>120.632</x:v>
+        <x:v>131.164</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>141.92</x:v>
+        <x:v>154.31</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>120.037</x:v>
+        <x:v>125.715</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>141.22</x:v>
+        <x:v>147.9</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>116.773</x:v>
+        <x:v>122.544</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>137.38</x:v>
+        <x:v>144.17</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>111.596</x:v>
+        <x:v>122.272</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>131.29</x:v>
+        <x:v>143.85</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>112.906</x:v>
+        <x:v>123.658</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>132.83</x:v>
+        <x:v>145.48</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>112.03</x:v>
+        <x:v>122.502</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>131.8</x:v>
+        <x:v>144.12</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>114.223</x:v>
+        <x:v>122.986</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>134.38</x:v>
+        <x:v>144.69</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>115.234</x:v>
+        <x:v>120.674</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>135.57</x:v>
+        <x:v>141.97</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>115.09</x:v>
+        <x:v>123.25</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>135.4</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>114.606</x:v>
+        <x:v>121.398</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>134.83</x:v>
+        <x:v>142.83</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45819.3319907407</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>115.039</x:v>
+        <x:v>122.359</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>135.34</x:v>
+        <x:v>143.96</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>110.44</x:v>
+        <x:v>122.366</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>129.93</x:v>
+        <x:v>143.96</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>104.55</x:v>
+        <x:v>120.462</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>123</x:v>
+        <x:v>141.72</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>99.152</x:v>
+        <x:v>118.992</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>116.65</x:v>
+        <x:v>139.99</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>99.764</x:v>
+        <x:v>120.632</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>117.37</x:v>
+        <x:v>141.92</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>99.501</x:v>
+        <x:v>120.037</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>117.06</x:v>
+        <x:v>141.22</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>96.509</x:v>
+        <x:v>116.773</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>113.54</x:v>
+        <x:v>137.38</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>96.747</x:v>
+        <x:v>111.596</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>113.82</x:v>
+        <x:v>131.29</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>97.325</x:v>
+        <x:v>112.906</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>114.5</x:v>
+        <x:v>132.83</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>92.582</x:v>
+        <x:v>112.03</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>108.92</x:v>
+        <x:v>131.8</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>92.667</x:v>
+        <x:v>114.223</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>109.02</x:v>
+        <x:v>134.38</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>92.42</x:v>
+        <x:v>115.234</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>108.73</x:v>
+        <x:v>135.57</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>94.358</x:v>
+        <x:v>115.09</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>111.01</x:v>
+        <x:v>135.4</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>90.466</x:v>
+        <x:v>114.606</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>106.43</x:v>
+        <x:v>134.83</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>87.304</x:v>
+        <x:v>115.039</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>102.71</x:v>
+        <x:v>135.34</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>84.056</x:v>
+        <x:v>110.44</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>98.89</x:v>
+        <x:v>129.93</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>86.266</x:v>
+        <x:v>104.55</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>101.49</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>88.816</x:v>
+        <x:v>99.152</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>104.49</x:v>
+        <x:v>116.65</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>95.37</x:v>
+        <x:v>99.764</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>112.2</x:v>
+        <x:v>117.37</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>94.104</x:v>
+        <x:v>99.501</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>110.71</x:v>
+        <x:v>117.06</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>94.29</x:v>
+        <x:v>96.509</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>110.93</x:v>
+        <x:v>113.54</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>91.434</x:v>
+        <x:v>96.747</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>107.57</x:v>
+        <x:v>113.82</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>97.18</x:v>
+        <x:v>97.325</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>114.33</x:v>
+        <x:v>114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>81.855</x:v>
+        <x:v>92.582</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>96.3</x:v>
+        <x:v>108.92</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>82.994</x:v>
+        <x:v>92.667</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>97.64</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>80.164</x:v>
+        <x:v>92.42</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>94.31</x:v>
+        <x:v>108.73</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>86.53</x:v>
+        <x:v>94.358</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>101.8</x:v>
+        <x:v>111.01</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>93.628</x:v>
+        <x:v>90.466</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>110.15</x:v>
+        <x:v>106.43</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>92.123</x:v>
+        <x:v>87.304</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>108.38</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>93.22</x:v>
+        <x:v>84.056</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>109.67</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>94.716</x:v>
+        <x:v>86.266</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>111.43</x:v>
+        <x:v>101.49</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>96.696</x:v>
+        <x:v>88.816</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>113.76</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>102.586</x:v>
+        <x:v>95.37</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>120.69</x:v>
+        <x:v>112.2</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>103.198</x:v>
+        <x:v>94.104</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>121.41</x:v>
+        <x:v>110.71</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>100.045</x:v>
+        <x:v>94.29</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>117.7</x:v>
+        <x:v>110.93</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>100.75</x:v>
+        <x:v>91.434</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>118.53</x:v>
+        <x:v>107.57</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>99.892</x:v>
+        <x:v>97.18</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>117.52</x:v>
+        <x:v>114.33</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>98.116</x:v>
+        <x:v>81.855</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>115.43</x:v>
+        <x:v>96.3</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>101.6</x:v>
+        <x:v>82.994</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>119.53</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>98.243</x:v>
+        <x:v>80.164</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>121.67</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>98.243</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>0</x:v>
+        <x:v>101.8</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>98.379</x:v>
+        <x:v>93.628</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>0</x:v>
+        <x:v>110.15</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>92.446</x:v>
+        <x:v>92.123</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>0</x:v>
+        <x:v>108.38</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>92.446</x:v>
+        <x:v>93.22</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>108.76</x:v>
+        <x:v>109.67</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>92.446</x:v>
+        <x:v>94.716</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>108.76</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>95.786</x:v>
+        <x:v>96.696</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>112.69</x:v>
+        <x:v>113.76</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>93.984</x:v>
+        <x:v>102.586</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>110.57</x:v>
+        <x:v>120.69</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>99.705</x:v>
+        <x:v>103.198</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>117.3</x:v>
+        <x:v>121.41</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>98.592</x:v>
+        <x:v>100.045</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>115.99</x:v>
+        <x:v>117.7</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>96.951</x:v>
+        <x:v>100.75</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>114.06</x:v>
+        <x:v>118.53</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>106.182</x:v>
+        <x:v>99.892</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>124.92</x:v>
+        <x:v>117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>102.128</x:v>
+        <x:v>98.116</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>120.15</x:v>
+        <x:v>115.43</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>111.588</x:v>
+        <x:v>101.6</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>131.28</x:v>
+        <x:v>119.53</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>107.636</x:v>
+        <x:v>98.243</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>126.63</x:v>
+        <x:v>121.67</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>110.738</x:v>
+        <x:v>98.243</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>130.28</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>114.266</x:v>
+        <x:v>98.379</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>134.43</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>119.094</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>140.11</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>118.346</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>139.23</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>118.49</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>139.4</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>118.022</x:v>
+        <x:v>95.786</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>138.85</x:v>
+        <x:v>112.69</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>114.996</x:v>
+        <x:v>93.984</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>135.29</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>112.88</x:v>
+        <x:v>99.705</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>132.8</x:v>
+        <x:v>117.3</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>113.534</x:v>
+        <x:v>98.592</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>133.57</x:v>
+        <x:v>115.99</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>113.534</x:v>
+        <x:v>96.951</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>133.57</x:v>
+        <x:v>114.06</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>109.378</x:v>
+        <x:v>106.182</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>128.68</x:v>
+        <x:v>124.92</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>106.106</x:v>
+        <x:v>102.128</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>124.83</x:v>
+        <x:v>120.15</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>106.106</x:v>
+        <x:v>111.588</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>124.83</x:v>
+        <x:v>131.28</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>100.852</x:v>
+        <x:v>107.636</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>118.65</x:v>
+        <x:v>126.63</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>99.161</x:v>
+        <x:v>110.738</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>116.66</x:v>
+        <x:v>130.28</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>102.06</x:v>
+        <x:v>114.266</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>120.07</x:v>
+        <x:v>134.43</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>105.952</x:v>
+        <x:v>119.094</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>124.65</x:v>
+        <x:v>140.11</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>105.145</x:v>
+        <x:v>118.346</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>123.7</x:v>
+        <x:v>139.23</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>109.642</x:v>
+        <x:v>118.49</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>128.99</x:v>
+        <x:v>139.4</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45684.7140277778</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>103.043</x:v>
+        <x:v>118.022</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>121.227</x:v>
+        <x:v>138.85</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>121.227</x:v>
+        <x:v>114.996</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>142.62</x:v>
+        <x:v>135.29</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>2.16</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>125.01</x:v>
+        <x:v>112.88</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>147.07</x:v>
+        <x:v>132.8</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>119.706</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>140.83</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>117.054</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>137.71</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>113.534</x:v>
+        <x:v>109.378</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>133.57</x:v>
+        <x:v>128.68</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>115.804</x:v>
+        <x:v>106.106</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>136.24</x:v>
+        <x:v>124.83</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>111.996</x:v>
+        <x:v>106.106</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>131.76</x:v>
+        <x:v>124.83</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>113.246</x:v>
+        <x:v>100.852</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>133.23</x:v>
+        <x:v>118.65</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>115.524</x:v>
+        <x:v>99.161</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>135.91</x:v>
+        <x:v>116.66</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>119.094</x:v>
+        <x:v>102.06</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>140.11</x:v>
+        <x:v>120.07</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>119.119</x:v>
+        <x:v>105.952</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>140.14</x:v>
+        <x:v>124.65</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>2.88</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>127.016</x:v>
+        <x:v>105.145</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>149.43</x:v>
+        <x:v>123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>122.8</x:v>
+        <x:v>109.642</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>144.47</x:v>
+        <x:v>128.99</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45684.7140277778</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>1.84</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>116.866</x:v>
+        <x:v>103.043</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>137.49</x:v>
+        <x:v>121.227</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>1.81</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>116.458</x:v>
+        <x:v>121.227</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>137.01</x:v>
+        <x:v>142.62</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>118.72</x:v>
+        <x:v>125.01</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>139.67</x:v>
+        <x:v>147.07</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>114.495</x:v>
+        <x:v>119.706</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>134.7</x:v>
+        <x:v>140.83</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>114.495</x:v>
+        <x:v>117.054</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>134.7</x:v>
+        <x:v>137.71</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>111.078</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>130.68</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>109.574</x:v>
+        <x:v>115.804</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>128.91</x:v>
+        <x:v>136.24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>110.832</x:v>
+        <x:v>111.996</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>130.39</x:v>
+        <x:v>131.76</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>1.53</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>112.2</x:v>
+        <x:v>113.246</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>132</x:v>
+        <x:v>133.23</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>114.112</x:v>
+        <x:v>115.524</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>134.25</x:v>
+        <x:v>135.91</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>116.739</x:v>
+        <x:v>119.094</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>137.34</x:v>
+        <x:v>140.11</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>118.414</x:v>
+        <x:v>119.119</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>139.31</x:v>
+        <x:v>140.14</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>114.81</x:v>
+        <x:v>127.016</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>135.07</x:v>
+        <x:v>149.43</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>2.17</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>117.988</x:v>
+        <x:v>122.8</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>138.81</x:v>
+        <x:v>144.47</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>2.57</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>121.074</x:v>
+        <x:v>116.866</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>142.44</x:v>
+        <x:v>137.49</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>2.89</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>123.301</x:v>
+        <x:v>116.458</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>145.06</x:v>
+        <x:v>137.01</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45631.3355671296</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>123.369</x:v>
+        <x:v>118.72</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>145.14</x:v>
+        <x:v>139.67</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>2.9</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>123.369</x:v>
+        <x:v>114.495</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>145.14</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>117.512</x:v>
+        <x:v>114.495</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>138.25</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>117.512</x:v>
+        <x:v>111.078</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>138.25</x:v>
+        <x:v>130.68</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>115.039</x:v>
+        <x:v>109.574</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>135.34</x:v>
+        <x:v>128.91</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>116.382</x:v>
+        <x:v>110.832</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>136.92</x:v>
+        <x:v>130.39</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>115.617</x:v>
+        <x:v>112.2</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>136.02</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>2.73</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>120.658</x:v>
+        <x:v>114.112</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>141.95</x:v>
+        <x:v>134.25</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>3.39</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>124.67</x:v>
+        <x:v>116.739</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>146.67</x:v>
+        <x:v>137.34</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>3.29</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>124.006</x:v>
+        <x:v>118.414</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>145.89</x:v>
+        <x:v>139.31</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>3.45</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>124.958</x:v>
+        <x:v>114.81</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>147.01</x:v>
+        <x:v>135.07</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>2.67</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>119.128</x:v>
+        <x:v>117.988</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>140.15</x:v>
+        <x:v>138.81</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>120.683</x:v>
+        <x:v>121.074</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>141.98</x:v>
+        <x:v>142.44</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>124.746</x:v>
+        <x:v>123.301</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>146.76</x:v>
+        <x:v>145.06</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45631.3355671296</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>3.55</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>124.33</x:v>
+        <x:v>123.369</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>146.27</x:v>
+        <x:v>145.14</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>3.87</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>126.046</x:v>
+        <x:v>123.369</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>148.29</x:v>
+        <x:v>145.14</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>3.44</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>123.471</x:v>
+        <x:v>117.512</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>145.26</x:v>
+        <x:v>138.25</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>3.83</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>125.486</x:v>
+        <x:v>117.512</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>147.63</x:v>
+        <x:v>138.25</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>4.03</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>126.548</x:v>
+        <x:v>115.039</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>148.88</x:v>
+        <x:v>135.34</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>3.56</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>123.768</x:v>
+        <x:v>116.382</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>145.61</x:v>
+        <x:v>136.92</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>118.924</x:v>
+        <x:v>115.617</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>139.91</x:v>
+        <x:v>136.02</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>115.642</x:v>
+        <x:v>120.658</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>136.05</x:v>
+        <x:v>141.95</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>2.39</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>115.09</x:v>
+        <x:v>124.67</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>135.4</x:v>
+        <x:v>146.67</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>2.14</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>112.846</x:v>
+        <x:v>124.006</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>132.76</x:v>
+        <x:v>145.89</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>2.98</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>118.435</x:v>
+        <x:v>124.958</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>139.335</x:v>
+        <x:v>147.01</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>3.25</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>120.062</x:v>
+        <x:v>119.128</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>141.25</x:v>
+        <x:v>140.15</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>119.442</x:v>
+        <x:v>120.683</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>140.52</x:v>
+        <x:v>141.98</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>3.31</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>120.309</x:v>
+        <x:v>124.746</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>141.54</x:v>
+        <x:v>146.76</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>3.16</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>119.348</x:v>
+        <x:v>124.33</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>140.41</x:v>
+        <x:v>146.27</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>3.06</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>118.626</x:v>
+        <x:v>126.046</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>139.56</x:v>
+        <x:v>148.29</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>122.052</x:v>
+        <x:v>123.471</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>143.59</x:v>
+        <x:v>145.26</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>3.7</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>122.154</x:v>
+        <x:v>125.486</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>143.71</x:v>
+        <x:v>147.63</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>2.28</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>111.86</x:v>
+        <x:v>126.548</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>131.6</x:v>
+        <x:v>148.88</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>3.17</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>117.36</x:v>
+        <x:v>123.768</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>138.07</x:v>
+        <x:v>145.61</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>114.58</x:v>
+        <x:v>118.924</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>134.8</x:v>
+        <x:v>139.91</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>114.588</x:v>
+        <x:v>115.642</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>134.81</x:v>
+        <x:v>136.05</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>112.752</x:v>
+        <x:v>115.09</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>132.65</x:v>
+        <x:v>135.4</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>112.956</x:v>
+        <x:v>112.846</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>132.89</x:v>
+        <x:v>132.76</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>108.562</x:v>
+        <x:v>118.435</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>127.72</x:v>
+        <x:v>139.335</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>1.83</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>106.182</x:v>
+        <x:v>120.062</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>124.92</x:v>
+        <x:v>141.25</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>1.66</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>104.422</x:v>
+        <x:v>119.442</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>122.85</x:v>
+        <x:v>140.52</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>1.39</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>101.022</x:v>
+        <x:v>120.309</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>118.85</x:v>
+        <x:v>141.54</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>1.27</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>99.45</x:v>
+        <x:v>119.348</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>117</x:v>
+        <x:v>140.41</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>1.62</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>103.224</x:v>
+        <x:v>118.626</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>121.44</x:v>
+        <x:v>139.56</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>1.63</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>103.19</x:v>
+        <x:v>122.052</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>121.4</x:v>
+        <x:v>143.59</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>1.87</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>105.434</x:v>
+        <x:v>122.154</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>124.04</x:v>
+        <x:v>143.71</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>1.82</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>104.984</x:v>
+        <x:v>111.86</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>123.51</x:v>
+        <x:v>131.6</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>1.61</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>102.74</x:v>
+        <x:v>117.36</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>120.87</x:v>
+        <x:v>138.07</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>1.3</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>98.821</x:v>
+        <x:v>114.58</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>116.26</x:v>
+        <x:v>134.8</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>1.29</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>98.6</x:v>
+        <x:v>114.588</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>116</x:v>
+        <x:v>134.81</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>1.43</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>100.19</x:v>
+        <x:v>112.752</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>117.87</x:v>
+        <x:v>132.65</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>1.16</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>96.364</x:v>
+        <x:v>112.956</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>113.37</x:v>
+        <x:v>132.89</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>1.31</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>98.252</x:v>
+        <x:v>108.562</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>115.59</x:v>
+        <x:v>127.72</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>99.263</x:v>
+        <x:v>106.182</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>116.78</x:v>
+        <x:v>124.92</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>101.235</x:v>
+        <x:v>104.422</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>119.1</x:v>
+        <x:v>122.85</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>101.269</x:v>
+        <x:v>101.022</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>119.14</x:v>
+        <x:v>118.85</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45547.3251273148</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>99.374</x:v>
+        <x:v>99.45</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>116.91</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>99.374</x:v>
+        <x:v>103.224</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>116.91</x:v>
+        <x:v>121.44</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>91.885</x:v>
+        <x:v>103.19</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>108.1</x:v>
+        <x:v>121.4</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>90.5</x:v>
+        <x:v>105.434</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>106.47</x:v>
+        <x:v>124.04</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>0.73</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>87.406</x:v>
+        <x:v>104.984</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>102.83</x:v>
+        <x:v>123.51</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>91.128</x:v>
+        <x:v>102.74</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>107.21</x:v>
+        <x:v>120.87</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>90.278</x:v>
+        <x:v>98.821</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>106.21</x:v>
+        <x:v>116.26</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>101.464</x:v>
+        <x:v>98.6</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>119.37</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>99.952</x:v>
+        <x:v>100.19</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>117.59</x:v>
+        <x:v>117.87</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>3.59</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>106.768</x:v>
+        <x:v>96.364</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>125.61</x:v>
+        <x:v>113.37</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>4.11</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>109.055</x:v>
+        <x:v>98.252</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>128.3</x:v>
+        <x:v>115.59</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>3.78</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>107.491</x:v>
+        <x:v>99.263</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>126.46</x:v>
+        <x:v>116.78</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>4.39</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>109.964</x:v>
+        <x:v>101.235</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>129.37</x:v>
+        <x:v>119.1</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>3.45</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>105.179</x:v>
+        <x:v>101.269</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>123.74</x:v>
+        <x:v>119.14</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45547.3251273148</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>109.225</x:v>
+        <x:v>99.374</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>128.5</x:v>
+        <x:v>116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>4.21</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>108.162</x:v>
+        <x:v>99.374</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>127.25</x:v>
+        <x:v>116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>4.82</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>110.5</x:v>
+        <x:v>91.885</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>130</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>3.84</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>105.893</x:v>
+        <x:v>90.5</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>124.58</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>3.54</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>104.431</x:v>
+        <x:v>87.406</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>122.86</x:v>
+        <x:v>102.83</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>2.85</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>100.368</x:v>
+        <x:v>91.128</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>118.08</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>98.719</x:v>
+        <x:v>90.278</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>116.14</x:v>
+        <x:v>106.21</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>1.87</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>92.667</x:v>
+        <x:v>101.464</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>109.02</x:v>
+        <x:v>119.37</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>1.5</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>89.038</x:v>
+        <x:v>99.952</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>104.75</x:v>
+        <x:v>117.59</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>1.53</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>89.224</x:v>
+        <x:v>106.768</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>104.97</x:v>
+        <x:v>125.61</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>1.12</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>84.074</x:v>
+        <x:v>109.055</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>98.91</x:v>
+        <x:v>128.3</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>0.98</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>88.612</x:v>
+        <x:v>107.491</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>104.25</x:v>
+        <x:v>126.46</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>1.32</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>85.382</x:v>
+        <x:v>109.964</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>100.45</x:v>
+        <x:v>129.37</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45509.6467013889</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>0.8</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>77.095</x:v>
+        <x:v>105.179</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>90.7</x:v>
+        <x:v>123.74</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>11.29</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>91.18</x:v>
+        <x:v>109.225</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>107.27</x:v>
+        <x:v>128.5</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>22.69</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>99.467</x:v>
+        <x:v>108.162</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>117.02</x:v>
+        <x:v>127.25</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>12.84</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>88.17</x:v>
+        <x:v>110.5</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>103.73</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>22.28</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>94.852</x:v>
+        <x:v>105.893</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>111.59</x:v>
+        <x:v>124.58</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>24.27</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>96.101</x:v>
+        <x:v>104.431</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>113.06</x:v>
+        <x:v>122.86</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>23.32</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>95.438</x:v>
+        <x:v>100.368</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>112.28</x:v>
+        <x:v>118.08</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>26.05</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>97.112</x:v>
+        <x:v>98.719</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>114.25</x:v>
+        <x:v>116.14</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>44.11</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>104.202</x:v>
+        <x:v>92.667</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>122.59</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>46.31</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>105.009</x:v>
+        <x:v>89.038</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>123.54</x:v>
+        <x:v>104.75</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>36.13</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>100.24</x:v>
+        <x:v>89.224</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>117.93</x:v>
+        <x:v>104.97</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>42.9</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>102.926</x:v>
+        <x:v>84.074</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>121.09</x:v>
+        <x:v>98.91</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>37.1</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>100.292</x:v>
+        <x:v>88.612</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>117.99</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>61.69</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>107.406</x:v>
+        <x:v>85.382</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>126.36</x:v>
+        <x:v>100.45</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45509.6467013889</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>68.43</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>109.174</x:v>
+        <x:v>77.095</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>128.44</x:v>
+        <x:v>90.7</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>71.34</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>109.854</x:v>
+        <x:v>91.18</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>129.24</x:v>
+        <x:v>107.27</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>65.73</x:v>
+        <x:v>22.69</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>108.29</x:v>
+        <x:v>99.467</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>127.4</x:v>
+        <x:v>117.02</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>98.87</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>114.674</x:v>
+        <x:v>88.17</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>134.91</x:v>
+        <x:v>103.73</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>85.24</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>111.673</x:v>
+        <x:v>94.852</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>131.38</x:v>
+        <x:v>111.59</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>74.27</x:v>
+        <x:v>24.27</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>108.97</x:v>
+        <x:v>96.101</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>128.2</x:v>
+        <x:v>113.06</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>66.96</x:v>
+        <x:v>23.32</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>106.956</x:v>
+        <x:v>95.438</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>125.83</x:v>
+        <x:v>112.28</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>75.84</x:v>
+        <x:v>26.05</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>109.038</x:v>
+        <x:v>97.112</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>128.28</x:v>
+        <x:v>114.25</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>59.57</x:v>
+        <x:v>44.11</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>104.27</x:v>
+        <x:v>104.202</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>122.67</x:v>
+        <x:v>122.59</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>64.74</x:v>
+        <x:v>46.31</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>105.655</x:v>
+        <x:v>105.009</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>124.3</x:v>
+        <x:v>123.54</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>62.66</x:v>
+        <x:v>36.13</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>105.009</x:v>
+        <x:v>100.24</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>123.54</x:v>
+        <x:v>117.93</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>64.14</x:v>
+        <x:v>42.9</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>105.392</x:v>
+        <x:v>102.926</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>123.99</x:v>
+        <x:v>121.09</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>72.52</x:v>
+        <x:v>37.1</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>107.44</x:v>
+        <x:v>100.292</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>126.4</x:v>
+        <x:v>117.99</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>71.56</x:v>
+        <x:v>61.69</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>107.176</x:v>
+        <x:v>107.406</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>126.09</x:v>
+        <x:v>126.36</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>50.96</x:v>
+        <x:v>68.43</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>100.394</x:v>
+        <x:v>109.174</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>118.11</x:v>
+        <x:v>128.44</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>85.61</x:v>
+        <x:v>71.34</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>107.584</x:v>
+        <x:v>109.854</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>126.57</x:v>
+        <x:v>129.24</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>106.27</x:v>
+        <x:v>65.73</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>111.163</x:v>
+        <x:v>108.29</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>130.78</x:v>
+        <x:v>127.4</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>135.36</x:v>
+        <x:v>98.87</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>115.243</x:v>
+        <x:v>114.674</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>135.58</x:v>
+        <x:v>134.91</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>111.92</x:v>
+        <x:v>85.24</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>111.333</x:v>
+        <x:v>111.673</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>130.98</x:v>
+        <x:v>131.38</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>117.15</x:v>
+        <x:v>74.27</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>112.098</x:v>
+        <x:v>108.97</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>131.88</x:v>
+        <x:v>128.2</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>106.13</x:v>
+        <x:v>66.96</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>110.168</x:v>
+        <x:v>106.956</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>129.61</x:v>
+        <x:v>125.83</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>87.7</x:v>
+        <x:v>75.84</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>106.42</x:v>
+        <x:v>109.038</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>125.2</x:v>
+        <x:v>128.28</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>72.38</x:v>
+        <x:v>59.57</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>102.774</x:v>
+        <x:v>104.27</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>120.91</x:v>
+        <x:v>122.67</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>75.73</x:v>
+        <x:v>64.74</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>103.522</x:v>
+        <x:v>105.655</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>121.79</x:v>
+        <x:v>124.3</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>72.75</x:v>
+        <x:v>62.66</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>1027.548</x:v>
+        <x:v>105.009</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>1208.88</x:v>
+        <x:v>123.54</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>73.24</x:v>
+        <x:v>64.14</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>1028.483</x:v>
+        <x:v>105.392</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>1209.98</x:v>
+        <x:v>123.99</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>78.91</x:v>
+        <x:v>72.52</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>1040.74</x:v>
+        <x:v>107.44</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>1224.4</x:v>
+        <x:v>126.4</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>60.32</x:v>
+        <x:v>71.56</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>989.714</x:v>
+        <x:v>107.176</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>1164.37</x:v>
+        <x:v>126.09</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>56.18</x:v>
+        <x:v>50.96</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>977.5</x:v>
+        <x:v>100.394</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>1150</x:v>
+        <x:v>118.11</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>43.55</x:v>
+        <x:v>85.61</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>931.88</x:v>
+        <x:v>107.584</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>1096.33</x:v>
+        <x:v>126.57</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>45.76</x:v>
+        <x:v>106.27</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>939.25</x:v>
+        <x:v>111.163</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>1105</x:v>
+        <x:v>130.78</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>59.22</x:v>
+        <x:v>135.36</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>976.012</x:v>
+        <x:v>115.243</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>1148.25</x:v>
+        <x:v>135.58</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>56.54</x:v>
+        <x:v>111.92</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>968.158</x:v>
+        <x:v>111.333</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>1139.01</x:v>
+        <x:v>130.98</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>39.99</x:v>
+        <x:v>117.15</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>904.986</x:v>
+        <x:v>112.098</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>1064.69</x:v>
+        <x:v>131.88</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>34.68</x:v>
+        <x:v>106.13</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>882.292</x:v>
+        <x:v>110.168</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>1037.99</x:v>
+        <x:v>129.61</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>22.26</x:v>
+        <x:v>87.7</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>807.075</x:v>
+        <x:v>106.42</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>949.5</x:v>
+        <x:v>125.2</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>22.92</x:v>
+        <x:v>72.38</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>810.781</x:v>
+        <x:v>102.774</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>953.86</x:v>
+        <x:v>120.91</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>19.36</x:v>
+        <x:v>75.73</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>786.072</x:v>
+        <x:v>103.522</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>924.79</x:v>
+        <x:v>121.79</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>22.02</x:v>
+        <x:v>72.75</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>802.052</x:v>
+        <x:v>1027.548</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>943.59</x:v>
+        <x:v>1208.88</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>22.43</x:v>
+        <x:v>73.24</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>804.355</x:v>
+        <x:v>1028.483</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>946.3</x:v>
+        <x:v>1209.98</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>18.48</x:v>
+        <x:v>78.91</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>776.526</x:v>
+        <x:v>1040.74</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>913.56</x:v>
+        <x:v>1224.4</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>17.4</x:v>
+        <x:v>60.32</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>768.392</x:v>
+        <x:v>989.714</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>903.99</x:v>
+        <x:v>1164.37</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>16.87</x:v>
+        <x:v>56.18</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>763.963</x:v>
+        <x:v>977.5</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>898.78</x:v>
+        <x:v>1150</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>17.54</x:v>
+        <x:v>43.55</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>768.502</x:v>
+        <x:v>931.88</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>904.12</x:v>
+        <x:v>1096.33</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>17.73</x:v>
+        <x:v>45.76</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>769.709</x:v>
+        <x:v>939.25</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>905.54</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>19.8</x:v>
+        <x:v>59.22</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>783.19</x:v>
+        <x:v>976.012</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>921.4</x:v>
+        <x:v>1148.25</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>16.19</x:v>
+        <x:v>56.54</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>754.706</x:v>
+        <x:v>968.158</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>887.89</x:v>
+        <x:v>1139.01</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>13.42</x:v>
+        <x:v>39.99</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>729.444</x:v>
+        <x:v>904.986</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>858.17</x:v>
+        <x:v>1064.69</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>14.02</x:v>
+        <x:v>34.68</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>734.417</x:v>
+        <x:v>882.292</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>864.02</x:v>
+        <x:v>1037.99</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>15.48</x:v>
+        <x:v>22.26</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>745.934</x:v>
+        <x:v>807.075</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>877.57</x:v>
+        <x:v>949.5</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>15.51</x:v>
+        <x:v>22.92</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>745.748</x:v>
+        <x:v>810.781</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>877.35</x:v>
+        <x:v>953.86</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>11.33</x:v>
+        <x:v>19.36</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>702.372</x:v>
+        <x:v>786.072</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>826.32</x:v>
+        <x:v>924.79</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>9.28</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>677.254</x:v>
+        <x:v>802.052</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>796.77</x:v>
+        <x:v>943.59</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>11.61</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>700.596</x:v>
+        <x:v>804.355</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>824.23</x:v>
+        <x:v>946.3</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>9.53</x:v>
+        <x:v>18.48</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>675.903</x:v>
+        <x:v>776.526</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>795.18</x:v>
+        <x:v>913.56</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>7.58</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>647.7</x:v>
+        <x:v>768.392</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>762</x:v>
+        <x:v>903.99</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45422.9236689815</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>19.02</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>719.704</x:v>
+        <x:v>763.963</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>846.71</x:v>
+        <x:v>898.78</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45399.9244560185</x:v>
+        <x:v>45420.9241782407</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>18.22</x:v>
+        <x:v>17.54</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>714.298</x:v>
+        <x:v>768.502</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>840.35</x:v>
+        <x:v>904.12</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45398.9235763889</x:v>
+        <x:v>45419.9259953704</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>23.76</x:v>
+        <x:v>17.73</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>743.028</x:v>
+        <x:v>769.709</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>874.15</x:v>
+        <x:v>905.54</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45397.9233680556</x:v>
+        <x:v>45418.9291087963</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>21.65</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>731.008</x:v>
+        <x:v>783.19</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>860.01</x:v>
+        <x:v>921.4</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45394.9243518518</x:v>
+        <x:v>45415.9287847222</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>25.54</x:v>
+        <x:v>16.19</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>749.581</x:v>
+        <x:v>754.706</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>881.86</x:v>
+        <x:v>887.89</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45393.9239351852</x:v>
+        <x:v>45414.9243981481</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>30.49</x:v>
+        <x:v>13.42</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>770.236</x:v>
+        <x:v>729.444</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>906.16</x:v>
+        <x:v>858.17</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45392.9227314815</x:v>
+        <x:v>45412.9265625</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>24.48</x:v>
+        <x:v>14.02</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>739.832</x:v>
+        <x:v>734.417</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>870.39</x:v>
+        <x:v>864.02</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45391.926412037</x:v>
+        <x:v>45411.9246643518</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>21.91</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>725.509</x:v>
+        <x:v>745.934</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>853.54</x:v>
+        <x:v>877.57</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45390.9248148148</x:v>
+        <x:v>45408.9315393519</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>25.01</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>740.63</x:v>
+        <x:v>745.748</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>871.33</x:v>
+        <x:v>877.35</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45387.9232523148</x:v>
+        <x:v>45407.9436458333</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>26.7</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>748.068</x:v>
+        <x:v>702.372</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>880.08</x:v>
+        <x:v>826.32</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45386.9251041667</x:v>
+        <x:v>45406.9296759259</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>23.3</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>730.192</x:v>
+        <x:v>677.254</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>859.05</x:v>
+        <x:v>796.77</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45385.9234837963</x:v>
+        <x:v>45405.9324537037</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>29.41</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>756.194</x:v>
+        <x:v>700.596</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>889.64</x:v>
+        <x:v>824.23</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45384.9259490741</x:v>
+        <x:v>45404.9329861111</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>30.44</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>760.342</x:v>
+        <x:v>675.903</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>894.52</x:v>
+        <x:v>795.18</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45379.8836921296</x:v>
+        <x:v>45401.9232060185</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>32.6</x:v>
+        <x:v>7.58</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>768.026</x:v>
+        <x:v>647.7</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>903.56</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45378.8832407407</x:v>
+        <x:v>45400.9237615741</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>32.41</x:v>
+        <x:v>19.02</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>767.125</x:v>
+        <x:v>719.704</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>902.5</x:v>
+        <x:v>846.71</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45377.8827199074</x:v>
+        <x:v>45399.9244560185</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>38.18</x:v>
+        <x:v>18.22</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>786.768</x:v>
+        <x:v>714.298</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>925.61</x:v>
+        <x:v>840.35</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45376.8828819444</x:v>
+        <x:v>45398.9235763889</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>45.2</x:v>
+        <x:v>23.76</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>807.517</x:v>
+        <x:v>743.028</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>950.02</x:v>
+        <x:v>874.15</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45373.8830671296</x:v>
+        <x:v>45397.9233680556</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>43.4</x:v>
+        <x:v>21.65</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>801.456</x:v>
+        <x:v>731.008</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>942.89</x:v>
+        <x:v>860.01</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45372.8844444444</x:v>
+        <x:v>45394.9243518518</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>36.59</x:v>
+        <x:v>25.54</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>777.198</x:v>
+        <x:v>749.581</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>914.35</x:v>
+        <x:v>881.86</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45362.8935648148</x:v>
+        <x:v>45393.9239351852</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>27.45</x:v>
+        <x:v>30.49</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>729.079</x:v>
+        <x:v>770.236</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>857.74</x:v>
+        <x:v>906.16</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45359.9310648148</x:v>
+        <x:v>45392.9227314815</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>31.33</x:v>
+        <x:v>24.48</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>743.988</x:v>
+        <x:v>739.832</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>875.28</x:v>
+        <x:v>870.39</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45358.9291087963</x:v>
+        <x:v>45391.926412037</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>47.05</x:v>
+        <x:v>21.91</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>787.686</x:v>
+        <x:v>725.509</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>926.69</x:v>
+        <x:v>853.54</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45357.9246296296</x:v>
+        <x:v>45390.9248148148</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>37.13</x:v>
+        <x:v>25.01</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>753.95</x:v>
+        <x:v>740.63</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>887</x:v>
+        <x:v>871.33</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45356.9297569444</x:v>
+        <x:v>45387.9232523148</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>31.21</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>730.694</x:v>
+        <x:v>748.068</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>859.64</x:v>
+        <x:v>880.08</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45355.9261574074</x:v>
+        <x:v>45386.9251041667</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>29.72</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>724.514</x:v>
+        <x:v>730.192</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>852.37</x:v>
+        <x:v>859.05</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45351.925787037</x:v>
+        <x:v>45385.9234837963</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>19.79</x:v>
+        <x:v>29.41</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>672.452</x:v>
+        <x:v>756.194</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>791.12</x:v>
+        <x:v>889.64</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45350.9235763889</x:v>
+        <x:v>45384.9259490741</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>17.82</x:v>
+        <x:v>30.44</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>660.136</x:v>
+        <x:v>760.342</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>776.63</x:v>
+        <x:v>894.52</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45349.922337963</x:v>
+        <x:v>45379.8836921296</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>19.38</x:v>
+        <x:v>32.6</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>672.282</x:v>
+        <x:v>768.026</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>790.92</x:v>
+        <x:v>903.56</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45378.8832407407</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>19.99</x:v>
+        <x:v>32.41</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>669.944</x:v>
+        <x:v>767.125</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>788.17</x:v>
+        <x:v>902.5</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45345.9262384259</x:v>
+        <x:v>45377.8827199074</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>19.66</x:v>
+        <x:v>38.18</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>669.944</x:v>
+        <x:v>786.768</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>788.17</x:v>
+        <x:v>925.61</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45344.9258217593</x:v>
+        <x:v>45376.8828819444</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>19.27</x:v>
+        <x:v>45.2</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>667.573</x:v>
+        <x:v>807.517</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>785.38</x:v>
+        <x:v>950.02</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45343.9246412037</x:v>
+        <x:v>45373.8830671296</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>9.72</x:v>
+        <x:v>43.4</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>573.512</x:v>
+        <x:v>801.456</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>674.72</x:v>
+        <x:v>942.89</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45342.9240162037</x:v>
+        <x:v>45372.8844444444</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>11.74</x:v>
+        <x:v>36.59</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>590.342</x:v>
+        <x:v>777.198</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>694.52</x:v>
+        <x:v>914.35</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45338.9307986111</x:v>
+        <x:v>45362.8935648148</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>16</x:v>
+        <x:v>27.45</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>617.21</x:v>
+        <x:v>729.079</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>726.13</x:v>
+        <x:v>857.74</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45337.9414699074</x:v>
+        <x:v>45359.9310648148</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>16.08</x:v>
+        <x:v>31.33</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>617.593</x:v>
+        <x:v>743.988</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>726.58</x:v>
+        <x:v>875.28</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45336.9321412037</x:v>
+        <x:v>45358.9291087963</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>17.91</x:v>
+        <x:v>47.05</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>628.15</x:v>
+        <x:v>787.686</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>739</x:v>
+        <x:v>926.69</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45335.9339814815</x:v>
+        <x:v>45357.9246296296</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>15.62</x:v>
+        <x:v>37.13</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>613.088</x:v>
+        <x:v>753.95</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>721.28</x:v>
+        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45334.9284375</x:v>
+        <x:v>45356.9297569444</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>15.8</x:v>
+        <x:v>31.21</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>614.108</x:v>
+        <x:v>730.694</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>722.48</x:v>
+        <x:v>859.64</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45331.9229976852</x:v>
+        <x:v>45355.9261574074</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>15.71</x:v>
+        <x:v>29.72</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>613.13</x:v>
+        <x:v>724.514</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>721.33</x:v>
+        <x:v>852.37</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45330.9228356481</x:v>
+        <x:v>45351.925787037</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>12.94</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>591.948</x:v>
+        <x:v>672.452</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>696.41</x:v>
+        <x:v>791.12</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45329.9233912037</x:v>
+        <x:v>45350.9235763889</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>13.49</x:v>
+        <x:v>17.82</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>595.842</x:v>
+        <x:v>660.136</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>700.99</x:v>
+        <x:v>776.63</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45328.9222800926</x:v>
+        <x:v>45349.922337963</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>11.59</x:v>
+        <x:v>19.38</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>579.896</x:v>
+        <x:v>672.282</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>682.23</x:v>
+        <x:v>790.92</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45327.9236689815</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>12.84</x:v>
+        <x:v>19.99</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>589.322</x:v>
+        <x:v>669.944</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>693.32</x:v>
+        <x:v>788.17</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
+        <x:v>45345.9262384259</x:v>
+      </x:c>
+      <x:c r="B477" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C477" s="0">
+        <x:v>19.66</x:v>
+      </x:c>
+      <x:c r="D477" s="0">
+        <x:v>669.944</x:v>
+      </x:c>
+      <x:c r="E477" s="0">
+        <x:v>788.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="478" spans="1:5">
+      <x:c r="A478" s="1">
+        <x:v>45344.9258217593</x:v>
+      </x:c>
+      <x:c r="B478" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C478" s="0">
+        <x:v>19.27</x:v>
+      </x:c>
+      <x:c r="D478" s="0">
+        <x:v>667.573</x:v>
+      </x:c>
+      <x:c r="E478" s="0">
+        <x:v>785.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="479" spans="1:5">
+      <x:c r="A479" s="1">
+        <x:v>45343.9246412037</x:v>
+      </x:c>
+      <x:c r="B479" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C479" s="0">
+        <x:v>9.72</x:v>
+      </x:c>
+      <x:c r="D479" s="0">
+        <x:v>573.512</x:v>
+      </x:c>
+      <x:c r="E479" s="0">
+        <x:v>674.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="480" spans="1:5">
+      <x:c r="A480" s="1">
+        <x:v>45342.9240162037</x:v>
+      </x:c>
+      <x:c r="B480" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C480" s="0">
+        <x:v>11.74</x:v>
+      </x:c>
+      <x:c r="D480" s="0">
+        <x:v>590.342</x:v>
+      </x:c>
+      <x:c r="E480" s="0">
+        <x:v>694.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="481" spans="1:5">
+      <x:c r="A481" s="1">
+        <x:v>45338.9307986111</x:v>
+      </x:c>
+      <x:c r="B481" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C481" s="0">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D481" s="0">
+        <x:v>617.21</x:v>
+      </x:c>
+      <x:c r="E481" s="0">
+        <x:v>726.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="482" spans="1:5">
+      <x:c r="A482" s="1">
+        <x:v>45337.9414699074</x:v>
+      </x:c>
+      <x:c r="B482" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C482" s="0">
+        <x:v>16.08</x:v>
+      </x:c>
+      <x:c r="D482" s="0">
+        <x:v>617.593</x:v>
+      </x:c>
+      <x:c r="E482" s="0">
+        <x:v>726.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="483" spans="1:5">
+      <x:c r="A483" s="1">
+        <x:v>45336.9321412037</x:v>
+      </x:c>
+      <x:c r="B483" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C483" s="0">
+        <x:v>17.91</x:v>
+      </x:c>
+      <x:c r="D483" s="0">
+        <x:v>628.15</x:v>
+      </x:c>
+      <x:c r="E483" s="0">
+        <x:v>739</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="484" spans="1:5">
+      <x:c r="A484" s="1">
+        <x:v>45335.9339814815</x:v>
+      </x:c>
+      <x:c r="B484" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C484" s="0">
+        <x:v>15.62</x:v>
+      </x:c>
+      <x:c r="D484" s="0">
+        <x:v>613.088</x:v>
+      </x:c>
+      <x:c r="E484" s="0">
+        <x:v>721.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="485" spans="1:5">
+      <x:c r="A485" s="1">
+        <x:v>45334.9284375</x:v>
+      </x:c>
+      <x:c r="B485" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C485" s="0">
+        <x:v>15.8</x:v>
+      </x:c>
+      <x:c r="D485" s="0">
+        <x:v>614.108</x:v>
+      </x:c>
+      <x:c r="E485" s="0">
+        <x:v>722.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="486" spans="1:5">
+      <x:c r="A486" s="1">
+        <x:v>45331.9229976852</x:v>
+      </x:c>
+      <x:c r="B486" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C486" s="0">
+        <x:v>15.71</x:v>
+      </x:c>
+      <x:c r="D486" s="0">
+        <x:v>613.13</x:v>
+      </x:c>
+      <x:c r="E486" s="0">
+        <x:v>721.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="487" spans="1:5">
+      <x:c r="A487" s="1">
+        <x:v>45330.9228356481</x:v>
+      </x:c>
+      <x:c r="B487" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C487" s="0">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D487" s="0">
+        <x:v>591.948</x:v>
+      </x:c>
+      <x:c r="E487" s="0">
+        <x:v>696.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="488" spans="1:5">
+      <x:c r="A488" s="1">
+        <x:v>45329.9233912037</x:v>
+      </x:c>
+      <x:c r="B488" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C488" s="0">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D488" s="0">
+        <x:v>595.842</x:v>
+      </x:c>
+      <x:c r="E488" s="0">
+        <x:v>700.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="489" spans="1:5">
+      <x:c r="A489" s="1">
+        <x:v>45328.9222800926</x:v>
+      </x:c>
+      <x:c r="B489" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C489" s="0">
+        <x:v>11.59</x:v>
+      </x:c>
+      <x:c r="D489" s="0">
+        <x:v>579.896</x:v>
+      </x:c>
+      <x:c r="E489" s="0">
+        <x:v>682.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="490" spans="1:5">
+      <x:c r="A490" s="1">
+        <x:v>45327.9236689815</x:v>
+      </x:c>
+      <x:c r="B490" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C490" s="0">
+        <x:v>12.84</x:v>
+      </x:c>
+      <x:c r="D490" s="0">
+        <x:v>589.322</x:v>
+      </x:c>
+      <x:c r="E490" s="0">
+        <x:v>693.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="491" spans="1:5">
+      <x:c r="A491" s="1">
         <x:v>45324.9259837963</x:v>
       </x:c>
-      <x:c r="B477" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C477" s="0">
+      <x:c r="B491" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C491" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D477" s="0">
+      <x:c r="D491" s="0">
         <x:v>562.36</x:v>
       </x:c>
-      <x:c r="E477" s="0">
+      <x:c r="E491" s="0">
         <x:v>661.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>