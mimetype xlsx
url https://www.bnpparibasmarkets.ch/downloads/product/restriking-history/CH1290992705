--- v4 (2026-03-06)
+++ v5 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref8caa633da6459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1c84232c45a47b989d7b2010e98e29c.psmdcp" Id="Rf03556b85a4c41f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R720ab63e4baf4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9013db5604f49b9a44381db9ca5ceca.psmdcp" Id="Rb40cc09547a343a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992705</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,8393 +393,8648 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E491"/>
+  <x:dimension ref="A1:E506"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46086.9325115741</x:v>
+        <x:v>46106.885150463</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>155.839</x:v>
+        <x:v>151.878</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>183.34</x:v>
+        <x:v>178.68</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46085.9285532407</x:v>
+        <x:v>46105.8848726852</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>155.584</x:v>
+        <x:v>148.92</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>183.04</x:v>
+        <x:v>175.2</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46084.9254976852</x:v>
+        <x:v>46104.8850925926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>153.042</x:v>
+        <x:v>149.294</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>180.05</x:v>
+        <x:v>175.64</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46083.9256365741</x:v>
+        <x:v>46101.8853472222</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>155.108</x:v>
+        <x:v>146.795</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>182.48</x:v>
+        <x:v>172.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46080.9257523148</x:v>
+        <x:v>46100.8877314815</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>150.612</x:v>
+        <x:v>151.776</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>177.19</x:v>
+        <x:v>178.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46079.9259027778</x:v>
+        <x:v>46099.8875925926</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>157.156</x:v>
+        <x:v>153.34</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>184.89</x:v>
+        <x:v>180.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46078.925775463</x:v>
+        <x:v>46098.8845601852</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>166.226</x:v>
+        <x:v>154.64</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>195.56</x:v>
+        <x:v>181.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46077.925462963</x:v>
+        <x:v>46097.8857060185</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>163.922</x:v>
+        <x:v>155.737</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>192.85</x:v>
+        <x:v>183.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46073.9253356481</x:v>
+        <x:v>46094.8846296296</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>161.347</x:v>
+        <x:v>153.212</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>189.82</x:v>
+        <x:v>180.25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46072.9253819444</x:v>
+        <x:v>46093.8852777778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>159.715</x:v>
+        <x:v>155.669</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>187.9</x:v>
+        <x:v>183.14</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46071.9253935185</x:v>
+        <x:v>46092.884837963</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>159.783</x:v>
+        <x:v>158.118</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>187.98</x:v>
+        <x:v>186.03</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46070.9253472222</x:v>
+        <x:v>46092.3173032407</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>157.224</x:v>
+        <x:v>157.048</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>184.97</x:v>
+        <x:v>184.77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46066.9254976852</x:v>
+        <x:v>46091.8851157407</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>155.388</x:v>
+        <x:v>157.054</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>182.81</x:v>
+        <x:v>184.77</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46065.9253703704</x:v>
+        <x:v>46090.8887384259</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>158.899</x:v>
+        <x:v>155.252</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>186.94</x:v>
+        <x:v>182.65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46064.9256481481</x:v>
+        <x:v>46087.9262847222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>161.542</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>190.05</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46063.9255208333</x:v>
+        <x:v>46086.9325115741</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>160.259</x:v>
+        <x:v>155.839</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>188.54</x:v>
+        <x:v>183.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46062.9247106481</x:v>
+        <x:v>46085.9285532407</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>161.534</x:v>
+        <x:v>155.584</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>190.04</x:v>
+        <x:v>183.04</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46058.9255324074</x:v>
+        <x:v>46084.9254976852</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>146.098</x:v>
+        <x:v>153.042</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>171.88</x:v>
+        <x:v>180.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46057.9258449074</x:v>
+        <x:v>46083.9256365741</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
         <x:v>0.05</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>148.062</x:v>
+        <x:v>155.108</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>174.19</x:v>
+        <x:v>182.48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46056.9428703704</x:v>
+        <x:v>46080.9257523148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>153.289</x:v>
+        <x:v>150.612</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>180.34</x:v>
+        <x:v>177.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46055.9254861111</x:v>
+        <x:v>46079.9259027778</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>157.768</x:v>
+        <x:v>157.156</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>185.61</x:v>
+        <x:v>184.89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46051.9256018518</x:v>
+        <x:v>46078.925775463</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>163.634</x:v>
+        <x:v>166.226</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>192.51</x:v>
+        <x:v>195.56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46050.9251041667</x:v>
+        <x:v>46077.925462963</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>162.792</x:v>
+        <x:v>163.922</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>191.52</x:v>
+        <x:v>192.85</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46049.9250231481</x:v>
+        <x:v>46073.9253356481</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>160.242</x:v>
+        <x:v>161.347</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>188.52</x:v>
+        <x:v>189.82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46048.924849537</x:v>
+        <x:v>46072.9253819444</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>158.5</x:v>
+        <x:v>159.715</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>186.47</x:v>
+        <x:v>187.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46045.9251157407</x:v>
+        <x:v>46071.9253935185</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>159.52</x:v>
+        <x:v>159.783</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>187.67</x:v>
+        <x:v>187.98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46044.9246064815</x:v>
+        <x:v>46070.9253472222</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>157.114</x:v>
+        <x:v>157.224</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>184.84</x:v>
+        <x:v>184.97</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46043.925474537</x:v>
+        <x:v>46066.9254976852</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>155.822</x:v>
+        <x:v>155.388</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>183.32</x:v>
+        <x:v>182.81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46042.9278935185</x:v>
+        <x:v>46065.9253703704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>151.36</x:v>
+        <x:v>158.899</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>178.07</x:v>
+        <x:v>186.94</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46038.9244328704</x:v>
+        <x:v>46064.9256481481</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>158.296</x:v>
+        <x:v>161.542</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>186.23</x:v>
+        <x:v>190.05</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46037.928125</x:v>
+        <x:v>46063.9255208333</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>158.992</x:v>
+        <x:v>160.259</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>187.05</x:v>
+        <x:v>188.54</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46036.927349537</x:v>
+        <x:v>46062.9247106481</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>155.669</x:v>
+        <x:v>161.534</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>183.14</x:v>
+        <x:v>190.04</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46035.9279976852</x:v>
+        <x:v>46058.9255324074</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>157.938</x:v>
+        <x:v>146.098</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>185.81</x:v>
+        <x:v>171.88</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46034.9279398148</x:v>
+        <x:v>46057.9258449074</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>157.199</x:v>
+        <x:v>148.062</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>184.94</x:v>
+        <x:v>174.19</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46031.9291203704</x:v>
+        <x:v>46056.9428703704</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>157.131</x:v>
+        <x:v>153.289</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>184.86</x:v>
+        <x:v>180.34</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46030.9270949074</x:v>
+        <x:v>46055.9254861111</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>157.284</x:v>
+        <x:v>157.768</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>185.04</x:v>
+        <x:v>185.61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46029.9278819444</x:v>
+        <x:v>46051.9256018518</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>160.744</x:v>
+        <x:v>163.634</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>189.11</x:v>
+        <x:v>192.51</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46028.9272222222</x:v>
+        <x:v>46050.9251041667</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>159.154</x:v>
+        <x:v>162.792</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>187.24</x:v>
+        <x:v>191.52</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46027.9295717593</x:v>
+        <x:v>46049.9250231481</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>159.902</x:v>
+        <x:v>160.242</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>188.12</x:v>
+        <x:v>188.52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46021.927037037</x:v>
+        <x:v>46048.924849537</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>159.409</x:v>
+        <x:v>158.5</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>187.54</x:v>
+        <x:v>186.47</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46020.9274074074</x:v>
+        <x:v>46045.9251157407</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>159.987</x:v>
+        <x:v>159.52</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>188.22</x:v>
+        <x:v>187.67</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46014.9278240741</x:v>
+        <x:v>46044.9246064815</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>160.828</x:v>
+        <x:v>157.114</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>189.21</x:v>
+        <x:v>184.84</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46013.9284722222</x:v>
+        <x:v>46043.925474537</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>156.136</x:v>
+        <x:v>155.822</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>183.69</x:v>
+        <x:v>183.32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46010.927650463</x:v>
+        <x:v>46042.9278935185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>153.842</x:v>
+        <x:v>151.36</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>180.99</x:v>
+        <x:v>178.07</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46038.9244328704</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>148.019</x:v>
+        <x:v>158.296</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>174.14</x:v>
+        <x:v>186.23</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>145.299</x:v>
+        <x:v>158.992</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>170.94</x:v>
+        <x:v>187.05</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>151.062</x:v>
+        <x:v>155.669</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>177.72</x:v>
+        <x:v>183.14</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>149.846</x:v>
+        <x:v>157.938</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>176.29</x:v>
+        <x:v>185.81</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>148.767</x:v>
+        <x:v>157.199</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>175.02</x:v>
+        <x:v>184.94</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>153.79</x:v>
+        <x:v>157.131</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>180.93</x:v>
+        <x:v>184.86</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>156.213</x:v>
+        <x:v>157.284</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>183.78</x:v>
+        <x:v>185.04</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
         <x:v>0.09</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>157.224</x:v>
+        <x:v>160.744</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>184.97</x:v>
+        <x:v>189.11</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>155.048</x:v>
+        <x:v>159.154</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>182.41</x:v>
+        <x:v>187.24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>155.866</x:v>
+        <x:v>159.902</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>183.38</x:v>
+        <x:v>188.12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45995.3278703704</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>152.644</x:v>
+        <x:v>159.409</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>179.59</x:v>
+        <x:v>187.54</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>152.652</x:v>
+        <x:v>159.987</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>179.59</x:v>
+        <x:v>188.22</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>154.241</x:v>
+        <x:v>160.828</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>181.46</x:v>
+        <x:v>189.21</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
         <x:v>0.08</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>152.932</x:v>
+        <x:v>156.136</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>179.92</x:v>
+        <x:v>183.69</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
         <x:v>0.07</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>150.45</x:v>
+        <x:v>153.842</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>177</x:v>
+        <x:v>180.99</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>153.221</x:v>
+        <x:v>148.019</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>180.26</x:v>
+        <x:v>174.14</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>151.147</x:v>
+        <x:v>145.299</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>177.82</x:v>
+        <x:v>170.94</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>152.048</x:v>
+        <x:v>151.062</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>178.88</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>153.544</x:v>
+        <x:v>149.846</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>180.64</x:v>
+        <x:v>176.29</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>158.542</x:v>
+        <x:v>148.767</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>186.52</x:v>
+        <x:v>175.02</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>154.156</x:v>
+        <x:v>153.79</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>181.36</x:v>
+        <x:v>180.93</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>158.61</x:v>
+        <x:v>156.213</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>186.6</x:v>
+        <x:v>183.78</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>161.644</x:v>
+        <x:v>157.224</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>190.17</x:v>
+        <x:v>184.97</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>158.831</x:v>
+        <x:v>155.048</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>186.86</x:v>
+        <x:v>182.41</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>164.73</x:v>
+        <x:v>155.866</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>193.8</x:v>
+        <x:v>183.38</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45995.3278703704</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>164.186</x:v>
+        <x:v>152.644</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>193.16</x:v>
+        <x:v>179.59</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>169.192</x:v>
+        <x:v>152.652</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>199.05</x:v>
+        <x:v>179.59</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>159.928</x:v>
+        <x:v>154.241</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>188.15</x:v>
+        <x:v>181.46</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>159.868</x:v>
+        <x:v>152.932</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>188.08</x:v>
+        <x:v>179.92</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>165.928</x:v>
+        <x:v>150.45</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>195.21</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>168.886</x:v>
+        <x:v>153.221</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>198.69</x:v>
+        <x:v>180.26</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>175.848</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>206.88</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>172.116</x:v>
+        <x:v>152.048</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>202.49</x:v>
+        <x:v>178.88</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>172.456</x:v>
+        <x:v>153.544</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>202.89</x:v>
+        <x:v>180.64</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>0.23</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>175.984</x:v>
+        <x:v>158.542</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>207.04</x:v>
+        <x:v>186.52</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>170.876</x:v>
+        <x:v>154.156</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>201.03</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>162.766</x:v>
+        <x:v>158.61</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>191.49</x:v>
+        <x:v>186.6</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>158.321</x:v>
+        <x:v>161.644</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>186.26</x:v>
+        <x:v>190.17</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>154.836</x:v>
+        <x:v>158.831</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>182.16</x:v>
+        <x:v>186.86</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>153.238</x:v>
+        <x:v>164.73</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>180.28</x:v>
+        <x:v>193.8</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>153.986</x:v>
+        <x:v>164.186</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>181.16</x:v>
+        <x:v>193.16</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>155.244</x:v>
+        <x:v>169.192</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>182.64</x:v>
+        <x:v>199.05</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>155.737</x:v>
+        <x:v>159.928</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>183.22</x:v>
+        <x:v>188.15</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>154.538</x:v>
+        <x:v>159.868</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>181.81</x:v>
+        <x:v>188.08</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>152.856</x:v>
+        <x:v>165.928</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>179.83</x:v>
+        <x:v>195.21</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>153.026</x:v>
+        <x:v>168.886</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>180.03</x:v>
+        <x:v>198.69</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>160.072</x:v>
+        <x:v>175.848</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>188.32</x:v>
+        <x:v>206.88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>155.686</x:v>
+        <x:v>172.116</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>183.16</x:v>
+        <x:v>202.49</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>160.744</x:v>
+        <x:v>172.456</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>189.11</x:v>
+        <x:v>202.89</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>157.284</x:v>
+        <x:v>175.984</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>185.04</x:v>
+        <x:v>207.04</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>157.709</x:v>
+        <x:v>170.876</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>185.54</x:v>
+        <x:v>201.03</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>159.477</x:v>
+        <x:v>162.766</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>187.62</x:v>
+        <x:v>191.49</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>160.556</x:v>
+        <x:v>158.321</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>188.89</x:v>
+        <x:v>186.26</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>159.154</x:v>
+        <x:v>154.836</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>187.24</x:v>
+        <x:v>182.16</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>158.593</x:v>
+        <x:v>153.238</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>186.58</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>154.572</x:v>
+        <x:v>153.986</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>181.85</x:v>
+        <x:v>181.16</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>151.462</x:v>
+        <x:v>155.244</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>178.19</x:v>
+        <x:v>182.64</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>151.036</x:v>
+        <x:v>155.737</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>177.69</x:v>
+        <x:v>183.22</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>150.424</x:v>
+        <x:v>154.538</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>176.97</x:v>
+        <x:v>181.81</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>151.666</x:v>
+        <x:v>152.856</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>178.43</x:v>
+        <x:v>179.83</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>156.068</x:v>
+        <x:v>153.026</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>183.61</x:v>
+        <x:v>180.03</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>150.17</x:v>
+        <x:v>160.072</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>176.67</x:v>
+        <x:v>188.32</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>149.804</x:v>
+        <x:v>155.686</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>176.24</x:v>
+        <x:v>183.16</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>144.746</x:v>
+        <x:v>160.744</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>170.29</x:v>
+        <x:v>189.11</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>0.11</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>148.648</x:v>
+        <x:v>157.284</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>174.88</x:v>
+        <x:v>185.04</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>151.088</x:v>
+        <x:v>157.709</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>177.75</x:v>
+        <x:v>185.54</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>151.147</x:v>
+        <x:v>159.477</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>177.82</x:v>
+        <x:v>187.62</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>150.588</x:v>
+        <x:v>160.556</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>177.17</x:v>
+        <x:v>188.89</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>150.724</x:v>
+        <x:v>159.154</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>177.33</x:v>
+        <x:v>187.24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>150.73</x:v>
+        <x:v>158.593</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>177.33</x:v>
+        <x:v>186.58</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>145.146</x:v>
+        <x:v>154.572</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>170.76</x:v>
+        <x:v>181.85</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>143.064</x:v>
+        <x:v>151.462</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>168.31</x:v>
+        <x:v>178.19</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>141.967</x:v>
+        <x:v>151.036</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>167.02</x:v>
+        <x:v>177.69</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
         <x:v>0.11</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>145.911</x:v>
+        <x:v>150.424</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>171.66</x:v>
+        <x:v>176.97</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>145.027</x:v>
+        <x:v>151.666</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>170.62</x:v>
+        <x:v>178.43</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>145.163</x:v>
+        <x:v>156.068</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>170.78</x:v>
+        <x:v>183.61</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>148.053</x:v>
+        <x:v>150.17</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>174.18</x:v>
+        <x:v>176.67</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>153.144</x:v>
+        <x:v>149.804</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>180.17</x:v>
+        <x:v>176.24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>154.36</x:v>
+        <x:v>144.746</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>181.6</x:v>
+        <x:v>170.29</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>154.504</x:v>
+        <x:v>148.648</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>181.77</x:v>
+        <x:v>174.88</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>152.838</x:v>
+        <x:v>151.088</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>179.81</x:v>
+        <x:v>177.75</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>151.292</x:v>
+        <x:v>151.147</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>177.99</x:v>
+        <x:v>177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>148.733</x:v>
+        <x:v>150.588</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>174.98</x:v>
+        <x:v>177.17</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
         <x:v>0.13</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>149.09</x:v>
+        <x:v>150.724</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>175.4</x:v>
+        <x:v>177.33</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>149.294</x:v>
+        <x:v>150.73</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>175.64</x:v>
+        <x:v>177.33</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>154.708</x:v>
+        <x:v>145.146</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>182.01</x:v>
+        <x:v>170.76</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>153.382</x:v>
+        <x:v>143.064</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>180.45</x:v>
+        <x:v>168.31</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>154.717</x:v>
+        <x:v>141.967</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>182.02</x:v>
+        <x:v>167.02</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>154.352</x:v>
+        <x:v>145.911</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>181.59</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>155.686</x:v>
+        <x:v>145.027</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>183.16</x:v>
+        <x:v>170.62</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>154.751</x:v>
+        <x:v>145.163</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>182.06</x:v>
+        <x:v>170.78</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>155.295</x:v>
+        <x:v>148.053</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>182.7</x:v>
+        <x:v>174.18</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>153.654</x:v>
+        <x:v>153.144</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>180.77</x:v>
+        <x:v>180.17</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>152.507</x:v>
+        <x:v>154.36</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>179.42</x:v>
+        <x:v>181.6</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>151.521</x:v>
+        <x:v>154.504</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>178.26</x:v>
+        <x:v>181.77</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>153</x:v>
+        <x:v>152.838</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>180</x:v>
+        <x:v>179.81</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>0.15</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>151.19</x:v>
+        <x:v>151.292</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>177.87</x:v>
+        <x:v>177.99</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>152.38</x:v>
+        <x:v>148.733</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>179.27</x:v>
+        <x:v>174.98</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>149.184</x:v>
+        <x:v>149.09</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>175.51</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>150.238</x:v>
+        <x:v>149.294</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>176.75</x:v>
+        <x:v>175.64</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>147.475</x:v>
+        <x:v>154.708</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>173.5</x:v>
+        <x:v>182.01</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>147.679</x:v>
+        <x:v>153.382</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>173.74</x:v>
+        <x:v>180.45</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>145.163</x:v>
+        <x:v>154.717</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>170.78</x:v>
+        <x:v>182.02</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>141.976</x:v>
+        <x:v>154.352</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>167.03</x:v>
+        <x:v>181.59</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>145.673</x:v>
+        <x:v>155.686</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>171.38</x:v>
+        <x:v>183.16</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>146.548</x:v>
+        <x:v>154.751</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>172.41</x:v>
+        <x:v>182.06</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>147.05</x:v>
+        <x:v>155.295</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>173</x:v>
+        <x:v>182.7</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>145.664</x:v>
+        <x:v>153.654</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>171.37</x:v>
+        <x:v>180.77</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>145.095</x:v>
+        <x:v>152.507</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>170.7</x:v>
+        <x:v>179.42</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>139.46</x:v>
+        <x:v>151.521</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>164.07</x:v>
+        <x:v>178.26</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>140.182</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>164.92</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>139.485</x:v>
+        <x:v>151.19</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>164.1</x:v>
+        <x:v>177.87</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>138.448</x:v>
+        <x:v>152.38</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>162.88</x:v>
+        <x:v>179.27</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>136</x:v>
+        <x:v>149.184</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>160</x:v>
+        <x:v>175.51</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>134.504</x:v>
+        <x:v>150.238</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>158.24</x:v>
+        <x:v>176.75</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>135.439</x:v>
+        <x:v>147.475</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>159.34</x:v>
+        <x:v>173.5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>133.662</x:v>
+        <x:v>147.679</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>157.25</x:v>
+        <x:v>173.74</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>130.305</x:v>
+        <x:v>145.163</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>153.3</x:v>
+        <x:v>170.78</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>134.292</x:v>
+        <x:v>141.976</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>157.99</x:v>
+        <x:v>167.03</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>134.088</x:v>
+        <x:v>145.673</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>157.75</x:v>
+        <x:v>171.38</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>131.767</x:v>
+        <x:v>146.548</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>155.02</x:v>
+        <x:v>172.41</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>131.164</x:v>
+        <x:v>147.05</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>154.31</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>125.715</x:v>
+        <x:v>145.664</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>147.9</x:v>
+        <x:v>171.37</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>122.544</x:v>
+        <x:v>145.095</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>144.17</x:v>
+        <x:v>170.7</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>122.272</x:v>
+        <x:v>139.46</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>143.85</x:v>
+        <x:v>164.07</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>123.658</x:v>
+        <x:v>140.182</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>145.48</x:v>
+        <x:v>164.92</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>122.502</x:v>
+        <x:v>139.485</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>144.12</x:v>
+        <x:v>164.1</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>122.986</x:v>
+        <x:v>138.448</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>144.69</x:v>
+        <x:v>162.88</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>120.674</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>141.97</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>123.25</x:v>
+        <x:v>134.504</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>145</x:v>
+        <x:v>158.24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>121.398</x:v>
+        <x:v>135.439</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>142.83</x:v>
+        <x:v>159.34</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45819.3319907407</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>122.359</x:v>
+        <x:v>133.662</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>143.96</x:v>
+        <x:v>157.25</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>122.366</x:v>
+        <x:v>130.305</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>143.96</x:v>
+        <x:v>153.3</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>120.462</x:v>
+        <x:v>134.292</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>141.72</x:v>
+        <x:v>157.99</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>118.992</x:v>
+        <x:v>134.088</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>139.99</x:v>
+        <x:v>157.75</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>120.632</x:v>
+        <x:v>131.767</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>141.92</x:v>
+        <x:v>155.02</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>120.037</x:v>
+        <x:v>131.164</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>141.22</x:v>
+        <x:v>154.31</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>116.773</x:v>
+        <x:v>125.715</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>137.38</x:v>
+        <x:v>147.9</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>111.596</x:v>
+        <x:v>122.544</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>131.29</x:v>
+        <x:v>144.17</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>112.906</x:v>
+        <x:v>122.272</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>132.83</x:v>
+        <x:v>143.85</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>112.03</x:v>
+        <x:v>123.658</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>131.8</x:v>
+        <x:v>145.48</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>114.223</x:v>
+        <x:v>122.502</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>134.38</x:v>
+        <x:v>144.12</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>115.234</x:v>
+        <x:v>122.986</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>135.57</x:v>
+        <x:v>144.69</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>115.09</x:v>
+        <x:v>120.674</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>135.4</x:v>
+        <x:v>141.97</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>114.606</x:v>
+        <x:v>123.25</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>134.83</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>115.039</x:v>
+        <x:v>121.398</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>135.34</x:v>
+        <x:v>142.83</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45819.3319907407</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>110.44</x:v>
+        <x:v>122.359</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>129.93</x:v>
+        <x:v>143.96</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>104.55</x:v>
+        <x:v>122.366</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>123</x:v>
+        <x:v>143.96</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>99.152</x:v>
+        <x:v>120.462</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>116.65</x:v>
+        <x:v>141.72</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>99.764</x:v>
+        <x:v>118.992</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>117.37</x:v>
+        <x:v>139.99</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>99.501</x:v>
+        <x:v>120.632</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>117.06</x:v>
+        <x:v>141.92</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>96.509</x:v>
+        <x:v>120.037</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>113.54</x:v>
+        <x:v>141.22</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>96.747</x:v>
+        <x:v>116.773</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>113.82</x:v>
+        <x:v>137.38</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>97.325</x:v>
+        <x:v>111.596</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>114.5</x:v>
+        <x:v>131.29</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>92.582</x:v>
+        <x:v>112.906</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>108.92</x:v>
+        <x:v>132.83</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>92.667</x:v>
+        <x:v>112.03</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>109.02</x:v>
+        <x:v>131.8</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>92.42</x:v>
+        <x:v>114.223</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>108.73</x:v>
+        <x:v>134.38</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>94.358</x:v>
+        <x:v>115.234</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>111.01</x:v>
+        <x:v>135.57</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>90.466</x:v>
+        <x:v>115.09</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>106.43</x:v>
+        <x:v>135.4</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>87.304</x:v>
+        <x:v>114.606</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>102.71</x:v>
+        <x:v>134.83</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>84.056</x:v>
+        <x:v>115.039</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>98.89</x:v>
+        <x:v>135.34</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>86.266</x:v>
+        <x:v>110.44</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>101.49</x:v>
+        <x:v>129.93</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>88.816</x:v>
+        <x:v>104.55</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>104.49</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>95.37</x:v>
+        <x:v>99.152</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>112.2</x:v>
+        <x:v>116.65</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>94.104</x:v>
+        <x:v>99.764</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>110.71</x:v>
+        <x:v>117.37</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>94.29</x:v>
+        <x:v>99.501</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>110.93</x:v>
+        <x:v>117.06</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>91.434</x:v>
+        <x:v>96.509</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>107.57</x:v>
+        <x:v>113.54</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>97.18</x:v>
+        <x:v>96.747</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>114.33</x:v>
+        <x:v>113.82</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>81.855</x:v>
+        <x:v>97.325</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>96.3</x:v>
+        <x:v>114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>82.994</x:v>
+        <x:v>92.582</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>97.64</x:v>
+        <x:v>108.92</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
         <x:v>0.01</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>80.164</x:v>
+        <x:v>92.667</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>94.31</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>86.53</x:v>
+        <x:v>92.42</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>101.8</x:v>
+        <x:v>108.73</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>93.628</x:v>
+        <x:v>94.358</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>110.15</x:v>
+        <x:v>111.01</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>92.123</x:v>
+        <x:v>90.466</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>108.38</x:v>
+        <x:v>106.43</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>93.22</x:v>
+        <x:v>87.304</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>109.67</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>0.03</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>94.716</x:v>
+        <x:v>84.056</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>111.43</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>96.696</x:v>
+        <x:v>86.266</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>113.76</x:v>
+        <x:v>101.49</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>102.586</x:v>
+        <x:v>88.816</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>120.69</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>103.198</x:v>
+        <x:v>95.37</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>121.41</x:v>
+        <x:v>112.2</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>100.045</x:v>
+        <x:v>94.104</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>117.7</x:v>
+        <x:v>110.71</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>100.75</x:v>
+        <x:v>94.29</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>118.53</x:v>
+        <x:v>110.93</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>99.892</x:v>
+        <x:v>91.434</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>117.52</x:v>
+        <x:v>107.57</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>98.116</x:v>
+        <x:v>97.18</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>115.43</x:v>
+        <x:v>114.33</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>101.6</x:v>
+        <x:v>81.855</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>119.53</x:v>
+        <x:v>96.3</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>98.243</x:v>
+        <x:v>82.994</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>121.67</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>98.243</x:v>
+        <x:v>80.164</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>0</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>98.379</x:v>
+        <x:v>86.53</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>0</x:v>
+        <x:v>101.8</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>92.446</x:v>
+        <x:v>93.628</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>0</x:v>
+        <x:v>110.15</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>92.446</x:v>
+        <x:v>92.123</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>108.76</x:v>
+        <x:v>108.38</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>92.446</x:v>
+        <x:v>93.22</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>108.76</x:v>
+        <x:v>109.67</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>95.786</x:v>
+        <x:v>94.716</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>112.69</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>93.984</x:v>
+        <x:v>96.696</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>110.57</x:v>
+        <x:v>113.76</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>99.705</x:v>
+        <x:v>102.586</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>117.3</x:v>
+        <x:v>120.69</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>98.592</x:v>
+        <x:v>103.198</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>115.99</x:v>
+        <x:v>121.41</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>96.951</x:v>
+        <x:v>100.045</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>114.06</x:v>
+        <x:v>117.7</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>106.182</x:v>
+        <x:v>100.75</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>124.92</x:v>
+        <x:v>118.53</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>102.128</x:v>
+        <x:v>99.892</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>120.15</x:v>
+        <x:v>117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>111.588</x:v>
+        <x:v>98.116</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>131.28</x:v>
+        <x:v>115.43</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>107.636</x:v>
+        <x:v>101.6</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>126.63</x:v>
+        <x:v>119.53</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>0.16</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>110.738</x:v>
+        <x:v>98.243</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>130.28</x:v>
+        <x:v>121.67</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>0.19</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>114.266</x:v>
+        <x:v>98.243</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>134.43</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>119.094</x:v>
+        <x:v>98.379</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>140.11</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>0.31</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>118.346</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>139.23</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>118.49</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>139.4</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>118.022</x:v>
+        <x:v>92.446</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>138.85</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>0.3</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>114.996</x:v>
+        <x:v>95.786</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>135.29</x:v>
+        <x:v>112.69</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>0.22</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>112.88</x:v>
+        <x:v>93.984</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>132.8</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>113.534</x:v>
+        <x:v>99.705</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>133.57</x:v>
+        <x:v>117.3</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>0.24</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>113.534</x:v>
+        <x:v>98.592</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>133.57</x:v>
+        <x:v>115.99</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>0.21</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>109.378</x:v>
+        <x:v>96.951</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>128.68</x:v>
+        <x:v>114.06</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>0.2</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>106.106</x:v>
+        <x:v>106.182</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>124.83</x:v>
+        <x:v>124.92</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>106.106</x:v>
+        <x:v>102.128</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>124.83</x:v>
+        <x:v>120.15</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>0.13</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>100.852</x:v>
+        <x:v>111.588</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>118.65</x:v>
+        <x:v>131.28</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>0.12</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>99.161</x:v>
+        <x:v>107.636</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>116.66</x:v>
+        <x:v>126.63</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>0.14</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>102.06</x:v>
+        <x:v>110.738</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>120.07</x:v>
+        <x:v>130.28</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>0.18</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>105.952</x:v>
+        <x:v>114.266</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>124.65</x:v>
+        <x:v>134.43</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>105.145</x:v>
+        <x:v>119.094</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>123.7</x:v>
+        <x:v>140.11</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>0.27</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>109.642</x:v>
+        <x:v>118.346</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>128.99</x:v>
+        <x:v>139.23</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45684.7140277778</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>0.17</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>103.043</x:v>
+        <x:v>118.49</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>121.227</x:v>
+        <x:v>139.4</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>1.76</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>121.227</x:v>
+        <x:v>118.022</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>142.62</x:v>
+        <x:v>138.85</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>2.16</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>125.01</x:v>
+        <x:v>114.996</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>147.07</x:v>
+        <x:v>135.29</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>1.71</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>119.706</x:v>
+        <x:v>112.88</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>140.83</x:v>
+        <x:v>132.8</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>1.51</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>117.054</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>137.71</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D270" s="0">
         <x:v>113.534</x:v>
       </x:c>
       <x:c r="E270" s="0">
         <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>1.45</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>115.804</x:v>
+        <x:v>109.378</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>136.24</x:v>
+        <x:v>128.68</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>1.2</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>111.996</x:v>
+        <x:v>106.106</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>131.76</x:v>
+        <x:v>124.83</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>1.29</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>113.246</x:v>
+        <x:v>106.106</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>133.23</x:v>
+        <x:v>124.83</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>115.524</x:v>
+        <x:v>100.852</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>135.91</x:v>
+        <x:v>118.65</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>119.094</x:v>
+        <x:v>99.161</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>140.11</x:v>
+        <x:v>116.66</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>1.8</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>119.119</x:v>
+        <x:v>102.06</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>140.14</x:v>
+        <x:v>120.07</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>2.88</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>127.016</x:v>
+        <x:v>105.952</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>149.43</x:v>
+        <x:v>124.65</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>2.39</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>122.8</x:v>
+        <x:v>105.145</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>144.47</x:v>
+        <x:v>123.7</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>1.84</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>116.866</x:v>
+        <x:v>109.642</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>137.49</x:v>
+        <x:v>128.99</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45684.7140277778</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>1.81</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>116.458</x:v>
+        <x:v>103.043</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>137.01</x:v>
+        <x:v>121.227</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>118.72</x:v>
+        <x:v>121.227</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>139.67</x:v>
+        <x:v>142.62</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>1.68</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>114.495</x:v>
+        <x:v>125.01</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>134.7</x:v>
+        <x:v>147.07</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>114.495</x:v>
+        <x:v>119.706</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>134.7</x:v>
+        <x:v>140.83</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>111.078</x:v>
+        <x:v>117.054</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>130.68</x:v>
+        <x:v>137.71</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>109.574</x:v>
+        <x:v>113.534</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>128.91</x:v>
+        <x:v>133.57</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>1.41</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>110.832</x:v>
+        <x:v>115.804</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>130.39</x:v>
+        <x:v>136.24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>1.53</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>112.2</x:v>
+        <x:v>111.996</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>132</x:v>
+        <x:v>131.76</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>1.7</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>114.112</x:v>
+        <x:v>113.246</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>134.25</x:v>
+        <x:v>133.23</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>116.739</x:v>
+        <x:v>115.524</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>137.34</x:v>
+        <x:v>135.91</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>2.16</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>118.414</x:v>
+        <x:v>119.094</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>139.31</x:v>
+        <x:v>140.11</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>1.82</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>114.81</x:v>
+        <x:v>119.119</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>135.07</x:v>
+        <x:v>140.14</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>2.17</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>117.988</x:v>
+        <x:v>127.016</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>138.81</x:v>
+        <x:v>149.43</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>121.074</x:v>
+        <x:v>122.8</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>142.44</x:v>
+        <x:v>144.47</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>2.89</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>123.301</x:v>
+        <x:v>116.866</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>145.06</x:v>
+        <x:v>137.49</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45631.3355671296</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>123.369</x:v>
+        <x:v>116.458</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>145.14</x:v>
+        <x:v>137.01</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>123.369</x:v>
+        <x:v>118.72</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>145.14</x:v>
+        <x:v>139.67</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>117.512</x:v>
+        <x:v>114.495</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>138.25</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>2.22</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>117.512</x:v>
+        <x:v>114.495</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>138.25</x:v>
+        <x:v>134.7</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>1.97</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>115.039</x:v>
+        <x:v>111.078</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>135.34</x:v>
+        <x:v>130.68</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>2.12</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>116.382</x:v>
+        <x:v>109.574</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>136.92</x:v>
+        <x:v>128.91</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>115.617</x:v>
+        <x:v>110.832</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>136.02</x:v>
+        <x:v>130.39</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>2.73</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>120.658</x:v>
+        <x:v>112.2</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>141.95</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>3.39</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>124.67</x:v>
+        <x:v>114.112</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>146.67</x:v>
+        <x:v>134.25</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>124.006</x:v>
+        <x:v>116.739</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>145.89</x:v>
+        <x:v>137.34</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>3.45</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>124.958</x:v>
+        <x:v>118.414</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>147.01</x:v>
+        <x:v>139.31</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>2.67</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>119.128</x:v>
+        <x:v>114.81</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>140.15</x:v>
+        <x:v>135.07</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>2.91</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>120.683</x:v>
+        <x:v>117.988</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>141.98</x:v>
+        <x:v>138.81</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>124.746</x:v>
+        <x:v>121.074</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>146.76</x:v>
+        <x:v>142.44</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>3.55</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>124.33</x:v>
+        <x:v>123.301</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>146.27</x:v>
+        <x:v>145.06</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45631.3355671296</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>3.87</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>126.046</x:v>
+        <x:v>123.369</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>148.29</x:v>
+        <x:v>145.14</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>3.44</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>123.471</x:v>
+        <x:v>123.369</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>145.26</x:v>
+        <x:v>145.14</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>3.83</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>125.486</x:v>
+        <x:v>117.512</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>147.63</x:v>
+        <x:v>138.25</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>126.548</x:v>
+        <x:v>117.512</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>148.88</x:v>
+        <x:v>138.25</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>3.56</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>123.768</x:v>
+        <x:v>115.039</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>145.61</x:v>
+        <x:v>135.34</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>118.924</x:v>
+        <x:v>116.382</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>139.91</x:v>
+        <x:v>136.92</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>115.642</x:v>
+        <x:v>115.617</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>136.05</x:v>
+        <x:v>136.02</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>2.39</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>115.09</x:v>
+        <x:v>120.658</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>135.4</x:v>
+        <x:v>141.95</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>2.14</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>112.846</x:v>
+        <x:v>124.67</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>132.76</x:v>
+        <x:v>146.67</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>2.98</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>118.435</x:v>
+        <x:v>124.006</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>139.335</x:v>
+        <x:v>145.89</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>3.25</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>120.062</x:v>
+        <x:v>124.958</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>141.25</x:v>
+        <x:v>147.01</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>119.442</x:v>
+        <x:v>119.128</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>140.52</x:v>
+        <x:v>140.15</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>3.31</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>120.309</x:v>
+        <x:v>120.683</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>141.54</x:v>
+        <x:v>141.98</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>3.16</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>119.348</x:v>
+        <x:v>124.746</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>140.41</x:v>
+        <x:v>146.76</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>3.06</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>118.626</x:v>
+        <x:v>124.33</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>139.56</x:v>
+        <x:v>146.27</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>3.68</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>122.052</x:v>
+        <x:v>126.046</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>143.59</x:v>
+        <x:v>148.29</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>3.7</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>122.154</x:v>
+        <x:v>123.471</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>143.71</x:v>
+        <x:v>145.26</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>2.28</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>111.86</x:v>
+        <x:v>125.486</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>131.6</x:v>
+        <x:v>147.63</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>3.17</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>117.36</x:v>
+        <x:v>126.548</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>138.07</x:v>
+        <x:v>148.88</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>2.78</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>114.58</x:v>
+        <x:v>123.768</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>134.8</x:v>
+        <x:v>145.61</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>114.588</x:v>
+        <x:v>118.924</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>134.81</x:v>
+        <x:v>139.91</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>112.752</x:v>
+        <x:v>115.642</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>132.65</x:v>
+        <x:v>136.05</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>2.57</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>112.956</x:v>
+        <x:v>115.09</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>132.89</x:v>
+        <x:v>135.4</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>2.07</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>108.562</x:v>
+        <x:v>112.846</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>127.72</x:v>
+        <x:v>132.76</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>1.83</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>106.182</x:v>
+        <x:v>118.435</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>124.92</x:v>
+        <x:v>139.335</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>1.66</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>104.422</x:v>
+        <x:v>120.062</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>122.85</x:v>
+        <x:v>141.25</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>1.39</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>101.022</x:v>
+        <x:v>119.442</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>118.85</x:v>
+        <x:v>140.52</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>1.27</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>99.45</x:v>
+        <x:v>120.309</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>117</x:v>
+        <x:v>141.54</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>1.62</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>103.224</x:v>
+        <x:v>119.348</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>121.44</x:v>
+        <x:v>140.41</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>1.63</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>103.19</x:v>
+        <x:v>118.626</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>121.4</x:v>
+        <x:v>139.56</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>1.87</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>105.434</x:v>
+        <x:v>122.052</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>124.04</x:v>
+        <x:v>143.59</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>1.82</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>104.984</x:v>
+        <x:v>122.154</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>123.51</x:v>
+        <x:v>143.71</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>1.61</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>102.74</x:v>
+        <x:v>111.86</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>120.87</x:v>
+        <x:v>131.6</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>1.3</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>98.821</x:v>
+        <x:v>117.36</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>116.26</x:v>
+        <x:v>138.07</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>1.29</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>98.6</x:v>
+        <x:v>114.58</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>116</x:v>
+        <x:v>134.8</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>1.43</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>100.19</x:v>
+        <x:v>114.588</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>117.87</x:v>
+        <x:v>134.81</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>1.16</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>96.364</x:v>
+        <x:v>112.752</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>113.37</x:v>
+        <x:v>132.65</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>1.31</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>98.252</x:v>
+        <x:v>112.956</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>115.59</x:v>
+        <x:v>132.89</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>1.4</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>99.263</x:v>
+        <x:v>108.562</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>116.78</x:v>
+        <x:v>127.72</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45548.9280902778</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>101.235</x:v>
+        <x:v>106.182</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>119.1</x:v>
+        <x:v>124.92</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>1.59</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>101.269</x:v>
+        <x:v>104.422</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>119.14</x:v>
+        <x:v>122.85</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45547.3251273148</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>99.374</x:v>
+        <x:v>101.022</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>116.91</x:v>
+        <x:v>118.85</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>99.374</x:v>
+        <x:v>99.45</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>116.91</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>0.96</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>91.885</x:v>
+        <x:v>103.224</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>108.1</x:v>
+        <x:v>121.44</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>0.88</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>90.5</x:v>
+        <x:v>103.19</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>106.47</x:v>
+        <x:v>121.4</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>0.73</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>87.406</x:v>
+        <x:v>105.434</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>102.83</x:v>
+        <x:v>124.04</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>0.97</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>91.128</x:v>
+        <x:v>104.984</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>107.21</x:v>
+        <x:v>123.51</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>0.92</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>90.278</x:v>
+        <x:v>102.74</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>106.21</x:v>
+        <x:v>120.87</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>2.41</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>101.464</x:v>
+        <x:v>98.821</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>119.37</x:v>
+        <x:v>116.26</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>2.21</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>99.952</x:v>
+        <x:v>98.6</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>117.59</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>3.59</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>106.768</x:v>
+        <x:v>100.19</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>125.61</x:v>
+        <x:v>117.87</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>4.11</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>109.055</x:v>
+        <x:v>96.364</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>128.3</x:v>
+        <x:v>113.37</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>3.78</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>107.491</x:v>
+        <x:v>98.252</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>126.46</x:v>
+        <x:v>115.59</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>4.39</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>109.964</x:v>
+        <x:v>99.263</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>129.37</x:v>
+        <x:v>116.78</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45548.9280902778</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>3.45</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>105.179</x:v>
+        <x:v>101.235</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>123.74</x:v>
+        <x:v>119.1</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>4.45</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>109.225</x:v>
+        <x:v>101.269</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>128.5</x:v>
+        <x:v>119.14</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45547.3251273148</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>4.21</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>108.162</x:v>
+        <x:v>99.374</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>127.25</x:v>
+        <x:v>116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>4.82</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>110.5</x:v>
+        <x:v>99.374</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>130</x:v>
+        <x:v>116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>3.84</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>105.893</x:v>
+        <x:v>91.885</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>124.58</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>3.54</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>104.431</x:v>
+        <x:v>90.5</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>122.86</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>2.85</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>100.368</x:v>
+        <x:v>87.406</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>118.08</x:v>
+        <x:v>102.83</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>2.6</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>98.719</x:v>
+        <x:v>91.128</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>116.14</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>1.87</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>92.667</x:v>
+        <x:v>90.278</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>109.02</x:v>
+        <x:v>106.21</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>1.5</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>89.038</x:v>
+        <x:v>101.464</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>104.75</x:v>
+        <x:v>119.37</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>1.53</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>89.224</x:v>
+        <x:v>99.952</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>104.97</x:v>
+        <x:v>117.59</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>1.12</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>84.074</x:v>
+        <x:v>106.768</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>98.91</x:v>
+        <x:v>125.61</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>0.98</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>88.612</x:v>
+        <x:v>109.055</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>104.25</x:v>
+        <x:v>128.3</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>1.32</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>85.382</x:v>
+        <x:v>107.491</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>100.45</x:v>
+        <x:v>126.46</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45509.6467013889</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>0.8</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>77.095</x:v>
+        <x:v>109.964</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>90.7</x:v>
+        <x:v>129.37</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>11.29</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>91.18</x:v>
+        <x:v>105.179</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>107.27</x:v>
+        <x:v>123.74</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>22.69</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>99.467</x:v>
+        <x:v>109.225</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>117.02</x:v>
+        <x:v>128.5</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>12.84</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>88.17</x:v>
+        <x:v>108.162</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>103.73</x:v>
+        <x:v>127.25</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>22.28</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>94.852</x:v>
+        <x:v>110.5</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>111.59</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>24.27</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>96.101</x:v>
+        <x:v>105.893</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>113.06</x:v>
+        <x:v>124.58</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>23.32</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>95.438</x:v>
+        <x:v>104.431</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>112.28</x:v>
+        <x:v>122.86</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>26.05</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>97.112</x:v>
+        <x:v>100.368</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>114.25</x:v>
+        <x:v>118.08</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>44.11</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>104.202</x:v>
+        <x:v>98.719</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>122.59</x:v>
+        <x:v>116.14</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>46.31</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>105.009</x:v>
+        <x:v>92.667</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>123.54</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>36.13</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>100.24</x:v>
+        <x:v>89.038</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>117.93</x:v>
+        <x:v>104.75</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>42.9</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>102.926</x:v>
+        <x:v>89.224</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>121.09</x:v>
+        <x:v>104.97</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>37.1</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>100.292</x:v>
+        <x:v>84.074</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>117.99</x:v>
+        <x:v>98.91</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>61.69</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>107.406</x:v>
+        <x:v>88.612</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>126.36</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>68.43</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>109.174</x:v>
+        <x:v>85.382</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>128.44</x:v>
+        <x:v>100.45</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45509.6467013889</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>71.34</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>109.854</x:v>
+        <x:v>77.095</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>129.24</x:v>
+        <x:v>90.7</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>65.73</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>108.29</x:v>
+        <x:v>91.18</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>127.4</x:v>
+        <x:v>107.27</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>98.87</x:v>
+        <x:v>22.69</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>114.674</x:v>
+        <x:v>99.467</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>134.91</x:v>
+        <x:v>117.02</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>85.24</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>111.673</x:v>
+        <x:v>88.17</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>131.38</x:v>
+        <x:v>103.73</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>74.27</x:v>
+        <x:v>22.28</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>108.97</x:v>
+        <x:v>94.852</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>128.2</x:v>
+        <x:v>111.59</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>66.96</x:v>
+        <x:v>24.27</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>106.956</x:v>
+        <x:v>96.101</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>125.83</x:v>
+        <x:v>113.06</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>75.84</x:v>
+        <x:v>23.32</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>109.038</x:v>
+        <x:v>95.438</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>128.28</x:v>
+        <x:v>112.28</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>59.57</x:v>
+        <x:v>26.05</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>104.27</x:v>
+        <x:v>97.112</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>122.67</x:v>
+        <x:v>114.25</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>64.74</x:v>
+        <x:v>44.11</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>105.655</x:v>
+        <x:v>104.202</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>124.3</x:v>
+        <x:v>122.59</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>62.66</x:v>
+        <x:v>46.31</x:v>
       </x:c>
       <x:c r="D402" s="0">
         <x:v>105.009</x:v>
       </x:c>
       <x:c r="E402" s="0">
         <x:v>123.54</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>64.14</x:v>
+        <x:v>36.13</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>105.392</x:v>
+        <x:v>100.24</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>123.99</x:v>
+        <x:v>117.93</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>72.52</x:v>
+        <x:v>42.9</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>107.44</x:v>
+        <x:v>102.926</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>126.4</x:v>
+        <x:v>121.09</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>71.56</x:v>
+        <x:v>37.1</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>107.176</x:v>
+        <x:v>100.292</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>126.09</x:v>
+        <x:v>117.99</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>50.96</x:v>
+        <x:v>61.69</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>100.394</x:v>
+        <x:v>107.406</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>118.11</x:v>
+        <x:v>126.36</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>85.61</x:v>
+        <x:v>68.43</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>107.584</x:v>
+        <x:v>109.174</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>126.57</x:v>
+        <x:v>128.44</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>106.27</x:v>
+        <x:v>71.34</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>111.163</x:v>
+        <x:v>109.854</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>130.78</x:v>
+        <x:v>129.24</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>135.36</x:v>
+        <x:v>65.73</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>115.243</x:v>
+        <x:v>108.29</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>135.58</x:v>
+        <x:v>127.4</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>111.92</x:v>
+        <x:v>98.87</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>111.333</x:v>
+        <x:v>114.674</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>130.98</x:v>
+        <x:v>134.91</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>117.15</x:v>
+        <x:v>85.24</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>112.098</x:v>
+        <x:v>111.673</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>131.88</x:v>
+        <x:v>131.38</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>106.13</x:v>
+        <x:v>74.27</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>110.168</x:v>
+        <x:v>108.97</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>129.61</x:v>
+        <x:v>128.2</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>87.7</x:v>
+        <x:v>66.96</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>106.42</x:v>
+        <x:v>106.956</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>125.2</x:v>
+        <x:v>125.83</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>72.38</x:v>
+        <x:v>75.84</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>102.774</x:v>
+        <x:v>109.038</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>120.91</x:v>
+        <x:v>128.28</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>75.73</x:v>
+        <x:v>59.57</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>103.522</x:v>
+        <x:v>104.27</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>121.79</x:v>
+        <x:v>122.67</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>72.75</x:v>
+        <x:v>64.74</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>1027.548</x:v>
+        <x:v>105.655</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>1208.88</x:v>
+        <x:v>124.3</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>73.24</x:v>
+        <x:v>62.66</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>1028.483</x:v>
+        <x:v>105.009</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>1209.98</x:v>
+        <x:v>123.54</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>78.91</x:v>
+        <x:v>64.14</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>1040.74</x:v>
+        <x:v>105.392</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>1224.4</x:v>
+        <x:v>123.99</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>60.32</x:v>
+        <x:v>72.52</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>989.714</x:v>
+        <x:v>107.44</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>1164.37</x:v>
+        <x:v>126.4</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>56.18</x:v>
+        <x:v>71.56</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>977.5</x:v>
+        <x:v>107.176</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>1150</x:v>
+        <x:v>126.09</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>43.55</x:v>
+        <x:v>50.96</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>931.88</x:v>
+        <x:v>100.394</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>1096.33</x:v>
+        <x:v>118.11</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>45.76</x:v>
+        <x:v>85.61</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>939.25</x:v>
+        <x:v>107.584</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>1105</x:v>
+        <x:v>126.57</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>59.22</x:v>
+        <x:v>106.27</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>976.012</x:v>
+        <x:v>111.163</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>1148.25</x:v>
+        <x:v>130.78</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>56.54</x:v>
+        <x:v>135.36</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>968.158</x:v>
+        <x:v>115.243</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>1139.01</x:v>
+        <x:v>135.58</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>39.99</x:v>
+        <x:v>111.92</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>904.986</x:v>
+        <x:v>111.333</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>1064.69</x:v>
+        <x:v>130.98</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>34.68</x:v>
+        <x:v>117.15</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>882.292</x:v>
+        <x:v>112.098</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>1037.99</x:v>
+        <x:v>131.88</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>22.26</x:v>
+        <x:v>106.13</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>807.075</x:v>
+        <x:v>110.168</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>949.5</x:v>
+        <x:v>129.61</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>22.92</x:v>
+        <x:v>87.7</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>810.781</x:v>
+        <x:v>106.42</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>953.86</x:v>
+        <x:v>125.2</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>19.36</x:v>
+        <x:v>72.38</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>786.072</x:v>
+        <x:v>102.774</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>924.79</x:v>
+        <x:v>120.91</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>22.02</x:v>
+        <x:v>75.73</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>802.052</x:v>
+        <x:v>103.522</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>943.59</x:v>
+        <x:v>121.79</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>22.43</x:v>
+        <x:v>72.75</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>804.355</x:v>
+        <x:v>1027.548</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>946.3</x:v>
+        <x:v>1208.88</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>18.48</x:v>
+        <x:v>73.24</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>776.526</x:v>
+        <x:v>1028.483</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>913.56</x:v>
+        <x:v>1209.98</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>17.4</x:v>
+        <x:v>78.91</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>768.392</x:v>
+        <x:v>1040.74</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>903.99</x:v>
+        <x:v>1224.4</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>16.87</x:v>
+        <x:v>60.32</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>763.963</x:v>
+        <x:v>989.714</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>898.78</x:v>
+        <x:v>1164.37</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>17.54</x:v>
+        <x:v>56.18</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>768.502</x:v>
+        <x:v>977.5</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>904.12</x:v>
+        <x:v>1150</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>17.73</x:v>
+        <x:v>43.55</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>769.709</x:v>
+        <x:v>931.88</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>905.54</x:v>
+        <x:v>1096.33</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>19.8</x:v>
+        <x:v>45.76</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>783.19</x:v>
+        <x:v>939.25</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>921.4</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>16.19</x:v>
+        <x:v>59.22</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>754.706</x:v>
+        <x:v>976.012</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>887.89</x:v>
+        <x:v>1148.25</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>13.42</x:v>
+        <x:v>56.54</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>729.444</x:v>
+        <x:v>968.158</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>858.17</x:v>
+        <x:v>1139.01</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>14.02</x:v>
+        <x:v>39.99</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>734.417</x:v>
+        <x:v>904.986</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>864.02</x:v>
+        <x:v>1064.69</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>15.48</x:v>
+        <x:v>34.68</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>745.934</x:v>
+        <x:v>882.292</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>877.57</x:v>
+        <x:v>1037.99</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>15.51</x:v>
+        <x:v>22.26</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>745.748</x:v>
+        <x:v>807.075</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>877.35</x:v>
+        <x:v>949.5</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>11.33</x:v>
+        <x:v>22.92</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>702.372</x:v>
+        <x:v>810.781</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>826.32</x:v>
+        <x:v>953.86</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>9.28</x:v>
+        <x:v>19.36</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>677.254</x:v>
+        <x:v>786.072</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>796.77</x:v>
+        <x:v>924.79</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>11.61</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>700.596</x:v>
+        <x:v>802.052</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>824.23</x:v>
+        <x:v>943.59</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>9.53</x:v>
+        <x:v>22.43</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>675.903</x:v>
+        <x:v>804.355</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>795.18</x:v>
+        <x:v>946.3</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>7.58</x:v>
+        <x:v>18.48</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>647.7</x:v>
+        <x:v>776.526</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>762</x:v>
+        <x:v>913.56</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>19.02</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>719.704</x:v>
+        <x:v>768.392</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>846.71</x:v>
+        <x:v>903.99</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45399.9244560185</x:v>
+        <x:v>45422.9236689815</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>18.22</x:v>
+        <x:v>16.87</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>714.298</x:v>
+        <x:v>763.963</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>840.35</x:v>
+        <x:v>898.78</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45398.9235763889</x:v>
+        <x:v>45420.9241782407</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>23.76</x:v>
+        <x:v>17.54</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>743.028</x:v>
+        <x:v>768.502</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>874.15</x:v>
+        <x:v>904.12</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45397.9233680556</x:v>
+        <x:v>45419.9259953704</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>21.65</x:v>
+        <x:v>17.73</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>731.008</x:v>
+        <x:v>769.709</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>860.01</x:v>
+        <x:v>905.54</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45394.9243518518</x:v>
+        <x:v>45418.9291087963</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>25.54</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>749.581</x:v>
+        <x:v>783.19</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>881.86</x:v>
+        <x:v>921.4</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45393.9239351852</x:v>
+        <x:v>45415.9287847222</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>30.49</x:v>
+        <x:v>16.19</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>770.236</x:v>
+        <x:v>754.706</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>906.16</x:v>
+        <x:v>887.89</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45392.9227314815</x:v>
+        <x:v>45414.9243981481</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>24.48</x:v>
+        <x:v>13.42</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>739.832</x:v>
+        <x:v>729.444</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>870.39</x:v>
+        <x:v>858.17</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45391.926412037</x:v>
+        <x:v>45412.9265625</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>21.91</x:v>
+        <x:v>14.02</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>725.509</x:v>
+        <x:v>734.417</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>853.54</x:v>
+        <x:v>864.02</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45390.9248148148</x:v>
+        <x:v>45411.9246643518</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>25.01</x:v>
+        <x:v>15.48</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>740.63</x:v>
+        <x:v>745.934</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>871.33</x:v>
+        <x:v>877.57</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45387.9232523148</x:v>
+        <x:v>45408.9315393519</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>26.7</x:v>
+        <x:v>15.51</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>748.068</x:v>
+        <x:v>745.748</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>880.08</x:v>
+        <x:v>877.35</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45386.9251041667</x:v>
+        <x:v>45407.9436458333</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>23.3</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>730.192</x:v>
+        <x:v>702.372</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>859.05</x:v>
+        <x:v>826.32</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45385.9234837963</x:v>
+        <x:v>45406.9296759259</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>29.41</x:v>
+        <x:v>9.28</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>756.194</x:v>
+        <x:v>677.254</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>889.64</x:v>
+        <x:v>796.77</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45384.9259490741</x:v>
+        <x:v>45405.9324537037</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>30.44</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>760.342</x:v>
+        <x:v>700.596</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>894.52</x:v>
+        <x:v>824.23</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45379.8836921296</x:v>
+        <x:v>45404.9329861111</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>32.6</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>768.026</x:v>
+        <x:v>675.903</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>903.56</x:v>
+        <x:v>795.18</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45378.8832407407</x:v>
+        <x:v>45401.9232060185</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>32.41</x:v>
+        <x:v>7.58</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>767.125</x:v>
+        <x:v>647.7</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>902.5</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45377.8827199074</x:v>
+        <x:v>45400.9237615741</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>38.18</x:v>
+        <x:v>19.02</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>786.768</x:v>
+        <x:v>719.704</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>925.61</x:v>
+        <x:v>846.71</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45376.8828819444</x:v>
+        <x:v>45399.9244560185</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>45.2</x:v>
+        <x:v>18.22</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>807.517</x:v>
+        <x:v>714.298</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>950.02</x:v>
+        <x:v>840.35</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45373.8830671296</x:v>
+        <x:v>45398.9235763889</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>43.4</x:v>
+        <x:v>23.76</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>801.456</x:v>
+        <x:v>743.028</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>942.89</x:v>
+        <x:v>874.15</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45372.8844444444</x:v>
+        <x:v>45397.9233680556</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>36.59</x:v>
+        <x:v>21.65</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>777.198</x:v>
+        <x:v>731.008</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>914.35</x:v>
+        <x:v>860.01</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45362.8935648148</x:v>
+        <x:v>45394.9243518518</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>27.45</x:v>
+        <x:v>25.54</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>729.079</x:v>
+        <x:v>749.581</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>857.74</x:v>
+        <x:v>881.86</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45359.9310648148</x:v>
+        <x:v>45393.9239351852</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>31.33</x:v>
+        <x:v>30.49</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>743.988</x:v>
+        <x:v>770.236</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>875.28</x:v>
+        <x:v>906.16</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45358.9291087963</x:v>
+        <x:v>45392.9227314815</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>47.05</x:v>
+        <x:v>24.48</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>787.686</x:v>
+        <x:v>739.832</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>926.69</x:v>
+        <x:v>870.39</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45357.9246296296</x:v>
+        <x:v>45391.926412037</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>37.13</x:v>
+        <x:v>21.91</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>753.95</x:v>
+        <x:v>725.509</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>887</x:v>
+        <x:v>853.54</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45356.9297569444</x:v>
+        <x:v>45390.9248148148</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>31.21</x:v>
+        <x:v>25.01</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>730.694</x:v>
+        <x:v>740.63</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>859.64</x:v>
+        <x:v>871.33</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45355.9261574074</x:v>
+        <x:v>45387.9232523148</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>29.72</x:v>
+        <x:v>26.7</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>724.514</x:v>
+        <x:v>748.068</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>852.37</x:v>
+        <x:v>880.08</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45351.925787037</x:v>
+        <x:v>45386.9251041667</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>19.79</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>672.452</x:v>
+        <x:v>730.192</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>791.12</x:v>
+        <x:v>859.05</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45350.9235763889</x:v>
+        <x:v>45385.9234837963</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>17.82</x:v>
+        <x:v>29.41</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>660.136</x:v>
+        <x:v>756.194</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>776.63</x:v>
+        <x:v>889.64</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45349.922337963</x:v>
+        <x:v>45384.9259490741</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>19.38</x:v>
+        <x:v>30.44</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>672.282</x:v>
+        <x:v>760.342</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>790.92</x:v>
+        <x:v>894.52</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45379.8836921296</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>19.99</x:v>
+        <x:v>32.6</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>669.944</x:v>
+        <x:v>768.026</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>788.17</x:v>
+        <x:v>903.56</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45345.9262384259</x:v>
+        <x:v>45378.8832407407</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>19.66</x:v>
+        <x:v>32.41</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>669.944</x:v>
+        <x:v>767.125</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>788.17</x:v>
+        <x:v>902.5</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45344.9258217593</x:v>
+        <x:v>45377.8827199074</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>19.27</x:v>
+        <x:v>38.18</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>667.573</x:v>
+        <x:v>786.768</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>785.38</x:v>
+        <x:v>925.61</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45343.9246412037</x:v>
+        <x:v>45376.8828819444</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>9.72</x:v>
+        <x:v>45.2</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>573.512</x:v>
+        <x:v>807.517</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>674.72</x:v>
+        <x:v>950.02</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45342.9240162037</x:v>
+        <x:v>45373.8830671296</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>11.74</x:v>
+        <x:v>43.4</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>590.342</x:v>
+        <x:v>801.456</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>694.52</x:v>
+        <x:v>942.89</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45338.9307986111</x:v>
+        <x:v>45372.8844444444</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>16</x:v>
+        <x:v>36.59</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>617.21</x:v>
+        <x:v>777.198</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>726.13</x:v>
+        <x:v>914.35</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45337.9414699074</x:v>
+        <x:v>45362.8935648148</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>16.08</x:v>
+        <x:v>27.45</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>617.593</x:v>
+        <x:v>729.079</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>726.58</x:v>
+        <x:v>857.74</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45336.9321412037</x:v>
+        <x:v>45359.9310648148</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>17.91</x:v>
+        <x:v>31.33</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>628.15</x:v>
+        <x:v>743.988</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>739</x:v>
+        <x:v>875.28</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45335.9339814815</x:v>
+        <x:v>45358.9291087963</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>15.62</x:v>
+        <x:v>47.05</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>613.088</x:v>
+        <x:v>787.686</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>721.28</x:v>
+        <x:v>926.69</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45334.9284375</x:v>
+        <x:v>45357.9246296296</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>15.8</x:v>
+        <x:v>37.13</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>614.108</x:v>
+        <x:v>753.95</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>722.48</x:v>
+        <x:v>887</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45331.9229976852</x:v>
+        <x:v>45356.9297569444</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>15.71</x:v>
+        <x:v>31.21</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>613.13</x:v>
+        <x:v>730.694</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>721.33</x:v>
+        <x:v>859.64</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45330.9228356481</x:v>
+        <x:v>45355.9261574074</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>12.94</x:v>
+        <x:v>29.72</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>591.948</x:v>
+        <x:v>724.514</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>696.41</x:v>
+        <x:v>852.37</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45329.9233912037</x:v>
+        <x:v>45351.925787037</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>13.49</x:v>
+        <x:v>19.79</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>595.842</x:v>
+        <x:v>672.452</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>700.99</x:v>
+        <x:v>791.12</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45328.9222800926</x:v>
+        <x:v>45350.9235763889</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>11.59</x:v>
+        <x:v>17.82</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>579.896</x:v>
+        <x:v>660.136</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>682.23</x:v>
+        <x:v>776.63</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45327.9236689815</x:v>
+        <x:v>45349.922337963</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>12.84</x:v>
+        <x:v>19.38</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>589.322</x:v>
+        <x:v>672.282</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>693.32</x:v>
+        <x:v>790.92</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
+        <x:v>45348.9285532407</x:v>
+      </x:c>
+      <x:c r="B491" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C491" s="0">
+        <x:v>19.99</x:v>
+      </x:c>
+      <x:c r="D491" s="0">
+        <x:v>669.944</x:v>
+      </x:c>
+      <x:c r="E491" s="0">
+        <x:v>788.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="492" spans="1:5">
+      <x:c r="A492" s="1">
+        <x:v>45345.9262384259</x:v>
+      </x:c>
+      <x:c r="B492" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C492" s="0">
+        <x:v>19.66</x:v>
+      </x:c>
+      <x:c r="D492" s="0">
+        <x:v>669.944</x:v>
+      </x:c>
+      <x:c r="E492" s="0">
+        <x:v>788.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="493" spans="1:5">
+      <x:c r="A493" s="1">
+        <x:v>45344.9258217593</x:v>
+      </x:c>
+      <x:c r="B493" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C493" s="0">
+        <x:v>19.27</x:v>
+      </x:c>
+      <x:c r="D493" s="0">
+        <x:v>667.573</x:v>
+      </x:c>
+      <x:c r="E493" s="0">
+        <x:v>785.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="494" spans="1:5">
+      <x:c r="A494" s="1">
+        <x:v>45343.9246412037</x:v>
+      </x:c>
+      <x:c r="B494" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C494" s="0">
+        <x:v>9.72</x:v>
+      </x:c>
+      <x:c r="D494" s="0">
+        <x:v>573.512</x:v>
+      </x:c>
+      <x:c r="E494" s="0">
+        <x:v>674.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="495" spans="1:5">
+      <x:c r="A495" s="1">
+        <x:v>45342.9240162037</x:v>
+      </x:c>
+      <x:c r="B495" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C495" s="0">
+        <x:v>11.74</x:v>
+      </x:c>
+      <x:c r="D495" s="0">
+        <x:v>590.342</x:v>
+      </x:c>
+      <x:c r="E495" s="0">
+        <x:v>694.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="496" spans="1:5">
+      <x:c r="A496" s="1">
+        <x:v>45338.9307986111</x:v>
+      </x:c>
+      <x:c r="B496" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C496" s="0">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="D496" s="0">
+        <x:v>617.21</x:v>
+      </x:c>
+      <x:c r="E496" s="0">
+        <x:v>726.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="497" spans="1:5">
+      <x:c r="A497" s="1">
+        <x:v>45337.9414699074</x:v>
+      </x:c>
+      <x:c r="B497" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C497" s="0">
+        <x:v>16.08</x:v>
+      </x:c>
+      <x:c r="D497" s="0">
+        <x:v>617.593</x:v>
+      </x:c>
+      <x:c r="E497" s="0">
+        <x:v>726.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="498" spans="1:5">
+      <x:c r="A498" s="1">
+        <x:v>45336.9321412037</x:v>
+      </x:c>
+      <x:c r="B498" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C498" s="0">
+        <x:v>17.91</x:v>
+      </x:c>
+      <x:c r="D498" s="0">
+        <x:v>628.15</x:v>
+      </x:c>
+      <x:c r="E498" s="0">
+        <x:v>739</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="499" spans="1:5">
+      <x:c r="A499" s="1">
+        <x:v>45335.9339814815</x:v>
+      </x:c>
+      <x:c r="B499" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C499" s="0">
+        <x:v>15.62</x:v>
+      </x:c>
+      <x:c r="D499" s="0">
+        <x:v>613.088</x:v>
+      </x:c>
+      <x:c r="E499" s="0">
+        <x:v>721.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="500" spans="1:5">
+      <x:c r="A500" s="1">
+        <x:v>45334.9284375</x:v>
+      </x:c>
+      <x:c r="B500" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C500" s="0">
+        <x:v>15.8</x:v>
+      </x:c>
+      <x:c r="D500" s="0">
+        <x:v>614.108</x:v>
+      </x:c>
+      <x:c r="E500" s="0">
+        <x:v>722.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="501" spans="1:5">
+      <x:c r="A501" s="1">
+        <x:v>45331.9229976852</x:v>
+      </x:c>
+      <x:c r="B501" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C501" s="0">
+        <x:v>15.71</x:v>
+      </x:c>
+      <x:c r="D501" s="0">
+        <x:v>613.13</x:v>
+      </x:c>
+      <x:c r="E501" s="0">
+        <x:v>721.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="502" spans="1:5">
+      <x:c r="A502" s="1">
+        <x:v>45330.9228356481</x:v>
+      </x:c>
+      <x:c r="B502" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C502" s="0">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D502" s="0">
+        <x:v>591.948</x:v>
+      </x:c>
+      <x:c r="E502" s="0">
+        <x:v>696.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="503" spans="1:5">
+      <x:c r="A503" s="1">
+        <x:v>45329.9233912037</x:v>
+      </x:c>
+      <x:c r="B503" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C503" s="0">
+        <x:v>13.49</x:v>
+      </x:c>
+      <x:c r="D503" s="0">
+        <x:v>595.842</x:v>
+      </x:c>
+      <x:c r="E503" s="0">
+        <x:v>700.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="504" spans="1:5">
+      <x:c r="A504" s="1">
+        <x:v>45328.9222800926</x:v>
+      </x:c>
+      <x:c r="B504" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C504" s="0">
+        <x:v>11.59</x:v>
+      </x:c>
+      <x:c r="D504" s="0">
+        <x:v>579.896</x:v>
+      </x:c>
+      <x:c r="E504" s="0">
+        <x:v>682.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="505" spans="1:5">
+      <x:c r="A505" s="1">
+        <x:v>45327.9236689815</x:v>
+      </x:c>
+      <x:c r="B505" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C505" s="0">
+        <x:v>12.84</x:v>
+      </x:c>
+      <x:c r="D505" s="0">
+        <x:v>589.322</x:v>
+      </x:c>
+      <x:c r="E505" s="0">
+        <x:v>693.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="506" spans="1:5">
+      <x:c r="A506" s="1">
         <x:v>45324.9259837963</x:v>
       </x:c>
-      <x:c r="B491" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C491" s="0">
+      <x:c r="B506" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C506" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D491" s="0">
+      <x:c r="D506" s="0">
         <x:v>562.36</x:v>
       </x:c>
-      <x:c r="E491" s="0">
+      <x:c r="E506" s="0">
         <x:v>661.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>