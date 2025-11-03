--- v0 (2025-10-02)
+++ v1 (2025-11-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94819be5356e43b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34f97fdc199b4ff5a2d72e410a02efb7.psmdcp" Id="R7121d24adbac411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6406a5bfc646df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5dcffe3088cf4f359f728dd3e3b9c25f.psmdcp" Id="R5a6a22fb9e614be9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992382</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,7747 +390,8291 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E453"/>
+  <x:dimension ref="A1:E485"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45932.7757986111</x:v>
+        <x:v>45961.8178472222</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>5.2</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>206.569</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>232.1</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45961.7662962963</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>4.52</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>202.742</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>227.8</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45961.7596180556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>4.55</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>202.831</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>227.9</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45961.7416319444</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>4.2</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>200.74</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>225.55</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45960.7713541667</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>200.384</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>225.15</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45960.7414467593</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>4.17</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>200.428</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>225.2</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45959.763587963</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>4.62</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>202.92</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>228</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>4.35</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>201.318</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>226.2</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45958.741400463</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>4.14</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>199.983</x:v>
+        <x:v>208.349</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>224.7</x:v>
+        <x:v>234.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45957.7416550926</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>4.61</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>202.52</x:v>
+        <x:v>209.64</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>227.55</x:v>
+        <x:v>235.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45954.7428703704</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>4.95</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>204.255</x:v>
+        <x:v>207.682</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>229.5</x:v>
+        <x:v>233.35</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45953.7748263889</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>3.46</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>193.753</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>217.7</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45953.7428472222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2.76</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>187.746</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>210.95</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45952.7607291667</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>3.2</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>191.038</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>214.65</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45952.7423958333</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>4.15</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>196.601</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>220.9</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45951.7421064815</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>4</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>195.622</x:v>
+        <x:v>213.956</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>219.8</x:v>
+        <x:v>240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45950.8196990741</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>4.65</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>199.093</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>223.7</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45947.7632060185</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>6.04</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>204.967</x:v>
+        <x:v>205.546</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>230.3</x:v>
+        <x:v>230.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45946.7602893518</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>6.08</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>205.1</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>230.45</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45946.7415277778</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>5.66</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>203.142</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>228.25</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45945.7689699074</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>6.83</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>207.548</x:v>
+        <x:v>208.438</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>233.2</x:v>
+        <x:v>234.2</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45944.7693171296</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>6.42</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>205.902</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>231.35</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45944.7414699074</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>5.62</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>202.252</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>227.25</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45943.7466203704</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>7.28</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>208.171</x:v>
+        <x:v>205.946</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>233.9</x:v>
+        <x:v>231.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>6.79</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>206.213</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>231.7</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45940.7459143518</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>8.06</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>210.352</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>236.35</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>8.09</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>210.396</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>236.4</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45939.7442013889</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>7</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>206.346</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>231.85</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45938.7624421296</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>7.29</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>207.37</x:v>
+        <x:v>211.108</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>233</x:v>
+        <x:v>237.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45937.7621527778</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>7.21</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>207.014</x:v>
+        <x:v>209.15</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>232.6</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45936.7575462963</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>7.11</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>206.614</x:v>
+        <x:v>206.124</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>232.15</x:v>
+        <x:v>231.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>7.53</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>208.038</x:v>
+        <x:v>204.834</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>233.75</x:v>
+        <x:v>230.15</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>8.44</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>210.841</x:v>
+        <x:v>206.569</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>236.9</x:v>
+        <x:v>232.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>8.38</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>210.618</x:v>
+        <x:v>202.742</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>236.65</x:v>
+        <x:v>227.8</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>8.5</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>210.93</x:v>
+        <x:v>202.831</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>237</x:v>
+        <x:v>227.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>9.34</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>213.288</x:v>
+        <x:v>200.74</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>239.65</x:v>
+        <x:v>225.55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>9.15</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>212.71</x:v>
+        <x:v>200.384</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>239</x:v>
+        <x:v>225.15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>9.15</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>212.71</x:v>
+        <x:v>200.428</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>239</x:v>
+        <x:v>225.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>7.38</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>206.48</x:v>
+        <x:v>202.92</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>232</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>16.67</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>221.922</x:v>
+        <x:v>201.318</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>249.35</x:v>
+        <x:v>226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>17.14</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>222.589</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>250.1</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>20.09</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>226.728</x:v>
+        <x:v>202.52</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>254.75</x:v>
+        <x:v>227.55</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>16.9</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>221.476</x:v>
+        <x:v>204.255</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>248.85</x:v>
+        <x:v>229.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>15.79</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>219.518</x:v>
+        <x:v>193.753</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>246.65</x:v>
+        <x:v>217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>14.89</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>217.828</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>244.75</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>18.54</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>223.212</x:v>
+        <x:v>191.038</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>250.8</x:v>
+        <x:v>214.65</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>19.95</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>225.17</x:v>
+        <x:v>196.601</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>253</x:v>
+        <x:v>220.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45867.7584837963</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>17.41</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>221.12</x:v>
+        <x:v>195.622</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>248.45</x:v>
+        <x:v>219.8</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>15.23</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>217.204</x:v>
+        <x:v>199.093</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>244.05</x:v>
+        <x:v>223.7</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>15.77</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>218.05</x:v>
+        <x:v>204.967</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>245</x:v>
+        <x:v>230.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>16.37</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>219.029</x:v>
+        <x:v>205.1</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>246.1</x:v>
+        <x:v>230.45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>17.98</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>221.476</x:v>
+        <x:v>203.142</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>248.85</x:v>
+        <x:v>228.25</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>26.9</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>230.955</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>259.5</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>30.61</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>234.47</x:v>
+        <x:v>205.902</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>263.45</x:v>
+        <x:v>231.35</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>31.27</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>235.004</x:v>
+        <x:v>202.252</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>264.05</x:v>
+        <x:v>227.25</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>33.05</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>236.562</x:v>
+        <x:v>208.171</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>265.8</x:v>
+        <x:v>233.9</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>28.03</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>231.356</x:v>
+        <x:v>206.213</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>259.95</x:v>
+        <x:v>231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>28.03</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>231.356</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>259.95</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>27.93</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>231.222</x:v>
+        <x:v>210.396</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>259.8</x:v>
+        <x:v>236.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>26.52</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>229.664</x:v>
+        <x:v>206.346</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>258.05</x:v>
+        <x:v>231.85</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>27.19</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>230.288</x:v>
+        <x:v>207.37</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>258.75</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>31.37</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>234.159</x:v>
+        <x:v>207.014</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>263.1</x:v>
+        <x:v>232.6</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>33.86</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>236.295</x:v>
+        <x:v>206.614</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>265.5</x:v>
+        <x:v>232.15</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>32.56</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>235.094</x:v>
+        <x:v>208.038</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>264.15</x:v>
+        <x:v>233.75</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>29.85</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>232.424</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>261.15</x:v>
+        <x:v>236.9</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>25.43</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>227.395</x:v>
+        <x:v>210.618</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>255.5</x:v>
+        <x:v>236.65</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>27.78</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>229.798</x:v>
+        <x:v>210.93</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>258.2</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>23.94</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>225.259</x:v>
+        <x:v>213.288</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>253.1</x:v>
+        <x:v>239.65</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>26.01</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>227.484</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>255.6</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>28.27</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>229.754</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>258.15</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>28.23</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>229.62</x:v>
+        <x:v>206.48</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>258</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>23.51</x:v>
+        <x:v>16.67</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>223.968</x:v>
+        <x:v>221.922</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>251.65</x:v>
+        <x:v>249.35</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>24.18</x:v>
+        <x:v>17.14</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>224.725</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>252.5</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>26.23</x:v>
+        <x:v>20.09</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>226.906</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>254.95</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>22.63</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>222.456</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>249.95</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>23.6</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>223.524</x:v>
+        <x:v>219.518</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>251.15</x:v>
+        <x:v>246.65</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>21.29</x:v>
+        <x:v>14.89</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>220.498</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>247.75</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>25.51</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>225.126</x:v>
+        <x:v>223.212</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>252.95</x:v>
+        <x:v>250.8</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>28.28</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>227.884</x:v>
+        <x:v>225.17</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>256.05</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45867.7584837963</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>29.6</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>229.13</x:v>
+        <x:v>221.12</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>257.45</x:v>
+        <x:v>248.45</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>27.36</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>226.728</x:v>
+        <x:v>217.204</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>254.75</x:v>
+        <x:v>244.05</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>34.08</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>232.424</x:v>
+        <x:v>218.05</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>261.15</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>36.32</x:v>
+        <x:v>16.37</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>234.204</x:v>
+        <x:v>219.029</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>263.15</x:v>
+        <x:v>246.1</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>39.39</x:v>
+        <x:v>17.98</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>236.473</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>265.7</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>49.21</x:v>
+        <x:v>26.9</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>242.392</x:v>
+        <x:v>230.955</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>272.35</x:v>
+        <x:v>259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45813.7588078704</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>47.3</x:v>
+        <x:v>30.61</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>241.146</x:v>
+        <x:v>234.47</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>270.95</x:v>
+        <x:v>263.45</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>47.85</x:v>
+        <x:v>31.27</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>241.457</x:v>
+        <x:v>235.004</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>271.3</x:v>
+        <x:v>264.05</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>45.53</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>239.9</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>269.55</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>45.53</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>239.9</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>269.55</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>39.32</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>235.227</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>264.3</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>39.32</x:v>
+        <x:v>27.93</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>235.227</x:v>
+        <x:v>231.222</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>264.3</x:v>
+        <x:v>259.8</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>37.66</x:v>
+        <x:v>26.52</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>233.447</x:v>
+        <x:v>229.664</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>262.3</x:v>
+        <x:v>258.05</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>35.85</x:v>
+        <x:v>27.19</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>231.89</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>260.55</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>42.19</x:v>
+        <x:v>31.37</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>236.295</x:v>
+        <x:v>234.159</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>265.5</x:v>
+        <x:v>263.1</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>42.62</x:v>
+        <x:v>33.86</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>236.562</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>265.8</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>41.78</x:v>
+        <x:v>32.56</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>235.939</x:v>
+        <x:v>235.094</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>265.1</x:v>
+        <x:v>264.15</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>42.27</x:v>
+        <x:v>29.85</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>236.25</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>265.45</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>43.46</x:v>
+        <x:v>25.43</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>236.962</x:v>
+        <x:v>227.395</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>266.25</x:v>
+        <x:v>255.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>39.81</x:v>
+        <x:v>27.78</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>234.248</x:v>
+        <x:v>229.798</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>263.2</x:v>
+        <x:v>258.2</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>34.31</x:v>
+        <x:v>23.94</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>227.89</x:v>
+        <x:v>225.259</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>258</x:v>
+        <x:v>253.1</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45791.3168055556</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>39.27</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>231.761</x:v>
+        <x:v>227.484</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>262.35</x:v>
+        <x:v>255.6</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>37.34</x:v>
+        <x:v>28.27</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>233.492</x:v>
+        <x:v>229.754</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>262.35</x:v>
+        <x:v>258.15</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>37.55</x:v>
+        <x:v>28.23</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>233.625</x:v>
+        <x:v>229.62</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>262.5</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45786.7591087963</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>36.71</x:v>
+        <x:v>23.51</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>232.868</x:v>
+        <x:v>223.968</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>261.65</x:v>
+        <x:v>251.65</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45785.7577199074</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>38.09</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>233.892</x:v>
+        <x:v>224.725</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>262.8</x:v>
+        <x:v>252.5</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45784.7685069444</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>36.67</x:v>
+        <x:v>26.23</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>232.735</x:v>
+        <x:v>226.906</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>261.5</x:v>
+        <x:v>254.95</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45783.7975</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>40.18</x:v>
+        <x:v>22.63</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>235.272</x:v>
+        <x:v>222.456</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>264.35</x:v>
+        <x:v>249.95</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45783.7610648148</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>40.18</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>235.272</x:v>
+        <x:v>223.524</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>264.35</x:v>
+        <x:v>251.15</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45782.7990972222</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>44.19</x:v>
+        <x:v>21.29</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>237.942</x:v>
+        <x:v>220.498</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>267.35</x:v>
+        <x:v>247.75</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45782.7613425926</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>44.19</x:v>
+        <x:v>25.51</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>237.942</x:v>
+        <x:v>225.126</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>267.35</x:v>
+        <x:v>252.95</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45779.7593171296</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>42.98</x:v>
+        <x:v>28.28</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>237.007</x:v>
+        <x:v>227.884</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>266.3</x:v>
+        <x:v>256.05</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45777.7615740741</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>32.01</x:v>
+        <x:v>29.6</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>227.217</x:v>
+        <x:v>229.13</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>255.3</x:v>
+        <x:v>257.45</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45776.7598958333</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>31.36</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>226.594</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>254.6</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45775.7601273148</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>26.45</x:v>
+        <x:v>34.08</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>221.432</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>248.8</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45772.7647222222</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>23.39</x:v>
+        <x:v>36.32</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>217.783</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>244.7</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45771.7646296296</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>20.95</x:v>
+        <x:v>39.39</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>214.624</x:v>
+        <x:v>236.473</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>241.15</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45770.7698726852</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>21.36</x:v>
+        <x:v>49.21</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>215.113</x:v>
+        <x:v>242.392</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>241.7</x:v>
+        <x:v>272.35</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45769.7601041667</x:v>
+        <x:v>45813.7588078704</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>11.56</x:v>
+        <x:v>47.3</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>194.465</x:v>
+        <x:v>241.146</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>218.5</x:v>
+        <x:v>270.95</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45764.7626967593</x:v>
+        <x:v>45812.7670023148</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>15.85</x:v>
+        <x:v>47.85</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>201.14</x:v>
+        <x:v>241.457</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>226</x:v>
+        <x:v>271.3</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45763.762337963</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>20.31</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>206.792</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>232.35</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45762.7596990741</x:v>
+        <x:v>45811.758599537</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>20.55</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>207.058</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>232.65</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45761.7606597222</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>18.13</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>203.632</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>228.8</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45758.7869097222</x:v>
+        <x:v>45810.757650463</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>15.92</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>200.072</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>224.8</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45757.7688078704</x:v>
+        <x:v>45803.758900463</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>19.46</x:v>
+        <x:v>37.66</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>204.7</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>230</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45756.7571064815</x:v>
+        <x:v>45800.7594675926</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>12.31</x:v>
+        <x:v>35.85</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>190.816</x:v>
+        <x:v>231.89</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>214.4</x:v>
+        <x:v>260.55</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45755.7789814815</x:v>
+        <x:v>45799.7596296296</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>18.57</x:v>
+        <x:v>42.19</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>199.182</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>223.8</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45754.7628125</x:v>
+        <x:v>45798.7642939815</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>17.1</x:v>
+        <x:v>42.62</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>197.046</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>221.4</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45797.7621643519</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>26.01</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>205.768</x:v>
+        <x:v>235.939</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>231.2</x:v>
+        <x:v>265.1</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45751.7592824074</x:v>
+        <x:v>45796.761724537</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>26.01</x:v>
+        <x:v>42.27</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>205.768</x:v>
+        <x:v>236.25</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>231.2</x:v>
+        <x:v>265.45</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45750.7636226852</x:v>
+        <x:v>45793.7569560185</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>35.18</x:v>
+        <x:v>43.46</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>212.666</x:v>
+        <x:v>236.962</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>238.95</x:v>
+        <x:v>266.25</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45749.7615856481</x:v>
+        <x:v>45792.7607407407</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>52.27</x:v>
+        <x:v>39.81</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>221.699</x:v>
+        <x:v>234.248</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>249.1</x:v>
+        <x:v>263.2</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45748.7584606481</x:v>
+        <x:v>45791.7642476852</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>54.15</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>222.634</x:v>
+        <x:v>227.89</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>250.15</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45747.7615740741</x:v>
+        <x:v>45791.3168055556</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>45.62</x:v>
+        <x:v>39.27</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>217.516</x:v>
+        <x:v>231.761</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>244.4</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45744.7642708333</x:v>
+        <x:v>45790.7568865741</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>49.56</x:v>
+        <x:v>37.34</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>219.608</x:v>
+        <x:v>233.492</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>246.75</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45743.767349537</x:v>
+        <x:v>45789.7603240741</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>53.95</x:v>
+        <x:v>37.55</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>221.832</x:v>
+        <x:v>233.625</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>249.25</x:v>
+        <x:v>262.5</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45742.758912037</x:v>
+        <x:v>45786.7591087963</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>55.52</x:v>
+        <x:v>36.71</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>222.589</x:v>
+        <x:v>232.868</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>250.1</x:v>
+        <x:v>261.65</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45741.7595023148</x:v>
+        <x:v>45785.7577199074</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>75.91</x:v>
+        <x:v>38.09</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>230.288</x:v>
+        <x:v>233.892</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>258.75</x:v>
+        <x:v>262.8</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45740.763599537</x:v>
+        <x:v>45784.7685069444</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>68.67</x:v>
+        <x:v>36.67</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>227.262</x:v>
+        <x:v>232.735</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>255.35</x:v>
+        <x:v>261.5</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45737.759525463</x:v>
+        <x:v>45783.7975</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>62.17</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>224.236</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>251.95</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45736.7631134259</x:v>
+        <x:v>45783.7610648148</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>58.85</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>222.634</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>250.15</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45735.7582638889</x:v>
+        <x:v>45782.7990972222</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>55.68</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>221.032</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>248.35</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45734.7602314815</x:v>
+        <x:v>45782.7613425926</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>52.91</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>219.563</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>246.7</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45733.7570833333</x:v>
+        <x:v>45779.7593171296</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>52.97</x:v>
+        <x:v>42.98</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>219.563</x:v>
+        <x:v>237.007</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>246.7</x:v>
+        <x:v>266.3</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45730.76125</x:v>
+        <x:v>45777.7615740741</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>46.8</x:v>
+        <x:v>32.01</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>210.841</x:v>
+        <x:v>227.217</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>242.6</x:v>
+        <x:v>255.3</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45729.7592824074</x:v>
+        <x:v>45776.7598958333</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>39.29</x:v>
+        <x:v>31.36</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>210.841</x:v>
+        <x:v>226.594</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>0</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45728.7584837963</x:v>
+        <x:v>45775.7601273148</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>48.35</x:v>
+        <x:v>26.45</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>215.87</x:v>
+        <x:v>221.432</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>0</x:v>
+        <x:v>248.8</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45727.7601388889</x:v>
+        <x:v>45772.7647222222</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>42.8</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>212.398</x:v>
+        <x:v>217.783</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>238.65</x:v>
+        <x:v>244.7</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45726.7684259259</x:v>
+        <x:v>45771.7646296296</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>48.55</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>226.372</x:v>
+        <x:v>214.624</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>254.35</x:v>
+        <x:v>241.15</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45723.7596643519</x:v>
+        <x:v>45770.7698726852</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>79.02</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>232.602</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>261.35</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45722.7590162037</x:v>
+        <x:v>45769.7601041667</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>100.72</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>235.583</x:v>
+        <x:v>194.465</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>264.7</x:v>
+        <x:v>218.5</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45721.7632291667</x:v>
+        <x:v>45764.7626967593</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>112.21</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>230.466</x:v>
+        <x:v>201.14</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>258.95</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45720.7598842593</x:v>
+        <x:v>45763.762337963</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>95.38</x:v>
+        <x:v>20.31</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>241.68</x:v>
+        <x:v>206.792</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>271.55</x:v>
+        <x:v>232.35</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45719.76</x:v>
+        <x:v>45762.7596990741</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>151.96</x:v>
+        <x:v>20.55</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>236.117</x:v>
+        <x:v>207.058</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>265.3</x:v>
+        <x:v>232.65</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45716.7600115741</x:v>
+        <x:v>45761.7606597222</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>128.23</x:v>
+        <x:v>18.13</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>238.075</x:v>
+        <x:v>203.632</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>267.5</x:v>
+        <x:v>228.8</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45715.7569907407</x:v>
+        <x:v>45758.7869097222</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>137.43</x:v>
+        <x:v>15.92</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>244.928</x:v>
+        <x:v>200.072</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>275.2</x:v>
+        <x:v>224.8</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45714.7741666667</x:v>
+        <x:v>45757.7688078704</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>177.33</x:v>
+        <x:v>19.46</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>242.436</x:v>
+        <x:v>204.7</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>272.4</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45713.7589467593</x:v>
+        <x:v>45756.7571064815</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>164.03</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>244.127</x:v>
+        <x:v>190.816</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>274.3</x:v>
+        <x:v>214.4</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45712.7659027778</x:v>
+        <x:v>45755.7789814815</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>173.87</x:v>
+        <x:v>18.57</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>243.504</x:v>
+        <x:v>199.182</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>273.6</x:v>
+        <x:v>223.8</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45709.7637731481</x:v>
+        <x:v>45754.7628125</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>170.97</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>244.706</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>274.95</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45708.7618634259</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>178.18</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>245.907</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>276.3</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45707.7577430556</x:v>
+        <x:v>45751.7592824074</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>185.66</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>247.732</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>278.35</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45706.762337963</x:v>
+        <x:v>45750.7636226852</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>197.53</x:v>
+        <x:v>35.18</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>249.289</x:v>
+        <x:v>212.666</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>280.1</x:v>
+        <x:v>238.95</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45705.7592013889</x:v>
+        <x:v>45749.7615856481</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>208.18</x:v>
+        <x:v>52.27</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>246.486</x:v>
+        <x:v>221.699</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>276.95</x:v>
+        <x:v>249.1</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45702.7668171296</x:v>
+        <x:v>45748.7584606481</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>191.43</x:v>
+        <x:v>54.15</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>249.467</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>280.3</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45701.7653703704</x:v>
+        <x:v>45747.7615740741</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>211.95</x:v>
+        <x:v>45.62</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>248.444</x:v>
+        <x:v>217.516</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>279.15</x:v>
+        <x:v>244.4</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45700.7626967593</x:v>
+        <x:v>45744.7642708333</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>205.42</x:v>
+        <x:v>49.56</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>247.732</x:v>
+        <x:v>219.608</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>278.35</x:v>
+        <x:v>246.75</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45699.7634259259</x:v>
+        <x:v>45743.767349537</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>201.03</x:v>
+        <x:v>53.95</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>241.902</x:v>
+        <x:v>221.832</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>271.8</x:v>
+        <x:v>249.25</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45698.7617361111</x:v>
+        <x:v>45742.758912037</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>168.71</x:v>
+        <x:v>55.52</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>241.19</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>271</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45695.7611458333</x:v>
+        <x:v>45741.7595023148</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>165.39</x:v>
+        <x:v>75.91</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>243.548</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>273.65</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45694.7634490741</x:v>
+        <x:v>45740.763599537</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>179.51</x:v>
+        <x:v>68.67</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>241.012</x:v>
+        <x:v>227.262</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>270.8</x:v>
+        <x:v>255.35</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45693.7706365741</x:v>
+        <x:v>45737.759525463</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>165.75</x:v>
+        <x:v>62.17</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>241.012</x:v>
+        <x:v>224.236</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>270.8</x:v>
+        <x:v>251.95</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45692.7817476852</x:v>
+        <x:v>45736.7631134259</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>150.19</x:v>
+        <x:v>58.85</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>237.897</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>267.3</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45735.7582638889</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>133.51</x:v>
+        <x:v>55.68</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>234.204</x:v>
+        <x:v>221.032</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>263.15</x:v>
+        <x:v>248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45691.7625578704</x:v>
+        <x:v>45734.7602314815</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>133.51</x:v>
+        <x:v>52.91</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>234.204</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>263.15</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45688.76</x:v>
+        <x:v>45733.7570833333</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>159.5</x:v>
+        <x:v>52.97</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>238.965</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>268.5</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45687.7638888889</x:v>
+        <x:v>45730.76125</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>157.57</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>238.564</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>268.05</x:v>
+        <x:v>242.6</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45686.7638078704</x:v>
+        <x:v>45729.7592824074</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>153.84</x:v>
+        <x:v>39.29</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>237.808</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>267.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45728.7584837963</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>135.07</x:v>
+        <x:v>48.35</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>233.714</x:v>
+        <x:v>215.87</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>262.6</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45685.7622222222</x:v>
+        <x:v>45727.7601388889</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>135.07</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>233.714</x:v>
+        <x:v>212.398</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>262.6</x:v>
+        <x:v>238.65</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45684.7611226852</x:v>
+        <x:v>45726.7684259259</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>130.44</x:v>
+        <x:v>48.55</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>232.646</x:v>
+        <x:v>226.372</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>261.4</x:v>
+        <x:v>254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45681.768125</x:v>
+        <x:v>45723.7596643519</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>140.08</x:v>
+        <x:v>79.02</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>234.56</x:v>
+        <x:v>232.602</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>263.55</x:v>
+        <x:v>261.35</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45679.7595138889</x:v>
+        <x:v>45722.7590162037</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>135.25</x:v>
+        <x:v>100.72</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>233.447</x:v>
+        <x:v>235.583</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>262.3</x:v>
+        <x:v>264.7</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45678.7595601852</x:v>
+        <x:v>45721.7632291667</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>115.42</x:v>
+        <x:v>112.21</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>228.508</x:v>
+        <x:v>230.466</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>256.75</x:v>
+        <x:v>258.95</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45677.765162037</x:v>
+        <x:v>45720.7598842593</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>112.91</x:v>
+        <x:v>95.38</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>227.84</x:v>
+        <x:v>241.68</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>256</x:v>
+        <x:v>271.55</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45674.7630555556</x:v>
+        <x:v>45719.76</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>116.42</x:v>
+        <x:v>151.96</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>228.596</x:v>
+        <x:v>236.117</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>256.85</x:v>
+        <x:v>265.3</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45673.7629976852</x:v>
+        <x:v>45716.7600115741</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>110.33</x:v>
+        <x:v>128.23</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>226.994</x:v>
+        <x:v>238.075</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>255.05</x:v>
+        <x:v>267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45672.764537037</x:v>
+        <x:v>45715.7569907407</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>105.62</x:v>
+        <x:v>137.43</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>225.704</x:v>
+        <x:v>244.928</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>253.6</x:v>
+        <x:v>275.2</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45671.7791203704</x:v>
+        <x:v>45714.7741666667</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>88.07</x:v>
+        <x:v>177.33</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>220.186</x:v>
+        <x:v>242.436</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>247.4</x:v>
+        <x:v>272.4</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45670.7590393519</x:v>
+        <x:v>45713.7589467593</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>79.09</x:v>
+        <x:v>164.03</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>217.071</x:v>
+        <x:v>244.127</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>243.9</x:v>
+        <x:v>274.3</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45667.7626388889</x:v>
+        <x:v>45712.7659027778</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>84.78</x:v>
+        <x:v>173.87</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>218.806</x:v>
+        <x:v>243.504</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>245.85</x:v>
+        <x:v>273.6</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45666.758900463</x:v>
+        <x:v>45709.7637731481</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>82.99</x:v>
+        <x:v>170.97</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>218.184</x:v>
+        <x:v>244.706</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>245.15</x:v>
+        <x:v>274.95</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45665.7753472222</x:v>
+        <x:v>45708.7618634259</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>82.01</x:v>
+        <x:v>178.18</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>217.828</x:v>
+        <x:v>245.907</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>244.75</x:v>
+        <x:v>276.3</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45664.760625</x:v>
+        <x:v>45707.7577430556</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>78.37</x:v>
+        <x:v>185.66</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>216.537</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>243.3</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45663.7687268518</x:v>
+        <x:v>45706.762337963</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>69.1</x:v>
+        <x:v>197.53</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>212.932</x:v>
+        <x:v>249.289</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>239.25</x:v>
+        <x:v>280.1</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45660.7611805556</x:v>
+        <x:v>45705.7592013889</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>60.28</x:v>
+        <x:v>208.18</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>209.016</x:v>
+        <x:v>246.486</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>234.85</x:v>
+        <x:v>276.95</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45656.7591435185</x:v>
+        <x:v>45702.7668171296</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>63.72</x:v>
+        <x:v>191.43</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>210.307</x:v>
+        <x:v>249.467</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>236.3</x:v>
+        <x:v>280.3</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45653.7593865741</x:v>
+        <x:v>45701.7653703704</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>71.64</x:v>
+        <x:v>211.95</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>213.155</x:v>
+        <x:v>248.444</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>239.5</x:v>
+        <x:v>279.15</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45649.7573726852</x:v>
+        <x:v>45700.7626967593</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>65.03</x:v>
+        <x:v>205.42</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>210.352</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>236.35</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45646.7606828704</x:v>
+        <x:v>45699.7634259259</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>66.16</x:v>
+        <x:v>201.03</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>210.708</x:v>
+        <x:v>241.902</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>236.75</x:v>
+        <x:v>271.8</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45645.7575462963</x:v>
+        <x:v>45698.7617361111</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>66.92</x:v>
+        <x:v>168.71</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>210.974</x:v>
+        <x:v>241.19</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>237.05</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45644.7667824074</x:v>
+        <x:v>45695.7611458333</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>75.14</x:v>
+        <x:v>165.39</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>213.867</x:v>
+        <x:v>243.548</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>240.3</x:v>
+        <x:v>273.65</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45643.7696990741</x:v>
+        <x:v>45694.7634490741</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>72.21</x:v>
+        <x:v>179.51</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>212.754</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>239.05</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45642.7680555556</x:v>
+        <x:v>45693.7706365741</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>76.36</x:v>
+        <x:v>165.75</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>214.178</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>240.65</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45638.7633564815</x:v>
+        <x:v>45692.7817476852</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>78.95</x:v>
+        <x:v>150.19</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>214.935</x:v>
+        <x:v>237.897</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>241.5</x:v>
+        <x:v>267.3</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45637.796400463</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>72.04</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>212.354</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>238.6</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45636.7680671296</x:v>
+        <x:v>45691.7625578704</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>75.79</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>213.644</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>240.05</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45635.7600462963</x:v>
+        <x:v>45688.76</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>77.04</x:v>
+        <x:v>159.5</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>214.045</x:v>
+        <x:v>238.965</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>240.5</x:v>
+        <x:v>268.5</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45632.7600347222</x:v>
+        <x:v>45687.7638888889</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>81.38</x:v>
+        <x:v>157.57</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>215.38</x:v>
+        <x:v>238.564</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>242</x:v>
+        <x:v>268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45631.7586111111</x:v>
+        <x:v>45686.7638078704</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>79.76</x:v>
+        <x:v>153.84</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>214.802</x:v>
+        <x:v>237.808</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>241.35</x:v>
+        <x:v>267.2</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45630.7638541667</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>80.8</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>215.113</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>241.7</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45629.7659143519</x:v>
+        <x:v>45685.7622222222</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>62.19</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>207.326</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>232.95</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45628.7705902778</x:v>
+        <x:v>45684.7611226852</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>58.42</x:v>
+        <x:v>130.44</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>205.634</x:v>
+        <x:v>232.646</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>231.05</x:v>
+        <x:v>261.4</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45625.7598842593</x:v>
+        <x:v>45681.768125</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>48.08</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>200.161</x:v>
+        <x:v>234.56</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>224.9</x:v>
+        <x:v>263.55</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45624.7723726852</x:v>
+        <x:v>45679.7595138889</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>42.39</x:v>
+        <x:v>135.25</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>196.824</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>221.15</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45623.7603240741</x:v>
+        <x:v>45678.7595601852</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>40.95</x:v>
+        <x:v>115.42</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>195.934</x:v>
+        <x:v>228.508</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>220.15</x:v>
+        <x:v>256.75</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45622.7714699074</x:v>
+        <x:v>45677.765162037</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>46.04</x:v>
+        <x:v>112.91</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>198.648</x:v>
+        <x:v>227.84</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>223.2</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45621.7637962963</x:v>
+        <x:v>45674.7630555556</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>46.6</x:v>
+        <x:v>116.42</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>198.915</x:v>
+        <x:v>228.596</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>223.5</x:v>
+        <x:v>256.85</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45618.7851273148</x:v>
+        <x:v>45673.7629976852</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>51.14</x:v>
+        <x:v>110.33</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>201.051</x:v>
+        <x:v>226.994</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>225.9</x:v>
+        <x:v>255.05</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45617.7602546296</x:v>
+        <x:v>45672.764537037</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>49.1</x:v>
+        <x:v>105.62</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>199.983</x:v>
+        <x:v>225.704</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>224.7</x:v>
+        <x:v>253.6</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45616.7634837963</x:v>
+        <x:v>45671.7791203704</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>42.79</x:v>
+        <x:v>88.07</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>196.334</x:v>
+        <x:v>220.186</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>220.6</x:v>
+        <x:v>247.4</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45615.7578125</x:v>
+        <x:v>45670.7590393519</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>41.78</x:v>
+        <x:v>79.09</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>195.711</x:v>
+        <x:v>217.071</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>219.9</x:v>
+        <x:v>243.9</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45614.7649074074</x:v>
+        <x:v>45667.7626388889</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>39.93</x:v>
+        <x:v>84.78</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>194.554</x:v>
+        <x:v>218.806</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>218.6</x:v>
+        <x:v>245.85</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45611.7686342593</x:v>
+        <x:v>45666.758900463</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>38.25</x:v>
+        <x:v>82.99</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>193.397</x:v>
+        <x:v>218.184</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>217.3</x:v>
+        <x:v>245.15</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45610.7625231482</x:v>
+        <x:v>45665.7753472222</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>44.32</x:v>
+        <x:v>82.01</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>196.734</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>221.05</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45609.7625925926</x:v>
+        <x:v>45664.760625</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>41.93</x:v>
+        <x:v>78.37</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>195.31</x:v>
+        <x:v>216.537</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>219.45</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45608.7778703704</x:v>
+        <x:v>45663.7687268518</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>43.48</x:v>
+        <x:v>69.1</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>196.156</x:v>
+        <x:v>212.932</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>220.4</x:v>
+        <x:v>239.25</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45607.7591898148</x:v>
+        <x:v>45660.7611805556</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>45.51</x:v>
+        <x:v>60.28</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>197.224</x:v>
+        <x:v>209.016</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>221.6</x:v>
+        <x:v>234.85</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45604.7573148148</x:v>
+        <x:v>45656.7591435185</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>45.35</x:v>
+        <x:v>63.72</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>197.046</x:v>
+        <x:v>210.307</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>221.4</x:v>
+        <x:v>236.3</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45603.7594791667</x:v>
+        <x:v>45653.7593865741</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>44.13</x:v>
+        <x:v>71.64</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>196.334</x:v>
+        <x:v>213.155</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>220.6</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45602.7588425926</x:v>
+        <x:v>45649.7573726852</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>34.31</x:v>
+        <x:v>65.03</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>189.526</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>212.95</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45601.7577199074</x:v>
+        <x:v>45646.7606828704</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>38.19</x:v>
+        <x:v>66.16</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>191.928</x:v>
+        <x:v>210.708</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>215.65</x:v>
+        <x:v>236.75</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45600.7605439815</x:v>
+        <x:v>45645.7575462963</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>35.76</x:v>
+        <x:v>66.92</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>190.282</x:v>
+        <x:v>210.974</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>213.8</x:v>
+        <x:v>237.05</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45597.7588194444</x:v>
+        <x:v>45644.7667824074</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>40.3</x:v>
+        <x:v>75.14</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>192.908</x:v>
+        <x:v>213.867</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>216.75</x:v>
+        <x:v>240.3</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45596.7616550926</x:v>
+        <x:v>45643.7696990741</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>37.61</x:v>
+        <x:v>72.21</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>191.172</x:v>
+        <x:v>212.754</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>214.8</x:v>
+        <x:v>239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45595.7568865741</x:v>
+        <x:v>45642.7680555556</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>45.56</x:v>
+        <x:v>76.36</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>195.4</x:v>
+        <x:v>214.178</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>219.55</x:v>
+        <x:v>240.65</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45594.7605208333</x:v>
+        <x:v>45638.7633564815</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>54.25</x:v>
+        <x:v>78.95</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>199.36</x:v>
+        <x:v>214.935</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>224</x:v>
+        <x:v>241.5</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45593.7742013889</x:v>
+        <x:v>45637.796400463</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>51.89</x:v>
+        <x:v>72.04</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>198.203</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>222.7</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45590.768275463</x:v>
+        <x:v>45636.7680671296</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>49.14</x:v>
+        <x:v>75.79</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>196.734</x:v>
+        <x:v>213.644</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>221.05</x:v>
+        <x:v>240.05</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45589.7589699074</x:v>
+        <x:v>45635.7600462963</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>45.85</x:v>
+        <x:v>77.04</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>194.954</x:v>
+        <x:v>214.045</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>219.05</x:v>
+        <x:v>240.5</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45588.7683796296</x:v>
+        <x:v>45632.7600347222</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>45.25</x:v>
+        <x:v>81.38</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>194.598</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>218.65</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45587.7587384259</x:v>
+        <x:v>45631.7586111111</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>40.22</x:v>
+        <x:v>79.76</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>191.572</x:v>
+        <x:v>214.802</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>215.25</x:v>
+        <x:v>241.35</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45586.7589467593</x:v>
+        <x:v>45630.7638541667</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>34.39</x:v>
+        <x:v>80.8</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>187.568</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>210.75</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45583.7647800926</x:v>
+        <x:v>45629.7659143519</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>37.49</x:v>
+        <x:v>62.19</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>189.436</x:v>
+        <x:v>207.326</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>212.85</x:v>
+        <x:v>232.95</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45581.7579166667</x:v>
+        <x:v>45628.7705902778</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>34.64</x:v>
+        <x:v>58.42</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>187.478</x:v>
+        <x:v>205.634</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>210.65</x:v>
+        <x:v>231.05</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45580.7601967593</x:v>
+        <x:v>45625.7598842593</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>33.59</x:v>
+        <x:v>48.08</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>186.722</x:v>
+        <x:v>200.161</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>209.8</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45579.7582175926</x:v>
+        <x:v>45624.7723726852</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>36.02</x:v>
+        <x:v>42.39</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>188.28</x:v>
+        <x:v>196.824</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>211.55</x:v>
+        <x:v>221.15</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45576.767962963</x:v>
+        <x:v>45623.7603240741</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>32.48</x:v>
+        <x:v>40.95</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>185.654</x:v>
+        <x:v>195.934</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>208.6</x:v>
+        <x:v>220.15</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45575.7566435185</x:v>
+        <x:v>45622.7714699074</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>29.58</x:v>
+        <x:v>46.04</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>183.384</x:v>
+        <x:v>198.648</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>206.05</x:v>
+        <x:v>223.2</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45574.7610532407</x:v>
+        <x:v>45621.7637962963</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>31.83</x:v>
+        <x:v>46.6</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>184.986</x:v>
+        <x:v>198.915</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>207.85</x:v>
+        <x:v>223.5</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45573.7606597222</x:v>
+        <x:v>45618.7851273148</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>28.68</x:v>
+        <x:v>51.14</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>182.45</x:v>
+        <x:v>201.051</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>205</x:v>
+        <x:v>225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45572.7565625</x:v>
+        <x:v>45617.7602546296</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>24.17</x:v>
+        <x:v>49.1</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>178.267</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>200.3</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45569.7642476852</x:v>
+        <x:v>45616.7634837963</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>24.66</x:v>
+        <x:v>42.79</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>178.623</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>200.7</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45568.7656481481</x:v>
+        <x:v>45615.7578125</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>24.79</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>178.712</x:v>
+        <x:v>195.711</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>200.8</x:v>
+        <x:v>219.9</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45567.7653472222</x:v>
+        <x:v>45614.7649074074</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>28.08</x:v>
+        <x:v>39.93</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>181.338</x:v>
+        <x:v>194.554</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>203.75</x:v>
+        <x:v>218.6</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45566.7563657407</x:v>
+        <x:v>45611.7686342593</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>28.74</x:v>
+        <x:v>38.25</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>181.827</x:v>
+        <x:v>193.397</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>204.3</x:v>
+        <x:v>217.3</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45565.7591782407</x:v>
+        <x:v>45610.7625231482</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>28.89</x:v>
+        <x:v>44.32</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>181.916</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>204.4</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45562.7586574074</x:v>
+        <x:v>45609.7625925926</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>30.56</x:v>
+        <x:v>41.93</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>183.073</x:v>
+        <x:v>195.31</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>205.7</x:v>
+        <x:v>219.45</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45561.7612847222</x:v>
+        <x:v>45608.7778703704</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>29.22</x:v>
+        <x:v>43.48</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>182.005</x:v>
+        <x:v>196.156</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>204.5</x:v>
+        <x:v>220.4</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45560.7714236111</x:v>
+        <x:v>45607.7591898148</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>26.43</x:v>
+        <x:v>45.51</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>179.602</x:v>
+        <x:v>197.224</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>201.8</x:v>
+        <x:v>221.6</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45559.7595833333</x:v>
+        <x:v>45604.7573148148</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>32.9</x:v>
+        <x:v>45.35</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>184.096</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>206.85</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45558.7542476852</x:v>
+        <x:v>45603.7594791667</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>32.94</x:v>
+        <x:v>44.13</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>184.096</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>206.85</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45555.7576851852</x:v>
+        <x:v>45602.7588425926</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>30.28</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>182.005</x:v>
+        <x:v>189.526</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>204.5</x:v>
+        <x:v>212.95</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45554.7554976852</x:v>
+        <x:v>45601.7577199074</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>32.33</x:v>
+        <x:v>38.19</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>183.429</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>206.1</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45553.7545486111</x:v>
+        <x:v>45600.7605439815</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>25.66</x:v>
+        <x:v>35.76</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>177.626</x:v>
+        <x:v>190.282</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>199.58</x:v>
+        <x:v>213.8</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45552.7566435185</x:v>
+        <x:v>45597.7588194444</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>26.84</x:v>
+        <x:v>40.3</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>178.578</x:v>
+        <x:v>192.908</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>200.65</x:v>
+        <x:v>216.75</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45551.7526967593</x:v>
+        <x:v>45596.7616550926</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>26.35</x:v>
+        <x:v>37.61</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>178.134</x:v>
+        <x:v>191.172</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>200.15</x:v>
+        <x:v>214.8</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45548.7577893519</x:v>
+        <x:v>45595.7568865741</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>26.99</x:v>
+        <x:v>45.56</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>178.578</x:v>
+        <x:v>195.4</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>200.65</x:v>
+        <x:v>219.55</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45547.7527430556</x:v>
+        <x:v>45594.7605208333</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>25.52</x:v>
+        <x:v>54.25</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>177.27</x:v>
+        <x:v>199.36</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>199.18</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45546.7507291667</x:v>
+        <x:v>45593.7742013889</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>21.36</x:v>
+        <x:v>51.89</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>173.034</x:v>
+        <x:v>198.203</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>194.42</x:v>
+        <x:v>222.7</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45545.7516898148</x:v>
+        <x:v>45590.768275463</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>19.84</x:v>
+        <x:v>49.14</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>171.361</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>192.54</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45544.753125</x:v>
+        <x:v>45589.7589699074</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>19.9</x:v>
+        <x:v>45.85</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>171.396</x:v>
+        <x:v>194.954</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>192.58</x:v>
+        <x:v>219.05</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45541.774837963</x:v>
+        <x:v>45588.7683796296</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>18.53</x:v>
+        <x:v>45.25</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>169.741</x:v>
+        <x:v>194.598</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>190.72</x:v>
+        <x:v>218.65</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45540.7512152778</x:v>
+        <x:v>45587.7587384259</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>19.13</x:v>
+        <x:v>40.22</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>170.382</x:v>
+        <x:v>191.572</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>191.44</x:v>
+        <x:v>215.25</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45539.7506365741</x:v>
+        <x:v>45586.7589467593</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>21.02</x:v>
+        <x:v>34.39</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>172.286</x:v>
+        <x:v>187.568</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>193.58</x:v>
+        <x:v>210.75</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45538.7615277778</x:v>
+        <x:v>45583.7647800926</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>25.88</x:v>
+        <x:v>37.49</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>176.398</x:v>
+        <x:v>189.436</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>198.2</x:v>
+        <x:v>212.85</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45537.7585416667</x:v>
+        <x:v>45581.7579166667</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>27.76</x:v>
+        <x:v>34.64</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>177.875</x:v>
+        <x:v>187.478</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>199.86</x:v>
+        <x:v>210.65</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45534.7589467593</x:v>
+        <x:v>45580.7601967593</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>25.65</x:v>
+        <x:v>33.59</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>175.971</x:v>
+        <x:v>186.722</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>197.72</x:v>
+        <x:v>209.8</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45533.7649768519</x:v>
+        <x:v>45579.7582175926</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>27.1</x:v>
+        <x:v>36.02</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>177.128</x:v>
+        <x:v>188.28</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>199.02</x:v>
+        <x:v>211.55</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45532.7507638889</x:v>
+        <x:v>45576.767962963</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>23.46</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>173.728</x:v>
+        <x:v>185.654</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>195.2</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45531.7524305556</x:v>
+        <x:v>45575.7566435185</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>23.55</x:v>
+        <x:v>29.58</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>173.781</x:v>
+        <x:v>183.384</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>195.26</x:v>
+        <x:v>206.05</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45530.753275463</x:v>
+        <x:v>45574.7610532407</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>22.59</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>172.838</x:v>
+        <x:v>184.986</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>194.2</x:v>
+        <x:v>207.85</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45527.7532523148</x:v>
+        <x:v>45573.7606597222</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>24.09</x:v>
+        <x:v>28.68</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>174.102</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>195.62</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45526.7496064815</x:v>
+        <x:v>45572.7565625</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>25.07</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>174.921</x:v>
+        <x:v>178.267</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>196.54</x:v>
+        <x:v>200.3</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45525.7533333333</x:v>
+        <x:v>45569.7642476852</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>25.06</x:v>
+        <x:v>24.66</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>174.885</x:v>
+        <x:v>178.623</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>196.5</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45524.7571990741</x:v>
+        <x:v>45568.7656481481</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>24.49</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>174.351</x:v>
+        <x:v>178.712</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>195.9</x:v>
+        <x:v>200.8</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45523.750787037</x:v>
+        <x:v>45567.7653472222</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>25.94</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>175.544</x:v>
+        <x:v>181.338</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>197.24</x:v>
+        <x:v>203.75</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45520.7525462963</x:v>
+        <x:v>45566.7563657407</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>25.58</x:v>
+        <x:v>28.74</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>175.152</x:v>
+        <x:v>181.827</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>196.8</x:v>
+        <x:v>204.3</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45519.7846180556</x:v>
+        <x:v>45565.7591782407</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>24.79</x:v>
+        <x:v>28.89</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>174.422</x:v>
+        <x:v>181.916</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>195.98</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45518.7548726852</x:v>
+        <x:v>45562.7586574074</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>21.35</x:v>
+        <x:v>30.56</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>170.951</x:v>
+        <x:v>183.073</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>192.08</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45517.7495023148</x:v>
+        <x:v>45561.7612847222</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>20.94</x:v>
+        <x:v>29.22</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>170.506</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>191.58</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45516.7502893519</x:v>
+        <x:v>45560.7714236111</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>19.12</x:v>
+        <x:v>26.43</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>168.477</x:v>
+        <x:v>179.602</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>189.3</x:v>
+        <x:v>201.8</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45513.7534259259</x:v>
+        <x:v>45559.7595833333</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>19.72</x:v>
+        <x:v>32.9</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>169.029</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>189.92</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45512.7521412037</x:v>
+        <x:v>45558.7542476852</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>18.46</x:v>
+        <x:v>32.94</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>167.569</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>188.28</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45511.7529166667</x:v>
+        <x:v>45555.7576851852</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>18.25</x:v>
+        <x:v>30.28</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>167.302</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>187.98</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45510.7710416667</x:v>
+        <x:v>45554.7554976852</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>16.44</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>165.006</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>185.4</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45509.7565162037</x:v>
+        <x:v>45553.7545486111</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>13.9</x:v>
+        <x:v>25.66</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>161.286</x:v>
+        <x:v>177.626</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>181.22</x:v>
+        <x:v>199.58</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45506.7577777778</x:v>
+        <x:v>45552.7566435185</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>17.74</x:v>
+        <x:v>26.84</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>165.682</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>186.16</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45504.7536574074</x:v>
+        <x:v>45551.7526967593</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>27.98</x:v>
+        <x:v>26.35</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>173.568</x:v>
+        <x:v>178.134</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>195.02</x:v>
+        <x:v>200.15</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45503.7497337963</x:v>
+        <x:v>45548.7577893519</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>24.9</x:v>
+        <x:v>26.99</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>170.898</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>192.02</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45502.7520023148</x:v>
+        <x:v>45547.7527430556</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>25.86</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>171.663</x:v>
+        <x:v>177.27</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>192.88</x:v>
+        <x:v>199.18</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45499.750150463</x:v>
+        <x:v>45546.7507291667</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>29.48</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>174.244</x:v>
+        <x:v>173.034</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>195.78</x:v>
+        <x:v>194.42</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45498.7520138889</x:v>
+        <x:v>45545.7516898148</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>28.85</x:v>
+        <x:v>19.84</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>173.746</x:v>
+        <x:v>171.361</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>195.22</x:v>
+        <x:v>192.54</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45497.7533912037</x:v>
+        <x:v>45544.753125</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>27.31</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>172.5</x:v>
+        <x:v>171.396</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>193.82</x:v>
+        <x:v>192.58</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45496.7496643519</x:v>
+        <x:v>45541.774837963</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>31.04</x:v>
+        <x:v>18.53</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>175.099</x:v>
+        <x:v>169.741</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>196.74</x:v>
+        <x:v>190.72</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45495.7513657407</x:v>
+        <x:v>45540.7512152778</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>19.77</x:v>
+        <x:v>19.13</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>163.422</x:v>
+        <x:v>170.382</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>183.62</x:v>
+        <x:v>191.44</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45492.7567708333</x:v>
+        <x:v>45539.7506365741</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>18.15</x:v>
+        <x:v>21.02</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>161.535</x:v>
+        <x:v>172.286</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>181.5</x:v>
+        <x:v>193.58</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45491.7526851852</x:v>
+        <x:v>45538.7615277778</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>17.46</x:v>
+        <x:v>25.88</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>160.716</x:v>
+        <x:v>176.398</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>180.58</x:v>
+        <x:v>198.2</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45490.7535069444</x:v>
+        <x:v>45537.7585416667</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>19.8</x:v>
+        <x:v>27.76</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>163.101</x:v>
+        <x:v>177.875</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>183.26</x:v>
+        <x:v>199.86</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45489.7500925926</x:v>
+        <x:v>45534.7589467593</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>23.88</x:v>
+        <x:v>25.65</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>166.626</x:v>
+        <x:v>175.971</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>187.22</x:v>
+        <x:v>197.72</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45488.7523263889</x:v>
+        <x:v>45533.7649768519</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>24.47</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>167.106</x:v>
+        <x:v>177.128</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>187.76</x:v>
+        <x:v>199.02</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45485.7526041667</x:v>
+        <x:v>45532.7507638889</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>25.64</x:v>
+        <x:v>23.46</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>167.979</x:v>
+        <x:v>173.728</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>188.74</x:v>
+        <x:v>195.2</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45484.7507638889</x:v>
+        <x:v>45531.7524305556</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>23.39</x:v>
+        <x:v>23.55</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>165.949</x:v>
+        <x:v>173.781</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>186.46</x:v>
+        <x:v>195.26</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45483.7515277778</x:v>
+        <x:v>45530.753275463</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>22.77</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>165.362</x:v>
+        <x:v>172.838</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>185.8</x:v>
+        <x:v>194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45482.7511458333</x:v>
+        <x:v>45527.7532523148</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>21.82</x:v>
+        <x:v>24.09</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>164.436</x:v>
+        <x:v>174.102</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>184.76</x:v>
+        <x:v>195.62</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45481.7521180556</x:v>
+        <x:v>45526.7496064815</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>25.15</x:v>
+        <x:v>25.07</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>167.178</x:v>
+        <x:v>174.921</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>187.84</x:v>
+        <x:v>196.54</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45478.7524074074</x:v>
+        <x:v>45525.7533333333</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>26.66</x:v>
+        <x:v>25.06</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>168.281</x:v>
+        <x:v>174.885</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>189.08</x:v>
+        <x:v>196.5</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45477.7564351852</x:v>
+        <x:v>45524.7571990741</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>24.53</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>166.448</x:v>
+        <x:v>174.351</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>187.02</x:v>
+        <x:v>195.9</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45476.7537962963</x:v>
+        <x:v>45523.750787037</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>25.26</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>167.017</x:v>
+        <x:v>175.544</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>187.66</x:v>
+        <x:v>197.24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45475.7575</x:v>
+        <x:v>45520.7525462963</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>22.86</x:v>
+        <x:v>25.58</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>164.828</x:v>
+        <x:v>175.152</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>185.2</x:v>
+        <x:v>196.8</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45474.7653125</x:v>
+        <x:v>45519.7846180556</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>23.37</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>165.255</x:v>
+        <x:v>174.422</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>185.68</x:v>
+        <x:v>195.98</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45471.7526157407</x:v>
+        <x:v>45518.7548726852</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>28.03</x:v>
+        <x:v>21.35</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>168.673</x:v>
+        <x:v>170.951</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>189.52</x:v>
+        <x:v>192.08</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45470.7516782407</x:v>
+        <x:v>45517.7495023148</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>25.78</x:v>
+        <x:v>20.94</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>166.822</x:v>
+        <x:v>170.506</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>187.44</x:v>
+        <x:v>191.58</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45469.7562037037</x:v>
+        <x:v>45516.7502893519</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>24.33</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>165.558</x:v>
+        <x:v>168.477</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>186.02</x:v>
+        <x:v>189.3</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45468.7651388889</x:v>
+        <x:v>45513.7534259259</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>20.48</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>161.731</x:v>
+        <x:v>169.029</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>181.72</x:v>
+        <x:v>189.92</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45467.7596875</x:v>
+        <x:v>45512.7521412037</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>18.63</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>159.719</x:v>
+        <x:v>167.569</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>179.46</x:v>
+        <x:v>188.28</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45464.7598032407</x:v>
+        <x:v>45511.7529166667</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>20.13</x:v>
+        <x:v>18.25</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>161.143</x:v>
+        <x:v>167.302</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>181.06</x:v>
+        <x:v>187.98</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45463.7553009259</x:v>
+        <x:v>45510.7710416667</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>19.01</x:v>
+        <x:v>16.44</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>159.933</x:v>
+        <x:v>165.006</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>179.7</x:v>
+        <x:v>185.4</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45462.7591319444</x:v>
+        <x:v>45509.7565162037</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>16.48</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>156.889</x:v>
+        <x:v>161.286</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>176.28</x:v>
+        <x:v>181.22</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45461.750162037</x:v>
+        <x:v>45506.7577777778</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>16.29</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>156.64</x:v>
+        <x:v>165.682</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>176</x:v>
+        <x:v>186.16</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45460.7520023148</x:v>
+        <x:v>45504.7536574074</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>16.14</x:v>
+        <x:v>27.98</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>156.426</x:v>
+        <x:v>173.568</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>175.76</x:v>
+        <x:v>195.02</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45457.75375</x:v>
+        <x:v>45503.7497337963</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>15.5</x:v>
+        <x:v>24.9</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>155.554</x:v>
+        <x:v>170.898</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>174.78</x:v>
+        <x:v>192.02</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45456.754537037</x:v>
+        <x:v>45502.7520023148</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>18.14</x:v>
+        <x:v>25.86</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>158.402</x:v>
+        <x:v>171.663</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>177.98</x:v>
+        <x:v>192.88</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45455.75625</x:v>
+        <x:v>45499.750150463</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>21.39</x:v>
+        <x:v>29.48</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>161.446</x:v>
+        <x:v>174.244</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>181.4</x:v>
+        <x:v>195.78</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45454.7546527778</x:v>
+        <x:v>45498.7520138889</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>16.82</x:v>
+        <x:v>28.85</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>156.106</x:v>
+        <x:v>173.746</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>175.4</x:v>
+        <x:v>195.22</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45453.7552314815</x:v>
+        <x:v>45497.7533912037</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>18</x:v>
+        <x:v>27.31</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>157.37</x:v>
+        <x:v>172.5</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>176.82</x:v>
+        <x:v>193.82</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45450.7637962963</x:v>
+        <x:v>45496.7496643519</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>18.52</x:v>
+        <x:v>31.04</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>157.85</x:v>
+        <x:v>175.099</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>177.36</x:v>
+        <x:v>196.74</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45449.7532986111</x:v>
+        <x:v>45495.7513657407</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>18.86</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>158.171</x:v>
+        <x:v>163.422</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>177.72</x:v>
+        <x:v>183.62</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45448.7575925926</x:v>
+        <x:v>45492.7567708333</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>14.64</x:v>
+        <x:v>18.15</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>152.653</x:v>
+        <x:v>161.535</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>171.52</x:v>
+        <x:v>181.5</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45447.7542592593</x:v>
+        <x:v>45491.7526851852</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>12.88</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>150.054</x:v>
+        <x:v>160.716</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>168.6</x:v>
+        <x:v>180.58</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45446.7532291667</x:v>
+        <x:v>45490.7535069444</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>12.69</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>149.751</x:v>
+        <x:v>163.101</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>168.26</x:v>
+        <x:v>183.26</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45443.7518287037</x:v>
+        <x:v>45489.7500925926</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>11.46</x:v>
+        <x:v>23.88</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>147.704</x:v>
+        <x:v>166.626</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>165.96</x:v>
+        <x:v>187.22</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45442.7577199074</x:v>
+        <x:v>45488.7523263889</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>13.11</x:v>
+        <x:v>24.47</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>150.036</x:v>
+        <x:v>167.106</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>168.58</x:v>
+        <x:v>187.76</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45441.7499189815</x:v>
+        <x:v>45485.7526041667</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>19.6</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>156.48</x:v>
+        <x:v>167.979</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>175.82</x:v>
+        <x:v>188.74</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45440.7591319444</x:v>
+        <x:v>45484.7507638889</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>20.95</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>157.726</x:v>
+        <x:v>165.949</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>177.22</x:v>
+        <x:v>186.46</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45439.7628472222</x:v>
+        <x:v>45483.7515277778</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>24.45</x:v>
+        <x:v>22.77</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>160.574</x:v>
+        <x:v>165.362</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>180.42</x:v>
+        <x:v>185.8</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45436.7528472222</x:v>
+        <x:v>45482.7511458333</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>24.17</x:v>
+        <x:v>21.82</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>160.253</x:v>
+        <x:v>164.436</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>180.06</x:v>
+        <x:v>184.76</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45435.7561226852</x:v>
+        <x:v>45481.7521180556</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>25.68</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>161.41</x:v>
+        <x:v>167.178</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>181.36</x:v>
+        <x:v>187.84</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45434.750162037</x:v>
+        <x:v>45478.7524074074</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>23.57</x:v>
+        <x:v>26.66</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>159.595</x:v>
+        <x:v>168.281</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>179.32</x:v>
+        <x:v>189.08</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45433.753912037</x:v>
+        <x:v>45477.7564351852</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>24.34</x:v>
+        <x:v>24.53</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>160.2</x:v>
+        <x:v>166.448</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>180</x:v>
+        <x:v>187.02</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45429.760474537</x:v>
+        <x:v>45476.7537962963</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>21.55</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>157.548</x:v>
+        <x:v>167.017</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>177.02</x:v>
+        <x:v>187.66</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45428.7605671296</x:v>
+        <x:v>45475.7575</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>21.31</x:v>
+        <x:v>22.86</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>157.299</x:v>
+        <x:v>164.828</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>176.74</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45427.7860648148</x:v>
+        <x:v>45474.7653125</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>19.35</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>156.729</x:v>
+        <x:v>165.255</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>176.1</x:v>
+        <x:v>185.68</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45426.7552430556</x:v>
+        <x:v>45471.7526157407</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>18.2</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>155.465</x:v>
+        <x:v>168.673</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>174.68</x:v>
+        <x:v>189.52</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45425.7516319444</x:v>
+        <x:v>45470.7516782407</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>20.04</x:v>
+        <x:v>25.78</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>157.245</x:v>
+        <x:v>166.822</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>176.68</x:v>
+        <x:v>187.44</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45422.7512847222</x:v>
+        <x:v>45469.7562037037</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>19.57</x:v>
+        <x:v>24.33</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>156.693</x:v>
+        <x:v>165.558</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>176.06</x:v>
+        <x:v>186.02</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45420.7954513889</x:v>
+        <x:v>45468.7651388889</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>19.99</x:v>
+        <x:v>20.48</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>157.049</x:v>
+        <x:v>161.731</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>176.46</x:v>
+        <x:v>181.72</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45419.7550810185</x:v>
+        <x:v>45467.7596875</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>18.26</x:v>
+        <x:v>18.63</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>155.18</x:v>
+        <x:v>159.719</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>174.36</x:v>
+        <x:v>179.46</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45418.754537037</x:v>
+        <x:v>45464.7598032407</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>16.12</x:v>
+        <x:v>20.13</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>152.617</x:v>
+        <x:v>161.143</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>171.48</x:v>
+        <x:v>181.06</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45415.7562731481</x:v>
+        <x:v>45463.7553009259</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>15.63</x:v>
+        <x:v>19.01</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>151.941</x:v>
+        <x:v>159.933</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>170.72</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45414.7536458333</x:v>
+        <x:v>45462.7591319444</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>14.18</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>150.001</x:v>
+        <x:v>156.889</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>168.54</x:v>
+        <x:v>176.28</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45412.7543518519</x:v>
+        <x:v>45461.750162037</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>15.04</x:v>
+        <x:v>16.29</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>151.033</x:v>
+        <x:v>156.64</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>169.7</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45411.78375</x:v>
+        <x:v>45460.7520023148</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>16.38</x:v>
+        <x:v>16.14</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>152.564</x:v>
+        <x:v>156.426</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>171.42</x:v>
+        <x:v>175.76</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45408.748287037</x:v>
+        <x:v>45457.75375</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>18.68</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>154.86</x:v>
+        <x:v>155.554</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>174</x:v>
+        <x:v>174.78</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45407.7557523148</x:v>
+        <x:v>45456.754537037</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>15.87</x:v>
+        <x:v>18.14</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>151.478</x:v>
+        <x:v>158.402</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>170.2</x:v>
+        <x:v>177.98</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45406.7657407407</x:v>
+        <x:v>45455.75625</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>21.03</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>156.248</x:v>
+        <x:v>161.446</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>175.56</x:v>
+        <x:v>181.4</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45405.7568518519</x:v>
+        <x:v>45454.7546527778</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>20.41</x:v>
+        <x:v>16.82</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>155.625</x:v>
+        <x:v>156.106</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>174.86</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45404.7572337963</x:v>
+        <x:v>45453.7552314815</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>14.37</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>147.829</x:v>
+        <x:v>157.37</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>166.1</x:v>
+        <x:v>176.82</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45401.7981018519</x:v>
+        <x:v>45450.7637962963</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>14.22</x:v>
+        <x:v>18.52</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>147.562</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>165.8</x:v>
+        <x:v>177.36</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45400.7584837963</x:v>
+        <x:v>45449.7532986111</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>16.95</x:v>
+        <x:v>18.86</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>150.57</x:v>
+        <x:v>158.171</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>169.18</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45399.7645949074</x:v>
+        <x:v>45448.7575925926</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>16.65</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>150.196</x:v>
+        <x:v>152.653</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>168.76</x:v>
+        <x:v>171.52</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45398.7542939815</x:v>
+        <x:v>45447.7542592593</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>18.04</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>151.638</x:v>
+        <x:v>150.054</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>170.38</x:v>
+        <x:v>168.6</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45397.7515509259</x:v>
+        <x:v>45446.7532291667</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>19.22</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>152.777</x:v>
+        <x:v>149.751</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>171.66</x:v>
+        <x:v>168.26</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45394.7514814815</x:v>
+        <x:v>45443.7518287037</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>18.77</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>152.243</x:v>
+        <x:v>147.704</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>171.06</x:v>
+        <x:v>165.96</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45393.7590972222</x:v>
+        <x:v>45442.7577199074</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>18.94</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>152.386</x:v>
+        <x:v>150.036</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>171.22</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45392.7661689815</x:v>
+        <x:v>45441.7499189815</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>19.04</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>152.457</x:v>
+        <x:v>156.48</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>171.3</x:v>
+        <x:v>175.82</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45391.7576851852</x:v>
+        <x:v>45440.7591319444</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>20.11</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>153.454</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>172.42</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45390.7570949074</x:v>
+        <x:v>45439.7628472222</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>25.72</x:v>
+        <x:v>24.45</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>157.726</x:v>
+        <x:v>160.574</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>177.22</x:v>
+        <x:v>180.42</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45387.754375</x:v>
+        <x:v>45436.7528472222</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>26.07</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>157.904</x:v>
+        <x:v>160.253</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>177.42</x:v>
+        <x:v>180.06</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45386.758287037</x:v>
+        <x:v>45435.7561226852</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>26.83</x:v>
+        <x:v>25.68</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>158.438</x:v>
+        <x:v>161.41</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>178.02</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45385.7623032407</x:v>
+        <x:v>45434.750162037</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>27.11</x:v>
+        <x:v>23.57</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>158.616</x:v>
+        <x:v>159.595</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>178.22</x:v>
+        <x:v>179.32</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45384.7596064815</x:v>
+        <x:v>45433.753912037</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>25.8</x:v>
+        <x:v>24.34</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>157.583</x:v>
+        <x:v>160.2</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>177.06</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45379.7526041667</x:v>
+        <x:v>45429.760474537</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>30.63</x:v>
+        <x:v>21.55</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>160.609</x:v>
+        <x:v>157.548</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>180.46</x:v>
+        <x:v>177.02</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45378.7519675926</x:v>
+        <x:v>45428.7605671296</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>32.96</x:v>
+        <x:v>21.31</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>162.016</x:v>
+        <x:v>157.299</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>182.04</x:v>
+        <x:v>176.74</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45377.7511574074</x:v>
+        <x:v>45427.7860648148</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>33.84</x:v>
+        <x:v>19.35</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>162.514</x:v>
+        <x:v>156.729</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>182.6</x:v>
+        <x:v>176.1</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45376.7574074074</x:v>
+        <x:v>45426.7552430556</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>31.31</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>160.859</x:v>
+        <x:v>155.465</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>180.74</x:v>
+        <x:v>174.68</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45373.7547337963</x:v>
+        <x:v>45425.7516319444</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>30.81</x:v>
+        <x:v>20.04</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>160.449</x:v>
+        <x:v>157.245</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>180.28</x:v>
+        <x:v>176.68</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45372.7581944444</x:v>
+        <x:v>45422.7512847222</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>31.24</x:v>
+        <x:v>19.57</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>160.698</x:v>
+        <x:v>156.693</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>180.56</x:v>
+        <x:v>176.06</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45363.7501851852</x:v>
+        <x:v>45420.7954513889</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>28.35</x:v>
+        <x:v>19.99</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>157.53</x:v>
+        <x:v>157.049</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>177</x:v>
+        <x:v>176.46</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45362.7530324074</x:v>
+        <x:v>45419.7550810185</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>24.46</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>154.433</x:v>
+        <x:v>155.18</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>173.52</x:v>
+        <x:v>174.36</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45359.7549768519</x:v>
+        <x:v>45418.754537037</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>29.08</x:v>
+        <x:v>16.12</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>157.477</x:v>
+        <x:v>152.617</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>176.94</x:v>
+        <x:v>171.48</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45358.7545949074</x:v>
+        <x:v>45415.7562731481</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>30.27</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>158.224</x:v>
+        <x:v>151.941</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>177.78</x:v>
+        <x:v>170.72</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45357.7532986111</x:v>
+        <x:v>45414.7536458333</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>27.2</x:v>
+        <x:v>14.18</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>155.999</x:v>
+        <x:v>150.001</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>175.28</x:v>
+        <x:v>168.54</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45356.754537037</x:v>
+        <x:v>45412.7543518519</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>25.15</x:v>
+        <x:v>15.04</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>154.397</x:v>
+        <x:v>151.033</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>173.48</x:v>
+        <x:v>169.7</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45355.7463541667</x:v>
+        <x:v>45411.78375</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>27.36</x:v>
+        <x:v>16.38</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>155.946</x:v>
+        <x:v>152.564</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>175.22</x:v>
+        <x:v>171.42</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45352.7525462963</x:v>
+        <x:v>45408.748287037</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>25.28</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>154.273</x:v>
+        <x:v>154.86</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>173.34</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45351.7476041667</x:v>
+        <x:v>45407.7557523148</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>24.78</x:v>
+        <x:v>15.87</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>153.863</x:v>
+        <x:v>151.478</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>172.88</x:v>
+        <x:v>170.2</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45350.7516319444</x:v>
+        <x:v>45406.7657407407</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>23.97</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>153.187</x:v>
+        <x:v>156.248</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>172.12</x:v>
+        <x:v>175.56</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45349.7513773148</x:v>
+        <x:v>45405.7568518519</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>27.37</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>153.97</x:v>
+        <x:v>155.625</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>173</x:v>
+        <x:v>174.86</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45404.7572337963</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>25.3</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>151.122</x:v>
+        <x:v>147.829</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>169.8</x:v>
+        <x:v>166.1</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45348.7736111111</x:v>
+        <x:v>45401.7981018519</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>25.3</x:v>
+        <x:v>14.22</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>151.122</x:v>
+        <x:v>147.562</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>169.8</x:v>
+        <x:v>165.8</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45345.7523263889</x:v>
+        <x:v>45400.7584837963</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>22.06</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>151.122</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>169.8</x:v>
+        <x:v>169.18</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45344.7577777778</x:v>
+        <x:v>45399.7645949074</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>19.66</x:v>
+        <x:v>16.65</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>148.826</x:v>
+        <x:v>150.196</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>167.22</x:v>
+        <x:v>168.76</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45343.7647569444</x:v>
+        <x:v>45398.7542939815</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>15.83</x:v>
+        <x:v>18.04</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>144.429</x:v>
+        <x:v>151.638</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>162.28</x:v>
+        <x:v>170.38</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45342.7528125</x:v>
+        <x:v>45397.7515509259</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>16.49</x:v>
+        <x:v>19.22</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>145.123</x:v>
+        <x:v>152.777</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>163.06</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45341.7516087963</x:v>
+        <x:v>45394.7514814815</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>17.52</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>146.174</x:v>
+        <x:v>152.243</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>164.24</x:v>
+        <x:v>171.06</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45338.7553703704</x:v>
+        <x:v>45393.7590972222</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>18.34</x:v>
+        <x:v>18.94</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>146.921</x:v>
+        <x:v>152.386</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>165.08</x:v>
+        <x:v>171.22</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45337.7598263889</x:v>
+        <x:v>45392.7661689815</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>17.76</x:v>
+        <x:v>19.04</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>146.298</x:v>
+        <x:v>152.457</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>164.38</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45336.807962963</x:v>
+        <x:v>45391.7576851852</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>18.23</x:v>
+        <x:v>20.11</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>146.743</x:v>
+        <x:v>153.454</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>164.88</x:v>
+        <x:v>172.42</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45336.7470023148</x:v>
+        <x:v>45390.7570949074</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>18.23</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>146.743</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>164.88</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45335.7501157407</x:v>
+        <x:v>45387.754375</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>16.53</x:v>
+        <x:v>26.07</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>144.856</x:v>
+        <x:v>157.904</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>162.76</x:v>
+        <x:v>177.42</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45334.7513888889</x:v>
+        <x:v>45386.758287037</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>21.75</x:v>
+        <x:v>26.83</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>149.306</x:v>
+        <x:v>158.438</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>167.76</x:v>
+        <x:v>178.02</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45331.7582986111</x:v>
+        <x:v>45385.7623032407</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>22.44</x:v>
+        <x:v>27.11</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>149.805</x:v>
+        <x:v>158.616</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>168.32</x:v>
+        <x:v>178.22</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45330.7578125</x:v>
+        <x:v>45384.7596064815</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>22.13</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>149.52</x:v>
+        <x:v>157.583</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>168</x:v>
+        <x:v>177.06</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45329.7548958333</x:v>
+        <x:v>45379.7526041667</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>22.17</x:v>
+        <x:v>30.63</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>149.52</x:v>
+        <x:v>160.609</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>168</x:v>
+        <x:v>180.46</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45328.7534143518</x:v>
+        <x:v>45378.7519675926</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>20.61</x:v>
+        <x:v>32.96</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>148.096</x:v>
+        <x:v>162.016</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>166.4</x:v>
+        <x:v>182.04</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45327.7501967593</x:v>
+        <x:v>45377.7511574074</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>18.91</x:v>
+        <x:v>33.84</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>146.423</x:v>
+        <x:v>162.514</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>164.52</x:v>
+        <x:v>182.6</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45324.7529282407</x:v>
+        <x:v>45376.7574074074</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>18.2</x:v>
+        <x:v>31.31</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>145.64</x:v>
+        <x:v>160.859</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>163.64</x:v>
+        <x:v>180.74</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45323.7529976852</x:v>
+        <x:v>45373.7547337963</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>17.1</x:v>
+        <x:v>30.81</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>144.447</x:v>
+        <x:v>160.449</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>162.3</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45322.7527777778</x:v>
+        <x:v>45372.7581944444</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>15.93</x:v>
+        <x:v>31.24</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>143.112</x:v>
+        <x:v>160.698</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>160.8</x:v>
+        <x:v>180.56</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45321.7433680556</x:v>
+        <x:v>45363.7501851852</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>17.34</x:v>
+        <x:v>28.35</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>144.554</x:v>
+        <x:v>157.53</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>162.42</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45320.7512615741</x:v>
+        <x:v>45362.7530324074</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>17.01</x:v>
+        <x:v>24.46</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>144.18</x:v>
+        <x:v>154.433</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>162</x:v>
+        <x:v>173.52</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45317.7470717593</x:v>
+        <x:v>45359.7549768519</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>15.52</x:v>
+        <x:v>29.08</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>142.4</x:v>
+        <x:v>157.477</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>160</x:v>
+        <x:v>176.94</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45316.7524074074</x:v>
+        <x:v>45358.7545949074</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>16.16</x:v>
+        <x:v>30.27</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>143.076</x:v>
+        <x:v>158.224</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>160.76</x:v>
+        <x:v>177.78</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45315.7568171296</x:v>
+        <x:v>45357.7532986111</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>16.18</x:v>
+        <x:v>27.2</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>143.076</x:v>
+        <x:v>155.999</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>160.76</x:v>
+        <x:v>175.28</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45314.7547453704</x:v>
+        <x:v>45356.754537037</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>10.06</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>132.93</x:v>
+        <x:v>154.397</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>149.36</x:v>
+        <x:v>173.48</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45313.762662037</x:v>
+        <x:v>45355.7463541667</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>10.62</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>133.803</x:v>
+        <x:v>155.946</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>150.34</x:v>
+        <x:v>175.22</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45310.749212963</x:v>
+        <x:v>45352.7525462963</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>9.89</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>132.503</x:v>
+        <x:v>154.273</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>148.88</x:v>
+        <x:v>173.34</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45309.7473726852</x:v>
+        <x:v>45351.7476041667</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>9.1</x:v>
+        <x:v>24.78</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>131.061</x:v>
+        <x:v>153.863</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>147.26</x:v>
+        <x:v>172.88</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45308.7508680556</x:v>
+        <x:v>45350.7516319444</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>8.03</x:v>
+        <x:v>23.97</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>128.89</x:v>
+        <x:v>153.187</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>144.82</x:v>
+        <x:v>172.12</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45307.7510532407</x:v>
+        <x:v>45349.7513773148</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>7.94</x:v>
+        <x:v>27.37</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>128.676</x:v>
+        <x:v>153.97</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>144.58</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45306.7467592593</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>7.94</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>128.658</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>144.56</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45303.7600925926</x:v>
+        <x:v>45348.7736111111</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>8.11</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>128.925</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>144.86</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45302.7520601852</x:v>
+        <x:v>45345.7523263889</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>6.95</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>126.273</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>141.88</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45301.7540393519</x:v>
+        <x:v>45344.7577777778</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>7.02</x:v>
+        <x:v>19.66</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>126.416</x:v>
+        <x:v>148.826</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>142.04</x:v>
+        <x:v>167.22</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45300.7495833333</x:v>
+        <x:v>45343.7647569444</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>6.07</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>123.959</x:v>
+        <x:v>144.429</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>139.28</x:v>
+        <x:v>162.28</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45299.7521643518</x:v>
+        <x:v>45342.7528125</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>5.91</x:v>
+        <x:v>16.49</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>123.514</x:v>
+        <x:v>145.123</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>138.78</x:v>
+        <x:v>163.06</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45296.7574884259</x:v>
+        <x:v>45341.7516087963</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>5.4</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>122.001</x:v>
+        <x:v>146.174</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>137.08</x:v>
+        <x:v>164.24</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45295.7562152778</x:v>
+        <x:v>45338.7553703704</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>5.21</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>121.432</x:v>
+        <x:v>146.921</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>136.44</x:v>
+        <x:v>165.08</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45294.7523148148</x:v>
+        <x:v>45337.7598263889</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>5.43</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>122.037</x:v>
+        <x:v>146.298</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>137.12</x:v>
+        <x:v>164.38</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45289.7502893519</x:v>
+        <x:v>45336.807962963</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>6.33</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>124.137</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>139.48</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45288.7522916667</x:v>
+        <x:v>45336.7470023148</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>6.4</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>124.28</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>139.64</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45287.7514583333</x:v>
+        <x:v>45335.7501157407</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>6.48</x:v>
+        <x:v>16.53</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>124.458</x:v>
+        <x:v>144.856</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>139.84</x:v>
+        <x:v>162.76</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45282.752037037</x:v>
+        <x:v>45334.7513888889</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>5.97</x:v>
+        <x:v>21.75</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>123.034</x:v>
+        <x:v>149.306</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>138.24</x:v>
+        <x:v>167.76</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45281.7536111111</x:v>
+        <x:v>45331.7582986111</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>5.76</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>122.446</x:v>
+        <x:v>149.805</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>137.58</x:v>
+        <x:v>168.32</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45281.7495138889</x:v>
+        <x:v>45330.7578125</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>5.76</x:v>
+        <x:v>22.13</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>122.446</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>137.58</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45280.7567824074</x:v>
+        <x:v>45329.7548958333</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>6.36</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>123.888</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>139.2</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45279.7563773148</x:v>
+        <x:v>45328.7534143518</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>7.21</x:v>
+        <x:v>20.61</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>125.721</x:v>
+        <x:v>148.096</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>141.26</x:v>
+        <x:v>166.4</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45278.7578587963</x:v>
+        <x:v>45327.7501967593</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>7.2</x:v>
+        <x:v>18.91</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>125.668</x:v>
+        <x:v>146.423</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>141.2</x:v>
+        <x:v>164.52</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45275.7522337963</x:v>
+        <x:v>45324.7529282407</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>7.35</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>125.917</x:v>
+        <x:v>145.64</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>141.48</x:v>
+        <x:v>163.64</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45274.754212963</x:v>
+        <x:v>45323.7529976852</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>7.82</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>126.861</x:v>
+        <x:v>144.447</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>142.54</x:v>
+        <x:v>162.3</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
+        <x:v>45322.7527777778</x:v>
+      </x:c>
+      <x:c r="B453" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C453" s="0">
+        <x:v>15.93</x:v>
+      </x:c>
+      <x:c r="D453" s="0">
+        <x:v>143.112</x:v>
+      </x:c>
+      <x:c r="E453" s="0">
+        <x:v>160.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="454" spans="1:5">
+      <x:c r="A454" s="1">
+        <x:v>45321.7433680556</x:v>
+      </x:c>
+      <x:c r="B454" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C454" s="0">
+        <x:v>17.34</x:v>
+      </x:c>
+      <x:c r="D454" s="0">
+        <x:v>144.554</x:v>
+      </x:c>
+      <x:c r="E454" s="0">
+        <x:v>162.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="455" spans="1:5">
+      <x:c r="A455" s="1">
+        <x:v>45320.7512615741</x:v>
+      </x:c>
+      <x:c r="B455" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C455" s="0">
+        <x:v>17.01</x:v>
+      </x:c>
+      <x:c r="D455" s="0">
+        <x:v>144.18</x:v>
+      </x:c>
+      <x:c r="E455" s="0">
+        <x:v>162</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="456" spans="1:5">
+      <x:c r="A456" s="1">
+        <x:v>45317.7470717593</x:v>
+      </x:c>
+      <x:c r="B456" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C456" s="0">
+        <x:v>15.52</x:v>
+      </x:c>
+      <x:c r="D456" s="0">
+        <x:v>142.4</x:v>
+      </x:c>
+      <x:c r="E456" s="0">
+        <x:v>160</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="457" spans="1:5">
+      <x:c r="A457" s="1">
+        <x:v>45316.7524074074</x:v>
+      </x:c>
+      <x:c r="B457" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C457" s="0">
+        <x:v>16.16</x:v>
+      </x:c>
+      <x:c r="D457" s="0">
+        <x:v>143.076</x:v>
+      </x:c>
+      <x:c r="E457" s="0">
+        <x:v>160.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="458" spans="1:5">
+      <x:c r="A458" s="1">
+        <x:v>45315.7568171296</x:v>
+      </x:c>
+      <x:c r="B458" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C458" s="0">
+        <x:v>16.18</x:v>
+      </x:c>
+      <x:c r="D458" s="0">
+        <x:v>143.076</x:v>
+      </x:c>
+      <x:c r="E458" s="0">
+        <x:v>160.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="459" spans="1:5">
+      <x:c r="A459" s="1">
+        <x:v>45314.7547453704</x:v>
+      </x:c>
+      <x:c r="B459" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C459" s="0">
+        <x:v>10.06</x:v>
+      </x:c>
+      <x:c r="D459" s="0">
+        <x:v>132.93</x:v>
+      </x:c>
+      <x:c r="E459" s="0">
+        <x:v>149.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="460" spans="1:5">
+      <x:c r="A460" s="1">
+        <x:v>45313.762662037</x:v>
+      </x:c>
+      <x:c r="B460" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C460" s="0">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="D460" s="0">
+        <x:v>133.803</x:v>
+      </x:c>
+      <x:c r="E460" s="0">
+        <x:v>150.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="461" spans="1:5">
+      <x:c r="A461" s="1">
+        <x:v>45310.749212963</x:v>
+      </x:c>
+      <x:c r="B461" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C461" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D461" s="0">
+        <x:v>132.503</x:v>
+      </x:c>
+      <x:c r="E461" s="0">
+        <x:v>148.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="462" spans="1:5">
+      <x:c r="A462" s="1">
+        <x:v>45309.7473726852</x:v>
+      </x:c>
+      <x:c r="B462" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C462" s="0">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="D462" s="0">
+        <x:v>131.061</x:v>
+      </x:c>
+      <x:c r="E462" s="0">
+        <x:v>147.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="463" spans="1:5">
+      <x:c r="A463" s="1">
+        <x:v>45308.7508680556</x:v>
+      </x:c>
+      <x:c r="B463" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C463" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="D463" s="0">
+        <x:v>128.89</x:v>
+      </x:c>
+      <x:c r="E463" s="0">
+        <x:v>144.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="464" spans="1:5">
+      <x:c r="A464" s="1">
+        <x:v>45307.7510532407</x:v>
+      </x:c>
+      <x:c r="B464" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C464" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D464" s="0">
+        <x:v>128.676</x:v>
+      </x:c>
+      <x:c r="E464" s="0">
+        <x:v>144.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="465" spans="1:5">
+      <x:c r="A465" s="1">
+        <x:v>45306.7467592593</x:v>
+      </x:c>
+      <x:c r="B465" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C465" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D465" s="0">
+        <x:v>128.658</x:v>
+      </x:c>
+      <x:c r="E465" s="0">
+        <x:v>144.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="466" spans="1:5">
+      <x:c r="A466" s="1">
+        <x:v>45303.7600925926</x:v>
+      </x:c>
+      <x:c r="B466" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C466" s="0">
+        <x:v>8.11</x:v>
+      </x:c>
+      <x:c r="D466" s="0">
+        <x:v>128.925</x:v>
+      </x:c>
+      <x:c r="E466" s="0">
+        <x:v>144.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="467" spans="1:5">
+      <x:c r="A467" s="1">
+        <x:v>45302.7520601852</x:v>
+      </x:c>
+      <x:c r="B467" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C467" s="0">
+        <x:v>6.95</x:v>
+      </x:c>
+      <x:c r="D467" s="0">
+        <x:v>126.273</x:v>
+      </x:c>
+      <x:c r="E467" s="0">
+        <x:v>141.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="468" spans="1:5">
+      <x:c r="A468" s="1">
+        <x:v>45301.7540393519</x:v>
+      </x:c>
+      <x:c r="B468" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C468" s="0">
+        <x:v>7.02</x:v>
+      </x:c>
+      <x:c r="D468" s="0">
+        <x:v>126.416</x:v>
+      </x:c>
+      <x:c r="E468" s="0">
+        <x:v>142.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="469" spans="1:5">
+      <x:c r="A469" s="1">
+        <x:v>45300.7495833333</x:v>
+      </x:c>
+      <x:c r="B469" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C469" s="0">
+        <x:v>6.07</x:v>
+      </x:c>
+      <x:c r="D469" s="0">
+        <x:v>123.959</x:v>
+      </x:c>
+      <x:c r="E469" s="0">
+        <x:v>139.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="470" spans="1:5">
+      <x:c r="A470" s="1">
+        <x:v>45299.7521643518</x:v>
+      </x:c>
+      <x:c r="B470" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C470" s="0">
+        <x:v>5.91</x:v>
+      </x:c>
+      <x:c r="D470" s="0">
+        <x:v>123.514</x:v>
+      </x:c>
+      <x:c r="E470" s="0">
+        <x:v>138.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="471" spans="1:5">
+      <x:c r="A471" s="1">
+        <x:v>45296.7574884259</x:v>
+      </x:c>
+      <x:c r="B471" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C471" s="0">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="D471" s="0">
+        <x:v>122.001</x:v>
+      </x:c>
+      <x:c r="E471" s="0">
+        <x:v>137.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="472" spans="1:5">
+      <x:c r="A472" s="1">
+        <x:v>45295.7562152778</x:v>
+      </x:c>
+      <x:c r="B472" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C472" s="0">
+        <x:v>5.21</x:v>
+      </x:c>
+      <x:c r="D472" s="0">
+        <x:v>121.432</x:v>
+      </x:c>
+      <x:c r="E472" s="0">
+        <x:v>136.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="473" spans="1:5">
+      <x:c r="A473" s="1">
+        <x:v>45294.7523148148</x:v>
+      </x:c>
+      <x:c r="B473" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C473" s="0">
+        <x:v>5.43</x:v>
+      </x:c>
+      <x:c r="D473" s="0">
+        <x:v>122.037</x:v>
+      </x:c>
+      <x:c r="E473" s="0">
+        <x:v>137.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="474" spans="1:5">
+      <x:c r="A474" s="1">
+        <x:v>45289.7502893519</x:v>
+      </x:c>
+      <x:c r="B474" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C474" s="0">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D474" s="0">
+        <x:v>124.137</x:v>
+      </x:c>
+      <x:c r="E474" s="0">
+        <x:v>139.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="475" spans="1:5">
+      <x:c r="A475" s="1">
+        <x:v>45288.7522916667</x:v>
+      </x:c>
+      <x:c r="B475" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C475" s="0">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="D475" s="0">
+        <x:v>124.28</x:v>
+      </x:c>
+      <x:c r="E475" s="0">
+        <x:v>139.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="476" spans="1:5">
+      <x:c r="A476" s="1">
+        <x:v>45287.7514583333</x:v>
+      </x:c>
+      <x:c r="B476" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C476" s="0">
+        <x:v>6.48</x:v>
+      </x:c>
+      <x:c r="D476" s="0">
+        <x:v>124.458</x:v>
+      </x:c>
+      <x:c r="E476" s="0">
+        <x:v>139.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="477" spans="1:5">
+      <x:c r="A477" s="1">
+        <x:v>45282.752037037</x:v>
+      </x:c>
+      <x:c r="B477" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C477" s="0">
+        <x:v>5.97</x:v>
+      </x:c>
+      <x:c r="D477" s="0">
+        <x:v>123.034</x:v>
+      </x:c>
+      <x:c r="E477" s="0">
+        <x:v>138.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="478" spans="1:5">
+      <x:c r="A478" s="1">
+        <x:v>45281.7536111111</x:v>
+      </x:c>
+      <x:c r="B478" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C478" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D478" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E478" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="479" spans="1:5">
+      <x:c r="A479" s="1">
+        <x:v>45281.7495138889</x:v>
+      </x:c>
+      <x:c r="B479" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C479" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D479" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E479" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="480" spans="1:5">
+      <x:c r="A480" s="1">
+        <x:v>45280.7567824074</x:v>
+      </x:c>
+      <x:c r="B480" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C480" s="0">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="D480" s="0">
+        <x:v>123.888</x:v>
+      </x:c>
+      <x:c r="E480" s="0">
+        <x:v>139.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="481" spans="1:5">
+      <x:c r="A481" s="1">
+        <x:v>45279.7563773148</x:v>
+      </x:c>
+      <x:c r="B481" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C481" s="0">
+        <x:v>7.21</x:v>
+      </x:c>
+      <x:c r="D481" s="0">
+        <x:v>125.721</x:v>
+      </x:c>
+      <x:c r="E481" s="0">
+        <x:v>141.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="482" spans="1:5">
+      <x:c r="A482" s="1">
+        <x:v>45278.7578587963</x:v>
+      </x:c>
+      <x:c r="B482" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C482" s="0">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="D482" s="0">
+        <x:v>125.668</x:v>
+      </x:c>
+      <x:c r="E482" s="0">
+        <x:v>141.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="483" spans="1:5">
+      <x:c r="A483" s="1">
+        <x:v>45275.7522337963</x:v>
+      </x:c>
+      <x:c r="B483" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C483" s="0">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="D483" s="0">
+        <x:v>125.917</x:v>
+      </x:c>
+      <x:c r="E483" s="0">
+        <x:v>141.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="484" spans="1:5">
+      <x:c r="A484" s="1">
+        <x:v>45274.754212963</x:v>
+      </x:c>
+      <x:c r="B484" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C484" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D484" s="0">
+        <x:v>126.861</x:v>
+      </x:c>
+      <x:c r="E484" s="0">
+        <x:v>142.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="485" spans="1:5">
+      <x:c r="A485" s="1">
         <x:v>45273.752974537</x:v>
       </x:c>
-      <x:c r="B453" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C453" s="0">
+      <x:c r="B485" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C485" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D453" s="0">
+      <x:c r="D485" s="0">
         <x:v>130.385</x:v>
       </x:c>
-      <x:c r="E453" s="0">
+      <x:c r="E485" s="0">
         <x:v>146.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>