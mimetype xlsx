--- v1 (2025-11-03)
+++ v2 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6406a5bfc646df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5dcffe3088cf4f359f728dd3e3b9c25f.psmdcp" Id="R5a6a22fb9e614be9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640a527678eb40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/206d4662cb4a4aee880407b90dcc128f.psmdcp" Id="R73e2e40932d940ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992382</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,8291 +390,8733 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E485"/>
+  <x:dimension ref="A1:E511"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45961.8178472222</x:v>
+        <x:v>45989.7430208333</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>199.76</x:v>
+        <x:v>185.61</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>224.45</x:v>
+        <x:v>208.55</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45961.7662962963</x:v>
+        <x:v>45988.7414467593</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>199.76</x:v>
+        <x:v>184.23</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>224.45</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45961.7596180556</x:v>
+        <x:v>45987.7425925926</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>199.76</x:v>
+        <x:v>183.963</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>224.45</x:v>
+        <x:v>206.7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45961.7416319444</x:v>
+        <x:v>45986.7690046296</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>199.76</x:v>
+        <x:v>182.316</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>224.45</x:v>
+        <x:v>204.85</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45960.7713541667</x:v>
+        <x:v>45986.7425231481</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>201.006</x:v>
+        <x:v>182.316</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>225.85</x:v>
+        <x:v>204.85</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45960.7414467593</x:v>
+        <x:v>45985.7418171296</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>201.006</x:v>
+        <x:v>184.675</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>225.85</x:v>
+        <x:v>207.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45959.763587963</x:v>
+        <x:v>45982.7637847222</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>199.627</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>224.3</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45981.7416319444</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>199.627</x:v>
+        <x:v>183.874</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>224.3</x:v>
+        <x:v>206.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45958.741400463</x:v>
+        <x:v>45980.7413194444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>4.69</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>208.349</x:v>
+        <x:v>182.895</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>234.1</x:v>
+        <x:v>205.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45957.7416550926</x:v>
+        <x:v>45979.7620833333</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>4.94</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>209.64</x:v>
+        <x:v>182.762</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>235.55</x:v>
+        <x:v>205.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45954.7428703704</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>4.61</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>207.682</x:v>
+        <x:v>182.762</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>233.35</x:v>
+        <x:v>205.35</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45953.7748263889</x:v>
+        <x:v>45978.7625462963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>6.46</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>215.38</x:v>
+        <x:v>184.23</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>242</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45953.7428472222</x:v>
+        <x:v>45975.7665972222</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>6.46</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>215.38</x:v>
+        <x:v>187.879</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>242</x:v>
+        <x:v>211.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45952.7607291667</x:v>
+        <x:v>45975.7415856481</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>210.796</x:v>
+        <x:v>187.879</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>236.85</x:v>
+        <x:v>211.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45952.7423958333</x:v>
+        <x:v>45974.742037037</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>5.52</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>210.796</x:v>
+        <x:v>194.109</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>236.85</x:v>
+        <x:v>218.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45951.7421064815</x:v>
+        <x:v>45973.7618402778</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>6.27</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>213.956</x:v>
+        <x:v>194.376</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>240.4</x:v>
+        <x:v>218.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45950.8196990741</x:v>
+        <x:v>45973.7425</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>5.92</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>212.354</x:v>
+        <x:v>194.376</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>238.6</x:v>
+        <x:v>218.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45947.7632060185</x:v>
+        <x:v>45972.7415972222</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>4.69</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>205.546</x:v>
+        <x:v>193.174</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>230.95</x:v>
+        <x:v>217.05</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45946.7602893518</x:v>
+        <x:v>45968.7599768518</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>5.09</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>207.548</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>233.2</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45946.7415277778</x:v>
+        <x:v>45968.7420023148</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>5.09</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>207.548</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>233.2</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45945.7689699074</x:v>
+        <x:v>45967.7415393519</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>5.27</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>208.438</x:v>
+        <x:v>193.976</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>234.2</x:v>
+        <x:v>217.95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45944.7693171296</x:v>
+        <x:v>45966.7603819444</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>5.02</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>207.103</x:v>
+        <x:v>202.876</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>232.7</x:v>
+        <x:v>227.95</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45944.7414699074</x:v>
+        <x:v>45966.7414699074</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>5.02</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>207.103</x:v>
+        <x:v>202.876</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>232.7</x:v>
+        <x:v>227.95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45943.7466203704</x:v>
+        <x:v>45965.7581481481</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>4.81</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>205.946</x:v>
+        <x:v>201.184</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>231.4</x:v>
+        <x:v>226.05</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45940.7627893519</x:v>
+        <x:v>45965.7416666667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>4.68</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>205.19</x:v>
+        <x:v>201.184</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>230.55</x:v>
+        <x:v>226.05</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45940.7459143518</x:v>
+        <x:v>45964.7418402778</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>4.68</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>205.19</x:v>
+        <x:v>203.676</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>230.55</x:v>
+        <x:v>228.85</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45939.7571412037</x:v>
+        <x:v>45961.8178472222</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>6.2</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>211.642</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>237.8</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45939.7442013889</x:v>
+        <x:v>45961.7662962963</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>6.2</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>211.642</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>237.8</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45938.7624421296</x:v>
+        <x:v>45961.7596180556</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>6.09</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>211.108</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>237.2</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45937.7621527778</x:v>
+        <x:v>45961.7416319444</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>5.67</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>209.15</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>235</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45936.7575462963</x:v>
+        <x:v>45960.7713541667</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>5.08</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>206.124</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>231.6</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45933.7560763889</x:v>
+        <x:v>45960.7414467593</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>4.85</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>204.834</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>230.15</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45932.7757986111</x:v>
+        <x:v>45959.763587963</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>5.2</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>206.569</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>232.1</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>4.52</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>202.742</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>227.8</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45958.741400463</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>4.55</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>202.831</x:v>
+        <x:v>208.349</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>227.9</x:v>
+        <x:v>234.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45957.7416550926</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.2</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>200.74</x:v>
+        <x:v>209.64</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>225.55</x:v>
+        <x:v>235.55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45954.7428703704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>4.15</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>200.384</x:v>
+        <x:v>207.682</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>225.15</x:v>
+        <x:v>233.35</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45953.7748263889</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>4.17</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>200.428</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>225.2</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45953.7428472222</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>4.62</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>202.92</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>228</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45952.7607291667</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>4.35</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>201.318</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>226.2</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45952.7423958333</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>4.14</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>199.983</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>224.7</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45951.7421064815</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>4.61</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>202.52</x:v>
+        <x:v>213.956</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>227.55</x:v>
+        <x:v>240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45950.8196990741</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>4.95</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>204.255</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>229.5</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45947.7632060185</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>3.46</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>193.753</x:v>
+        <x:v>205.546</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>217.7</x:v>
+        <x:v>230.95</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45946.7602893518</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>2.76</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>187.746</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>210.95</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45946.7415277778</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.2</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>191.038</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>214.65</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45945.7689699074</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>4.15</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>196.601</x:v>
+        <x:v>208.438</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>220.9</x:v>
+        <x:v>234.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45944.7693171296</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>4</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>195.622</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>219.8</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45944.7414699074</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>4.65</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>199.093</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>223.7</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45943.7466203704</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>6.04</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>204.967</x:v>
+        <x:v>205.946</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>230.3</x:v>
+        <x:v>231.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>6.08</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>205.1</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>230.45</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45940.7459143518</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>5.66</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>203.142</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>228.25</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>6.83</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>207.548</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>233.2</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45939.7442013889</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>6.42</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>205.902</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>231.35</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45938.7624421296</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>5.62</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>202.252</x:v>
+        <x:v>211.108</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>227.25</x:v>
+        <x:v>237.2</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45937.7621527778</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>7.28</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>208.171</x:v>
+        <x:v>209.15</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>233.9</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45936.7575462963</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>6.79</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>206.213</x:v>
+        <x:v>206.124</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>231.7</x:v>
+        <x:v>231.6</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>8.06</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>210.352</x:v>
+        <x:v>204.834</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>236.35</x:v>
+        <x:v>230.15</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>8.09</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>210.396</x:v>
+        <x:v>206.569</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>236.4</x:v>
+        <x:v>232.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>7</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>206.346</x:v>
+        <x:v>202.742</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>231.85</x:v>
+        <x:v>227.8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>207.37</x:v>
+        <x:v>202.831</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>233</x:v>
+        <x:v>227.9</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>7.21</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>207.014</x:v>
+        <x:v>200.74</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>232.6</x:v>
+        <x:v>225.55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>7.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>206.614</x:v>
+        <x:v>200.384</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>232.15</x:v>
+        <x:v>225.15</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>7.53</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>208.038</x:v>
+        <x:v>200.428</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>233.75</x:v>
+        <x:v>225.2</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>8.44</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>210.841</x:v>
+        <x:v>202.92</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>236.9</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>8.38</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>210.618</x:v>
+        <x:v>201.318</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>236.65</x:v>
+        <x:v>226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>8.5</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>210.93</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>237</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>9.34</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>213.288</x:v>
+        <x:v>202.52</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>239.65</x:v>
+        <x:v>227.55</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>9.15</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>212.71</x:v>
+        <x:v>204.255</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>239</x:v>
+        <x:v>229.5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>9.15</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>212.71</x:v>
+        <x:v>193.753</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>239</x:v>
+        <x:v>217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>7.38</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>206.48</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>232</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>16.67</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>221.922</x:v>
+        <x:v>191.038</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>249.35</x:v>
+        <x:v>214.65</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>17.14</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>222.589</x:v>
+        <x:v>196.601</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>250.1</x:v>
+        <x:v>220.9</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>20.09</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>226.728</x:v>
+        <x:v>195.622</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>254.75</x:v>
+        <x:v>219.8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>16.9</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>221.476</x:v>
+        <x:v>199.093</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>248.85</x:v>
+        <x:v>223.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>15.79</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>219.518</x:v>
+        <x:v>204.967</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>246.65</x:v>
+        <x:v>230.3</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>14.89</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>217.828</x:v>
+        <x:v>205.1</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>244.75</x:v>
+        <x:v>230.45</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>18.54</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>223.212</x:v>
+        <x:v>203.142</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>250.8</x:v>
+        <x:v>228.25</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>19.95</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>225.17</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>253</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45867.7584837963</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>17.41</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>221.12</x:v>
+        <x:v>205.902</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>248.45</x:v>
+        <x:v>231.35</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>15.23</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>217.204</x:v>
+        <x:v>202.252</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>244.05</x:v>
+        <x:v>227.25</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>15.77</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>218.05</x:v>
+        <x:v>208.171</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>245</x:v>
+        <x:v>233.9</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>16.37</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>219.029</x:v>
+        <x:v>206.213</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>246.1</x:v>
+        <x:v>231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>17.98</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>221.476</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>248.85</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>26.9</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>230.955</x:v>
+        <x:v>210.396</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>259.5</x:v>
+        <x:v>236.4</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>30.61</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>234.47</x:v>
+        <x:v>206.346</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>263.45</x:v>
+        <x:v>231.85</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>31.27</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>235.004</x:v>
+        <x:v>207.37</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>264.05</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>33.05</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>236.562</x:v>
+        <x:v>207.014</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>265.8</x:v>
+        <x:v>232.6</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>28.03</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>231.356</x:v>
+        <x:v>206.614</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>259.95</x:v>
+        <x:v>232.15</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>28.03</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>231.356</x:v>
+        <x:v>208.038</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>259.95</x:v>
+        <x:v>233.75</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>27.93</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>231.222</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>259.8</x:v>
+        <x:v>236.9</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>26.52</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>229.664</x:v>
+        <x:v>210.618</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>258.05</x:v>
+        <x:v>236.65</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>27.19</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>230.288</x:v>
+        <x:v>210.93</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>258.75</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>31.37</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>234.159</x:v>
+        <x:v>213.288</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>263.1</x:v>
+        <x:v>239.65</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>33.86</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>236.295</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>265.5</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>32.56</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>235.094</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>264.15</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>29.85</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>232.424</x:v>
+        <x:v>206.48</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>261.15</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>25.43</x:v>
+        <x:v>16.67</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>227.395</x:v>
+        <x:v>221.922</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>255.5</x:v>
+        <x:v>249.35</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>27.78</x:v>
+        <x:v>17.14</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>229.798</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>258.2</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>23.94</x:v>
+        <x:v>20.09</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>225.259</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>253.1</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>26.01</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>227.484</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>255.6</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>28.27</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>229.754</x:v>
+        <x:v>219.518</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>258.15</x:v>
+        <x:v>246.65</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>28.23</x:v>
+        <x:v>14.89</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>229.62</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>258</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>23.51</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>223.968</x:v>
+        <x:v>223.212</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>251.65</x:v>
+        <x:v>250.8</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>24.18</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>224.725</x:v>
+        <x:v>225.17</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>252.5</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45867.7584837963</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>26.23</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>226.906</x:v>
+        <x:v>221.12</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>254.95</x:v>
+        <x:v>248.45</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>22.63</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>222.456</x:v>
+        <x:v>217.204</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>249.95</x:v>
+        <x:v>244.05</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>23.6</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>223.524</x:v>
+        <x:v>218.05</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>251.15</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>21.29</x:v>
+        <x:v>16.37</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>220.498</x:v>
+        <x:v>219.029</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>247.75</x:v>
+        <x:v>246.1</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>25.51</x:v>
+        <x:v>17.98</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>225.126</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>252.95</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>28.28</x:v>
+        <x:v>26.9</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>227.884</x:v>
+        <x:v>230.955</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>256.05</x:v>
+        <x:v>259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>29.6</x:v>
+        <x:v>30.61</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>229.13</x:v>
+        <x:v>234.47</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>257.45</x:v>
+        <x:v>263.45</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>27.36</x:v>
+        <x:v>31.27</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>226.728</x:v>
+        <x:v>235.004</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>254.75</x:v>
+        <x:v>264.05</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>34.08</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>232.424</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>261.15</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>36.32</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>234.204</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>263.15</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>39.39</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>236.473</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>265.7</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>49.21</x:v>
+        <x:v>27.93</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>242.392</x:v>
+        <x:v>231.222</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>272.35</x:v>
+        <x:v>259.8</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45813.7588078704</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>47.3</x:v>
+        <x:v>26.52</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>241.146</x:v>
+        <x:v>229.664</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>270.95</x:v>
+        <x:v>258.05</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>47.85</x:v>
+        <x:v>27.19</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>241.457</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>271.3</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>45.53</x:v>
+        <x:v>31.37</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>239.9</x:v>
+        <x:v>234.159</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>269.55</x:v>
+        <x:v>263.1</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>45.53</x:v>
+        <x:v>33.86</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>239.9</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>269.55</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>39.32</x:v>
+        <x:v>32.56</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>235.227</x:v>
+        <x:v>235.094</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>264.3</x:v>
+        <x:v>264.15</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>39.32</x:v>
+        <x:v>29.85</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>235.227</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>264.3</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>37.66</x:v>
+        <x:v>25.43</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>233.447</x:v>
+        <x:v>227.395</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>262.3</x:v>
+        <x:v>255.5</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>35.85</x:v>
+        <x:v>27.78</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>231.89</x:v>
+        <x:v>229.798</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>260.55</x:v>
+        <x:v>258.2</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>42.19</x:v>
+        <x:v>23.94</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>236.295</x:v>
+        <x:v>225.259</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>265.5</x:v>
+        <x:v>253.1</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>42.62</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>236.562</x:v>
+        <x:v>227.484</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>265.8</x:v>
+        <x:v>255.6</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>41.78</x:v>
+        <x:v>28.27</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>235.939</x:v>
+        <x:v>229.754</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>265.1</x:v>
+        <x:v>258.15</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>42.27</x:v>
+        <x:v>28.23</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>236.25</x:v>
+        <x:v>229.62</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>265.45</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>43.46</x:v>
+        <x:v>23.51</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>236.962</x:v>
+        <x:v>223.968</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>266.25</x:v>
+        <x:v>251.65</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>39.81</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>234.248</x:v>
+        <x:v>224.725</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>263.2</x:v>
+        <x:v>252.5</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>34.31</x:v>
+        <x:v>26.23</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>227.89</x:v>
+        <x:v>226.906</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>258</x:v>
+        <x:v>254.95</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45791.3168055556</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>39.27</x:v>
+        <x:v>22.63</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>231.761</x:v>
+        <x:v>222.456</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>262.35</x:v>
+        <x:v>249.95</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>37.34</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>233.492</x:v>
+        <x:v>223.524</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>262.35</x:v>
+        <x:v>251.15</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>37.55</x:v>
+        <x:v>21.29</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>233.625</x:v>
+        <x:v>220.498</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>262.5</x:v>
+        <x:v>247.75</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45786.7591087963</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>36.71</x:v>
+        <x:v>25.51</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>232.868</x:v>
+        <x:v>225.126</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>261.65</x:v>
+        <x:v>252.95</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45785.7577199074</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>38.09</x:v>
+        <x:v>28.28</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>233.892</x:v>
+        <x:v>227.884</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>262.8</x:v>
+        <x:v>256.05</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45784.7685069444</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>36.67</x:v>
+        <x:v>29.6</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>232.735</x:v>
+        <x:v>229.13</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>261.5</x:v>
+        <x:v>257.45</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45783.7975</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>40.18</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>235.272</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>264.35</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45783.7610648148</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>40.18</x:v>
+        <x:v>34.08</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>235.272</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>264.35</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45782.7990972222</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>44.19</x:v>
+        <x:v>36.32</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>237.942</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>267.35</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45782.7613425926</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>44.19</x:v>
+        <x:v>39.39</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>237.942</x:v>
+        <x:v>236.473</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>267.35</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45779.7593171296</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>42.98</x:v>
+        <x:v>49.21</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>237.007</x:v>
+        <x:v>242.392</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>266.3</x:v>
+        <x:v>272.35</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45777.7615740741</x:v>
+        <x:v>45813.7588078704</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>32.01</x:v>
+        <x:v>47.3</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>227.217</x:v>
+        <x:v>241.146</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>255.3</x:v>
+        <x:v>270.95</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45776.7598958333</x:v>
+        <x:v>45812.7670023148</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>31.36</x:v>
+        <x:v>47.85</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>226.594</x:v>
+        <x:v>241.457</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>254.6</x:v>
+        <x:v>271.3</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45775.7601273148</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>26.45</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>221.432</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>248.8</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45772.7647222222</x:v>
+        <x:v>45811.758599537</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>23.39</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>217.783</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>244.7</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45771.7646296296</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>20.95</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>214.624</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>241.15</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45770.7698726852</x:v>
+        <x:v>45810.757650463</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>21.36</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>215.113</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>241.7</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45769.7601041667</x:v>
+        <x:v>45803.758900463</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>11.56</x:v>
+        <x:v>37.66</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>194.465</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>218.5</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45764.7626967593</x:v>
+        <x:v>45800.7594675926</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>15.85</x:v>
+        <x:v>35.85</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>201.14</x:v>
+        <x:v>231.89</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>226</x:v>
+        <x:v>260.55</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45763.762337963</x:v>
+        <x:v>45799.7596296296</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>20.31</x:v>
+        <x:v>42.19</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>206.792</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>232.35</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45762.7596990741</x:v>
+        <x:v>45798.7642939815</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>20.55</x:v>
+        <x:v>42.62</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>207.058</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>232.65</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45761.7606597222</x:v>
+        <x:v>45797.7621643519</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>18.13</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>203.632</x:v>
+        <x:v>235.939</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>228.8</x:v>
+        <x:v>265.1</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45758.7869097222</x:v>
+        <x:v>45796.761724537</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>15.92</x:v>
+        <x:v>42.27</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>200.072</x:v>
+        <x:v>236.25</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>224.8</x:v>
+        <x:v>265.45</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45757.7688078704</x:v>
+        <x:v>45793.7569560185</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>19.46</x:v>
+        <x:v>43.46</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>204.7</x:v>
+        <x:v>236.962</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>230</x:v>
+        <x:v>266.25</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45756.7571064815</x:v>
+        <x:v>45792.7607407407</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>12.31</x:v>
+        <x:v>39.81</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>190.816</x:v>
+        <x:v>234.248</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>214.4</x:v>
+        <x:v>263.2</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45755.7789814815</x:v>
+        <x:v>45791.7642476852</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>18.57</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>199.182</x:v>
+        <x:v>227.89</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>223.8</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45754.7628125</x:v>
+        <x:v>45791.3168055556</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>17.1</x:v>
+        <x:v>39.27</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>197.046</x:v>
+        <x:v>231.761</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>221.4</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45790.7568865741</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>26.01</x:v>
+        <x:v>37.34</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>205.768</x:v>
+        <x:v>233.492</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>231.2</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45751.7592824074</x:v>
+        <x:v>45789.7603240741</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>26.01</x:v>
+        <x:v>37.55</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>205.768</x:v>
+        <x:v>233.625</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>231.2</x:v>
+        <x:v>262.5</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45750.7636226852</x:v>
+        <x:v>45786.7591087963</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>35.18</x:v>
+        <x:v>36.71</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>212.666</x:v>
+        <x:v>232.868</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>238.95</x:v>
+        <x:v>261.65</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45749.7615856481</x:v>
+        <x:v>45785.7577199074</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>52.27</x:v>
+        <x:v>38.09</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>221.699</x:v>
+        <x:v>233.892</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>249.1</x:v>
+        <x:v>262.8</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45748.7584606481</x:v>
+        <x:v>45784.7685069444</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>54.15</x:v>
+        <x:v>36.67</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>222.634</x:v>
+        <x:v>232.735</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>250.15</x:v>
+        <x:v>261.5</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45747.7615740741</x:v>
+        <x:v>45783.7975</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>45.62</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>217.516</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>244.4</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45744.7642708333</x:v>
+        <x:v>45783.7610648148</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>49.56</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>219.608</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>246.75</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45743.767349537</x:v>
+        <x:v>45782.7990972222</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>53.95</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>221.832</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>249.25</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45742.758912037</x:v>
+        <x:v>45782.7613425926</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>55.52</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>222.589</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>250.1</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45741.7595023148</x:v>
+        <x:v>45779.7593171296</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>75.91</x:v>
+        <x:v>42.98</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>230.288</x:v>
+        <x:v>237.007</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>258.75</x:v>
+        <x:v>266.3</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45740.763599537</x:v>
+        <x:v>45777.7615740741</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>68.67</x:v>
+        <x:v>32.01</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>227.262</x:v>
+        <x:v>227.217</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>255.35</x:v>
+        <x:v>255.3</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45737.759525463</x:v>
+        <x:v>45776.7598958333</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>62.17</x:v>
+        <x:v>31.36</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>224.236</x:v>
+        <x:v>226.594</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>251.95</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45736.7631134259</x:v>
+        <x:v>45775.7601273148</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>58.85</x:v>
+        <x:v>26.45</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>222.634</x:v>
+        <x:v>221.432</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>250.15</x:v>
+        <x:v>248.8</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45735.7582638889</x:v>
+        <x:v>45772.7647222222</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>55.68</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>221.032</x:v>
+        <x:v>217.783</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>248.35</x:v>
+        <x:v>244.7</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45734.7602314815</x:v>
+        <x:v>45771.7646296296</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>52.91</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>219.563</x:v>
+        <x:v>214.624</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>246.7</x:v>
+        <x:v>241.15</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45733.7570833333</x:v>
+        <x:v>45770.7698726852</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>52.97</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>219.563</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>246.7</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45730.76125</x:v>
+        <x:v>45769.7601041667</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>46.8</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>210.841</x:v>
+        <x:v>194.465</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>242.6</x:v>
+        <x:v>218.5</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45729.7592824074</x:v>
+        <x:v>45764.7626967593</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>39.29</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>210.841</x:v>
+        <x:v>201.14</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>0</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45728.7584837963</x:v>
+        <x:v>45763.762337963</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>48.35</x:v>
+        <x:v>20.31</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>215.87</x:v>
+        <x:v>206.792</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>0</x:v>
+        <x:v>232.35</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45727.7601388889</x:v>
+        <x:v>45762.7596990741</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>42.8</x:v>
+        <x:v>20.55</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>212.398</x:v>
+        <x:v>207.058</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>238.65</x:v>
+        <x:v>232.65</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45726.7684259259</x:v>
+        <x:v>45761.7606597222</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>48.55</x:v>
+        <x:v>18.13</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>226.372</x:v>
+        <x:v>203.632</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>254.35</x:v>
+        <x:v>228.8</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45723.7596643519</x:v>
+        <x:v>45758.7869097222</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>79.02</x:v>
+        <x:v>15.92</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>232.602</x:v>
+        <x:v>200.072</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>261.35</x:v>
+        <x:v>224.8</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45722.7590162037</x:v>
+        <x:v>45757.7688078704</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>100.72</x:v>
+        <x:v>19.46</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>235.583</x:v>
+        <x:v>204.7</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>264.7</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45721.7632291667</x:v>
+        <x:v>45756.7571064815</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>112.21</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>230.466</x:v>
+        <x:v>190.816</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>258.95</x:v>
+        <x:v>214.4</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45720.7598842593</x:v>
+        <x:v>45755.7789814815</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>95.38</x:v>
+        <x:v>18.57</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>241.68</x:v>
+        <x:v>199.182</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>271.55</x:v>
+        <x:v>223.8</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45719.76</x:v>
+        <x:v>45754.7628125</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>151.96</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>236.117</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>265.3</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45716.7600115741</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>128.23</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>238.075</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>267.5</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45715.7569907407</x:v>
+        <x:v>45751.7592824074</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>137.43</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>244.928</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>275.2</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45714.7741666667</x:v>
+        <x:v>45750.7636226852</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>177.33</x:v>
+        <x:v>35.18</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>242.436</x:v>
+        <x:v>212.666</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>272.4</x:v>
+        <x:v>238.95</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45713.7589467593</x:v>
+        <x:v>45749.7615856481</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>164.03</x:v>
+        <x:v>52.27</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>244.127</x:v>
+        <x:v>221.699</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>274.3</x:v>
+        <x:v>249.1</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45712.7659027778</x:v>
+        <x:v>45748.7584606481</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>173.87</x:v>
+        <x:v>54.15</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>243.504</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>273.6</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45709.7637731481</x:v>
+        <x:v>45747.7615740741</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>170.97</x:v>
+        <x:v>45.62</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>244.706</x:v>
+        <x:v>217.516</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>274.95</x:v>
+        <x:v>244.4</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45708.7618634259</x:v>
+        <x:v>45744.7642708333</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>178.18</x:v>
+        <x:v>49.56</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>245.907</x:v>
+        <x:v>219.608</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>276.3</x:v>
+        <x:v>246.75</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45707.7577430556</x:v>
+        <x:v>45743.767349537</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>185.66</x:v>
+        <x:v>53.95</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>247.732</x:v>
+        <x:v>221.832</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>278.35</x:v>
+        <x:v>249.25</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45706.762337963</x:v>
+        <x:v>45742.758912037</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>197.53</x:v>
+        <x:v>55.52</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>249.289</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>280.1</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45705.7592013889</x:v>
+        <x:v>45741.7595023148</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>208.18</x:v>
+        <x:v>75.91</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>246.486</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>276.95</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45702.7668171296</x:v>
+        <x:v>45740.763599537</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>191.43</x:v>
+        <x:v>68.67</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>249.467</x:v>
+        <x:v>227.262</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>280.3</x:v>
+        <x:v>255.35</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45701.7653703704</x:v>
+        <x:v>45737.759525463</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>211.95</x:v>
+        <x:v>62.17</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>248.444</x:v>
+        <x:v>224.236</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>279.15</x:v>
+        <x:v>251.95</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45700.7626967593</x:v>
+        <x:v>45736.7631134259</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>205.42</x:v>
+        <x:v>58.85</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>247.732</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>278.35</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45699.7634259259</x:v>
+        <x:v>45735.7582638889</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>201.03</x:v>
+        <x:v>55.68</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>241.902</x:v>
+        <x:v>221.032</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>271.8</x:v>
+        <x:v>248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45698.7617361111</x:v>
+        <x:v>45734.7602314815</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>168.71</x:v>
+        <x:v>52.91</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>241.19</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>271</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45695.7611458333</x:v>
+        <x:v>45733.7570833333</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>165.39</x:v>
+        <x:v>52.97</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>243.548</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>273.65</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45694.7634490741</x:v>
+        <x:v>45730.76125</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>179.51</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>241.012</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>270.8</x:v>
+        <x:v>242.6</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45693.7706365741</x:v>
+        <x:v>45729.7592824074</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>165.75</x:v>
+        <x:v>39.29</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>241.012</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>270.8</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45692.7817476852</x:v>
+        <x:v>45728.7584837963</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>150.19</x:v>
+        <x:v>48.35</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>237.897</x:v>
+        <x:v>215.87</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>267.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45727.7601388889</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>133.51</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>234.204</x:v>
+        <x:v>212.398</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>263.15</x:v>
+        <x:v>238.65</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45691.7625578704</x:v>
+        <x:v>45726.7684259259</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>133.51</x:v>
+        <x:v>48.55</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>234.204</x:v>
+        <x:v>226.372</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>263.15</x:v>
+        <x:v>254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45688.76</x:v>
+        <x:v>45723.7596643519</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>159.5</x:v>
+        <x:v>79.02</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>238.965</x:v>
+        <x:v>232.602</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>268.5</x:v>
+        <x:v>261.35</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45687.7638888889</x:v>
+        <x:v>45722.7590162037</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>157.57</x:v>
+        <x:v>100.72</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>238.564</x:v>
+        <x:v>235.583</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>268.05</x:v>
+        <x:v>264.7</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45686.7638078704</x:v>
+        <x:v>45721.7632291667</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>153.84</x:v>
+        <x:v>112.21</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>237.808</x:v>
+        <x:v>230.466</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>267.2</x:v>
+        <x:v>258.95</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45720.7598842593</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>135.07</x:v>
+        <x:v>95.38</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>233.714</x:v>
+        <x:v>241.68</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>262.6</x:v>
+        <x:v>271.55</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45685.7622222222</x:v>
+        <x:v>45719.76</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>135.07</x:v>
+        <x:v>151.96</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>233.714</x:v>
+        <x:v>236.117</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>262.6</x:v>
+        <x:v>265.3</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45684.7611226852</x:v>
+        <x:v>45716.7600115741</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>130.44</x:v>
+        <x:v>128.23</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>232.646</x:v>
+        <x:v>238.075</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>261.4</x:v>
+        <x:v>267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45681.768125</x:v>
+        <x:v>45715.7569907407</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>140.08</x:v>
+        <x:v>137.43</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>234.56</x:v>
+        <x:v>244.928</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>263.55</x:v>
+        <x:v>275.2</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45679.7595138889</x:v>
+        <x:v>45714.7741666667</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>135.25</x:v>
+        <x:v>177.33</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>233.447</x:v>
+        <x:v>242.436</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>262.3</x:v>
+        <x:v>272.4</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45678.7595601852</x:v>
+        <x:v>45713.7589467593</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>115.42</x:v>
+        <x:v>164.03</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>228.508</x:v>
+        <x:v>244.127</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>256.75</x:v>
+        <x:v>274.3</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45677.765162037</x:v>
+        <x:v>45712.7659027778</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>112.91</x:v>
+        <x:v>173.87</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>227.84</x:v>
+        <x:v>243.504</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>256</x:v>
+        <x:v>273.6</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45674.7630555556</x:v>
+        <x:v>45709.7637731481</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>116.42</x:v>
+        <x:v>170.97</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>228.596</x:v>
+        <x:v>244.706</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>256.85</x:v>
+        <x:v>274.95</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45673.7629976852</x:v>
+        <x:v>45708.7618634259</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>110.33</x:v>
+        <x:v>178.18</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>226.994</x:v>
+        <x:v>245.907</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>255.05</x:v>
+        <x:v>276.3</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45672.764537037</x:v>
+        <x:v>45707.7577430556</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>105.62</x:v>
+        <x:v>185.66</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>225.704</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>253.6</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45671.7791203704</x:v>
+        <x:v>45706.762337963</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>88.07</x:v>
+        <x:v>197.53</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>220.186</x:v>
+        <x:v>249.289</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>247.4</x:v>
+        <x:v>280.1</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45670.7590393519</x:v>
+        <x:v>45705.7592013889</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>79.09</x:v>
+        <x:v>208.18</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>217.071</x:v>
+        <x:v>246.486</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>243.9</x:v>
+        <x:v>276.95</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45667.7626388889</x:v>
+        <x:v>45702.7668171296</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>84.78</x:v>
+        <x:v>191.43</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>218.806</x:v>
+        <x:v>249.467</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>245.85</x:v>
+        <x:v>280.3</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45666.758900463</x:v>
+        <x:v>45701.7653703704</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>82.99</x:v>
+        <x:v>211.95</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>218.184</x:v>
+        <x:v>248.444</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>245.15</x:v>
+        <x:v>279.15</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45665.7753472222</x:v>
+        <x:v>45700.7626967593</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>82.01</x:v>
+        <x:v>205.42</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>217.828</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>244.75</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45664.760625</x:v>
+        <x:v>45699.7634259259</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>78.37</x:v>
+        <x:v>201.03</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>216.537</x:v>
+        <x:v>241.902</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>243.3</x:v>
+        <x:v>271.8</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45663.7687268518</x:v>
+        <x:v>45698.7617361111</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>69.1</x:v>
+        <x:v>168.71</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>212.932</x:v>
+        <x:v>241.19</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>239.25</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45660.7611805556</x:v>
+        <x:v>45695.7611458333</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>60.28</x:v>
+        <x:v>165.39</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>209.016</x:v>
+        <x:v>243.548</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>234.85</x:v>
+        <x:v>273.65</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45656.7591435185</x:v>
+        <x:v>45694.7634490741</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>63.72</x:v>
+        <x:v>179.51</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>210.307</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>236.3</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45653.7593865741</x:v>
+        <x:v>45693.7706365741</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>71.64</x:v>
+        <x:v>165.75</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>213.155</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>239.5</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45649.7573726852</x:v>
+        <x:v>45692.7817476852</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>65.03</x:v>
+        <x:v>150.19</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>210.352</x:v>
+        <x:v>237.897</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>236.35</x:v>
+        <x:v>267.3</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45646.7606828704</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>66.16</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>210.708</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>236.75</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45645.7575462963</x:v>
+        <x:v>45691.7625578704</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>66.92</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>210.974</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>237.05</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45644.7667824074</x:v>
+        <x:v>45688.76</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>75.14</x:v>
+        <x:v>159.5</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>213.867</x:v>
+        <x:v>238.965</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>240.3</x:v>
+        <x:v>268.5</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45643.7696990741</x:v>
+        <x:v>45687.7638888889</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>72.21</x:v>
+        <x:v>157.57</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>212.754</x:v>
+        <x:v>238.564</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>239.05</x:v>
+        <x:v>268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45642.7680555556</x:v>
+        <x:v>45686.7638078704</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>76.36</x:v>
+        <x:v>153.84</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>214.178</x:v>
+        <x:v>237.808</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>240.65</x:v>
+        <x:v>267.2</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45638.7633564815</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>78.95</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>214.935</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>241.5</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45637.796400463</x:v>
+        <x:v>45685.7622222222</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>72.04</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>212.354</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>238.6</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45636.7680671296</x:v>
+        <x:v>45684.7611226852</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>75.79</x:v>
+        <x:v>130.44</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>213.644</x:v>
+        <x:v>232.646</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>240.05</x:v>
+        <x:v>261.4</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45635.7600462963</x:v>
+        <x:v>45681.768125</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>77.04</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>214.045</x:v>
+        <x:v>234.56</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>240.5</x:v>
+        <x:v>263.55</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45632.7600347222</x:v>
+        <x:v>45679.7595138889</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>81.38</x:v>
+        <x:v>135.25</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>215.38</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>242</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45631.7586111111</x:v>
+        <x:v>45678.7595601852</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>79.76</x:v>
+        <x:v>115.42</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>214.802</x:v>
+        <x:v>228.508</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>241.35</x:v>
+        <x:v>256.75</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45630.7638541667</x:v>
+        <x:v>45677.765162037</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>80.8</x:v>
+        <x:v>112.91</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>215.113</x:v>
+        <x:v>227.84</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>241.7</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45629.7659143519</x:v>
+        <x:v>45674.7630555556</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>62.19</x:v>
+        <x:v>116.42</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>207.326</x:v>
+        <x:v>228.596</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>232.95</x:v>
+        <x:v>256.85</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45628.7705902778</x:v>
+        <x:v>45673.7629976852</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>58.42</x:v>
+        <x:v>110.33</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>205.634</x:v>
+        <x:v>226.994</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>231.05</x:v>
+        <x:v>255.05</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45625.7598842593</x:v>
+        <x:v>45672.764537037</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>48.08</x:v>
+        <x:v>105.62</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>200.161</x:v>
+        <x:v>225.704</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>224.9</x:v>
+        <x:v>253.6</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45624.7723726852</x:v>
+        <x:v>45671.7791203704</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>42.39</x:v>
+        <x:v>88.07</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>196.824</x:v>
+        <x:v>220.186</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>221.15</x:v>
+        <x:v>247.4</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45623.7603240741</x:v>
+        <x:v>45670.7590393519</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>40.95</x:v>
+        <x:v>79.09</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>195.934</x:v>
+        <x:v>217.071</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>220.15</x:v>
+        <x:v>243.9</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45622.7714699074</x:v>
+        <x:v>45667.7626388889</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>46.04</x:v>
+        <x:v>84.78</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>198.648</x:v>
+        <x:v>218.806</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>223.2</x:v>
+        <x:v>245.85</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45621.7637962963</x:v>
+        <x:v>45666.758900463</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>46.6</x:v>
+        <x:v>82.99</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>198.915</x:v>
+        <x:v>218.184</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>223.5</x:v>
+        <x:v>245.15</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45618.7851273148</x:v>
+        <x:v>45665.7753472222</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>51.14</x:v>
+        <x:v>82.01</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>201.051</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>225.9</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45617.7602546296</x:v>
+        <x:v>45664.760625</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>49.1</x:v>
+        <x:v>78.37</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>199.983</x:v>
+        <x:v>216.537</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>224.7</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45616.7634837963</x:v>
+        <x:v>45663.7687268518</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>42.79</x:v>
+        <x:v>69.1</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>196.334</x:v>
+        <x:v>212.932</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>220.6</x:v>
+        <x:v>239.25</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45615.7578125</x:v>
+        <x:v>45660.7611805556</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>41.78</x:v>
+        <x:v>60.28</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>195.711</x:v>
+        <x:v>209.016</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>219.9</x:v>
+        <x:v>234.85</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45614.7649074074</x:v>
+        <x:v>45656.7591435185</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>39.93</x:v>
+        <x:v>63.72</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>194.554</x:v>
+        <x:v>210.307</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>218.6</x:v>
+        <x:v>236.3</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45611.7686342593</x:v>
+        <x:v>45653.7593865741</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>38.25</x:v>
+        <x:v>71.64</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>193.397</x:v>
+        <x:v>213.155</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>217.3</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45610.7625231482</x:v>
+        <x:v>45649.7573726852</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>44.32</x:v>
+        <x:v>65.03</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>196.734</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>221.05</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45609.7625925926</x:v>
+        <x:v>45646.7606828704</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>41.93</x:v>
+        <x:v>66.16</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>195.31</x:v>
+        <x:v>210.708</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>219.45</x:v>
+        <x:v>236.75</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45608.7778703704</x:v>
+        <x:v>45645.7575462963</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>43.48</x:v>
+        <x:v>66.92</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>196.156</x:v>
+        <x:v>210.974</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>220.4</x:v>
+        <x:v>237.05</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45607.7591898148</x:v>
+        <x:v>45644.7667824074</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>45.51</x:v>
+        <x:v>75.14</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>197.224</x:v>
+        <x:v>213.867</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>221.6</x:v>
+        <x:v>240.3</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45604.7573148148</x:v>
+        <x:v>45643.7696990741</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>45.35</x:v>
+        <x:v>72.21</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>197.046</x:v>
+        <x:v>212.754</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>221.4</x:v>
+        <x:v>239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45603.7594791667</x:v>
+        <x:v>45642.7680555556</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>44.13</x:v>
+        <x:v>76.36</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>196.334</x:v>
+        <x:v>214.178</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>220.6</x:v>
+        <x:v>240.65</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45602.7588425926</x:v>
+        <x:v>45638.7633564815</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>34.31</x:v>
+        <x:v>78.95</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>189.526</x:v>
+        <x:v>214.935</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>212.95</x:v>
+        <x:v>241.5</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45601.7577199074</x:v>
+        <x:v>45637.796400463</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>38.19</x:v>
+        <x:v>72.04</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>191.928</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>215.65</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45600.7605439815</x:v>
+        <x:v>45636.7680671296</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>35.76</x:v>
+        <x:v>75.79</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>190.282</x:v>
+        <x:v>213.644</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>213.8</x:v>
+        <x:v>240.05</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45597.7588194444</x:v>
+        <x:v>45635.7600462963</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>40.3</x:v>
+        <x:v>77.04</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>192.908</x:v>
+        <x:v>214.045</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>216.75</x:v>
+        <x:v>240.5</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45596.7616550926</x:v>
+        <x:v>45632.7600347222</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>37.61</x:v>
+        <x:v>81.38</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>191.172</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>214.8</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45595.7568865741</x:v>
+        <x:v>45631.7586111111</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>45.56</x:v>
+        <x:v>79.76</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>195.4</x:v>
+        <x:v>214.802</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>219.55</x:v>
+        <x:v>241.35</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45594.7605208333</x:v>
+        <x:v>45630.7638541667</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>54.25</x:v>
+        <x:v>80.8</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>199.36</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>224</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45593.7742013889</x:v>
+        <x:v>45629.7659143519</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>51.89</x:v>
+        <x:v>62.19</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>198.203</x:v>
+        <x:v>207.326</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>222.7</x:v>
+        <x:v>232.95</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45590.768275463</x:v>
+        <x:v>45628.7705902778</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>49.14</x:v>
+        <x:v>58.42</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>196.734</x:v>
+        <x:v>205.634</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>221.05</x:v>
+        <x:v>231.05</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45589.7589699074</x:v>
+        <x:v>45625.7598842593</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>45.85</x:v>
+        <x:v>48.08</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>194.954</x:v>
+        <x:v>200.161</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>219.05</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45588.7683796296</x:v>
+        <x:v>45624.7723726852</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>45.25</x:v>
+        <x:v>42.39</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>194.598</x:v>
+        <x:v>196.824</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>218.65</x:v>
+        <x:v>221.15</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45587.7587384259</x:v>
+        <x:v>45623.7603240741</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>40.22</x:v>
+        <x:v>40.95</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>191.572</x:v>
+        <x:v>195.934</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>215.25</x:v>
+        <x:v>220.15</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45586.7589467593</x:v>
+        <x:v>45622.7714699074</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>34.39</x:v>
+        <x:v>46.04</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>187.568</x:v>
+        <x:v>198.648</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>210.75</x:v>
+        <x:v>223.2</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45583.7647800926</x:v>
+        <x:v>45621.7637962963</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>37.49</x:v>
+        <x:v>46.6</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>189.436</x:v>
+        <x:v>198.915</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>212.85</x:v>
+        <x:v>223.5</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45581.7579166667</x:v>
+        <x:v>45618.7851273148</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>34.64</x:v>
+        <x:v>51.14</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>187.478</x:v>
+        <x:v>201.051</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>210.65</x:v>
+        <x:v>225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45580.7601967593</x:v>
+        <x:v>45617.7602546296</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>33.59</x:v>
+        <x:v>49.1</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>186.722</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>209.8</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45579.7582175926</x:v>
+        <x:v>45616.7634837963</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>36.02</x:v>
+        <x:v>42.79</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>188.28</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>211.55</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45576.767962963</x:v>
+        <x:v>45615.7578125</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>32.48</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>185.654</x:v>
+        <x:v>195.711</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>208.6</x:v>
+        <x:v>219.9</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45575.7566435185</x:v>
+        <x:v>45614.7649074074</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>29.58</x:v>
+        <x:v>39.93</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>183.384</x:v>
+        <x:v>194.554</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>206.05</x:v>
+        <x:v>218.6</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45574.7610532407</x:v>
+        <x:v>45611.7686342593</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>31.83</x:v>
+        <x:v>38.25</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>184.986</x:v>
+        <x:v>193.397</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>207.85</x:v>
+        <x:v>217.3</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45573.7606597222</x:v>
+        <x:v>45610.7625231482</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>28.68</x:v>
+        <x:v>44.32</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>182.45</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>205</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45572.7565625</x:v>
+        <x:v>45609.7625925926</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>24.17</x:v>
+        <x:v>41.93</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>178.267</x:v>
+        <x:v>195.31</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>200.3</x:v>
+        <x:v>219.45</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45569.7642476852</x:v>
+        <x:v>45608.7778703704</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>24.66</x:v>
+        <x:v>43.48</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>178.623</x:v>
+        <x:v>196.156</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>200.7</x:v>
+        <x:v>220.4</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45568.7656481481</x:v>
+        <x:v>45607.7591898148</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>24.79</x:v>
+        <x:v>45.51</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>178.712</x:v>
+        <x:v>197.224</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>200.8</x:v>
+        <x:v>221.6</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45567.7653472222</x:v>
+        <x:v>45604.7573148148</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>28.08</x:v>
+        <x:v>45.35</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>181.338</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>203.75</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45566.7563657407</x:v>
+        <x:v>45603.7594791667</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>28.74</x:v>
+        <x:v>44.13</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>181.827</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>204.3</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45565.7591782407</x:v>
+        <x:v>45602.7588425926</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>28.89</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>181.916</x:v>
+        <x:v>189.526</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>204.4</x:v>
+        <x:v>212.95</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45562.7586574074</x:v>
+        <x:v>45601.7577199074</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>30.56</x:v>
+        <x:v>38.19</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>183.073</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>205.7</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45561.7612847222</x:v>
+        <x:v>45600.7605439815</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>29.22</x:v>
+        <x:v>35.76</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>182.005</x:v>
+        <x:v>190.282</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>204.5</x:v>
+        <x:v>213.8</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45560.7714236111</x:v>
+        <x:v>45597.7588194444</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>26.43</x:v>
+        <x:v>40.3</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>179.602</x:v>
+        <x:v>192.908</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>201.8</x:v>
+        <x:v>216.75</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45559.7595833333</x:v>
+        <x:v>45596.7616550926</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>32.9</x:v>
+        <x:v>37.61</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>184.096</x:v>
+        <x:v>191.172</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>206.85</x:v>
+        <x:v>214.8</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45558.7542476852</x:v>
+        <x:v>45595.7568865741</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>32.94</x:v>
+        <x:v>45.56</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>184.096</x:v>
+        <x:v>195.4</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>206.85</x:v>
+        <x:v>219.55</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45555.7576851852</x:v>
+        <x:v>45594.7605208333</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>30.28</x:v>
+        <x:v>54.25</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>182.005</x:v>
+        <x:v>199.36</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>204.5</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45554.7554976852</x:v>
+        <x:v>45593.7742013889</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>32.33</x:v>
+        <x:v>51.89</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>183.429</x:v>
+        <x:v>198.203</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>206.1</x:v>
+        <x:v>222.7</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45553.7545486111</x:v>
+        <x:v>45590.768275463</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>25.66</x:v>
+        <x:v>49.14</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>177.626</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>199.58</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45552.7566435185</x:v>
+        <x:v>45589.7589699074</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>26.84</x:v>
+        <x:v>45.85</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>178.578</x:v>
+        <x:v>194.954</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>200.65</x:v>
+        <x:v>219.05</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45551.7526967593</x:v>
+        <x:v>45588.7683796296</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>26.35</x:v>
+        <x:v>45.25</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>178.134</x:v>
+        <x:v>194.598</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>200.15</x:v>
+        <x:v>218.65</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45548.7577893519</x:v>
+        <x:v>45587.7587384259</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>26.99</x:v>
+        <x:v>40.22</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>178.578</x:v>
+        <x:v>191.572</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>200.65</x:v>
+        <x:v>215.25</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45547.7527430556</x:v>
+        <x:v>45586.7589467593</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>25.52</x:v>
+        <x:v>34.39</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>177.27</x:v>
+        <x:v>187.568</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>199.18</x:v>
+        <x:v>210.75</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45546.7507291667</x:v>
+        <x:v>45583.7647800926</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>21.36</x:v>
+        <x:v>37.49</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>173.034</x:v>
+        <x:v>189.436</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>194.42</x:v>
+        <x:v>212.85</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45545.7516898148</x:v>
+        <x:v>45581.7579166667</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>19.84</x:v>
+        <x:v>34.64</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>171.361</x:v>
+        <x:v>187.478</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>192.54</x:v>
+        <x:v>210.65</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45544.753125</x:v>
+        <x:v>45580.7601967593</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>19.9</x:v>
+        <x:v>33.59</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>171.396</x:v>
+        <x:v>186.722</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>192.58</x:v>
+        <x:v>209.8</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45541.774837963</x:v>
+        <x:v>45579.7582175926</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>18.53</x:v>
+        <x:v>36.02</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>169.741</x:v>
+        <x:v>188.28</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>190.72</x:v>
+        <x:v>211.55</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45540.7512152778</x:v>
+        <x:v>45576.767962963</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>19.13</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>170.382</x:v>
+        <x:v>185.654</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>191.44</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45539.7506365741</x:v>
+        <x:v>45575.7566435185</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>21.02</x:v>
+        <x:v>29.58</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>172.286</x:v>
+        <x:v>183.384</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>193.58</x:v>
+        <x:v>206.05</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45538.7615277778</x:v>
+        <x:v>45574.7610532407</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>25.88</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>176.398</x:v>
+        <x:v>184.986</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>198.2</x:v>
+        <x:v>207.85</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45537.7585416667</x:v>
+        <x:v>45573.7606597222</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>27.76</x:v>
+        <x:v>28.68</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>177.875</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>199.86</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45534.7589467593</x:v>
+        <x:v>45572.7565625</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>25.65</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>175.971</x:v>
+        <x:v>178.267</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>197.72</x:v>
+        <x:v>200.3</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45533.7649768519</x:v>
+        <x:v>45569.7642476852</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>27.1</x:v>
+        <x:v>24.66</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>177.128</x:v>
+        <x:v>178.623</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>199.02</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45532.7507638889</x:v>
+        <x:v>45568.7656481481</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>23.46</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>173.728</x:v>
+        <x:v>178.712</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>195.2</x:v>
+        <x:v>200.8</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45531.7524305556</x:v>
+        <x:v>45567.7653472222</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>23.55</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>173.781</x:v>
+        <x:v>181.338</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>195.26</x:v>
+        <x:v>203.75</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45530.753275463</x:v>
+        <x:v>45566.7563657407</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>22.59</x:v>
+        <x:v>28.74</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>172.838</x:v>
+        <x:v>181.827</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>194.2</x:v>
+        <x:v>204.3</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45527.7532523148</x:v>
+        <x:v>45565.7591782407</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>24.09</x:v>
+        <x:v>28.89</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>174.102</x:v>
+        <x:v>181.916</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>195.62</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45526.7496064815</x:v>
+        <x:v>45562.7586574074</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>25.07</x:v>
+        <x:v>30.56</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>174.921</x:v>
+        <x:v>183.073</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>196.54</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45525.7533333333</x:v>
+        <x:v>45561.7612847222</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>25.06</x:v>
+        <x:v>29.22</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>174.885</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>196.5</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45524.7571990741</x:v>
+        <x:v>45560.7714236111</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>24.49</x:v>
+        <x:v>26.43</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>174.351</x:v>
+        <x:v>179.602</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>195.9</x:v>
+        <x:v>201.8</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45523.750787037</x:v>
+        <x:v>45559.7595833333</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>25.94</x:v>
+        <x:v>32.9</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>175.544</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>197.24</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45520.7525462963</x:v>
+        <x:v>45558.7542476852</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>25.58</x:v>
+        <x:v>32.94</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>175.152</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>196.8</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45519.7846180556</x:v>
+        <x:v>45555.7576851852</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>24.79</x:v>
+        <x:v>30.28</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>174.422</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>195.98</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45518.7548726852</x:v>
+        <x:v>45554.7554976852</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>21.35</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>170.951</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>192.08</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45517.7495023148</x:v>
+        <x:v>45553.7545486111</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>20.94</x:v>
+        <x:v>25.66</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>170.506</x:v>
+        <x:v>177.626</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>191.58</x:v>
+        <x:v>199.58</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45516.7502893519</x:v>
+        <x:v>45552.7566435185</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>19.12</x:v>
+        <x:v>26.84</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>168.477</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>189.3</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45513.7534259259</x:v>
+        <x:v>45551.7526967593</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>19.72</x:v>
+        <x:v>26.35</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>169.029</x:v>
+        <x:v>178.134</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>189.92</x:v>
+        <x:v>200.15</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45512.7521412037</x:v>
+        <x:v>45548.7577893519</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>18.46</x:v>
+        <x:v>26.99</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>167.569</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>188.28</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45511.7529166667</x:v>
+        <x:v>45547.7527430556</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>18.25</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>167.302</x:v>
+        <x:v>177.27</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>187.98</x:v>
+        <x:v>199.18</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45510.7710416667</x:v>
+        <x:v>45546.7507291667</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>16.44</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>165.006</x:v>
+        <x:v>173.034</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>185.4</x:v>
+        <x:v>194.42</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45509.7565162037</x:v>
+        <x:v>45545.7516898148</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>13.9</x:v>
+        <x:v>19.84</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>161.286</x:v>
+        <x:v>171.361</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>181.22</x:v>
+        <x:v>192.54</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45506.7577777778</x:v>
+        <x:v>45544.753125</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>17.74</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>165.682</x:v>
+        <x:v>171.396</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>186.16</x:v>
+        <x:v>192.58</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45504.7536574074</x:v>
+        <x:v>45541.774837963</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>27.98</x:v>
+        <x:v>18.53</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>173.568</x:v>
+        <x:v>169.741</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>195.02</x:v>
+        <x:v>190.72</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45503.7497337963</x:v>
+        <x:v>45540.7512152778</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>24.9</x:v>
+        <x:v>19.13</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>170.898</x:v>
+        <x:v>170.382</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>192.02</x:v>
+        <x:v>191.44</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45502.7520023148</x:v>
+        <x:v>45539.7506365741</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>25.86</x:v>
+        <x:v>21.02</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>171.663</x:v>
+        <x:v>172.286</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>192.88</x:v>
+        <x:v>193.58</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45499.750150463</x:v>
+        <x:v>45538.7615277778</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>29.48</x:v>
+        <x:v>25.88</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>174.244</x:v>
+        <x:v>176.398</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>195.78</x:v>
+        <x:v>198.2</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45498.7520138889</x:v>
+        <x:v>45537.7585416667</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>28.85</x:v>
+        <x:v>27.76</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>173.746</x:v>
+        <x:v>177.875</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>195.22</x:v>
+        <x:v>199.86</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45497.7533912037</x:v>
+        <x:v>45534.7589467593</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>27.31</x:v>
+        <x:v>25.65</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>172.5</x:v>
+        <x:v>175.971</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>193.82</x:v>
+        <x:v>197.72</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45496.7496643519</x:v>
+        <x:v>45533.7649768519</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>31.04</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>175.099</x:v>
+        <x:v>177.128</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>196.74</x:v>
+        <x:v>199.02</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45495.7513657407</x:v>
+        <x:v>45532.7507638889</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>19.77</x:v>
+        <x:v>23.46</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>163.422</x:v>
+        <x:v>173.728</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>183.62</x:v>
+        <x:v>195.2</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45492.7567708333</x:v>
+        <x:v>45531.7524305556</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>18.15</x:v>
+        <x:v>23.55</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>161.535</x:v>
+        <x:v>173.781</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>181.5</x:v>
+        <x:v>195.26</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45491.7526851852</x:v>
+        <x:v>45530.753275463</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>17.46</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>160.716</x:v>
+        <x:v>172.838</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>180.58</x:v>
+        <x:v>194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45490.7535069444</x:v>
+        <x:v>45527.7532523148</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>19.8</x:v>
+        <x:v>24.09</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>163.101</x:v>
+        <x:v>174.102</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>183.26</x:v>
+        <x:v>195.62</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45489.7500925926</x:v>
+        <x:v>45526.7496064815</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>23.88</x:v>
+        <x:v>25.07</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>166.626</x:v>
+        <x:v>174.921</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>187.22</x:v>
+        <x:v>196.54</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45488.7523263889</x:v>
+        <x:v>45525.7533333333</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>24.47</x:v>
+        <x:v>25.06</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>167.106</x:v>
+        <x:v>174.885</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>187.76</x:v>
+        <x:v>196.5</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45485.7526041667</x:v>
+        <x:v>45524.7571990741</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>25.64</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>167.979</x:v>
+        <x:v>174.351</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>188.74</x:v>
+        <x:v>195.9</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45484.7507638889</x:v>
+        <x:v>45523.750787037</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>23.39</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>165.949</x:v>
+        <x:v>175.544</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>186.46</x:v>
+        <x:v>197.24</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45483.7515277778</x:v>
+        <x:v>45520.7525462963</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>22.77</x:v>
+        <x:v>25.58</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>165.362</x:v>
+        <x:v>175.152</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>185.8</x:v>
+        <x:v>196.8</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45482.7511458333</x:v>
+        <x:v>45519.7846180556</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>21.82</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>164.436</x:v>
+        <x:v>174.422</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>184.76</x:v>
+        <x:v>195.98</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45481.7521180556</x:v>
+        <x:v>45518.7548726852</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>25.15</x:v>
+        <x:v>21.35</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>167.178</x:v>
+        <x:v>170.951</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>187.84</x:v>
+        <x:v>192.08</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45478.7524074074</x:v>
+        <x:v>45517.7495023148</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>26.66</x:v>
+        <x:v>20.94</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>168.281</x:v>
+        <x:v>170.506</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>189.08</x:v>
+        <x:v>191.58</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45477.7564351852</x:v>
+        <x:v>45516.7502893519</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>24.53</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>166.448</x:v>
+        <x:v>168.477</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>187.02</x:v>
+        <x:v>189.3</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45476.7537962963</x:v>
+        <x:v>45513.7534259259</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>25.26</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>167.017</x:v>
+        <x:v>169.029</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>187.66</x:v>
+        <x:v>189.92</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45475.7575</x:v>
+        <x:v>45512.7521412037</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>22.86</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>164.828</x:v>
+        <x:v>167.569</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>185.2</x:v>
+        <x:v>188.28</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45474.7653125</x:v>
+        <x:v>45511.7529166667</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>23.37</x:v>
+        <x:v>18.25</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>165.255</x:v>
+        <x:v>167.302</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>185.68</x:v>
+        <x:v>187.98</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45471.7526157407</x:v>
+        <x:v>45510.7710416667</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>28.03</x:v>
+        <x:v>16.44</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>168.673</x:v>
+        <x:v>165.006</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>189.52</x:v>
+        <x:v>185.4</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45470.7516782407</x:v>
+        <x:v>45509.7565162037</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>25.78</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>166.822</x:v>
+        <x:v>161.286</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>187.44</x:v>
+        <x:v>181.22</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45469.7562037037</x:v>
+        <x:v>45506.7577777778</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>24.33</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>165.558</x:v>
+        <x:v>165.682</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>186.02</x:v>
+        <x:v>186.16</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45468.7651388889</x:v>
+        <x:v>45504.7536574074</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>20.48</x:v>
+        <x:v>27.98</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>161.731</x:v>
+        <x:v>173.568</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>181.72</x:v>
+        <x:v>195.02</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45467.7596875</x:v>
+        <x:v>45503.7497337963</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>18.63</x:v>
+        <x:v>24.9</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>159.719</x:v>
+        <x:v>170.898</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>179.46</x:v>
+        <x:v>192.02</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45464.7598032407</x:v>
+        <x:v>45502.7520023148</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>20.13</x:v>
+        <x:v>25.86</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>161.143</x:v>
+        <x:v>171.663</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>181.06</x:v>
+        <x:v>192.88</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45463.7553009259</x:v>
+        <x:v>45499.750150463</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>19.01</x:v>
+        <x:v>29.48</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>159.933</x:v>
+        <x:v>174.244</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>179.7</x:v>
+        <x:v>195.78</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45462.7591319444</x:v>
+        <x:v>45498.7520138889</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>16.48</x:v>
+        <x:v>28.85</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>156.889</x:v>
+        <x:v>173.746</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>176.28</x:v>
+        <x:v>195.22</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45461.750162037</x:v>
+        <x:v>45497.7533912037</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>16.29</x:v>
+        <x:v>27.31</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>156.64</x:v>
+        <x:v>172.5</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>176</x:v>
+        <x:v>193.82</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45460.7520023148</x:v>
+        <x:v>45496.7496643519</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>16.14</x:v>
+        <x:v>31.04</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>156.426</x:v>
+        <x:v>175.099</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>175.76</x:v>
+        <x:v>196.74</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45457.75375</x:v>
+        <x:v>45495.7513657407</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>15.5</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>155.554</x:v>
+        <x:v>163.422</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>174.78</x:v>
+        <x:v>183.62</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45456.754537037</x:v>
+        <x:v>45492.7567708333</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>18.14</x:v>
+        <x:v>18.15</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>158.402</x:v>
+        <x:v>161.535</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>177.98</x:v>
+        <x:v>181.5</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45455.75625</x:v>
+        <x:v>45491.7526851852</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>21.39</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>161.446</x:v>
+        <x:v>160.716</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>181.4</x:v>
+        <x:v>180.58</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45454.7546527778</x:v>
+        <x:v>45490.7535069444</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>16.82</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>156.106</x:v>
+        <x:v>163.101</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>175.4</x:v>
+        <x:v>183.26</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45453.7552314815</x:v>
+        <x:v>45489.7500925926</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>18</x:v>
+        <x:v>23.88</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>157.37</x:v>
+        <x:v>166.626</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>176.82</x:v>
+        <x:v>187.22</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45450.7637962963</x:v>
+        <x:v>45488.7523263889</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>18.52</x:v>
+        <x:v>24.47</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>157.85</x:v>
+        <x:v>167.106</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>177.36</x:v>
+        <x:v>187.76</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45449.7532986111</x:v>
+        <x:v>45485.7526041667</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>18.86</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>158.171</x:v>
+        <x:v>167.979</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>177.72</x:v>
+        <x:v>188.74</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45448.7575925926</x:v>
+        <x:v>45484.7507638889</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>14.64</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>152.653</x:v>
+        <x:v>165.949</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>171.52</x:v>
+        <x:v>186.46</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45447.7542592593</x:v>
+        <x:v>45483.7515277778</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>12.88</x:v>
+        <x:v>22.77</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>150.054</x:v>
+        <x:v>165.362</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>168.6</x:v>
+        <x:v>185.8</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45446.7532291667</x:v>
+        <x:v>45482.7511458333</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>12.69</x:v>
+        <x:v>21.82</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>149.751</x:v>
+        <x:v>164.436</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>168.26</x:v>
+        <x:v>184.76</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45443.7518287037</x:v>
+        <x:v>45481.7521180556</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>11.46</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>147.704</x:v>
+        <x:v>167.178</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>165.96</x:v>
+        <x:v>187.84</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45442.7577199074</x:v>
+        <x:v>45478.7524074074</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>13.11</x:v>
+        <x:v>26.66</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>150.036</x:v>
+        <x:v>168.281</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>168.58</x:v>
+        <x:v>189.08</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45441.7499189815</x:v>
+        <x:v>45477.7564351852</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>19.6</x:v>
+        <x:v>24.53</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>156.48</x:v>
+        <x:v>166.448</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>175.82</x:v>
+        <x:v>187.02</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45440.7591319444</x:v>
+        <x:v>45476.7537962963</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>20.95</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>157.726</x:v>
+        <x:v>167.017</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>177.22</x:v>
+        <x:v>187.66</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45439.7628472222</x:v>
+        <x:v>45475.7575</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>24.45</x:v>
+        <x:v>22.86</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>160.574</x:v>
+        <x:v>164.828</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>180.42</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45436.7528472222</x:v>
+        <x:v>45474.7653125</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>24.17</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>160.253</x:v>
+        <x:v>165.255</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>180.06</x:v>
+        <x:v>185.68</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45435.7561226852</x:v>
+        <x:v>45471.7526157407</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>25.68</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>161.41</x:v>
+        <x:v>168.673</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>181.36</x:v>
+        <x:v>189.52</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45434.750162037</x:v>
+        <x:v>45470.7516782407</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>23.57</x:v>
+        <x:v>25.78</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>159.595</x:v>
+        <x:v>166.822</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>179.32</x:v>
+        <x:v>187.44</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45433.753912037</x:v>
+        <x:v>45469.7562037037</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>24.34</x:v>
+        <x:v>24.33</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>160.2</x:v>
+        <x:v>165.558</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>180</x:v>
+        <x:v>186.02</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45429.760474537</x:v>
+        <x:v>45468.7651388889</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>21.55</x:v>
+        <x:v>20.48</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>157.548</x:v>
+        <x:v>161.731</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>177.02</x:v>
+        <x:v>181.72</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45428.7605671296</x:v>
+        <x:v>45467.7596875</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>21.31</x:v>
+        <x:v>18.63</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>157.299</x:v>
+        <x:v>159.719</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>176.74</x:v>
+        <x:v>179.46</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45427.7860648148</x:v>
+        <x:v>45464.7598032407</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>19.35</x:v>
+        <x:v>20.13</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>156.729</x:v>
+        <x:v>161.143</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>176.1</x:v>
+        <x:v>181.06</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45426.7552430556</x:v>
+        <x:v>45463.7553009259</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>18.2</x:v>
+        <x:v>19.01</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>155.465</x:v>
+        <x:v>159.933</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>174.68</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45425.7516319444</x:v>
+        <x:v>45462.7591319444</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>20.04</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>157.245</x:v>
+        <x:v>156.889</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>176.68</x:v>
+        <x:v>176.28</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45422.7512847222</x:v>
+        <x:v>45461.750162037</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>19.57</x:v>
+        <x:v>16.29</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>156.693</x:v>
+        <x:v>156.64</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>176.06</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45420.7954513889</x:v>
+        <x:v>45460.7520023148</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>19.99</x:v>
+        <x:v>16.14</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>157.049</x:v>
+        <x:v>156.426</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>176.46</x:v>
+        <x:v>175.76</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45419.7550810185</x:v>
+        <x:v>45457.75375</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>18.26</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>155.18</x:v>
+        <x:v>155.554</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>174.36</x:v>
+        <x:v>174.78</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45418.754537037</x:v>
+        <x:v>45456.754537037</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>16.12</x:v>
+        <x:v>18.14</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>152.617</x:v>
+        <x:v>158.402</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>171.48</x:v>
+        <x:v>177.98</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45415.7562731481</x:v>
+        <x:v>45455.75625</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>15.63</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>151.941</x:v>
+        <x:v>161.446</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>170.72</x:v>
+        <x:v>181.4</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45414.7536458333</x:v>
+        <x:v>45454.7546527778</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>14.18</x:v>
+        <x:v>16.82</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>150.001</x:v>
+        <x:v>156.106</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>168.54</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45412.7543518519</x:v>
+        <x:v>45453.7552314815</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>15.04</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>151.033</x:v>
+        <x:v>157.37</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>169.7</x:v>
+        <x:v>176.82</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45411.78375</x:v>
+        <x:v>45450.7637962963</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>16.38</x:v>
+        <x:v>18.52</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>152.564</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>171.42</x:v>
+        <x:v>177.36</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45408.748287037</x:v>
+        <x:v>45449.7532986111</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>18.68</x:v>
+        <x:v>18.86</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>154.86</x:v>
+        <x:v>158.171</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>174</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45407.7557523148</x:v>
+        <x:v>45448.7575925926</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>15.87</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>151.478</x:v>
+        <x:v>152.653</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>170.2</x:v>
+        <x:v>171.52</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45406.7657407407</x:v>
+        <x:v>45447.7542592593</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>21.03</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>156.248</x:v>
+        <x:v>150.054</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>175.56</x:v>
+        <x:v>168.6</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45405.7568518519</x:v>
+        <x:v>45446.7532291667</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>20.41</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>155.625</x:v>
+        <x:v>149.751</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>174.86</x:v>
+        <x:v>168.26</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45404.7572337963</x:v>
+        <x:v>45443.7518287037</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>14.37</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>147.829</x:v>
+        <x:v>147.704</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>166.1</x:v>
+        <x:v>165.96</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45401.7981018519</x:v>
+        <x:v>45442.7577199074</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>14.22</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>147.562</x:v>
+        <x:v>150.036</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>165.8</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45400.7584837963</x:v>
+        <x:v>45441.7499189815</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>16.95</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>150.57</x:v>
+        <x:v>156.48</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>169.18</x:v>
+        <x:v>175.82</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45399.7645949074</x:v>
+        <x:v>45440.7591319444</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>16.65</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>150.196</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>168.76</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45398.7542939815</x:v>
+        <x:v>45439.7628472222</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>18.04</x:v>
+        <x:v>24.45</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>151.638</x:v>
+        <x:v>160.574</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>170.38</x:v>
+        <x:v>180.42</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45397.7515509259</x:v>
+        <x:v>45436.7528472222</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>19.22</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>152.777</x:v>
+        <x:v>160.253</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>171.66</x:v>
+        <x:v>180.06</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45394.7514814815</x:v>
+        <x:v>45435.7561226852</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>18.77</x:v>
+        <x:v>25.68</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>152.243</x:v>
+        <x:v>161.41</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>171.06</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45393.7590972222</x:v>
+        <x:v>45434.750162037</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>18.94</x:v>
+        <x:v>23.57</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>152.386</x:v>
+        <x:v>159.595</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>171.22</x:v>
+        <x:v>179.32</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45392.7661689815</x:v>
+        <x:v>45433.753912037</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>19.04</x:v>
+        <x:v>24.34</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>152.457</x:v>
+        <x:v>160.2</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>171.3</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45391.7576851852</x:v>
+        <x:v>45429.760474537</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>20.11</x:v>
+        <x:v>21.55</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>153.454</x:v>
+        <x:v>157.548</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>172.42</x:v>
+        <x:v>177.02</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45390.7570949074</x:v>
+        <x:v>45428.7605671296</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>25.72</x:v>
+        <x:v>21.31</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>157.726</x:v>
+        <x:v>157.299</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>177.22</x:v>
+        <x:v>176.74</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45387.754375</x:v>
+        <x:v>45427.7860648148</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>26.07</x:v>
+        <x:v>19.35</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>157.904</x:v>
+        <x:v>156.729</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>177.42</x:v>
+        <x:v>176.1</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45386.758287037</x:v>
+        <x:v>45426.7552430556</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>26.83</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>158.438</x:v>
+        <x:v>155.465</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>178.02</x:v>
+        <x:v>174.68</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45385.7623032407</x:v>
+        <x:v>45425.7516319444</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>27.11</x:v>
+        <x:v>20.04</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>158.616</x:v>
+        <x:v>157.245</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>178.22</x:v>
+        <x:v>176.68</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45384.7596064815</x:v>
+        <x:v>45422.7512847222</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>25.8</x:v>
+        <x:v>19.57</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>157.583</x:v>
+        <x:v>156.693</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>177.06</x:v>
+        <x:v>176.06</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45379.7526041667</x:v>
+        <x:v>45420.7954513889</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>30.63</x:v>
+        <x:v>19.99</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>160.609</x:v>
+        <x:v>157.049</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>180.46</x:v>
+        <x:v>176.46</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45378.7519675926</x:v>
+        <x:v>45419.7550810185</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>32.96</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>162.016</x:v>
+        <x:v>155.18</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>182.04</x:v>
+        <x:v>174.36</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45377.7511574074</x:v>
+        <x:v>45418.754537037</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>33.84</x:v>
+        <x:v>16.12</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>162.514</x:v>
+        <x:v>152.617</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>182.6</x:v>
+        <x:v>171.48</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45376.7574074074</x:v>
+        <x:v>45415.7562731481</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>31.31</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>160.859</x:v>
+        <x:v>151.941</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>180.74</x:v>
+        <x:v>170.72</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45373.7547337963</x:v>
+        <x:v>45414.7536458333</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>30.81</x:v>
+        <x:v>14.18</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>160.449</x:v>
+        <x:v>150.001</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>180.28</x:v>
+        <x:v>168.54</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45372.7581944444</x:v>
+        <x:v>45412.7543518519</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>31.24</x:v>
+        <x:v>15.04</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>160.698</x:v>
+        <x:v>151.033</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>180.56</x:v>
+        <x:v>169.7</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45363.7501851852</x:v>
+        <x:v>45411.78375</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>28.35</x:v>
+        <x:v>16.38</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>157.53</x:v>
+        <x:v>152.564</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>177</x:v>
+        <x:v>171.42</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45362.7530324074</x:v>
+        <x:v>45408.748287037</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>24.46</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>154.433</x:v>
+        <x:v>154.86</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>173.52</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45359.7549768519</x:v>
+        <x:v>45407.7557523148</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>29.08</x:v>
+        <x:v>15.87</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>157.477</x:v>
+        <x:v>151.478</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>176.94</x:v>
+        <x:v>170.2</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45358.7545949074</x:v>
+        <x:v>45406.7657407407</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>30.27</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>158.224</x:v>
+        <x:v>156.248</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>177.78</x:v>
+        <x:v>175.56</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45357.7532986111</x:v>
+        <x:v>45405.7568518519</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>27.2</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>155.999</x:v>
+        <x:v>155.625</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>175.28</x:v>
+        <x:v>174.86</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45356.754537037</x:v>
+        <x:v>45404.7572337963</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>25.15</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>154.397</x:v>
+        <x:v>147.829</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>173.48</x:v>
+        <x:v>166.1</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45355.7463541667</x:v>
+        <x:v>45401.7981018519</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>27.36</x:v>
+        <x:v>14.22</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>155.946</x:v>
+        <x:v>147.562</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>175.22</x:v>
+        <x:v>165.8</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45352.7525462963</x:v>
+        <x:v>45400.7584837963</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>25.28</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>154.273</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>173.34</x:v>
+        <x:v>169.18</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45351.7476041667</x:v>
+        <x:v>45399.7645949074</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>24.78</x:v>
+        <x:v>16.65</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>153.863</x:v>
+        <x:v>150.196</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>172.88</x:v>
+        <x:v>168.76</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45350.7516319444</x:v>
+        <x:v>45398.7542939815</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>23.97</x:v>
+        <x:v>18.04</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>153.187</x:v>
+        <x:v>151.638</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>172.12</x:v>
+        <x:v>170.38</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45349.7513773148</x:v>
+        <x:v>45397.7515509259</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>27.37</x:v>
+        <x:v>19.22</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>153.97</x:v>
+        <x:v>152.777</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>173</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45394.7514814815</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>25.3</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>151.122</x:v>
+        <x:v>152.243</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>169.8</x:v>
+        <x:v>171.06</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45348.7736111111</x:v>
+        <x:v>45393.7590972222</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>25.3</x:v>
+        <x:v>18.94</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>151.122</x:v>
+        <x:v>152.386</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>169.8</x:v>
+        <x:v>171.22</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45345.7523263889</x:v>
+        <x:v>45392.7661689815</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>22.06</x:v>
+        <x:v>19.04</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>151.122</x:v>
+        <x:v>152.457</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>169.8</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45344.7577777778</x:v>
+        <x:v>45391.7576851852</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>19.66</x:v>
+        <x:v>20.11</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>148.826</x:v>
+        <x:v>153.454</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>167.22</x:v>
+        <x:v>172.42</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45343.7647569444</x:v>
+        <x:v>45390.7570949074</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>15.83</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>144.429</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>162.28</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45342.7528125</x:v>
+        <x:v>45387.754375</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>16.49</x:v>
+        <x:v>26.07</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>145.123</x:v>
+        <x:v>157.904</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>163.06</x:v>
+        <x:v>177.42</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45341.7516087963</x:v>
+        <x:v>45386.758287037</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>17.52</x:v>
+        <x:v>26.83</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>146.174</x:v>
+        <x:v>158.438</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>164.24</x:v>
+        <x:v>178.02</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45338.7553703704</x:v>
+        <x:v>45385.7623032407</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>18.34</x:v>
+        <x:v>27.11</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>146.921</x:v>
+        <x:v>158.616</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>165.08</x:v>
+        <x:v>178.22</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45337.7598263889</x:v>
+        <x:v>45384.7596064815</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>17.76</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>146.298</x:v>
+        <x:v>157.583</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>164.38</x:v>
+        <x:v>177.06</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45336.807962963</x:v>
+        <x:v>45379.7526041667</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>18.23</x:v>
+        <x:v>30.63</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>146.743</x:v>
+        <x:v>160.609</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>164.88</x:v>
+        <x:v>180.46</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45336.7470023148</x:v>
+        <x:v>45378.7519675926</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>18.23</x:v>
+        <x:v>32.96</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>146.743</x:v>
+        <x:v>162.016</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>164.88</x:v>
+        <x:v>182.04</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45335.7501157407</x:v>
+        <x:v>45377.7511574074</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>16.53</x:v>
+        <x:v>33.84</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>144.856</x:v>
+        <x:v>162.514</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>162.76</x:v>
+        <x:v>182.6</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45334.7513888889</x:v>
+        <x:v>45376.7574074074</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>21.75</x:v>
+        <x:v>31.31</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>149.306</x:v>
+        <x:v>160.859</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>167.76</x:v>
+        <x:v>180.74</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45331.7582986111</x:v>
+        <x:v>45373.7547337963</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>22.44</x:v>
+        <x:v>30.81</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>149.805</x:v>
+        <x:v>160.449</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>168.32</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45330.7578125</x:v>
+        <x:v>45372.7581944444</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>22.13</x:v>
+        <x:v>31.24</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>149.52</x:v>
+        <x:v>160.698</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>168</x:v>
+        <x:v>180.56</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45329.7548958333</x:v>
+        <x:v>45363.7501851852</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>22.17</x:v>
+        <x:v>28.35</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>149.52</x:v>
+        <x:v>157.53</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>168</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45328.7534143518</x:v>
+        <x:v>45362.7530324074</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>20.61</x:v>
+        <x:v>24.46</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>148.096</x:v>
+        <x:v>154.433</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>166.4</x:v>
+        <x:v>173.52</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45327.7501967593</x:v>
+        <x:v>45359.7549768519</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>18.91</x:v>
+        <x:v>29.08</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>146.423</x:v>
+        <x:v>157.477</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>164.52</x:v>
+        <x:v>176.94</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45324.7529282407</x:v>
+        <x:v>45358.7545949074</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>18.2</x:v>
+        <x:v>30.27</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>145.64</x:v>
+        <x:v>158.224</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>163.64</x:v>
+        <x:v>177.78</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45323.7529976852</x:v>
+        <x:v>45357.7532986111</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>17.1</x:v>
+        <x:v>27.2</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>144.447</x:v>
+        <x:v>155.999</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>162.3</x:v>
+        <x:v>175.28</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45322.7527777778</x:v>
+        <x:v>45356.754537037</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>15.93</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>143.112</x:v>
+        <x:v>154.397</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>160.8</x:v>
+        <x:v>173.48</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45321.7433680556</x:v>
+        <x:v>45355.7463541667</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>17.34</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>144.554</x:v>
+        <x:v>155.946</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>162.42</x:v>
+        <x:v>175.22</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45320.7512615741</x:v>
+        <x:v>45352.7525462963</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>17.01</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>144.18</x:v>
+        <x:v>154.273</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>162</x:v>
+        <x:v>173.34</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45317.7470717593</x:v>
+        <x:v>45351.7476041667</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>15.52</x:v>
+        <x:v>24.78</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>142.4</x:v>
+        <x:v>153.863</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>160</x:v>
+        <x:v>172.88</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45316.7524074074</x:v>
+        <x:v>45350.7516319444</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>16.16</x:v>
+        <x:v>23.97</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>143.076</x:v>
+        <x:v>153.187</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>160.76</x:v>
+        <x:v>172.12</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45315.7568171296</x:v>
+        <x:v>45349.7513773148</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>16.18</x:v>
+        <x:v>27.37</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>143.076</x:v>
+        <x:v>153.97</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>160.76</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45314.7547453704</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>10.06</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>132.93</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>149.36</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45313.762662037</x:v>
+        <x:v>45348.7736111111</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>10.62</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>133.803</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>150.34</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45310.749212963</x:v>
+        <x:v>45345.7523263889</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>9.89</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>132.503</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>148.88</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45309.7473726852</x:v>
+        <x:v>45344.7577777778</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>9.1</x:v>
+        <x:v>19.66</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>131.061</x:v>
+        <x:v>148.826</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>147.26</x:v>
+        <x:v>167.22</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45308.7508680556</x:v>
+        <x:v>45343.7647569444</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>8.03</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>128.89</x:v>
+        <x:v>144.429</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>144.82</x:v>
+        <x:v>162.28</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45307.7510532407</x:v>
+        <x:v>45342.7528125</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>7.94</x:v>
+        <x:v>16.49</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>128.676</x:v>
+        <x:v>145.123</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>144.58</x:v>
+        <x:v>163.06</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45306.7467592593</x:v>
+        <x:v>45341.7516087963</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>7.94</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>128.658</x:v>
+        <x:v>146.174</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>144.56</x:v>
+        <x:v>164.24</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45303.7600925926</x:v>
+        <x:v>45338.7553703704</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>8.11</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>128.925</x:v>
+        <x:v>146.921</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>144.86</x:v>
+        <x:v>165.08</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45302.7520601852</x:v>
+        <x:v>45337.7598263889</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>6.95</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>126.273</x:v>
+        <x:v>146.298</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>141.88</x:v>
+        <x:v>164.38</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45301.7540393519</x:v>
+        <x:v>45336.807962963</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>7.02</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>126.416</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>142.04</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45300.7495833333</x:v>
+        <x:v>45336.7470023148</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>6.07</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>123.959</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>139.28</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45299.7521643518</x:v>
+        <x:v>45335.7501157407</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>5.91</x:v>
+        <x:v>16.53</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>123.514</x:v>
+        <x:v>144.856</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>138.78</x:v>
+        <x:v>162.76</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45296.7574884259</x:v>
+        <x:v>45334.7513888889</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>5.4</x:v>
+        <x:v>21.75</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>122.001</x:v>
+        <x:v>149.306</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>137.08</x:v>
+        <x:v>167.76</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45295.7562152778</x:v>
+        <x:v>45331.7582986111</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>5.21</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>121.432</x:v>
+        <x:v>149.805</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>136.44</x:v>
+        <x:v>168.32</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45294.7523148148</x:v>
+        <x:v>45330.7578125</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>5.43</x:v>
+        <x:v>22.13</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>122.037</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>137.12</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45289.7502893519</x:v>
+        <x:v>45329.7548958333</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>6.33</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>124.137</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>139.48</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45288.7522916667</x:v>
+        <x:v>45328.7534143518</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>6.4</x:v>
+        <x:v>20.61</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>124.28</x:v>
+        <x:v>148.096</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>139.64</x:v>
+        <x:v>166.4</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45287.7514583333</x:v>
+        <x:v>45327.7501967593</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>6.48</x:v>
+        <x:v>18.91</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>124.458</x:v>
+        <x:v>146.423</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>139.84</x:v>
+        <x:v>164.52</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45282.752037037</x:v>
+        <x:v>45324.7529282407</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>5.97</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>123.034</x:v>
+        <x:v>145.64</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>138.24</x:v>
+        <x:v>163.64</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45281.7536111111</x:v>
+        <x:v>45323.7529976852</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>5.76</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>122.446</x:v>
+        <x:v>144.447</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>137.58</x:v>
+        <x:v>162.3</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45281.7495138889</x:v>
+        <x:v>45322.7527777778</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>5.76</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>122.446</x:v>
+        <x:v>143.112</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>137.58</x:v>
+        <x:v>160.8</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45280.7567824074</x:v>
+        <x:v>45321.7433680556</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>6.36</x:v>
+        <x:v>17.34</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>123.888</x:v>
+        <x:v>144.554</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>139.2</x:v>
+        <x:v>162.42</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45279.7563773148</x:v>
+        <x:v>45320.7512615741</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>7.21</x:v>
+        <x:v>17.01</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>125.721</x:v>
+        <x:v>144.18</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>141.26</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45278.7578587963</x:v>
+        <x:v>45317.7470717593</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>7.2</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>125.668</x:v>
+        <x:v>142.4</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>141.2</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45275.7522337963</x:v>
+        <x:v>45316.7524074074</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>7.35</x:v>
+        <x:v>16.16</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>125.917</x:v>
+        <x:v>143.076</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>141.48</x:v>
+        <x:v>160.76</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45274.754212963</x:v>
+        <x:v>45315.7568171296</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>7.82</x:v>
+        <x:v>16.18</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>126.861</x:v>
+        <x:v>143.076</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>142.54</x:v>
+        <x:v>160.76</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
+        <x:v>45314.7547453704</x:v>
+      </x:c>
+      <x:c r="B485" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C485" s="0">
+        <x:v>10.06</x:v>
+      </x:c>
+      <x:c r="D485" s="0">
+        <x:v>132.93</x:v>
+      </x:c>
+      <x:c r="E485" s="0">
+        <x:v>149.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="486" spans="1:5">
+      <x:c r="A486" s="1">
+        <x:v>45313.762662037</x:v>
+      </x:c>
+      <x:c r="B486" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C486" s="0">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="D486" s="0">
+        <x:v>133.803</x:v>
+      </x:c>
+      <x:c r="E486" s="0">
+        <x:v>150.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="487" spans="1:5">
+      <x:c r="A487" s="1">
+        <x:v>45310.749212963</x:v>
+      </x:c>
+      <x:c r="B487" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C487" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D487" s="0">
+        <x:v>132.503</x:v>
+      </x:c>
+      <x:c r="E487" s="0">
+        <x:v>148.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="488" spans="1:5">
+      <x:c r="A488" s="1">
+        <x:v>45309.7473726852</x:v>
+      </x:c>
+      <x:c r="B488" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C488" s="0">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="D488" s="0">
+        <x:v>131.061</x:v>
+      </x:c>
+      <x:c r="E488" s="0">
+        <x:v>147.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="489" spans="1:5">
+      <x:c r="A489" s="1">
+        <x:v>45308.7508680556</x:v>
+      </x:c>
+      <x:c r="B489" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C489" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="D489" s="0">
+        <x:v>128.89</x:v>
+      </x:c>
+      <x:c r="E489" s="0">
+        <x:v>144.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="490" spans="1:5">
+      <x:c r="A490" s="1">
+        <x:v>45307.7510532407</x:v>
+      </x:c>
+      <x:c r="B490" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C490" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D490" s="0">
+        <x:v>128.676</x:v>
+      </x:c>
+      <x:c r="E490" s="0">
+        <x:v>144.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="491" spans="1:5">
+      <x:c r="A491" s="1">
+        <x:v>45306.7467592593</x:v>
+      </x:c>
+      <x:c r="B491" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C491" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D491" s="0">
+        <x:v>128.658</x:v>
+      </x:c>
+      <x:c r="E491" s="0">
+        <x:v>144.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="492" spans="1:5">
+      <x:c r="A492" s="1">
+        <x:v>45303.7600925926</x:v>
+      </x:c>
+      <x:c r="B492" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C492" s="0">
+        <x:v>8.11</x:v>
+      </x:c>
+      <x:c r="D492" s="0">
+        <x:v>128.925</x:v>
+      </x:c>
+      <x:c r="E492" s="0">
+        <x:v>144.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="493" spans="1:5">
+      <x:c r="A493" s="1">
+        <x:v>45302.7520601852</x:v>
+      </x:c>
+      <x:c r="B493" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C493" s="0">
+        <x:v>6.95</x:v>
+      </x:c>
+      <x:c r="D493" s="0">
+        <x:v>126.273</x:v>
+      </x:c>
+      <x:c r="E493" s="0">
+        <x:v>141.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="494" spans="1:5">
+      <x:c r="A494" s="1">
+        <x:v>45301.7540393519</x:v>
+      </x:c>
+      <x:c r="B494" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C494" s="0">
+        <x:v>7.02</x:v>
+      </x:c>
+      <x:c r="D494" s="0">
+        <x:v>126.416</x:v>
+      </x:c>
+      <x:c r="E494" s="0">
+        <x:v>142.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="495" spans="1:5">
+      <x:c r="A495" s="1">
+        <x:v>45300.7495833333</x:v>
+      </x:c>
+      <x:c r="B495" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C495" s="0">
+        <x:v>6.07</x:v>
+      </x:c>
+      <x:c r="D495" s="0">
+        <x:v>123.959</x:v>
+      </x:c>
+      <x:c r="E495" s="0">
+        <x:v>139.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="496" spans="1:5">
+      <x:c r="A496" s="1">
+        <x:v>45299.7521643518</x:v>
+      </x:c>
+      <x:c r="B496" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C496" s="0">
+        <x:v>5.91</x:v>
+      </x:c>
+      <x:c r="D496" s="0">
+        <x:v>123.514</x:v>
+      </x:c>
+      <x:c r="E496" s="0">
+        <x:v>138.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="497" spans="1:5">
+      <x:c r="A497" s="1">
+        <x:v>45296.7574884259</x:v>
+      </x:c>
+      <x:c r="B497" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C497" s="0">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="D497" s="0">
+        <x:v>122.001</x:v>
+      </x:c>
+      <x:c r="E497" s="0">
+        <x:v>137.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="498" spans="1:5">
+      <x:c r="A498" s="1">
+        <x:v>45295.7562152778</x:v>
+      </x:c>
+      <x:c r="B498" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C498" s="0">
+        <x:v>5.21</x:v>
+      </x:c>
+      <x:c r="D498" s="0">
+        <x:v>121.432</x:v>
+      </x:c>
+      <x:c r="E498" s="0">
+        <x:v>136.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="499" spans="1:5">
+      <x:c r="A499" s="1">
+        <x:v>45294.7523148148</x:v>
+      </x:c>
+      <x:c r="B499" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C499" s="0">
+        <x:v>5.43</x:v>
+      </x:c>
+      <x:c r="D499" s="0">
+        <x:v>122.037</x:v>
+      </x:c>
+      <x:c r="E499" s="0">
+        <x:v>137.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="500" spans="1:5">
+      <x:c r="A500" s="1">
+        <x:v>45289.7502893519</x:v>
+      </x:c>
+      <x:c r="B500" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C500" s="0">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D500" s="0">
+        <x:v>124.137</x:v>
+      </x:c>
+      <x:c r="E500" s="0">
+        <x:v>139.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="501" spans="1:5">
+      <x:c r="A501" s="1">
+        <x:v>45288.7522916667</x:v>
+      </x:c>
+      <x:c r="B501" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C501" s="0">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="D501" s="0">
+        <x:v>124.28</x:v>
+      </x:c>
+      <x:c r="E501" s="0">
+        <x:v>139.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="502" spans="1:5">
+      <x:c r="A502" s="1">
+        <x:v>45287.7514583333</x:v>
+      </x:c>
+      <x:c r="B502" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C502" s="0">
+        <x:v>6.48</x:v>
+      </x:c>
+      <x:c r="D502" s="0">
+        <x:v>124.458</x:v>
+      </x:c>
+      <x:c r="E502" s="0">
+        <x:v>139.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="503" spans="1:5">
+      <x:c r="A503" s="1">
+        <x:v>45282.752037037</x:v>
+      </x:c>
+      <x:c r="B503" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C503" s="0">
+        <x:v>5.97</x:v>
+      </x:c>
+      <x:c r="D503" s="0">
+        <x:v>123.034</x:v>
+      </x:c>
+      <x:c r="E503" s="0">
+        <x:v>138.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="504" spans="1:5">
+      <x:c r="A504" s="1">
+        <x:v>45281.7536111111</x:v>
+      </x:c>
+      <x:c r="B504" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C504" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D504" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E504" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="505" spans="1:5">
+      <x:c r="A505" s="1">
+        <x:v>45281.7495138889</x:v>
+      </x:c>
+      <x:c r="B505" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C505" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D505" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E505" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="506" spans="1:5">
+      <x:c r="A506" s="1">
+        <x:v>45280.7567824074</x:v>
+      </x:c>
+      <x:c r="B506" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C506" s="0">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="D506" s="0">
+        <x:v>123.888</x:v>
+      </x:c>
+      <x:c r="E506" s="0">
+        <x:v>139.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="507" spans="1:5">
+      <x:c r="A507" s="1">
+        <x:v>45279.7563773148</x:v>
+      </x:c>
+      <x:c r="B507" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C507" s="0">
+        <x:v>7.21</x:v>
+      </x:c>
+      <x:c r="D507" s="0">
+        <x:v>125.721</x:v>
+      </x:c>
+      <x:c r="E507" s="0">
+        <x:v>141.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="508" spans="1:5">
+      <x:c r="A508" s="1">
+        <x:v>45278.7578587963</x:v>
+      </x:c>
+      <x:c r="B508" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C508" s="0">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="D508" s="0">
+        <x:v>125.668</x:v>
+      </x:c>
+      <x:c r="E508" s="0">
+        <x:v>141.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="509" spans="1:5">
+      <x:c r="A509" s="1">
+        <x:v>45275.7522337963</x:v>
+      </x:c>
+      <x:c r="B509" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C509" s="0">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="D509" s="0">
+        <x:v>125.917</x:v>
+      </x:c>
+      <x:c r="E509" s="0">
+        <x:v>141.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="510" spans="1:5">
+      <x:c r="A510" s="1">
+        <x:v>45274.754212963</x:v>
+      </x:c>
+      <x:c r="B510" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C510" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D510" s="0">
+        <x:v>126.861</x:v>
+      </x:c>
+      <x:c r="E510" s="0">
+        <x:v>142.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="511" spans="1:5">
+      <x:c r="A511" s="1">
         <x:v>45273.752974537</x:v>
       </x:c>
-      <x:c r="B485" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C485" s="0">
+      <x:c r="B511" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C511" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D485" s="0">
+      <x:c r="D511" s="0">
         <x:v>130.385</x:v>
       </x:c>
-      <x:c r="E485" s="0">
+      <x:c r="E511" s="0">
         <x:v>146.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>