--- v2 (2025-11-29)
+++ v3 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640a527678eb40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/206d4662cb4a4aee880407b90dcc128f.psmdcp" Id="R73e2e40932d940ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8795c1fbf2894e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/935963af27594f71b34986d721442a00.psmdcp" Id="R449e9bbed9ff4de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992382</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,8733 +390,9039 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E511"/>
+  <x:dimension ref="A1:E529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.7430208333</x:v>
+        <x:v>46010.7428703704</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>185.61</x:v>
+        <x:v>185.832</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>208.55</x:v>
+        <x:v>208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45988.7414467593</x:v>
+        <x:v>46009.742037037</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>184.23</x:v>
+        <x:v>186.41</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>207</x:v>
+        <x:v>209.45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45987.7425925926</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>183.963</x:v>
+        <x:v>184.274</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>206.7</x:v>
+        <x:v>207.05</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45986.7690046296</x:v>
+        <x:v>46007.7676157407</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>182.316</x:v>
+        <x:v>183.918</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>204.85</x:v>
+        <x:v>206.65</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45986.7425231481</x:v>
+        <x:v>46006.7735532407</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>182.316</x:v>
+        <x:v>186.588</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>204.85</x:v>
+        <x:v>209.65</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45985.7418171296</x:v>
+        <x:v>46006.7424652778</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>184.675</x:v>
+        <x:v>186.588</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>207.5</x:v>
+        <x:v>209.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45982.7637847222</x:v>
+        <x:v>46003.7425810185</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>182.45</x:v>
+        <x:v>185.298</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>205</x:v>
+        <x:v>208.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45981.7416319444</x:v>
+        <x:v>46002.7741203704</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>183.874</x:v>
+        <x:v>186.277</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>206.6</x:v>
+        <x:v>209.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45980.7413194444</x:v>
+        <x:v>46002.7415856481</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>182.895</x:v>
+        <x:v>186.277</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>205.5</x:v>
+        <x:v>209.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45979.7620833333</x:v>
+        <x:v>46001.772662037</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>182.762</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>205.35</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46001.7424768519</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>182.762</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>205.35</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45978.7625462963</x:v>
+        <x:v>46000.7421990741</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>184.23</x:v>
+        <x:v>186.9</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45975.7665972222</x:v>
+        <x:v>45999.7427777778</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>187.879</x:v>
+        <x:v>186.989</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>211.1</x:v>
+        <x:v>210.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45975.7415856481</x:v>
+        <x:v>45996.7416087963</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>187.879</x:v>
+        <x:v>189.792</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>211.1</x:v>
+        <x:v>213.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45974.742037037</x:v>
+        <x:v>45995.7432291667</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>194.109</x:v>
+        <x:v>187.034</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>218.1</x:v>
+        <x:v>210.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45973.7618402778</x:v>
+        <x:v>45994.743275463</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>194.376</x:v>
+        <x:v>183.785</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>218.4</x:v>
+        <x:v>206.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45973.7425</x:v>
+        <x:v>45993.7429050926</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>194.376</x:v>
+        <x:v>184.986</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>218.4</x:v>
+        <x:v>207.85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45972.7415972222</x:v>
+        <x:v>45992.7418055556</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>193.174</x:v>
+        <x:v>185.921</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>217.05</x:v>
+        <x:v>208.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45968.7599768518</x:v>
+        <x:v>45989.7430208333</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>191.928</x:v>
+        <x:v>185.61</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>215.65</x:v>
+        <x:v>208.55</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45968.7420023148</x:v>
+        <x:v>45988.7414467593</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>191.928</x:v>
+        <x:v>184.23</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>215.65</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45967.7415393519</x:v>
+        <x:v>45987.7425925926</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>193.976</x:v>
+        <x:v>183.963</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>217.95</x:v>
+        <x:v>206.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45966.7603819444</x:v>
+        <x:v>45986.7690046296</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>202.876</x:v>
+        <x:v>182.316</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>227.95</x:v>
+        <x:v>204.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45966.7414699074</x:v>
+        <x:v>45986.7425231481</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>202.876</x:v>
+        <x:v>182.316</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>227.95</x:v>
+        <x:v>204.85</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45965.7581481481</x:v>
+        <x:v>45985.7418171296</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>3.24</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>201.184</x:v>
+        <x:v>184.675</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>226.05</x:v>
+        <x:v>207.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45965.7416666667</x:v>
+        <x:v>45982.7637847222</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>3.24</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>201.184</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>226.05</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45964.7418402778</x:v>
+        <x:v>45981.7416319444</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>3.6</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>203.676</x:v>
+        <x:v>183.874</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>228.85</x:v>
+        <x:v>206.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45961.8178472222</x:v>
+        <x:v>45980.7413194444</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>199.76</x:v>
+        <x:v>182.895</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>224.45</x:v>
+        <x:v>205.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45961.7662962963</x:v>
+        <x:v>45979.7620833333</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>199.76</x:v>
+        <x:v>182.762</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>224.45</x:v>
+        <x:v>205.35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45961.7596180556</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>199.76</x:v>
+        <x:v>182.762</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>224.45</x:v>
+        <x:v>205.35</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45961.7416319444</x:v>
+        <x:v>45978.7625462963</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>199.76</x:v>
+        <x:v>184.23</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>224.45</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45960.7713541667</x:v>
+        <x:v>45975.7665972222</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>201.006</x:v>
+        <x:v>187.879</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>225.85</x:v>
+        <x:v>211.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45960.7414467593</x:v>
+        <x:v>45975.7415856481</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>201.006</x:v>
+        <x:v>187.879</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>225.85</x:v>
+        <x:v>211.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45959.763587963</x:v>
+        <x:v>45974.742037037</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>3.12</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>199.627</x:v>
+        <x:v>194.109</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>224.3</x:v>
+        <x:v>218.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45973.7618402778</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>3.12</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>199.627</x:v>
+        <x:v>194.376</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>224.3</x:v>
+        <x:v>218.4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45958.741400463</x:v>
+        <x:v>45973.7425</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>4.69</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>208.349</x:v>
+        <x:v>194.376</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>234.1</x:v>
+        <x:v>218.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45957.7416550926</x:v>
+        <x:v>45972.7415972222</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>4.94</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>209.64</x:v>
+        <x:v>193.174</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>235.55</x:v>
+        <x:v>217.05</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45954.7428703704</x:v>
+        <x:v>45968.7599768518</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>4.61</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>207.682</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>233.35</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45953.7748263889</x:v>
+        <x:v>45968.7420023148</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>6.46</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>215.38</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>242</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45953.7428472222</x:v>
+        <x:v>45967.7415393519</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>6.46</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>215.38</x:v>
+        <x:v>193.976</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>242</x:v>
+        <x:v>217.95</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45952.7607291667</x:v>
+        <x:v>45966.7603819444</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>5.52</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>210.796</x:v>
+        <x:v>202.876</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>236.85</x:v>
+        <x:v>227.95</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45952.7423958333</x:v>
+        <x:v>45966.7414699074</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>5.52</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>210.796</x:v>
+        <x:v>202.876</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>236.85</x:v>
+        <x:v>227.95</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45951.7421064815</x:v>
+        <x:v>45965.7581481481</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>6.27</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>213.956</x:v>
+        <x:v>201.184</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>240.4</x:v>
+        <x:v>226.05</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45950.8196990741</x:v>
+        <x:v>45965.7416666667</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>5.92</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>212.354</x:v>
+        <x:v>201.184</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>238.6</x:v>
+        <x:v>226.05</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45947.7632060185</x:v>
+        <x:v>45964.7418402778</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>4.69</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>205.546</x:v>
+        <x:v>203.676</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>230.95</x:v>
+        <x:v>228.85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45946.7602893518</x:v>
+        <x:v>45961.8178472222</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>5.09</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>207.548</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>233.2</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45946.7415277778</x:v>
+        <x:v>45961.7662962963</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>5.09</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>207.548</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>233.2</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45945.7689699074</x:v>
+        <x:v>45961.7596180556</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>5.27</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>208.438</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>234.2</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45944.7693171296</x:v>
+        <x:v>45961.7416319444</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>5.02</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>207.103</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>232.7</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45944.7414699074</x:v>
+        <x:v>45960.7713541667</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>5.02</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>207.103</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>232.7</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45943.7466203704</x:v>
+        <x:v>45960.7414467593</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>4.81</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>205.946</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>231.4</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45940.7627893519</x:v>
+        <x:v>45959.763587963</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>4.68</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>205.19</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>230.55</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45940.7459143518</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>4.68</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>205.19</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>230.55</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45939.7571412037</x:v>
+        <x:v>45958.741400463</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>6.2</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>211.642</x:v>
+        <x:v>208.349</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>237.8</x:v>
+        <x:v>234.1</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45939.7442013889</x:v>
+        <x:v>45957.7416550926</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>6.2</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>211.642</x:v>
+        <x:v>209.64</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>237.8</x:v>
+        <x:v>235.55</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45938.7624421296</x:v>
+        <x:v>45954.7428703704</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>6.09</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>211.108</x:v>
+        <x:v>207.682</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>237.2</x:v>
+        <x:v>233.35</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45937.7621527778</x:v>
+        <x:v>45953.7748263889</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>5.67</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>209.15</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45936.7575462963</x:v>
+        <x:v>45953.7428472222</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>5.08</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>206.124</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>231.6</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45933.7560763889</x:v>
+        <x:v>45952.7607291667</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>4.85</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>204.834</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>230.15</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45932.7757986111</x:v>
+        <x:v>45952.7423958333</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>5.2</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>206.569</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>232.1</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45951.7421064815</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>4.52</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>202.742</x:v>
+        <x:v>213.956</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>227.8</x:v>
+        <x:v>240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45950.8196990741</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>4.55</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>202.831</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>227.9</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45947.7632060185</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>4.2</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>200.74</x:v>
+        <x:v>205.546</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>225.55</x:v>
+        <x:v>230.95</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45946.7602893518</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>4.15</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>200.384</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>225.15</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45946.7415277778</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>4.17</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>200.428</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>225.2</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45945.7689699074</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>4.62</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>202.92</x:v>
+        <x:v>208.438</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>228</x:v>
+        <x:v>234.2</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45944.7693171296</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>4.35</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>201.318</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>226.2</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45944.7414699074</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>4.14</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>199.983</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>224.7</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45943.7466203704</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>4.61</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>202.52</x:v>
+        <x:v>205.946</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>227.55</x:v>
+        <x:v>231.4</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>4.95</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>204.255</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>229.5</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45940.7459143518</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.46</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>193.753</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>217.7</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>2.76</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>187.746</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>210.95</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45939.7442013889</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.2</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>191.038</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>214.65</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45938.7624421296</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>4.15</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>196.601</x:v>
+        <x:v>211.108</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>220.9</x:v>
+        <x:v>237.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45937.7621527778</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>4</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>195.622</x:v>
+        <x:v>209.15</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>219.8</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45936.7575462963</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>4.65</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>199.093</x:v>
+        <x:v>206.124</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>223.7</x:v>
+        <x:v>231.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>6.04</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>204.967</x:v>
+        <x:v>204.834</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>230.3</x:v>
+        <x:v>230.15</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>6.08</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>205.1</x:v>
+        <x:v>206.569</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>230.45</x:v>
+        <x:v>232.1</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>5.66</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>203.142</x:v>
+        <x:v>202.742</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>228.25</x:v>
+        <x:v>227.8</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>6.83</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>207.548</x:v>
+        <x:v>202.831</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>233.2</x:v>
+        <x:v>227.9</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>6.42</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>205.902</x:v>
+        <x:v>200.74</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>231.35</x:v>
+        <x:v>225.55</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>5.62</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>202.252</x:v>
+        <x:v>200.384</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>227.25</x:v>
+        <x:v>225.15</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>7.28</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>208.171</x:v>
+        <x:v>200.428</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>233.9</x:v>
+        <x:v>225.2</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>6.79</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>206.213</x:v>
+        <x:v>202.92</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>231.7</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>8.06</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>210.352</x:v>
+        <x:v>201.318</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>236.35</x:v>
+        <x:v>226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>8.09</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>210.396</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>236.4</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>7</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>206.346</x:v>
+        <x:v>202.52</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>231.85</x:v>
+        <x:v>227.55</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>207.37</x:v>
+        <x:v>204.255</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>233</x:v>
+        <x:v>229.5</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>7.21</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>207.014</x:v>
+        <x:v>193.753</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>232.6</x:v>
+        <x:v>217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>7.11</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>206.614</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>232.15</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>7.53</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>208.038</x:v>
+        <x:v>191.038</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>233.75</x:v>
+        <x:v>214.65</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>8.44</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>210.841</x:v>
+        <x:v>196.601</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>236.9</x:v>
+        <x:v>220.9</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>8.38</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>210.618</x:v>
+        <x:v>195.622</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>236.65</x:v>
+        <x:v>219.8</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>8.5</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>210.93</x:v>
+        <x:v>199.093</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>237</x:v>
+        <x:v>223.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>9.34</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>213.288</x:v>
+        <x:v>204.967</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>239.65</x:v>
+        <x:v>230.3</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>9.15</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>212.71</x:v>
+        <x:v>205.1</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>239</x:v>
+        <x:v>230.45</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>9.15</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>212.71</x:v>
+        <x:v>203.142</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>239</x:v>
+        <x:v>228.25</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>7.38</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>206.48</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>232</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>16.67</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>221.922</x:v>
+        <x:v>205.902</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>249.35</x:v>
+        <x:v>231.35</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>17.14</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>222.589</x:v>
+        <x:v>202.252</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>250.1</x:v>
+        <x:v>227.25</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>20.09</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>226.728</x:v>
+        <x:v>208.171</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>254.75</x:v>
+        <x:v>233.9</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>16.9</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>221.476</x:v>
+        <x:v>206.213</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>248.85</x:v>
+        <x:v>231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>15.79</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>219.518</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>246.65</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>14.89</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>217.828</x:v>
+        <x:v>210.396</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>244.75</x:v>
+        <x:v>236.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>18.54</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>223.212</x:v>
+        <x:v>206.346</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>250.8</x:v>
+        <x:v>231.85</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>19.95</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>225.17</x:v>
+        <x:v>207.37</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>253</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45867.7584837963</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>17.41</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>221.12</x:v>
+        <x:v>207.014</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>248.45</x:v>
+        <x:v>232.6</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>15.23</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>217.204</x:v>
+        <x:v>206.614</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>244.05</x:v>
+        <x:v>232.15</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>15.77</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>218.05</x:v>
+        <x:v>208.038</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>245</x:v>
+        <x:v>233.75</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>16.37</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>219.029</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>246.1</x:v>
+        <x:v>236.9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>17.98</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>221.476</x:v>
+        <x:v>210.618</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>248.85</x:v>
+        <x:v>236.65</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>26.9</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>230.955</x:v>
+        <x:v>210.93</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>259.5</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>30.61</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>234.47</x:v>
+        <x:v>213.288</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>263.45</x:v>
+        <x:v>239.65</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>31.27</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>235.004</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>264.05</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>33.05</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>236.562</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>265.8</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>28.03</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>231.356</x:v>
+        <x:v>206.48</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>259.95</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>28.03</x:v>
+        <x:v>16.67</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>231.356</x:v>
+        <x:v>221.922</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>259.95</x:v>
+        <x:v>249.35</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>27.93</x:v>
+        <x:v>17.14</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>231.222</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>259.8</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>26.52</x:v>
+        <x:v>20.09</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>229.664</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>258.05</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>27.19</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>230.288</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>258.75</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>31.37</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>234.159</x:v>
+        <x:v>219.518</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>263.1</x:v>
+        <x:v>246.65</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>33.86</x:v>
+        <x:v>14.89</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>236.295</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>265.5</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>32.56</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>235.094</x:v>
+        <x:v>223.212</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>264.15</x:v>
+        <x:v>250.8</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>29.85</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>232.424</x:v>
+        <x:v>225.17</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>261.15</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45867.7584837963</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>25.43</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>227.395</x:v>
+        <x:v>221.12</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>255.5</x:v>
+        <x:v>248.45</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>27.78</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>229.798</x:v>
+        <x:v>217.204</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>258.2</x:v>
+        <x:v>244.05</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>23.94</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>225.259</x:v>
+        <x:v>218.05</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>253.1</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>26.01</x:v>
+        <x:v>16.37</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>227.484</x:v>
+        <x:v>219.029</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>255.6</x:v>
+        <x:v>246.1</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>28.27</x:v>
+        <x:v>17.98</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>229.754</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>258.15</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>28.23</x:v>
+        <x:v>26.9</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>229.62</x:v>
+        <x:v>230.955</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>258</x:v>
+        <x:v>259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>23.51</x:v>
+        <x:v>30.61</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>223.968</x:v>
+        <x:v>234.47</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>251.65</x:v>
+        <x:v>263.45</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>24.18</x:v>
+        <x:v>31.27</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>224.725</x:v>
+        <x:v>235.004</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>252.5</x:v>
+        <x:v>264.05</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>26.23</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>226.906</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>254.95</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>22.63</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>222.456</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>249.95</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>23.6</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>223.524</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>251.15</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>21.29</x:v>
+        <x:v>27.93</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>220.498</x:v>
+        <x:v>231.222</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>247.75</x:v>
+        <x:v>259.8</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>25.51</x:v>
+        <x:v>26.52</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>225.126</x:v>
+        <x:v>229.664</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>252.95</x:v>
+        <x:v>258.05</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>28.28</x:v>
+        <x:v>27.19</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>227.884</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>256.05</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>29.6</x:v>
+        <x:v>31.37</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>229.13</x:v>
+        <x:v>234.159</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>257.45</x:v>
+        <x:v>263.1</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>27.36</x:v>
+        <x:v>33.86</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>226.728</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>254.75</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>34.08</x:v>
+        <x:v>32.56</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>232.424</x:v>
+        <x:v>235.094</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>261.15</x:v>
+        <x:v>264.15</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>36.32</x:v>
+        <x:v>29.85</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>234.204</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>263.15</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>39.39</x:v>
+        <x:v>25.43</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>236.473</x:v>
+        <x:v>227.395</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>265.7</x:v>
+        <x:v>255.5</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>49.21</x:v>
+        <x:v>27.78</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>242.392</x:v>
+        <x:v>229.798</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>272.35</x:v>
+        <x:v>258.2</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45813.7588078704</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>47.3</x:v>
+        <x:v>23.94</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>241.146</x:v>
+        <x:v>225.259</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>270.95</x:v>
+        <x:v>253.1</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>47.85</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>241.457</x:v>
+        <x:v>227.484</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>271.3</x:v>
+        <x:v>255.6</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>45.53</x:v>
+        <x:v>28.27</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>239.9</x:v>
+        <x:v>229.754</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>269.55</x:v>
+        <x:v>258.15</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>45.53</x:v>
+        <x:v>28.23</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>239.9</x:v>
+        <x:v>229.62</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>269.55</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>39.32</x:v>
+        <x:v>23.51</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>235.227</x:v>
+        <x:v>223.968</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>264.3</x:v>
+        <x:v>251.65</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>39.32</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>235.227</x:v>
+        <x:v>224.725</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>264.3</x:v>
+        <x:v>252.5</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>37.66</x:v>
+        <x:v>26.23</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>233.447</x:v>
+        <x:v>226.906</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>262.3</x:v>
+        <x:v>254.95</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>35.85</x:v>
+        <x:v>22.63</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>231.89</x:v>
+        <x:v>222.456</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>260.55</x:v>
+        <x:v>249.95</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>42.19</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>236.295</x:v>
+        <x:v>223.524</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>265.5</x:v>
+        <x:v>251.15</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>42.62</x:v>
+        <x:v>21.29</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>236.562</x:v>
+        <x:v>220.498</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>265.8</x:v>
+        <x:v>247.75</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>41.78</x:v>
+        <x:v>25.51</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>235.939</x:v>
+        <x:v>225.126</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>265.1</x:v>
+        <x:v>252.95</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>42.27</x:v>
+        <x:v>28.28</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>236.25</x:v>
+        <x:v>227.884</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>265.45</x:v>
+        <x:v>256.05</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>43.46</x:v>
+        <x:v>29.6</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>236.962</x:v>
+        <x:v>229.13</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>266.25</x:v>
+        <x:v>257.45</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>39.81</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>234.248</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>263.2</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>34.31</x:v>
+        <x:v>34.08</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>227.89</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>258</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45791.3168055556</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>39.27</x:v>
+        <x:v>36.32</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>231.761</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>262.35</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>37.34</x:v>
+        <x:v>39.39</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>233.492</x:v>
+        <x:v>236.473</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>262.35</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>37.55</x:v>
+        <x:v>49.21</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>233.625</x:v>
+        <x:v>242.392</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>262.5</x:v>
+        <x:v>272.35</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45786.7591087963</x:v>
+        <x:v>45813.7588078704</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>36.71</x:v>
+        <x:v>47.3</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>232.868</x:v>
+        <x:v>241.146</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>261.65</x:v>
+        <x:v>270.95</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45785.7577199074</x:v>
+        <x:v>45812.7670023148</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>38.09</x:v>
+        <x:v>47.85</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>233.892</x:v>
+        <x:v>241.457</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>262.8</x:v>
+        <x:v>271.3</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45784.7685069444</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>36.67</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>232.735</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>261.5</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45783.7975</x:v>
+        <x:v>45811.758599537</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>40.18</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>235.272</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>264.35</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45783.7610648148</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>40.18</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>235.272</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>264.35</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45782.7990972222</x:v>
+        <x:v>45810.757650463</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>44.19</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>237.942</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>267.35</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45782.7613425926</x:v>
+        <x:v>45803.758900463</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>44.19</x:v>
+        <x:v>37.66</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>237.942</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>267.35</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45779.7593171296</x:v>
+        <x:v>45800.7594675926</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>42.98</x:v>
+        <x:v>35.85</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>237.007</x:v>
+        <x:v>231.89</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>266.3</x:v>
+        <x:v>260.55</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45777.7615740741</x:v>
+        <x:v>45799.7596296296</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>32.01</x:v>
+        <x:v>42.19</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>227.217</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>255.3</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45776.7598958333</x:v>
+        <x:v>45798.7642939815</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>31.36</x:v>
+        <x:v>42.62</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>226.594</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>254.6</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45775.7601273148</x:v>
+        <x:v>45797.7621643519</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>26.45</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>221.432</x:v>
+        <x:v>235.939</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>248.8</x:v>
+        <x:v>265.1</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45772.7647222222</x:v>
+        <x:v>45796.761724537</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>23.39</x:v>
+        <x:v>42.27</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>217.783</x:v>
+        <x:v>236.25</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>244.7</x:v>
+        <x:v>265.45</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45771.7646296296</x:v>
+        <x:v>45793.7569560185</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>20.95</x:v>
+        <x:v>43.46</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>214.624</x:v>
+        <x:v>236.962</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>241.15</x:v>
+        <x:v>266.25</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45770.7698726852</x:v>
+        <x:v>45792.7607407407</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>21.36</x:v>
+        <x:v>39.81</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>215.113</x:v>
+        <x:v>234.248</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>241.7</x:v>
+        <x:v>263.2</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45769.7601041667</x:v>
+        <x:v>45791.7642476852</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>11.56</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>194.465</x:v>
+        <x:v>227.89</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>218.5</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45764.7626967593</x:v>
+        <x:v>45791.3168055556</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>15.85</x:v>
+        <x:v>39.27</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>201.14</x:v>
+        <x:v>231.761</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>226</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45763.762337963</x:v>
+        <x:v>45790.7568865741</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>20.31</x:v>
+        <x:v>37.34</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>206.792</x:v>
+        <x:v>233.492</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>232.35</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45762.7596990741</x:v>
+        <x:v>45789.7603240741</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>20.55</x:v>
+        <x:v>37.55</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>207.058</x:v>
+        <x:v>233.625</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>232.65</x:v>
+        <x:v>262.5</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45761.7606597222</x:v>
+        <x:v>45786.7591087963</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>18.13</x:v>
+        <x:v>36.71</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>203.632</x:v>
+        <x:v>232.868</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>228.8</x:v>
+        <x:v>261.65</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45758.7869097222</x:v>
+        <x:v>45785.7577199074</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>15.92</x:v>
+        <x:v>38.09</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>200.072</x:v>
+        <x:v>233.892</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>224.8</x:v>
+        <x:v>262.8</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45757.7688078704</x:v>
+        <x:v>45784.7685069444</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>19.46</x:v>
+        <x:v>36.67</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>204.7</x:v>
+        <x:v>232.735</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>230</x:v>
+        <x:v>261.5</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45756.7571064815</x:v>
+        <x:v>45783.7975</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>12.31</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>190.816</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>214.4</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45755.7789814815</x:v>
+        <x:v>45783.7610648148</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>18.57</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>199.182</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>223.8</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45754.7628125</x:v>
+        <x:v>45782.7990972222</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>17.1</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>197.046</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>221.4</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45782.7613425926</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>26.01</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>205.768</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>231.2</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45751.7592824074</x:v>
+        <x:v>45779.7593171296</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>26.01</x:v>
+        <x:v>42.98</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>205.768</x:v>
+        <x:v>237.007</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>231.2</x:v>
+        <x:v>266.3</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45750.7636226852</x:v>
+        <x:v>45777.7615740741</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>35.18</x:v>
+        <x:v>32.01</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>212.666</x:v>
+        <x:v>227.217</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>238.95</x:v>
+        <x:v>255.3</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45749.7615856481</x:v>
+        <x:v>45776.7598958333</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>52.27</x:v>
+        <x:v>31.36</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>221.699</x:v>
+        <x:v>226.594</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>249.1</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45748.7584606481</x:v>
+        <x:v>45775.7601273148</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>54.15</x:v>
+        <x:v>26.45</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>222.634</x:v>
+        <x:v>221.432</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>250.15</x:v>
+        <x:v>248.8</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45747.7615740741</x:v>
+        <x:v>45772.7647222222</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>45.62</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>217.516</x:v>
+        <x:v>217.783</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>244.4</x:v>
+        <x:v>244.7</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45744.7642708333</x:v>
+        <x:v>45771.7646296296</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>49.56</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>219.608</x:v>
+        <x:v>214.624</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>246.75</x:v>
+        <x:v>241.15</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45743.767349537</x:v>
+        <x:v>45770.7698726852</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>53.95</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>221.832</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>249.25</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45742.758912037</x:v>
+        <x:v>45769.7601041667</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>55.52</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>222.589</x:v>
+        <x:v>194.465</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>250.1</x:v>
+        <x:v>218.5</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45741.7595023148</x:v>
+        <x:v>45764.7626967593</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>75.91</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>230.288</x:v>
+        <x:v>201.14</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>258.75</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45740.763599537</x:v>
+        <x:v>45763.762337963</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>68.67</x:v>
+        <x:v>20.31</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>227.262</x:v>
+        <x:v>206.792</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>255.35</x:v>
+        <x:v>232.35</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45737.759525463</x:v>
+        <x:v>45762.7596990741</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>62.17</x:v>
+        <x:v>20.55</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>224.236</x:v>
+        <x:v>207.058</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>251.95</x:v>
+        <x:v>232.65</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45736.7631134259</x:v>
+        <x:v>45761.7606597222</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>58.85</x:v>
+        <x:v>18.13</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>222.634</x:v>
+        <x:v>203.632</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>250.15</x:v>
+        <x:v>228.8</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45735.7582638889</x:v>
+        <x:v>45758.7869097222</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>55.68</x:v>
+        <x:v>15.92</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>221.032</x:v>
+        <x:v>200.072</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>248.35</x:v>
+        <x:v>224.8</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45734.7602314815</x:v>
+        <x:v>45757.7688078704</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>52.91</x:v>
+        <x:v>19.46</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>219.563</x:v>
+        <x:v>204.7</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>246.7</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45733.7570833333</x:v>
+        <x:v>45756.7571064815</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>52.97</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>219.563</x:v>
+        <x:v>190.816</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>246.7</x:v>
+        <x:v>214.4</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45730.76125</x:v>
+        <x:v>45755.7789814815</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>46.8</x:v>
+        <x:v>18.57</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>210.841</x:v>
+        <x:v>199.182</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>242.6</x:v>
+        <x:v>223.8</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45729.7592824074</x:v>
+        <x:v>45754.7628125</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>39.29</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>210.841</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>0</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45728.7584837963</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>48.35</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>215.87</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>0</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45727.7601388889</x:v>
+        <x:v>45751.7592824074</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>42.8</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>212.398</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>238.65</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45726.7684259259</x:v>
+        <x:v>45750.7636226852</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>48.55</x:v>
+        <x:v>35.18</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>226.372</x:v>
+        <x:v>212.666</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>254.35</x:v>
+        <x:v>238.95</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45723.7596643519</x:v>
+        <x:v>45749.7615856481</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>79.02</x:v>
+        <x:v>52.27</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>232.602</x:v>
+        <x:v>221.699</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>261.35</x:v>
+        <x:v>249.1</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45722.7590162037</x:v>
+        <x:v>45748.7584606481</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>100.72</x:v>
+        <x:v>54.15</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>235.583</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>264.7</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45721.7632291667</x:v>
+        <x:v>45747.7615740741</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>112.21</x:v>
+        <x:v>45.62</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>230.466</x:v>
+        <x:v>217.516</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>258.95</x:v>
+        <x:v>244.4</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45720.7598842593</x:v>
+        <x:v>45744.7642708333</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>95.38</x:v>
+        <x:v>49.56</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>241.68</x:v>
+        <x:v>219.608</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>271.55</x:v>
+        <x:v>246.75</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45719.76</x:v>
+        <x:v>45743.767349537</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>151.96</x:v>
+        <x:v>53.95</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>236.117</x:v>
+        <x:v>221.832</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>265.3</x:v>
+        <x:v>249.25</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45716.7600115741</x:v>
+        <x:v>45742.758912037</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>128.23</x:v>
+        <x:v>55.52</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>238.075</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>267.5</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45715.7569907407</x:v>
+        <x:v>45741.7595023148</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>137.43</x:v>
+        <x:v>75.91</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>244.928</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>275.2</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45714.7741666667</x:v>
+        <x:v>45740.763599537</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>177.33</x:v>
+        <x:v>68.67</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>242.436</x:v>
+        <x:v>227.262</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>272.4</x:v>
+        <x:v>255.35</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45713.7589467593</x:v>
+        <x:v>45737.759525463</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>164.03</x:v>
+        <x:v>62.17</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>244.127</x:v>
+        <x:v>224.236</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>274.3</x:v>
+        <x:v>251.95</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45712.7659027778</x:v>
+        <x:v>45736.7631134259</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>173.87</x:v>
+        <x:v>58.85</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>243.504</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>273.6</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45709.7637731481</x:v>
+        <x:v>45735.7582638889</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>170.97</x:v>
+        <x:v>55.68</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>244.706</x:v>
+        <x:v>221.032</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>274.95</x:v>
+        <x:v>248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45708.7618634259</x:v>
+        <x:v>45734.7602314815</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>178.18</x:v>
+        <x:v>52.91</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>245.907</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>276.3</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45707.7577430556</x:v>
+        <x:v>45733.7570833333</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>185.66</x:v>
+        <x:v>52.97</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>247.732</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>278.35</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45706.762337963</x:v>
+        <x:v>45730.76125</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>197.53</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>249.289</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>280.1</x:v>
+        <x:v>242.6</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45705.7592013889</x:v>
+        <x:v>45729.7592824074</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>208.18</x:v>
+        <x:v>39.29</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>246.486</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>276.95</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45702.7668171296</x:v>
+        <x:v>45728.7584837963</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>191.43</x:v>
+        <x:v>48.35</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>249.467</x:v>
+        <x:v>215.87</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>280.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45701.7653703704</x:v>
+        <x:v>45727.7601388889</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>211.95</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>248.444</x:v>
+        <x:v>212.398</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>279.15</x:v>
+        <x:v>238.65</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45700.7626967593</x:v>
+        <x:v>45726.7684259259</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>205.42</x:v>
+        <x:v>48.55</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>247.732</x:v>
+        <x:v>226.372</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>278.35</x:v>
+        <x:v>254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45699.7634259259</x:v>
+        <x:v>45723.7596643519</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>201.03</x:v>
+        <x:v>79.02</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>241.902</x:v>
+        <x:v>232.602</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>271.8</x:v>
+        <x:v>261.35</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45698.7617361111</x:v>
+        <x:v>45722.7590162037</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>168.71</x:v>
+        <x:v>100.72</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>241.19</x:v>
+        <x:v>235.583</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>271</x:v>
+        <x:v>264.7</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45695.7611458333</x:v>
+        <x:v>45721.7632291667</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>165.39</x:v>
+        <x:v>112.21</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>243.548</x:v>
+        <x:v>230.466</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>273.65</x:v>
+        <x:v>258.95</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45694.7634490741</x:v>
+        <x:v>45720.7598842593</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>179.51</x:v>
+        <x:v>95.38</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>241.012</x:v>
+        <x:v>241.68</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>270.8</x:v>
+        <x:v>271.55</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45693.7706365741</x:v>
+        <x:v>45719.76</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>165.75</x:v>
+        <x:v>151.96</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>241.012</x:v>
+        <x:v>236.117</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>270.8</x:v>
+        <x:v>265.3</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45692.7817476852</x:v>
+        <x:v>45716.7600115741</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>150.19</x:v>
+        <x:v>128.23</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>237.897</x:v>
+        <x:v>238.075</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>267.3</x:v>
+        <x:v>267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45715.7569907407</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>133.51</x:v>
+        <x:v>137.43</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>234.204</x:v>
+        <x:v>244.928</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>263.15</x:v>
+        <x:v>275.2</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45691.7625578704</x:v>
+        <x:v>45714.7741666667</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>133.51</x:v>
+        <x:v>177.33</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>234.204</x:v>
+        <x:v>242.436</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>263.15</x:v>
+        <x:v>272.4</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45688.76</x:v>
+        <x:v>45713.7589467593</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>159.5</x:v>
+        <x:v>164.03</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>238.965</x:v>
+        <x:v>244.127</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>268.5</x:v>
+        <x:v>274.3</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45687.7638888889</x:v>
+        <x:v>45712.7659027778</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>157.57</x:v>
+        <x:v>173.87</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>238.564</x:v>
+        <x:v>243.504</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>268.05</x:v>
+        <x:v>273.6</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45686.7638078704</x:v>
+        <x:v>45709.7637731481</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>153.84</x:v>
+        <x:v>170.97</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>237.808</x:v>
+        <x:v>244.706</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>267.2</x:v>
+        <x:v>274.95</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45708.7618634259</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>135.07</x:v>
+        <x:v>178.18</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>233.714</x:v>
+        <x:v>245.907</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>262.6</x:v>
+        <x:v>276.3</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45685.7622222222</x:v>
+        <x:v>45707.7577430556</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>135.07</x:v>
+        <x:v>185.66</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>233.714</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>262.6</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45684.7611226852</x:v>
+        <x:v>45706.762337963</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>130.44</x:v>
+        <x:v>197.53</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>232.646</x:v>
+        <x:v>249.289</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>261.4</x:v>
+        <x:v>280.1</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45681.768125</x:v>
+        <x:v>45705.7592013889</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>140.08</x:v>
+        <x:v>208.18</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>234.56</x:v>
+        <x:v>246.486</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>263.55</x:v>
+        <x:v>276.95</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45679.7595138889</x:v>
+        <x:v>45702.7668171296</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>135.25</x:v>
+        <x:v>191.43</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>233.447</x:v>
+        <x:v>249.467</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>262.3</x:v>
+        <x:v>280.3</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45678.7595601852</x:v>
+        <x:v>45701.7653703704</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>115.42</x:v>
+        <x:v>211.95</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>228.508</x:v>
+        <x:v>248.444</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>256.75</x:v>
+        <x:v>279.15</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45677.765162037</x:v>
+        <x:v>45700.7626967593</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>112.91</x:v>
+        <x:v>205.42</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>227.84</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>256</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45674.7630555556</x:v>
+        <x:v>45699.7634259259</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>116.42</x:v>
+        <x:v>201.03</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>228.596</x:v>
+        <x:v>241.902</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>256.85</x:v>
+        <x:v>271.8</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45673.7629976852</x:v>
+        <x:v>45698.7617361111</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>110.33</x:v>
+        <x:v>168.71</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>226.994</x:v>
+        <x:v>241.19</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>255.05</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45672.764537037</x:v>
+        <x:v>45695.7611458333</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>105.62</x:v>
+        <x:v>165.39</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>225.704</x:v>
+        <x:v>243.548</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>253.6</x:v>
+        <x:v>273.65</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45671.7791203704</x:v>
+        <x:v>45694.7634490741</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>88.07</x:v>
+        <x:v>179.51</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>220.186</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>247.4</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45670.7590393519</x:v>
+        <x:v>45693.7706365741</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>79.09</x:v>
+        <x:v>165.75</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>217.071</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>243.9</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45667.7626388889</x:v>
+        <x:v>45692.7817476852</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>84.78</x:v>
+        <x:v>150.19</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>218.806</x:v>
+        <x:v>237.897</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>245.85</x:v>
+        <x:v>267.3</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45666.758900463</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>82.99</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>218.184</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>245.15</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45665.7753472222</x:v>
+        <x:v>45691.7625578704</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>82.01</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>217.828</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>244.75</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45664.760625</x:v>
+        <x:v>45688.76</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>78.37</x:v>
+        <x:v>159.5</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>216.537</x:v>
+        <x:v>238.965</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>243.3</x:v>
+        <x:v>268.5</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45663.7687268518</x:v>
+        <x:v>45687.7638888889</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>69.1</x:v>
+        <x:v>157.57</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>212.932</x:v>
+        <x:v>238.564</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>239.25</x:v>
+        <x:v>268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45660.7611805556</x:v>
+        <x:v>45686.7638078704</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>60.28</x:v>
+        <x:v>153.84</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>209.016</x:v>
+        <x:v>237.808</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>234.85</x:v>
+        <x:v>267.2</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45656.7591435185</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>63.72</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>210.307</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>236.3</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45653.7593865741</x:v>
+        <x:v>45685.7622222222</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>71.64</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>213.155</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>239.5</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45649.7573726852</x:v>
+        <x:v>45684.7611226852</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>65.03</x:v>
+        <x:v>130.44</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>210.352</x:v>
+        <x:v>232.646</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>236.35</x:v>
+        <x:v>261.4</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45646.7606828704</x:v>
+        <x:v>45681.768125</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>66.16</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>210.708</x:v>
+        <x:v>234.56</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>236.75</x:v>
+        <x:v>263.55</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45645.7575462963</x:v>
+        <x:v>45679.7595138889</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>66.92</x:v>
+        <x:v>135.25</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>210.974</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>237.05</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45644.7667824074</x:v>
+        <x:v>45678.7595601852</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>75.14</x:v>
+        <x:v>115.42</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>213.867</x:v>
+        <x:v>228.508</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>240.3</x:v>
+        <x:v>256.75</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45643.7696990741</x:v>
+        <x:v>45677.765162037</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>72.21</x:v>
+        <x:v>112.91</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>212.754</x:v>
+        <x:v>227.84</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>239.05</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45642.7680555556</x:v>
+        <x:v>45674.7630555556</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>76.36</x:v>
+        <x:v>116.42</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>214.178</x:v>
+        <x:v>228.596</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>240.65</x:v>
+        <x:v>256.85</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45638.7633564815</x:v>
+        <x:v>45673.7629976852</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>78.95</x:v>
+        <x:v>110.33</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>214.935</x:v>
+        <x:v>226.994</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>241.5</x:v>
+        <x:v>255.05</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45637.796400463</x:v>
+        <x:v>45672.764537037</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>72.04</x:v>
+        <x:v>105.62</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>212.354</x:v>
+        <x:v>225.704</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>238.6</x:v>
+        <x:v>253.6</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45636.7680671296</x:v>
+        <x:v>45671.7791203704</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>75.79</x:v>
+        <x:v>88.07</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>213.644</x:v>
+        <x:v>220.186</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>240.05</x:v>
+        <x:v>247.4</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45635.7600462963</x:v>
+        <x:v>45670.7590393519</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>77.04</x:v>
+        <x:v>79.09</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>214.045</x:v>
+        <x:v>217.071</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>240.5</x:v>
+        <x:v>243.9</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45632.7600347222</x:v>
+        <x:v>45667.7626388889</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>81.38</x:v>
+        <x:v>84.78</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>215.38</x:v>
+        <x:v>218.806</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>242</x:v>
+        <x:v>245.85</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45631.7586111111</x:v>
+        <x:v>45666.758900463</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>79.76</x:v>
+        <x:v>82.99</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>214.802</x:v>
+        <x:v>218.184</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>241.35</x:v>
+        <x:v>245.15</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45630.7638541667</x:v>
+        <x:v>45665.7753472222</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>80.8</x:v>
+        <x:v>82.01</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>215.113</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>241.7</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45629.7659143519</x:v>
+        <x:v>45664.760625</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>62.19</x:v>
+        <x:v>78.37</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>207.326</x:v>
+        <x:v>216.537</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>232.95</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45628.7705902778</x:v>
+        <x:v>45663.7687268518</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>58.42</x:v>
+        <x:v>69.1</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>205.634</x:v>
+        <x:v>212.932</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>231.05</x:v>
+        <x:v>239.25</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45625.7598842593</x:v>
+        <x:v>45660.7611805556</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>48.08</x:v>
+        <x:v>60.28</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>200.161</x:v>
+        <x:v>209.016</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>224.9</x:v>
+        <x:v>234.85</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45624.7723726852</x:v>
+        <x:v>45656.7591435185</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>42.39</x:v>
+        <x:v>63.72</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>196.824</x:v>
+        <x:v>210.307</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>221.15</x:v>
+        <x:v>236.3</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45623.7603240741</x:v>
+        <x:v>45653.7593865741</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>40.95</x:v>
+        <x:v>71.64</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>195.934</x:v>
+        <x:v>213.155</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>220.15</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45622.7714699074</x:v>
+        <x:v>45649.7573726852</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>46.04</x:v>
+        <x:v>65.03</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>198.648</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>223.2</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45621.7637962963</x:v>
+        <x:v>45646.7606828704</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>46.6</x:v>
+        <x:v>66.16</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>198.915</x:v>
+        <x:v>210.708</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>223.5</x:v>
+        <x:v>236.75</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45618.7851273148</x:v>
+        <x:v>45645.7575462963</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>51.14</x:v>
+        <x:v>66.92</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>201.051</x:v>
+        <x:v>210.974</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>225.9</x:v>
+        <x:v>237.05</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45617.7602546296</x:v>
+        <x:v>45644.7667824074</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>49.1</x:v>
+        <x:v>75.14</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>199.983</x:v>
+        <x:v>213.867</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>224.7</x:v>
+        <x:v>240.3</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45616.7634837963</x:v>
+        <x:v>45643.7696990741</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>42.79</x:v>
+        <x:v>72.21</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>196.334</x:v>
+        <x:v>212.754</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>220.6</x:v>
+        <x:v>239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45615.7578125</x:v>
+        <x:v>45642.7680555556</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>41.78</x:v>
+        <x:v>76.36</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>195.711</x:v>
+        <x:v>214.178</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>219.9</x:v>
+        <x:v>240.65</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45614.7649074074</x:v>
+        <x:v>45638.7633564815</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>39.93</x:v>
+        <x:v>78.95</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>194.554</x:v>
+        <x:v>214.935</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>218.6</x:v>
+        <x:v>241.5</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45611.7686342593</x:v>
+        <x:v>45637.796400463</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>38.25</x:v>
+        <x:v>72.04</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>193.397</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>217.3</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45610.7625231482</x:v>
+        <x:v>45636.7680671296</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>44.32</x:v>
+        <x:v>75.79</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>196.734</x:v>
+        <x:v>213.644</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>221.05</x:v>
+        <x:v>240.05</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45609.7625925926</x:v>
+        <x:v>45635.7600462963</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>41.93</x:v>
+        <x:v>77.04</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>195.31</x:v>
+        <x:v>214.045</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>219.45</x:v>
+        <x:v>240.5</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45608.7778703704</x:v>
+        <x:v>45632.7600347222</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>43.48</x:v>
+        <x:v>81.38</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>196.156</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>220.4</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45607.7591898148</x:v>
+        <x:v>45631.7586111111</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>45.51</x:v>
+        <x:v>79.76</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>197.224</x:v>
+        <x:v>214.802</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>221.6</x:v>
+        <x:v>241.35</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45604.7573148148</x:v>
+        <x:v>45630.7638541667</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>45.35</x:v>
+        <x:v>80.8</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>197.046</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>221.4</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45603.7594791667</x:v>
+        <x:v>45629.7659143519</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>44.13</x:v>
+        <x:v>62.19</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>196.334</x:v>
+        <x:v>207.326</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>220.6</x:v>
+        <x:v>232.95</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45602.7588425926</x:v>
+        <x:v>45628.7705902778</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>34.31</x:v>
+        <x:v>58.42</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>189.526</x:v>
+        <x:v>205.634</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>212.95</x:v>
+        <x:v>231.05</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45601.7577199074</x:v>
+        <x:v>45625.7598842593</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>38.19</x:v>
+        <x:v>48.08</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>191.928</x:v>
+        <x:v>200.161</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>215.65</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45600.7605439815</x:v>
+        <x:v>45624.7723726852</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>35.76</x:v>
+        <x:v>42.39</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>190.282</x:v>
+        <x:v>196.824</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>213.8</x:v>
+        <x:v>221.15</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45597.7588194444</x:v>
+        <x:v>45623.7603240741</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>40.3</x:v>
+        <x:v>40.95</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>192.908</x:v>
+        <x:v>195.934</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>216.75</x:v>
+        <x:v>220.15</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45596.7616550926</x:v>
+        <x:v>45622.7714699074</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>37.61</x:v>
+        <x:v>46.04</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>191.172</x:v>
+        <x:v>198.648</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>214.8</x:v>
+        <x:v>223.2</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45595.7568865741</x:v>
+        <x:v>45621.7637962963</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>45.56</x:v>
+        <x:v>46.6</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>195.4</x:v>
+        <x:v>198.915</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>219.55</x:v>
+        <x:v>223.5</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45594.7605208333</x:v>
+        <x:v>45618.7851273148</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>54.25</x:v>
+        <x:v>51.14</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>199.36</x:v>
+        <x:v>201.051</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>224</x:v>
+        <x:v>225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45593.7742013889</x:v>
+        <x:v>45617.7602546296</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>51.89</x:v>
+        <x:v>49.1</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>198.203</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>222.7</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45590.768275463</x:v>
+        <x:v>45616.7634837963</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>49.14</x:v>
+        <x:v>42.79</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>196.734</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>221.05</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45589.7589699074</x:v>
+        <x:v>45615.7578125</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>45.85</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>194.954</x:v>
+        <x:v>195.711</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>219.05</x:v>
+        <x:v>219.9</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45588.7683796296</x:v>
+        <x:v>45614.7649074074</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>45.25</x:v>
+        <x:v>39.93</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>194.598</x:v>
+        <x:v>194.554</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>218.65</x:v>
+        <x:v>218.6</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45587.7587384259</x:v>
+        <x:v>45611.7686342593</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>40.22</x:v>
+        <x:v>38.25</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>191.572</x:v>
+        <x:v>193.397</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>215.25</x:v>
+        <x:v>217.3</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45586.7589467593</x:v>
+        <x:v>45610.7625231482</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>34.39</x:v>
+        <x:v>44.32</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>187.568</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>210.75</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45583.7647800926</x:v>
+        <x:v>45609.7625925926</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>37.49</x:v>
+        <x:v>41.93</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>189.436</x:v>
+        <x:v>195.31</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>212.85</x:v>
+        <x:v>219.45</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45581.7579166667</x:v>
+        <x:v>45608.7778703704</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>34.64</x:v>
+        <x:v>43.48</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>187.478</x:v>
+        <x:v>196.156</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>210.65</x:v>
+        <x:v>220.4</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45580.7601967593</x:v>
+        <x:v>45607.7591898148</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>33.59</x:v>
+        <x:v>45.51</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>186.722</x:v>
+        <x:v>197.224</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>209.8</x:v>
+        <x:v>221.6</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45579.7582175926</x:v>
+        <x:v>45604.7573148148</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>36.02</x:v>
+        <x:v>45.35</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>188.28</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>211.55</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45576.767962963</x:v>
+        <x:v>45603.7594791667</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>32.48</x:v>
+        <x:v>44.13</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>185.654</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>208.6</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45575.7566435185</x:v>
+        <x:v>45602.7588425926</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>29.58</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>183.384</x:v>
+        <x:v>189.526</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>206.05</x:v>
+        <x:v>212.95</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45574.7610532407</x:v>
+        <x:v>45601.7577199074</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>31.83</x:v>
+        <x:v>38.19</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>184.986</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>207.85</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45573.7606597222</x:v>
+        <x:v>45600.7605439815</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>28.68</x:v>
+        <x:v>35.76</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>182.45</x:v>
+        <x:v>190.282</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>205</x:v>
+        <x:v>213.8</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45572.7565625</x:v>
+        <x:v>45597.7588194444</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>24.17</x:v>
+        <x:v>40.3</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>178.267</x:v>
+        <x:v>192.908</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>200.3</x:v>
+        <x:v>216.75</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45569.7642476852</x:v>
+        <x:v>45596.7616550926</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>24.66</x:v>
+        <x:v>37.61</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>178.623</x:v>
+        <x:v>191.172</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>200.7</x:v>
+        <x:v>214.8</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45568.7656481481</x:v>
+        <x:v>45595.7568865741</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>24.79</x:v>
+        <x:v>45.56</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>178.712</x:v>
+        <x:v>195.4</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>200.8</x:v>
+        <x:v>219.55</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45567.7653472222</x:v>
+        <x:v>45594.7605208333</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>28.08</x:v>
+        <x:v>54.25</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>181.338</x:v>
+        <x:v>199.36</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>203.75</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45566.7563657407</x:v>
+        <x:v>45593.7742013889</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>28.74</x:v>
+        <x:v>51.89</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>181.827</x:v>
+        <x:v>198.203</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>204.3</x:v>
+        <x:v>222.7</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45565.7591782407</x:v>
+        <x:v>45590.768275463</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>28.89</x:v>
+        <x:v>49.14</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>181.916</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>204.4</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45562.7586574074</x:v>
+        <x:v>45589.7589699074</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>30.56</x:v>
+        <x:v>45.85</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>183.073</x:v>
+        <x:v>194.954</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>205.7</x:v>
+        <x:v>219.05</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45561.7612847222</x:v>
+        <x:v>45588.7683796296</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>29.22</x:v>
+        <x:v>45.25</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>182.005</x:v>
+        <x:v>194.598</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>204.5</x:v>
+        <x:v>218.65</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45560.7714236111</x:v>
+        <x:v>45587.7587384259</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>26.43</x:v>
+        <x:v>40.22</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>179.602</x:v>
+        <x:v>191.572</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>201.8</x:v>
+        <x:v>215.25</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45559.7595833333</x:v>
+        <x:v>45586.7589467593</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>32.9</x:v>
+        <x:v>34.39</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>184.096</x:v>
+        <x:v>187.568</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>206.85</x:v>
+        <x:v>210.75</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45558.7542476852</x:v>
+        <x:v>45583.7647800926</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>32.94</x:v>
+        <x:v>37.49</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>184.096</x:v>
+        <x:v>189.436</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>206.85</x:v>
+        <x:v>212.85</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45555.7576851852</x:v>
+        <x:v>45581.7579166667</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>30.28</x:v>
+        <x:v>34.64</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>182.005</x:v>
+        <x:v>187.478</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>204.5</x:v>
+        <x:v>210.65</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45554.7554976852</x:v>
+        <x:v>45580.7601967593</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>32.33</x:v>
+        <x:v>33.59</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>183.429</x:v>
+        <x:v>186.722</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>206.1</x:v>
+        <x:v>209.8</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45553.7545486111</x:v>
+        <x:v>45579.7582175926</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>25.66</x:v>
+        <x:v>36.02</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>177.626</x:v>
+        <x:v>188.28</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>199.58</x:v>
+        <x:v>211.55</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45552.7566435185</x:v>
+        <x:v>45576.767962963</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>26.84</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>178.578</x:v>
+        <x:v>185.654</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>200.65</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45551.7526967593</x:v>
+        <x:v>45575.7566435185</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>26.35</x:v>
+        <x:v>29.58</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>178.134</x:v>
+        <x:v>183.384</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>200.15</x:v>
+        <x:v>206.05</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45548.7577893519</x:v>
+        <x:v>45574.7610532407</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>26.99</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>178.578</x:v>
+        <x:v>184.986</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>200.65</x:v>
+        <x:v>207.85</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45547.7527430556</x:v>
+        <x:v>45573.7606597222</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>25.52</x:v>
+        <x:v>28.68</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>177.27</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>199.18</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45546.7507291667</x:v>
+        <x:v>45572.7565625</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>21.36</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>173.034</x:v>
+        <x:v>178.267</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>194.42</x:v>
+        <x:v>200.3</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45545.7516898148</x:v>
+        <x:v>45569.7642476852</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>19.84</x:v>
+        <x:v>24.66</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>171.361</x:v>
+        <x:v>178.623</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>192.54</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45544.753125</x:v>
+        <x:v>45568.7656481481</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>19.9</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>171.396</x:v>
+        <x:v>178.712</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>192.58</x:v>
+        <x:v>200.8</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45541.774837963</x:v>
+        <x:v>45567.7653472222</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>18.53</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>169.741</x:v>
+        <x:v>181.338</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>190.72</x:v>
+        <x:v>203.75</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45540.7512152778</x:v>
+        <x:v>45566.7563657407</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>19.13</x:v>
+        <x:v>28.74</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>170.382</x:v>
+        <x:v>181.827</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>191.44</x:v>
+        <x:v>204.3</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45539.7506365741</x:v>
+        <x:v>45565.7591782407</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>21.02</x:v>
+        <x:v>28.89</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>172.286</x:v>
+        <x:v>181.916</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>193.58</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45538.7615277778</x:v>
+        <x:v>45562.7586574074</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>25.88</x:v>
+        <x:v>30.56</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>176.398</x:v>
+        <x:v>183.073</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>198.2</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45537.7585416667</x:v>
+        <x:v>45561.7612847222</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>27.76</x:v>
+        <x:v>29.22</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>177.875</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>199.86</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45534.7589467593</x:v>
+        <x:v>45560.7714236111</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>25.65</x:v>
+        <x:v>26.43</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>175.971</x:v>
+        <x:v>179.602</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>197.72</x:v>
+        <x:v>201.8</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45533.7649768519</x:v>
+        <x:v>45559.7595833333</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>27.1</x:v>
+        <x:v>32.9</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>177.128</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>199.02</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45532.7507638889</x:v>
+        <x:v>45558.7542476852</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>23.46</x:v>
+        <x:v>32.94</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>173.728</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>195.2</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45531.7524305556</x:v>
+        <x:v>45555.7576851852</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>23.55</x:v>
+        <x:v>30.28</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>173.781</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>195.26</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45530.753275463</x:v>
+        <x:v>45554.7554976852</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>22.59</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>172.838</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>194.2</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45527.7532523148</x:v>
+        <x:v>45553.7545486111</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>24.09</x:v>
+        <x:v>25.66</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>174.102</x:v>
+        <x:v>177.626</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>195.62</x:v>
+        <x:v>199.58</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45526.7496064815</x:v>
+        <x:v>45552.7566435185</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>25.07</x:v>
+        <x:v>26.84</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>174.921</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>196.54</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45525.7533333333</x:v>
+        <x:v>45551.7526967593</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>25.06</x:v>
+        <x:v>26.35</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>174.885</x:v>
+        <x:v>178.134</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>196.5</x:v>
+        <x:v>200.15</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45524.7571990741</x:v>
+        <x:v>45548.7577893519</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>24.49</x:v>
+        <x:v>26.99</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>174.351</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>195.9</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45523.750787037</x:v>
+        <x:v>45547.7527430556</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>25.94</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>175.544</x:v>
+        <x:v>177.27</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>197.24</x:v>
+        <x:v>199.18</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45520.7525462963</x:v>
+        <x:v>45546.7507291667</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>25.58</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>175.152</x:v>
+        <x:v>173.034</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>196.8</x:v>
+        <x:v>194.42</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45519.7846180556</x:v>
+        <x:v>45545.7516898148</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>24.79</x:v>
+        <x:v>19.84</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>174.422</x:v>
+        <x:v>171.361</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>195.98</x:v>
+        <x:v>192.54</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45518.7548726852</x:v>
+        <x:v>45544.753125</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>21.35</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>170.951</x:v>
+        <x:v>171.396</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>192.08</x:v>
+        <x:v>192.58</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45517.7495023148</x:v>
+        <x:v>45541.774837963</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>20.94</x:v>
+        <x:v>18.53</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>170.506</x:v>
+        <x:v>169.741</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>191.58</x:v>
+        <x:v>190.72</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45516.7502893519</x:v>
+        <x:v>45540.7512152778</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>19.12</x:v>
+        <x:v>19.13</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>168.477</x:v>
+        <x:v>170.382</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>189.3</x:v>
+        <x:v>191.44</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45513.7534259259</x:v>
+        <x:v>45539.7506365741</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>19.72</x:v>
+        <x:v>21.02</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>169.029</x:v>
+        <x:v>172.286</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>189.92</x:v>
+        <x:v>193.58</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45512.7521412037</x:v>
+        <x:v>45538.7615277778</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>18.46</x:v>
+        <x:v>25.88</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>167.569</x:v>
+        <x:v>176.398</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>188.28</x:v>
+        <x:v>198.2</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45511.7529166667</x:v>
+        <x:v>45537.7585416667</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>18.25</x:v>
+        <x:v>27.76</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>167.302</x:v>
+        <x:v>177.875</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>187.98</x:v>
+        <x:v>199.86</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45510.7710416667</x:v>
+        <x:v>45534.7589467593</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>16.44</x:v>
+        <x:v>25.65</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>165.006</x:v>
+        <x:v>175.971</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>185.4</x:v>
+        <x:v>197.72</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45509.7565162037</x:v>
+        <x:v>45533.7649768519</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>13.9</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>161.286</x:v>
+        <x:v>177.128</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>181.22</x:v>
+        <x:v>199.02</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45506.7577777778</x:v>
+        <x:v>45532.7507638889</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>17.74</x:v>
+        <x:v>23.46</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>165.682</x:v>
+        <x:v>173.728</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>186.16</x:v>
+        <x:v>195.2</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45504.7536574074</x:v>
+        <x:v>45531.7524305556</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>27.98</x:v>
+        <x:v>23.55</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>173.568</x:v>
+        <x:v>173.781</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>195.02</x:v>
+        <x:v>195.26</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45503.7497337963</x:v>
+        <x:v>45530.753275463</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>24.9</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>170.898</x:v>
+        <x:v>172.838</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>192.02</x:v>
+        <x:v>194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45502.7520023148</x:v>
+        <x:v>45527.7532523148</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>25.86</x:v>
+        <x:v>24.09</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>171.663</x:v>
+        <x:v>174.102</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>192.88</x:v>
+        <x:v>195.62</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45499.750150463</x:v>
+        <x:v>45526.7496064815</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>29.48</x:v>
+        <x:v>25.07</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>174.244</x:v>
+        <x:v>174.921</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>195.78</x:v>
+        <x:v>196.54</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45498.7520138889</x:v>
+        <x:v>45525.7533333333</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>28.85</x:v>
+        <x:v>25.06</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>173.746</x:v>
+        <x:v>174.885</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>195.22</x:v>
+        <x:v>196.5</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45497.7533912037</x:v>
+        <x:v>45524.7571990741</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>27.31</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>172.5</x:v>
+        <x:v>174.351</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>193.82</x:v>
+        <x:v>195.9</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45496.7496643519</x:v>
+        <x:v>45523.750787037</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>31.04</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>175.099</x:v>
+        <x:v>175.544</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>196.74</x:v>
+        <x:v>197.24</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45495.7513657407</x:v>
+        <x:v>45520.7525462963</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>19.77</x:v>
+        <x:v>25.58</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>163.422</x:v>
+        <x:v>175.152</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>183.62</x:v>
+        <x:v>196.8</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45492.7567708333</x:v>
+        <x:v>45519.7846180556</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>18.15</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>161.535</x:v>
+        <x:v>174.422</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>181.5</x:v>
+        <x:v>195.98</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45491.7526851852</x:v>
+        <x:v>45518.7548726852</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>17.46</x:v>
+        <x:v>21.35</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>160.716</x:v>
+        <x:v>170.951</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>180.58</x:v>
+        <x:v>192.08</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45490.7535069444</x:v>
+        <x:v>45517.7495023148</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>19.8</x:v>
+        <x:v>20.94</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>163.101</x:v>
+        <x:v>170.506</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>183.26</x:v>
+        <x:v>191.58</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45489.7500925926</x:v>
+        <x:v>45516.7502893519</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>23.88</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>166.626</x:v>
+        <x:v>168.477</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>187.22</x:v>
+        <x:v>189.3</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45488.7523263889</x:v>
+        <x:v>45513.7534259259</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>24.47</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>167.106</x:v>
+        <x:v>169.029</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>187.76</x:v>
+        <x:v>189.92</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45485.7526041667</x:v>
+        <x:v>45512.7521412037</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>25.64</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>167.979</x:v>
+        <x:v>167.569</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>188.74</x:v>
+        <x:v>188.28</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45484.7507638889</x:v>
+        <x:v>45511.7529166667</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>23.39</x:v>
+        <x:v>18.25</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>165.949</x:v>
+        <x:v>167.302</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>186.46</x:v>
+        <x:v>187.98</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45483.7515277778</x:v>
+        <x:v>45510.7710416667</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>22.77</x:v>
+        <x:v>16.44</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>165.362</x:v>
+        <x:v>165.006</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>185.8</x:v>
+        <x:v>185.4</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45482.7511458333</x:v>
+        <x:v>45509.7565162037</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>21.82</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>164.436</x:v>
+        <x:v>161.286</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>184.76</x:v>
+        <x:v>181.22</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45481.7521180556</x:v>
+        <x:v>45506.7577777778</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>25.15</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>167.178</x:v>
+        <x:v>165.682</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>187.84</x:v>
+        <x:v>186.16</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45478.7524074074</x:v>
+        <x:v>45504.7536574074</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>26.66</x:v>
+        <x:v>27.98</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>168.281</x:v>
+        <x:v>173.568</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>189.08</x:v>
+        <x:v>195.02</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45477.7564351852</x:v>
+        <x:v>45503.7497337963</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>24.53</x:v>
+        <x:v>24.9</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>166.448</x:v>
+        <x:v>170.898</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>187.02</x:v>
+        <x:v>192.02</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45476.7537962963</x:v>
+        <x:v>45502.7520023148</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>25.26</x:v>
+        <x:v>25.86</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>167.017</x:v>
+        <x:v>171.663</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>187.66</x:v>
+        <x:v>192.88</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45475.7575</x:v>
+        <x:v>45499.750150463</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>22.86</x:v>
+        <x:v>29.48</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>164.828</x:v>
+        <x:v>174.244</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>185.2</x:v>
+        <x:v>195.78</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45474.7653125</x:v>
+        <x:v>45498.7520138889</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>23.37</x:v>
+        <x:v>28.85</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>165.255</x:v>
+        <x:v>173.746</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>185.68</x:v>
+        <x:v>195.22</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45471.7526157407</x:v>
+        <x:v>45497.7533912037</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>28.03</x:v>
+        <x:v>27.31</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>168.673</x:v>
+        <x:v>172.5</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>189.52</x:v>
+        <x:v>193.82</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45470.7516782407</x:v>
+        <x:v>45496.7496643519</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>25.78</x:v>
+        <x:v>31.04</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>166.822</x:v>
+        <x:v>175.099</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>187.44</x:v>
+        <x:v>196.74</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45469.7562037037</x:v>
+        <x:v>45495.7513657407</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>24.33</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>165.558</x:v>
+        <x:v>163.422</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>186.02</x:v>
+        <x:v>183.62</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45468.7651388889</x:v>
+        <x:v>45492.7567708333</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>20.48</x:v>
+        <x:v>18.15</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>161.731</x:v>
+        <x:v>161.535</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>181.72</x:v>
+        <x:v>181.5</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45467.7596875</x:v>
+        <x:v>45491.7526851852</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>18.63</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>159.719</x:v>
+        <x:v>160.716</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>179.46</x:v>
+        <x:v>180.58</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45464.7598032407</x:v>
+        <x:v>45490.7535069444</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>20.13</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>161.143</x:v>
+        <x:v>163.101</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>181.06</x:v>
+        <x:v>183.26</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45463.7553009259</x:v>
+        <x:v>45489.7500925926</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>19.01</x:v>
+        <x:v>23.88</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>159.933</x:v>
+        <x:v>166.626</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>179.7</x:v>
+        <x:v>187.22</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45462.7591319444</x:v>
+        <x:v>45488.7523263889</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>16.48</x:v>
+        <x:v>24.47</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>156.889</x:v>
+        <x:v>167.106</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>176.28</x:v>
+        <x:v>187.76</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45461.750162037</x:v>
+        <x:v>45485.7526041667</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>16.29</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>156.64</x:v>
+        <x:v>167.979</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>176</x:v>
+        <x:v>188.74</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45460.7520023148</x:v>
+        <x:v>45484.7507638889</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>16.14</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>156.426</x:v>
+        <x:v>165.949</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>175.76</x:v>
+        <x:v>186.46</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45457.75375</x:v>
+        <x:v>45483.7515277778</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>15.5</x:v>
+        <x:v>22.77</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>155.554</x:v>
+        <x:v>165.362</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>174.78</x:v>
+        <x:v>185.8</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45456.754537037</x:v>
+        <x:v>45482.7511458333</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>18.14</x:v>
+        <x:v>21.82</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>158.402</x:v>
+        <x:v>164.436</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>177.98</x:v>
+        <x:v>184.76</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45455.75625</x:v>
+        <x:v>45481.7521180556</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>21.39</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>161.446</x:v>
+        <x:v>167.178</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>181.4</x:v>
+        <x:v>187.84</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45454.7546527778</x:v>
+        <x:v>45478.7524074074</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>16.82</x:v>
+        <x:v>26.66</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>156.106</x:v>
+        <x:v>168.281</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>175.4</x:v>
+        <x:v>189.08</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45453.7552314815</x:v>
+        <x:v>45477.7564351852</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>18</x:v>
+        <x:v>24.53</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>157.37</x:v>
+        <x:v>166.448</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>176.82</x:v>
+        <x:v>187.02</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45450.7637962963</x:v>
+        <x:v>45476.7537962963</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>18.52</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>157.85</x:v>
+        <x:v>167.017</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>177.36</x:v>
+        <x:v>187.66</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45449.7532986111</x:v>
+        <x:v>45475.7575</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>18.86</x:v>
+        <x:v>22.86</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>158.171</x:v>
+        <x:v>164.828</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>177.72</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45448.7575925926</x:v>
+        <x:v>45474.7653125</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>14.64</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>152.653</x:v>
+        <x:v>165.255</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>171.52</x:v>
+        <x:v>185.68</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45447.7542592593</x:v>
+        <x:v>45471.7526157407</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>12.88</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>150.054</x:v>
+        <x:v>168.673</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>168.6</x:v>
+        <x:v>189.52</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45446.7532291667</x:v>
+        <x:v>45470.7516782407</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>12.69</x:v>
+        <x:v>25.78</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>149.751</x:v>
+        <x:v>166.822</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>168.26</x:v>
+        <x:v>187.44</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45443.7518287037</x:v>
+        <x:v>45469.7562037037</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>11.46</x:v>
+        <x:v>24.33</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>147.704</x:v>
+        <x:v>165.558</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>165.96</x:v>
+        <x:v>186.02</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45442.7577199074</x:v>
+        <x:v>45468.7651388889</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>13.11</x:v>
+        <x:v>20.48</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>150.036</x:v>
+        <x:v>161.731</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>168.58</x:v>
+        <x:v>181.72</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45441.7499189815</x:v>
+        <x:v>45467.7596875</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>19.6</x:v>
+        <x:v>18.63</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>156.48</x:v>
+        <x:v>159.719</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>175.82</x:v>
+        <x:v>179.46</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45440.7591319444</x:v>
+        <x:v>45464.7598032407</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>20.95</x:v>
+        <x:v>20.13</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>157.726</x:v>
+        <x:v>161.143</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>177.22</x:v>
+        <x:v>181.06</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45439.7628472222</x:v>
+        <x:v>45463.7553009259</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>24.45</x:v>
+        <x:v>19.01</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>160.574</x:v>
+        <x:v>159.933</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>180.42</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45436.7528472222</x:v>
+        <x:v>45462.7591319444</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>24.17</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>160.253</x:v>
+        <x:v>156.889</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>180.06</x:v>
+        <x:v>176.28</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45435.7561226852</x:v>
+        <x:v>45461.750162037</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>25.68</x:v>
+        <x:v>16.29</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>161.41</x:v>
+        <x:v>156.64</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>181.36</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45434.750162037</x:v>
+        <x:v>45460.7520023148</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>23.57</x:v>
+        <x:v>16.14</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>159.595</x:v>
+        <x:v>156.426</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>179.32</x:v>
+        <x:v>175.76</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45433.753912037</x:v>
+        <x:v>45457.75375</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>24.34</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>160.2</x:v>
+        <x:v>155.554</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>180</x:v>
+        <x:v>174.78</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45429.760474537</x:v>
+        <x:v>45456.754537037</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>21.55</x:v>
+        <x:v>18.14</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>157.548</x:v>
+        <x:v>158.402</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>177.02</x:v>
+        <x:v>177.98</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45428.7605671296</x:v>
+        <x:v>45455.75625</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>21.31</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>157.299</x:v>
+        <x:v>161.446</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>176.74</x:v>
+        <x:v>181.4</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45427.7860648148</x:v>
+        <x:v>45454.7546527778</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>19.35</x:v>
+        <x:v>16.82</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>156.729</x:v>
+        <x:v>156.106</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>176.1</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45426.7552430556</x:v>
+        <x:v>45453.7552314815</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>18.2</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>155.465</x:v>
+        <x:v>157.37</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>174.68</x:v>
+        <x:v>176.82</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45425.7516319444</x:v>
+        <x:v>45450.7637962963</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>20.04</x:v>
+        <x:v>18.52</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>157.245</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>176.68</x:v>
+        <x:v>177.36</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45422.7512847222</x:v>
+        <x:v>45449.7532986111</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>19.57</x:v>
+        <x:v>18.86</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>156.693</x:v>
+        <x:v>158.171</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>176.06</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45420.7954513889</x:v>
+        <x:v>45448.7575925926</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>19.99</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>157.049</x:v>
+        <x:v>152.653</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>176.46</x:v>
+        <x:v>171.52</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45419.7550810185</x:v>
+        <x:v>45447.7542592593</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>18.26</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>155.18</x:v>
+        <x:v>150.054</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>174.36</x:v>
+        <x:v>168.6</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45418.754537037</x:v>
+        <x:v>45446.7532291667</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>16.12</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>152.617</x:v>
+        <x:v>149.751</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>171.48</x:v>
+        <x:v>168.26</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45415.7562731481</x:v>
+        <x:v>45443.7518287037</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>15.63</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>151.941</x:v>
+        <x:v>147.704</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>170.72</x:v>
+        <x:v>165.96</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45414.7536458333</x:v>
+        <x:v>45442.7577199074</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>14.18</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>150.001</x:v>
+        <x:v>150.036</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>168.54</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45412.7543518519</x:v>
+        <x:v>45441.7499189815</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>15.04</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>151.033</x:v>
+        <x:v>156.48</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>169.7</x:v>
+        <x:v>175.82</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45411.78375</x:v>
+        <x:v>45440.7591319444</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>16.38</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>152.564</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>171.42</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45408.748287037</x:v>
+        <x:v>45439.7628472222</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>18.68</x:v>
+        <x:v>24.45</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>154.86</x:v>
+        <x:v>160.574</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>174</x:v>
+        <x:v>180.42</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45407.7557523148</x:v>
+        <x:v>45436.7528472222</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>15.87</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>151.478</x:v>
+        <x:v>160.253</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>170.2</x:v>
+        <x:v>180.06</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45406.7657407407</x:v>
+        <x:v>45435.7561226852</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>21.03</x:v>
+        <x:v>25.68</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>156.248</x:v>
+        <x:v>161.41</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>175.56</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45405.7568518519</x:v>
+        <x:v>45434.750162037</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>20.41</x:v>
+        <x:v>23.57</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>155.625</x:v>
+        <x:v>159.595</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>174.86</x:v>
+        <x:v>179.32</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45404.7572337963</x:v>
+        <x:v>45433.753912037</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>14.37</x:v>
+        <x:v>24.34</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>147.829</x:v>
+        <x:v>160.2</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>166.1</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45401.7981018519</x:v>
+        <x:v>45429.760474537</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>14.22</x:v>
+        <x:v>21.55</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>147.562</x:v>
+        <x:v>157.548</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>165.8</x:v>
+        <x:v>177.02</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45400.7584837963</x:v>
+        <x:v>45428.7605671296</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>16.95</x:v>
+        <x:v>21.31</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>150.57</x:v>
+        <x:v>157.299</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>169.18</x:v>
+        <x:v>176.74</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45399.7645949074</x:v>
+        <x:v>45427.7860648148</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>16.65</x:v>
+        <x:v>19.35</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>150.196</x:v>
+        <x:v>156.729</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>168.76</x:v>
+        <x:v>176.1</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45398.7542939815</x:v>
+        <x:v>45426.7552430556</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>18.04</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>151.638</x:v>
+        <x:v>155.465</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>170.38</x:v>
+        <x:v>174.68</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45397.7515509259</x:v>
+        <x:v>45425.7516319444</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>19.22</x:v>
+        <x:v>20.04</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>152.777</x:v>
+        <x:v>157.245</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>171.66</x:v>
+        <x:v>176.68</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45394.7514814815</x:v>
+        <x:v>45422.7512847222</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>18.77</x:v>
+        <x:v>19.57</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>152.243</x:v>
+        <x:v>156.693</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>171.06</x:v>
+        <x:v>176.06</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45393.7590972222</x:v>
+        <x:v>45420.7954513889</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>18.94</x:v>
+        <x:v>19.99</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>152.386</x:v>
+        <x:v>157.049</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>171.22</x:v>
+        <x:v>176.46</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45392.7661689815</x:v>
+        <x:v>45419.7550810185</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>19.04</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>152.457</x:v>
+        <x:v>155.18</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>171.3</x:v>
+        <x:v>174.36</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45391.7576851852</x:v>
+        <x:v>45418.754537037</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>20.11</x:v>
+        <x:v>16.12</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>153.454</x:v>
+        <x:v>152.617</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>172.42</x:v>
+        <x:v>171.48</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45390.7570949074</x:v>
+        <x:v>45415.7562731481</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>25.72</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>157.726</x:v>
+        <x:v>151.941</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>177.22</x:v>
+        <x:v>170.72</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45387.754375</x:v>
+        <x:v>45414.7536458333</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>26.07</x:v>
+        <x:v>14.18</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>157.904</x:v>
+        <x:v>150.001</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>177.42</x:v>
+        <x:v>168.54</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45386.758287037</x:v>
+        <x:v>45412.7543518519</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>26.83</x:v>
+        <x:v>15.04</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>158.438</x:v>
+        <x:v>151.033</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>178.02</x:v>
+        <x:v>169.7</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45385.7623032407</x:v>
+        <x:v>45411.78375</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>27.11</x:v>
+        <x:v>16.38</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>158.616</x:v>
+        <x:v>152.564</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>178.22</x:v>
+        <x:v>171.42</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45384.7596064815</x:v>
+        <x:v>45408.748287037</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>25.8</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>157.583</x:v>
+        <x:v>154.86</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>177.06</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45379.7526041667</x:v>
+        <x:v>45407.7557523148</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>30.63</x:v>
+        <x:v>15.87</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>160.609</x:v>
+        <x:v>151.478</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>180.46</x:v>
+        <x:v>170.2</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45378.7519675926</x:v>
+        <x:v>45406.7657407407</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>32.96</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>162.016</x:v>
+        <x:v>156.248</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>182.04</x:v>
+        <x:v>175.56</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45377.7511574074</x:v>
+        <x:v>45405.7568518519</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>33.84</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>162.514</x:v>
+        <x:v>155.625</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>182.6</x:v>
+        <x:v>174.86</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45376.7574074074</x:v>
+        <x:v>45404.7572337963</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>31.31</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>160.859</x:v>
+        <x:v>147.829</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>180.74</x:v>
+        <x:v>166.1</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45373.7547337963</x:v>
+        <x:v>45401.7981018519</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>30.81</x:v>
+        <x:v>14.22</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>160.449</x:v>
+        <x:v>147.562</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>180.28</x:v>
+        <x:v>165.8</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45372.7581944444</x:v>
+        <x:v>45400.7584837963</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>31.24</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>160.698</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>180.56</x:v>
+        <x:v>169.18</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45363.7501851852</x:v>
+        <x:v>45399.7645949074</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>28.35</x:v>
+        <x:v>16.65</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>157.53</x:v>
+        <x:v>150.196</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>177</x:v>
+        <x:v>168.76</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45362.7530324074</x:v>
+        <x:v>45398.7542939815</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>24.46</x:v>
+        <x:v>18.04</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>154.433</x:v>
+        <x:v>151.638</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>173.52</x:v>
+        <x:v>170.38</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45359.7549768519</x:v>
+        <x:v>45397.7515509259</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>29.08</x:v>
+        <x:v>19.22</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>157.477</x:v>
+        <x:v>152.777</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>176.94</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45358.7545949074</x:v>
+        <x:v>45394.7514814815</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>30.27</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>158.224</x:v>
+        <x:v>152.243</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>177.78</x:v>
+        <x:v>171.06</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45357.7532986111</x:v>
+        <x:v>45393.7590972222</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>27.2</x:v>
+        <x:v>18.94</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>155.999</x:v>
+        <x:v>152.386</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>175.28</x:v>
+        <x:v>171.22</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45356.754537037</x:v>
+        <x:v>45392.7661689815</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>25.15</x:v>
+        <x:v>19.04</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>154.397</x:v>
+        <x:v>152.457</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>173.48</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45355.7463541667</x:v>
+        <x:v>45391.7576851852</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>27.36</x:v>
+        <x:v>20.11</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>155.946</x:v>
+        <x:v>153.454</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>175.22</x:v>
+        <x:v>172.42</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45352.7525462963</x:v>
+        <x:v>45390.7570949074</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>25.28</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>154.273</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>173.34</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45351.7476041667</x:v>
+        <x:v>45387.754375</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>24.78</x:v>
+        <x:v>26.07</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>153.863</x:v>
+        <x:v>157.904</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>172.88</x:v>
+        <x:v>177.42</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45350.7516319444</x:v>
+        <x:v>45386.758287037</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>23.97</x:v>
+        <x:v>26.83</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>153.187</x:v>
+        <x:v>158.438</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>172.12</x:v>
+        <x:v>178.02</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45349.7513773148</x:v>
+        <x:v>45385.7623032407</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>27.37</x:v>
+        <x:v>27.11</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>153.97</x:v>
+        <x:v>158.616</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>173</x:v>
+        <x:v>178.22</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45384.7596064815</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>25.3</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>151.122</x:v>
+        <x:v>157.583</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>169.8</x:v>
+        <x:v>177.06</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45348.7736111111</x:v>
+        <x:v>45379.7526041667</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>25.3</x:v>
+        <x:v>30.63</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>151.122</x:v>
+        <x:v>160.609</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>169.8</x:v>
+        <x:v>180.46</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45345.7523263889</x:v>
+        <x:v>45378.7519675926</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>22.06</x:v>
+        <x:v>32.96</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>151.122</x:v>
+        <x:v>162.016</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>169.8</x:v>
+        <x:v>182.04</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45344.7577777778</x:v>
+        <x:v>45377.7511574074</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>19.66</x:v>
+        <x:v>33.84</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>148.826</x:v>
+        <x:v>162.514</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>167.22</x:v>
+        <x:v>182.6</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45343.7647569444</x:v>
+        <x:v>45376.7574074074</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>15.83</x:v>
+        <x:v>31.31</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>144.429</x:v>
+        <x:v>160.859</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>162.28</x:v>
+        <x:v>180.74</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45342.7528125</x:v>
+        <x:v>45373.7547337963</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>16.49</x:v>
+        <x:v>30.81</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>145.123</x:v>
+        <x:v>160.449</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>163.06</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45341.7516087963</x:v>
+        <x:v>45372.7581944444</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>17.52</x:v>
+        <x:v>31.24</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>146.174</x:v>
+        <x:v>160.698</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>164.24</x:v>
+        <x:v>180.56</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45338.7553703704</x:v>
+        <x:v>45363.7501851852</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>18.34</x:v>
+        <x:v>28.35</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>146.921</x:v>
+        <x:v>157.53</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>165.08</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45337.7598263889</x:v>
+        <x:v>45362.7530324074</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>17.76</x:v>
+        <x:v>24.46</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>146.298</x:v>
+        <x:v>154.433</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>164.38</x:v>
+        <x:v>173.52</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45336.807962963</x:v>
+        <x:v>45359.7549768519</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>18.23</x:v>
+        <x:v>29.08</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>146.743</x:v>
+        <x:v>157.477</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>164.88</x:v>
+        <x:v>176.94</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45336.7470023148</x:v>
+        <x:v>45358.7545949074</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>18.23</x:v>
+        <x:v>30.27</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>146.743</x:v>
+        <x:v>158.224</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>164.88</x:v>
+        <x:v>177.78</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45335.7501157407</x:v>
+        <x:v>45357.7532986111</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>16.53</x:v>
+        <x:v>27.2</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>144.856</x:v>
+        <x:v>155.999</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>162.76</x:v>
+        <x:v>175.28</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45334.7513888889</x:v>
+        <x:v>45356.754537037</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>21.75</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>149.306</x:v>
+        <x:v>154.397</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>167.76</x:v>
+        <x:v>173.48</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45331.7582986111</x:v>
+        <x:v>45355.7463541667</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>22.44</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>149.805</x:v>
+        <x:v>155.946</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>168.32</x:v>
+        <x:v>175.22</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45330.7578125</x:v>
+        <x:v>45352.7525462963</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>22.13</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>149.52</x:v>
+        <x:v>154.273</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>168</x:v>
+        <x:v>173.34</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45329.7548958333</x:v>
+        <x:v>45351.7476041667</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>22.17</x:v>
+        <x:v>24.78</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>149.52</x:v>
+        <x:v>153.863</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>168</x:v>
+        <x:v>172.88</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45328.7534143518</x:v>
+        <x:v>45350.7516319444</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>20.61</x:v>
+        <x:v>23.97</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>148.096</x:v>
+        <x:v>153.187</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>166.4</x:v>
+        <x:v>172.12</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45327.7501967593</x:v>
+        <x:v>45349.7513773148</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>18.91</x:v>
+        <x:v>27.37</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>146.423</x:v>
+        <x:v>153.97</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>164.52</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45324.7529282407</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>18.2</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>145.64</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>163.64</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45323.7529976852</x:v>
+        <x:v>45348.7736111111</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>17.1</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>144.447</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>162.3</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45322.7527777778</x:v>
+        <x:v>45345.7523263889</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>15.93</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>143.112</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>160.8</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45321.7433680556</x:v>
+        <x:v>45344.7577777778</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>17.34</x:v>
+        <x:v>19.66</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>144.554</x:v>
+        <x:v>148.826</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>162.42</x:v>
+        <x:v>167.22</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45320.7512615741</x:v>
+        <x:v>45343.7647569444</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>17.01</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>144.18</x:v>
+        <x:v>144.429</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>162</x:v>
+        <x:v>162.28</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45317.7470717593</x:v>
+        <x:v>45342.7528125</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>15.52</x:v>
+        <x:v>16.49</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>142.4</x:v>
+        <x:v>145.123</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>160</x:v>
+        <x:v>163.06</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45316.7524074074</x:v>
+        <x:v>45341.7516087963</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>16.16</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>143.076</x:v>
+        <x:v>146.174</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>160.76</x:v>
+        <x:v>164.24</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45315.7568171296</x:v>
+        <x:v>45338.7553703704</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>16.18</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>143.076</x:v>
+        <x:v>146.921</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>160.76</x:v>
+        <x:v>165.08</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45314.7547453704</x:v>
+        <x:v>45337.7598263889</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>10.06</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>132.93</x:v>
+        <x:v>146.298</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>149.36</x:v>
+        <x:v>164.38</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45313.762662037</x:v>
+        <x:v>45336.807962963</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>10.62</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>133.803</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>150.34</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45310.749212963</x:v>
+        <x:v>45336.7470023148</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>9.89</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>132.503</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>148.88</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45309.7473726852</x:v>
+        <x:v>45335.7501157407</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>9.1</x:v>
+        <x:v>16.53</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>131.061</x:v>
+        <x:v>144.856</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>147.26</x:v>
+        <x:v>162.76</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45308.7508680556</x:v>
+        <x:v>45334.7513888889</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>8.03</x:v>
+        <x:v>21.75</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>128.89</x:v>
+        <x:v>149.306</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>144.82</x:v>
+        <x:v>167.76</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45307.7510532407</x:v>
+        <x:v>45331.7582986111</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>7.94</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>128.676</x:v>
+        <x:v>149.805</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>144.58</x:v>
+        <x:v>168.32</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45306.7467592593</x:v>
+        <x:v>45330.7578125</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>7.94</x:v>
+        <x:v>22.13</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>128.658</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>144.56</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45303.7600925926</x:v>
+        <x:v>45329.7548958333</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>8.11</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>128.925</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>144.86</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45302.7520601852</x:v>
+        <x:v>45328.7534143518</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>6.95</x:v>
+        <x:v>20.61</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>126.273</x:v>
+        <x:v>148.096</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>141.88</x:v>
+        <x:v>166.4</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45301.7540393519</x:v>
+        <x:v>45327.7501967593</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>7.02</x:v>
+        <x:v>18.91</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>126.416</x:v>
+        <x:v>146.423</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>142.04</x:v>
+        <x:v>164.52</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45300.7495833333</x:v>
+        <x:v>45324.7529282407</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>6.07</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>123.959</x:v>
+        <x:v>145.64</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>139.28</x:v>
+        <x:v>163.64</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45299.7521643518</x:v>
+        <x:v>45323.7529976852</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>5.91</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>123.514</x:v>
+        <x:v>144.447</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>138.78</x:v>
+        <x:v>162.3</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45296.7574884259</x:v>
+        <x:v>45322.7527777778</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>5.4</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>122.001</x:v>
+        <x:v>143.112</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>137.08</x:v>
+        <x:v>160.8</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45295.7562152778</x:v>
+        <x:v>45321.7433680556</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>5.21</x:v>
+        <x:v>17.34</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>121.432</x:v>
+        <x:v>144.554</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>136.44</x:v>
+        <x:v>162.42</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45294.7523148148</x:v>
+        <x:v>45320.7512615741</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>5.43</x:v>
+        <x:v>17.01</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>122.037</x:v>
+        <x:v>144.18</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>137.12</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45289.7502893519</x:v>
+        <x:v>45317.7470717593</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>6.33</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>124.137</x:v>
+        <x:v>142.4</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>139.48</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45288.7522916667</x:v>
+        <x:v>45316.7524074074</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>6.4</x:v>
+        <x:v>16.16</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>124.28</x:v>
+        <x:v>143.076</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>139.64</x:v>
+        <x:v>160.76</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45287.7514583333</x:v>
+        <x:v>45315.7568171296</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>6.48</x:v>
+        <x:v>16.18</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>124.458</x:v>
+        <x:v>143.076</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>139.84</x:v>
+        <x:v>160.76</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45282.752037037</x:v>
+        <x:v>45314.7547453704</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>5.97</x:v>
+        <x:v>10.06</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>123.034</x:v>
+        <x:v>132.93</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>138.24</x:v>
+        <x:v>149.36</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45281.7536111111</x:v>
+        <x:v>45313.762662037</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>5.76</x:v>
+        <x:v>10.62</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>122.446</x:v>
+        <x:v>133.803</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>137.58</x:v>
+        <x:v>150.34</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45281.7495138889</x:v>
+        <x:v>45310.749212963</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>5.76</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>122.446</x:v>
+        <x:v>132.503</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>137.58</x:v>
+        <x:v>148.88</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45280.7567824074</x:v>
+        <x:v>45309.7473726852</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>6.36</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>123.888</x:v>
+        <x:v>131.061</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>139.2</x:v>
+        <x:v>147.26</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45279.7563773148</x:v>
+        <x:v>45308.7508680556</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>7.21</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>125.721</x:v>
+        <x:v>128.89</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>141.26</x:v>
+        <x:v>144.82</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45278.7578587963</x:v>
+        <x:v>45307.7510532407</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>7.2</x:v>
+        <x:v>7.94</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>125.668</x:v>
+        <x:v>128.676</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>141.2</x:v>
+        <x:v>144.58</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45275.7522337963</x:v>
+        <x:v>45306.7467592593</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>7.35</x:v>
+        <x:v>7.94</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>125.917</x:v>
+        <x:v>128.658</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>141.48</x:v>
+        <x:v>144.56</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45274.754212963</x:v>
+        <x:v>45303.7600925926</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>7.82</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>126.861</x:v>
+        <x:v>128.925</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>142.54</x:v>
+        <x:v>144.86</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
+        <x:v>45302.7520601852</x:v>
+      </x:c>
+      <x:c r="B511" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C511" s="0">
+        <x:v>6.95</x:v>
+      </x:c>
+      <x:c r="D511" s="0">
+        <x:v>126.273</x:v>
+      </x:c>
+      <x:c r="E511" s="0">
+        <x:v>141.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="512" spans="1:5">
+      <x:c r="A512" s="1">
+        <x:v>45301.7540393519</x:v>
+      </x:c>
+      <x:c r="B512" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C512" s="0">
+        <x:v>7.02</x:v>
+      </x:c>
+      <x:c r="D512" s="0">
+        <x:v>126.416</x:v>
+      </x:c>
+      <x:c r="E512" s="0">
+        <x:v>142.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="513" spans="1:5">
+      <x:c r="A513" s="1">
+        <x:v>45300.7495833333</x:v>
+      </x:c>
+      <x:c r="B513" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C513" s="0">
+        <x:v>6.07</x:v>
+      </x:c>
+      <x:c r="D513" s="0">
+        <x:v>123.959</x:v>
+      </x:c>
+      <x:c r="E513" s="0">
+        <x:v>139.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="514" spans="1:5">
+      <x:c r="A514" s="1">
+        <x:v>45299.7521643518</x:v>
+      </x:c>
+      <x:c r="B514" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C514" s="0">
+        <x:v>5.91</x:v>
+      </x:c>
+      <x:c r="D514" s="0">
+        <x:v>123.514</x:v>
+      </x:c>
+      <x:c r="E514" s="0">
+        <x:v>138.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="515" spans="1:5">
+      <x:c r="A515" s="1">
+        <x:v>45296.7574884259</x:v>
+      </x:c>
+      <x:c r="B515" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C515" s="0">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="D515" s="0">
+        <x:v>122.001</x:v>
+      </x:c>
+      <x:c r="E515" s="0">
+        <x:v>137.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="516" spans="1:5">
+      <x:c r="A516" s="1">
+        <x:v>45295.7562152778</x:v>
+      </x:c>
+      <x:c r="B516" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C516" s="0">
+        <x:v>5.21</x:v>
+      </x:c>
+      <x:c r="D516" s="0">
+        <x:v>121.432</x:v>
+      </x:c>
+      <x:c r="E516" s="0">
+        <x:v>136.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="517" spans="1:5">
+      <x:c r="A517" s="1">
+        <x:v>45294.7523148148</x:v>
+      </x:c>
+      <x:c r="B517" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C517" s="0">
+        <x:v>5.43</x:v>
+      </x:c>
+      <x:c r="D517" s="0">
+        <x:v>122.037</x:v>
+      </x:c>
+      <x:c r="E517" s="0">
+        <x:v>137.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="518" spans="1:5">
+      <x:c r="A518" s="1">
+        <x:v>45289.7502893519</x:v>
+      </x:c>
+      <x:c r="B518" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C518" s="0">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D518" s="0">
+        <x:v>124.137</x:v>
+      </x:c>
+      <x:c r="E518" s="0">
+        <x:v>139.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="519" spans="1:5">
+      <x:c r="A519" s="1">
+        <x:v>45288.7522916667</x:v>
+      </x:c>
+      <x:c r="B519" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C519" s="0">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="D519" s="0">
+        <x:v>124.28</x:v>
+      </x:c>
+      <x:c r="E519" s="0">
+        <x:v>139.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="520" spans="1:5">
+      <x:c r="A520" s="1">
+        <x:v>45287.7514583333</x:v>
+      </x:c>
+      <x:c r="B520" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C520" s="0">
+        <x:v>6.48</x:v>
+      </x:c>
+      <x:c r="D520" s="0">
+        <x:v>124.458</x:v>
+      </x:c>
+      <x:c r="E520" s="0">
+        <x:v>139.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="521" spans="1:5">
+      <x:c r="A521" s="1">
+        <x:v>45282.752037037</x:v>
+      </x:c>
+      <x:c r="B521" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C521" s="0">
+        <x:v>5.97</x:v>
+      </x:c>
+      <x:c r="D521" s="0">
+        <x:v>123.034</x:v>
+      </x:c>
+      <x:c r="E521" s="0">
+        <x:v>138.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="522" spans="1:5">
+      <x:c r="A522" s="1">
+        <x:v>45281.7536111111</x:v>
+      </x:c>
+      <x:c r="B522" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C522" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D522" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E522" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="523" spans="1:5">
+      <x:c r="A523" s="1">
+        <x:v>45281.7495138889</x:v>
+      </x:c>
+      <x:c r="B523" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C523" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D523" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E523" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="524" spans="1:5">
+      <x:c r="A524" s="1">
+        <x:v>45280.7567824074</x:v>
+      </x:c>
+      <x:c r="B524" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C524" s="0">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="D524" s="0">
+        <x:v>123.888</x:v>
+      </x:c>
+      <x:c r="E524" s="0">
+        <x:v>139.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="525" spans="1:5">
+      <x:c r="A525" s="1">
+        <x:v>45279.7563773148</x:v>
+      </x:c>
+      <x:c r="B525" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C525" s="0">
+        <x:v>7.21</x:v>
+      </x:c>
+      <x:c r="D525" s="0">
+        <x:v>125.721</x:v>
+      </x:c>
+      <x:c r="E525" s="0">
+        <x:v>141.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="526" spans="1:5">
+      <x:c r="A526" s="1">
+        <x:v>45278.7578587963</x:v>
+      </x:c>
+      <x:c r="B526" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C526" s="0">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="D526" s="0">
+        <x:v>125.668</x:v>
+      </x:c>
+      <x:c r="E526" s="0">
+        <x:v>141.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="527" spans="1:5">
+      <x:c r="A527" s="1">
+        <x:v>45275.7522337963</x:v>
+      </x:c>
+      <x:c r="B527" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C527" s="0">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="D527" s="0">
+        <x:v>125.917</x:v>
+      </x:c>
+      <x:c r="E527" s="0">
+        <x:v>141.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="528" spans="1:5">
+      <x:c r="A528" s="1">
+        <x:v>45274.754212963</x:v>
+      </x:c>
+      <x:c r="B528" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C528" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D528" s="0">
+        <x:v>126.861</x:v>
+      </x:c>
+      <x:c r="E528" s="0">
+        <x:v>142.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="529" spans="1:5">
+      <x:c r="A529" s="1">
         <x:v>45273.752974537</x:v>
       </x:c>
-      <x:c r="B511" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C511" s="0">
+      <x:c r="B529" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C529" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D511" s="0">
+      <x:c r="D529" s="0">
         <x:v>130.385</x:v>
       </x:c>
-      <x:c r="E511" s="0">
+      <x:c r="E529" s="0">
         <x:v>146.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>