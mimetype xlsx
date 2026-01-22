--- v3 (2025-12-20)
+++ v4 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8795c1fbf2894e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/935963af27594f71b34986d721442a00.psmdcp" Id="R449e9bbed9ff4de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d0616b42e04797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fd2a1cec81046f09ee6a16f3987aee1.psmdcp" Id="R9bc740d8bc474373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992382</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,9039 +390,9498 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E529"/>
+  <x:dimension ref="A1:E556"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46010.7428703704</x:v>
+        <x:v>46043.7728009259</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>185.832</x:v>
+        <x:v>170.026</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>208.8</x:v>
+        <x:v>191.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46009.742037037</x:v>
+        <x:v>46043.7427777778</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>186.41</x:v>
+        <x:v>170.026</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>209.45</x:v>
+        <x:v>191.04</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46008.7427430556</x:v>
+        <x:v>46042.7742939815</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>184.274</x:v>
+        <x:v>172.66</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>207.05</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46007.7676157407</x:v>
+        <x:v>46042.7413888889</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>183.918</x:v>
+        <x:v>172.66</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>206.65</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46006.7735532407</x:v>
+        <x:v>46041.7736574074</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>186.588</x:v>
+        <x:v>174.404</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>209.65</x:v>
+        <x:v>195.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46006.7424652778</x:v>
+        <x:v>46041.7429050926</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>186.588</x:v>
+        <x:v>174.404</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>209.65</x:v>
+        <x:v>195.96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46003.7425810185</x:v>
+        <x:v>46038.7739814815</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>185.298</x:v>
+        <x:v>179.914</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>208.2</x:v>
+        <x:v>202.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46002.7741203704</x:v>
+        <x:v>46038.7429398148</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>186.277</x:v>
+        <x:v>179.914</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>209.3</x:v>
+        <x:v>202.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46002.7415856481</x:v>
+        <x:v>46037.7737384259</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>186.277</x:v>
+        <x:v>182.984</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>209.3</x:v>
+        <x:v>205.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46001.772662037</x:v>
+        <x:v>46037.7427199074</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>187.746</x:v>
+        <x:v>182.984</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>210.95</x:v>
+        <x:v>205.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46001.7424768519</x:v>
+        <x:v>46036.7742939815</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>187.746</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>210.95</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46000.7421990741</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>186.9</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>210</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45999.7427777778</x:v>
+        <x:v>46035.7727662037</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>186.989</x:v>
+        <x:v>189.97</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>210.1</x:v>
+        <x:v>213.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45996.7416087963</x:v>
+        <x:v>46035.7425231481</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>189.792</x:v>
+        <x:v>189.97</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>213.25</x:v>
+        <x:v>213.45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45995.7432291667</x:v>
+        <x:v>46034.7735648148</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>187.034</x:v>
+        <x:v>189.659</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>210.15</x:v>
+        <x:v>213.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45994.743275463</x:v>
+        <x:v>46031.7746412037</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>183.785</x:v>
+        <x:v>188.992</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>206.5</x:v>
+        <x:v>212.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45993.7429050926</x:v>
+        <x:v>46031.7466319444</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>184.986</x:v>
+        <x:v>188.992</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>207.85</x:v>
+        <x:v>212.35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45992.7418055556</x:v>
+        <x:v>46030.7736805556</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>185.921</x:v>
+        <x:v>183.785</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>208.9</x:v>
+        <x:v>206.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45989.7430208333</x:v>
+        <x:v>46030.7425810185</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>185.61</x:v>
+        <x:v>183.785</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>208.55</x:v>
+        <x:v>206.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45988.7414467593</x:v>
+        <x:v>46029.7726736111</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>184.23</x:v>
+        <x:v>185.476</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>207</x:v>
+        <x:v>208.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45987.7425925926</x:v>
+        <x:v>46029.7414467593</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>183.963</x:v>
+        <x:v>185.476</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>206.7</x:v>
+        <x:v>208.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45986.7690046296</x:v>
+        <x:v>46028.7422453704</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>182.316</x:v>
+        <x:v>179.824</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>204.85</x:v>
+        <x:v>202.05</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45986.7425231481</x:v>
+        <x:v>46027.7425578704</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>182.316</x:v>
+        <x:v>183.518</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>204.85</x:v>
+        <x:v>206.2</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45985.7418171296</x:v>
+        <x:v>46021.7415277778</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>184.675</x:v>
+        <x:v>185.432</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>207.5</x:v>
+        <x:v>208.35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45982.7637847222</x:v>
+        <x:v>46020.7412384259</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>182.45</x:v>
+        <x:v>185.52</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>205</x:v>
+        <x:v>208.45</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45981.7416319444</x:v>
+        <x:v>46014.7421064815</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>183.874</x:v>
+        <x:v>184.853</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>206.6</x:v>
+        <x:v>207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45980.7413194444</x:v>
+        <x:v>46013.7415625</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>182.895</x:v>
+        <x:v>185.61</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>205.5</x:v>
+        <x:v>208.55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45979.7620833333</x:v>
+        <x:v>46010.7428703704</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>182.762</x:v>
+        <x:v>185.832</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>205.35</x:v>
+        <x:v>208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46009.742037037</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>182.762</x:v>
+        <x:v>186.41</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>205.35</x:v>
+        <x:v>209.45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45978.7625462963</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>184.23</x:v>
+        <x:v>184.274</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>207</x:v>
+        <x:v>207.05</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45975.7665972222</x:v>
+        <x:v>46007.7676157407</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>187.879</x:v>
+        <x:v>183.918</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>211.1</x:v>
+        <x:v>206.65</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45975.7415856481</x:v>
+        <x:v>46006.7735532407</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>187.879</x:v>
+        <x:v>186.588</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>211.1</x:v>
+        <x:v>209.65</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45974.742037037</x:v>
+        <x:v>46006.7424652778</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>194.109</x:v>
+        <x:v>186.588</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>218.1</x:v>
+        <x:v>209.65</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45973.7618402778</x:v>
+        <x:v>46003.7425810185</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>194.376</x:v>
+        <x:v>185.298</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>218.4</x:v>
+        <x:v>208.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45973.7425</x:v>
+        <x:v>46002.7741203704</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>194.376</x:v>
+        <x:v>186.277</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>218.4</x:v>
+        <x:v>209.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45972.7415972222</x:v>
+        <x:v>46002.7415856481</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>193.174</x:v>
+        <x:v>186.277</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>217.05</x:v>
+        <x:v>209.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45968.7599768518</x:v>
+        <x:v>46001.772662037</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>191.928</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>215.65</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45968.7420023148</x:v>
+        <x:v>46001.7424768519</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>191.928</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>215.65</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45967.7415393519</x:v>
+        <x:v>46000.7421990741</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>193.976</x:v>
+        <x:v>186.9</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>217.95</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45966.7603819444</x:v>
+        <x:v>45999.7427777778</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>202.876</x:v>
+        <x:v>186.989</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>227.95</x:v>
+        <x:v>210.1</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45966.7414699074</x:v>
+        <x:v>45996.7416087963</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>202.876</x:v>
+        <x:v>189.792</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>227.95</x:v>
+        <x:v>213.25</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45965.7581481481</x:v>
+        <x:v>45995.7432291667</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>3.24</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>201.184</x:v>
+        <x:v>187.034</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>226.05</x:v>
+        <x:v>210.15</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45965.7416666667</x:v>
+        <x:v>45994.743275463</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>3.24</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>201.184</x:v>
+        <x:v>183.785</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>226.05</x:v>
+        <x:v>206.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45964.7418402778</x:v>
+        <x:v>45993.7429050926</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>3.6</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>203.676</x:v>
+        <x:v>184.986</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>228.85</x:v>
+        <x:v>207.85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45961.8178472222</x:v>
+        <x:v>45992.7418055556</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>199.76</x:v>
+        <x:v>185.921</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>224.45</x:v>
+        <x:v>208.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45961.7662962963</x:v>
+        <x:v>45989.7430208333</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>199.76</x:v>
+        <x:v>185.61</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>224.45</x:v>
+        <x:v>208.55</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45961.7596180556</x:v>
+        <x:v>45988.7414467593</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>199.76</x:v>
+        <x:v>184.23</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>224.45</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45961.7416319444</x:v>
+        <x:v>45987.7425925926</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>199.76</x:v>
+        <x:v>183.963</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>224.45</x:v>
+        <x:v>206.7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45960.7713541667</x:v>
+        <x:v>45986.7690046296</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>201.006</x:v>
+        <x:v>182.316</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>225.85</x:v>
+        <x:v>204.85</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45960.7414467593</x:v>
+        <x:v>45986.7425231481</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>201.006</x:v>
+        <x:v>182.316</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>225.85</x:v>
+        <x:v>204.85</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45959.763587963</x:v>
+        <x:v>45985.7418171296</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>199.627</x:v>
+        <x:v>184.675</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>224.3</x:v>
+        <x:v>207.5</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45982.7637847222</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>199.627</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>224.3</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45958.741400463</x:v>
+        <x:v>45981.7416319444</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>4.69</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>208.349</x:v>
+        <x:v>183.874</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>234.1</x:v>
+        <x:v>206.6</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45957.7416550926</x:v>
+        <x:v>45980.7413194444</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>4.94</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>209.64</x:v>
+        <x:v>182.895</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>235.55</x:v>
+        <x:v>205.5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45954.7428703704</x:v>
+        <x:v>45979.7620833333</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>4.61</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>207.682</x:v>
+        <x:v>182.762</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>233.35</x:v>
+        <x:v>205.35</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45953.7748263889</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>6.46</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>215.38</x:v>
+        <x:v>182.762</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>242</x:v>
+        <x:v>205.35</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45953.7428472222</x:v>
+        <x:v>45978.7625462963</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>6.46</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>215.38</x:v>
+        <x:v>184.23</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>242</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45952.7607291667</x:v>
+        <x:v>45975.7665972222</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>210.796</x:v>
+        <x:v>187.879</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>236.85</x:v>
+        <x:v>211.1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45952.7423958333</x:v>
+        <x:v>45975.7415856481</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>210.796</x:v>
+        <x:v>187.879</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>236.85</x:v>
+        <x:v>211.1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45951.7421064815</x:v>
+        <x:v>45974.742037037</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>6.27</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>213.956</x:v>
+        <x:v>194.109</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>240.4</x:v>
+        <x:v>218.1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45950.8196990741</x:v>
+        <x:v>45973.7618402778</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>5.92</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>212.354</x:v>
+        <x:v>194.376</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>238.6</x:v>
+        <x:v>218.4</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45947.7632060185</x:v>
+        <x:v>45973.7425</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>4.69</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>205.546</x:v>
+        <x:v>194.376</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>230.95</x:v>
+        <x:v>218.4</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45946.7602893518</x:v>
+        <x:v>45972.7415972222</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>5.09</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>207.548</x:v>
+        <x:v>193.174</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>233.2</x:v>
+        <x:v>217.05</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45946.7415277778</x:v>
+        <x:v>45968.7599768518</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>5.09</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>207.548</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>233.2</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45945.7689699074</x:v>
+        <x:v>45968.7420023148</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>5.27</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>208.438</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>234.2</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45944.7693171296</x:v>
+        <x:v>45967.7415393519</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>5.02</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>207.103</x:v>
+        <x:v>193.976</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>232.7</x:v>
+        <x:v>217.95</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45944.7414699074</x:v>
+        <x:v>45966.7603819444</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>5.02</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>207.103</x:v>
+        <x:v>202.876</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>232.7</x:v>
+        <x:v>227.95</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45943.7466203704</x:v>
+        <x:v>45966.7414699074</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>4.81</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>205.946</x:v>
+        <x:v>202.876</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>231.4</x:v>
+        <x:v>227.95</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45940.7627893519</x:v>
+        <x:v>45965.7581481481</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>4.68</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>205.19</x:v>
+        <x:v>201.184</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>230.55</x:v>
+        <x:v>226.05</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45940.7459143518</x:v>
+        <x:v>45965.7416666667</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>4.68</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>205.19</x:v>
+        <x:v>201.184</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>230.55</x:v>
+        <x:v>226.05</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45939.7571412037</x:v>
+        <x:v>45964.7418402778</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>6.2</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>211.642</x:v>
+        <x:v>203.676</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>237.8</x:v>
+        <x:v>228.85</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45939.7442013889</x:v>
+        <x:v>45961.8178472222</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>6.2</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>211.642</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>237.8</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45938.7624421296</x:v>
+        <x:v>45961.7662962963</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>6.09</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>211.108</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>237.2</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45937.7621527778</x:v>
+        <x:v>45961.7596180556</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>5.67</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>209.15</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>235</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45936.7575462963</x:v>
+        <x:v>45961.7416319444</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>5.08</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>206.124</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>231.6</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45933.7560763889</x:v>
+        <x:v>45960.7713541667</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>4.85</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>204.834</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>230.15</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45932.7757986111</x:v>
+        <x:v>45960.7414467593</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>5.2</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>206.569</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>232.1</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45959.763587963</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>4.52</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>202.742</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>227.8</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>4.55</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>202.831</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>227.9</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45958.741400463</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>4.2</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>200.74</x:v>
+        <x:v>208.349</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>225.55</x:v>
+        <x:v>234.1</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45957.7416550926</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>4.15</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>200.384</x:v>
+        <x:v>209.64</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>225.15</x:v>
+        <x:v>235.55</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45954.7428703704</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>4.17</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>200.428</x:v>
+        <x:v>207.682</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>225.2</x:v>
+        <x:v>233.35</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45953.7748263889</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>4.62</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>202.92</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>228</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45953.7428472222</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>4.35</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>201.318</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>226.2</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45952.7607291667</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>4.14</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>199.983</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>224.7</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45952.7423958333</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>4.61</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>202.52</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>227.55</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45951.7421064815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>4.95</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>204.255</x:v>
+        <x:v>213.956</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>229.5</x:v>
+        <x:v>240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45950.8196990741</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>3.46</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>193.753</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>217.7</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45947.7632060185</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>2.76</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>187.746</x:v>
+        <x:v>205.546</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>210.95</x:v>
+        <x:v>230.95</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45946.7602893518</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>3.2</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>191.038</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>214.65</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45946.7415277778</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>4.15</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>196.601</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>220.9</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45945.7689699074</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>4</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>195.622</x:v>
+        <x:v>208.438</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>219.8</x:v>
+        <x:v>234.2</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45944.7693171296</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>4.65</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>199.093</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>223.7</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45944.7414699074</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>204.967</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>230.3</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45943.7466203704</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>6.08</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>205.1</x:v>
+        <x:v>205.946</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>230.45</x:v>
+        <x:v>231.4</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>5.66</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>203.142</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>228.25</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45940.7459143518</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>6.83</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>207.548</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>233.2</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>6.42</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>205.902</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>231.35</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45939.7442013889</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>5.62</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>202.252</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>227.25</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45938.7624421296</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>7.28</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>208.171</x:v>
+        <x:v>211.108</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>233.9</x:v>
+        <x:v>237.2</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45937.7621527778</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>6.79</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>206.213</x:v>
+        <x:v>209.15</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>231.7</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45936.7575462963</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>8.06</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>210.352</x:v>
+        <x:v>206.124</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>236.35</x:v>
+        <x:v>231.6</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>8.09</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>210.396</x:v>
+        <x:v>204.834</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>236.4</x:v>
+        <x:v>230.15</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>206.346</x:v>
+        <x:v>206.569</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>231.85</x:v>
+        <x:v>232.1</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>207.37</x:v>
+        <x:v>202.742</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>233</x:v>
+        <x:v>227.8</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>7.21</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>207.014</x:v>
+        <x:v>202.831</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>232.6</x:v>
+        <x:v>227.9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>7.11</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>206.614</x:v>
+        <x:v>200.74</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>232.15</x:v>
+        <x:v>225.55</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>7.53</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>208.038</x:v>
+        <x:v>200.384</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>233.75</x:v>
+        <x:v>225.15</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>8.44</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>210.841</x:v>
+        <x:v>200.428</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>236.9</x:v>
+        <x:v>225.2</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>8.38</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>210.618</x:v>
+        <x:v>202.92</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>236.65</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>8.5</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>210.93</x:v>
+        <x:v>201.318</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>237</x:v>
+        <x:v>226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>9.34</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>213.288</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>239.65</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>9.15</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>212.71</x:v>
+        <x:v>202.52</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>239</x:v>
+        <x:v>227.55</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>9.15</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>212.71</x:v>
+        <x:v>204.255</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>239</x:v>
+        <x:v>229.5</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>7.38</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>206.48</x:v>
+        <x:v>193.753</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>232</x:v>
+        <x:v>217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>16.67</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>221.922</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>249.35</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>17.14</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>222.589</x:v>
+        <x:v>191.038</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>250.1</x:v>
+        <x:v>214.65</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>20.09</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>226.728</x:v>
+        <x:v>196.601</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>254.75</x:v>
+        <x:v>220.9</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>16.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>221.476</x:v>
+        <x:v>195.622</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>248.85</x:v>
+        <x:v>219.8</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>15.79</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>219.518</x:v>
+        <x:v>199.093</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>246.65</x:v>
+        <x:v>223.7</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>14.89</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>217.828</x:v>
+        <x:v>204.967</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>244.75</x:v>
+        <x:v>230.3</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>18.54</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>223.212</x:v>
+        <x:v>205.1</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>250.8</x:v>
+        <x:v>230.45</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>19.95</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>225.17</x:v>
+        <x:v>203.142</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>253</x:v>
+        <x:v>228.25</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45867.7584837963</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>17.41</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>221.12</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>248.45</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>15.23</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>217.204</x:v>
+        <x:v>205.902</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>244.05</x:v>
+        <x:v>231.35</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>15.77</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>218.05</x:v>
+        <x:v>202.252</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>245</x:v>
+        <x:v>227.25</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>16.37</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>219.029</x:v>
+        <x:v>208.171</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>246.1</x:v>
+        <x:v>233.9</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>17.98</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>221.476</x:v>
+        <x:v>206.213</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>248.85</x:v>
+        <x:v>231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>26.9</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>230.955</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>259.5</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>30.61</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>234.47</x:v>
+        <x:v>210.396</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>263.45</x:v>
+        <x:v>236.4</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>31.27</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>235.004</x:v>
+        <x:v>206.346</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>264.05</x:v>
+        <x:v>231.85</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>33.05</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>236.562</x:v>
+        <x:v>207.37</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>265.8</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>28.03</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>231.356</x:v>
+        <x:v>207.014</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>259.95</x:v>
+        <x:v>232.6</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>28.03</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>231.356</x:v>
+        <x:v>206.614</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>259.95</x:v>
+        <x:v>232.15</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>27.93</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>231.222</x:v>
+        <x:v>208.038</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>259.8</x:v>
+        <x:v>233.75</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>26.52</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>229.664</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>258.05</x:v>
+        <x:v>236.9</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>27.19</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>230.288</x:v>
+        <x:v>210.618</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>258.75</x:v>
+        <x:v>236.65</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>31.37</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>234.159</x:v>
+        <x:v>210.93</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>263.1</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>33.86</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>236.295</x:v>
+        <x:v>213.288</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>265.5</x:v>
+        <x:v>239.65</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>32.56</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>235.094</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>264.15</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>29.85</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>232.424</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>261.15</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>25.43</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>227.395</x:v>
+        <x:v>206.48</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>255.5</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>27.78</x:v>
+        <x:v>16.67</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>229.798</x:v>
+        <x:v>221.922</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>258.2</x:v>
+        <x:v>249.35</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>23.94</x:v>
+        <x:v>17.14</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>225.259</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>253.1</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>26.01</x:v>
+        <x:v>20.09</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>227.484</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>255.6</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>28.27</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>229.754</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>258.15</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>28.23</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>229.62</x:v>
+        <x:v>219.518</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>258</x:v>
+        <x:v>246.65</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>23.51</x:v>
+        <x:v>14.89</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>223.968</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>251.65</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>24.18</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>224.725</x:v>
+        <x:v>223.212</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>252.5</x:v>
+        <x:v>250.8</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>26.23</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>226.906</x:v>
+        <x:v>225.17</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>254.95</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45867.7584837963</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>22.63</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>222.456</x:v>
+        <x:v>221.12</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>249.95</x:v>
+        <x:v>248.45</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>23.6</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>223.524</x:v>
+        <x:v>217.204</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>251.15</x:v>
+        <x:v>244.05</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>21.29</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>220.498</x:v>
+        <x:v>218.05</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>247.75</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>25.51</x:v>
+        <x:v>16.37</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>225.126</x:v>
+        <x:v>219.029</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>252.95</x:v>
+        <x:v>246.1</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>28.28</x:v>
+        <x:v>17.98</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>227.884</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>256.05</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>29.6</x:v>
+        <x:v>26.9</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>229.13</x:v>
+        <x:v>230.955</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>257.45</x:v>
+        <x:v>259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>27.36</x:v>
+        <x:v>30.61</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>226.728</x:v>
+        <x:v>234.47</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>254.75</x:v>
+        <x:v>263.45</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>34.08</x:v>
+        <x:v>31.27</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>232.424</x:v>
+        <x:v>235.004</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>261.15</x:v>
+        <x:v>264.05</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>36.32</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>234.204</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>263.15</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>39.39</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>236.473</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>265.7</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>49.21</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>242.392</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>272.35</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45813.7588078704</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>47.3</x:v>
+        <x:v>27.93</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>241.146</x:v>
+        <x:v>231.222</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>270.95</x:v>
+        <x:v>259.8</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>47.85</x:v>
+        <x:v>26.52</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>241.457</x:v>
+        <x:v>229.664</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>271.3</x:v>
+        <x:v>258.05</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>45.53</x:v>
+        <x:v>27.19</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>239.9</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>269.55</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>45.53</x:v>
+        <x:v>31.37</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>239.9</x:v>
+        <x:v>234.159</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>269.55</x:v>
+        <x:v>263.1</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>39.32</x:v>
+        <x:v>33.86</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>235.227</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>264.3</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>39.32</x:v>
+        <x:v>32.56</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>235.227</x:v>
+        <x:v>235.094</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>264.3</x:v>
+        <x:v>264.15</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>37.66</x:v>
+        <x:v>29.85</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>233.447</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>262.3</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>35.85</x:v>
+        <x:v>25.43</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>231.89</x:v>
+        <x:v>227.395</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>260.55</x:v>
+        <x:v>255.5</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>42.19</x:v>
+        <x:v>27.78</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>236.295</x:v>
+        <x:v>229.798</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>265.5</x:v>
+        <x:v>258.2</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>42.62</x:v>
+        <x:v>23.94</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>236.562</x:v>
+        <x:v>225.259</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>265.8</x:v>
+        <x:v>253.1</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>41.78</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>235.939</x:v>
+        <x:v>227.484</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>265.1</x:v>
+        <x:v>255.6</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>42.27</x:v>
+        <x:v>28.27</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>236.25</x:v>
+        <x:v>229.754</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>265.45</x:v>
+        <x:v>258.15</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>43.46</x:v>
+        <x:v>28.23</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>236.962</x:v>
+        <x:v>229.62</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>266.25</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>39.81</x:v>
+        <x:v>23.51</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>234.248</x:v>
+        <x:v>223.968</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>263.2</x:v>
+        <x:v>251.65</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>34.31</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>227.89</x:v>
+        <x:v>224.725</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>258</x:v>
+        <x:v>252.5</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45791.3168055556</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>39.27</x:v>
+        <x:v>26.23</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>231.761</x:v>
+        <x:v>226.906</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>262.35</x:v>
+        <x:v>254.95</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>37.34</x:v>
+        <x:v>22.63</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>233.492</x:v>
+        <x:v>222.456</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>262.35</x:v>
+        <x:v>249.95</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>37.55</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>233.625</x:v>
+        <x:v>223.524</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>262.5</x:v>
+        <x:v>251.15</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45786.7591087963</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>36.71</x:v>
+        <x:v>21.29</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>232.868</x:v>
+        <x:v>220.498</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>261.65</x:v>
+        <x:v>247.75</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45785.7577199074</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>38.09</x:v>
+        <x:v>25.51</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>233.892</x:v>
+        <x:v>225.126</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>262.8</x:v>
+        <x:v>252.95</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45784.7685069444</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>36.67</x:v>
+        <x:v>28.28</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>232.735</x:v>
+        <x:v>227.884</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>261.5</x:v>
+        <x:v>256.05</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45783.7975</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>40.18</x:v>
+        <x:v>29.6</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>235.272</x:v>
+        <x:v>229.13</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>264.35</x:v>
+        <x:v>257.45</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45783.7610648148</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>40.18</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>235.272</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>264.35</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45782.7990972222</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>44.19</x:v>
+        <x:v>34.08</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>237.942</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>267.35</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45782.7613425926</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>44.19</x:v>
+        <x:v>36.32</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>237.942</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>267.35</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45779.7593171296</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>42.98</x:v>
+        <x:v>39.39</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>237.007</x:v>
+        <x:v>236.473</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>266.3</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45777.7615740741</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>32.01</x:v>
+        <x:v>49.21</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>227.217</x:v>
+        <x:v>242.392</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>255.3</x:v>
+        <x:v>272.35</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45776.7598958333</x:v>
+        <x:v>45813.7588078704</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>31.36</x:v>
+        <x:v>47.3</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>226.594</x:v>
+        <x:v>241.146</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>254.6</x:v>
+        <x:v>270.95</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45775.7601273148</x:v>
+        <x:v>45812.7670023148</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>26.45</x:v>
+        <x:v>47.85</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>221.432</x:v>
+        <x:v>241.457</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>248.8</x:v>
+        <x:v>271.3</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45772.7647222222</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>23.39</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>217.783</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>244.7</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45771.7646296296</x:v>
+        <x:v>45811.758599537</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>20.95</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>214.624</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>241.15</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45770.7698726852</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>21.36</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>215.113</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>241.7</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45769.7601041667</x:v>
+        <x:v>45810.757650463</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>11.56</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>194.465</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>218.5</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45764.7626967593</x:v>
+        <x:v>45803.758900463</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>15.85</x:v>
+        <x:v>37.66</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>201.14</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>226</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45763.762337963</x:v>
+        <x:v>45800.7594675926</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>20.31</x:v>
+        <x:v>35.85</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>206.792</x:v>
+        <x:v>231.89</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>232.35</x:v>
+        <x:v>260.55</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45762.7596990741</x:v>
+        <x:v>45799.7596296296</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>20.55</x:v>
+        <x:v>42.19</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>207.058</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>232.65</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45761.7606597222</x:v>
+        <x:v>45798.7642939815</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>18.13</x:v>
+        <x:v>42.62</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>203.632</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>228.8</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45758.7869097222</x:v>
+        <x:v>45797.7621643519</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>15.92</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>200.072</x:v>
+        <x:v>235.939</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>224.8</x:v>
+        <x:v>265.1</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45757.7688078704</x:v>
+        <x:v>45796.761724537</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>19.46</x:v>
+        <x:v>42.27</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>204.7</x:v>
+        <x:v>236.25</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>230</x:v>
+        <x:v>265.45</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45756.7571064815</x:v>
+        <x:v>45793.7569560185</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>12.31</x:v>
+        <x:v>43.46</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>190.816</x:v>
+        <x:v>236.962</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>214.4</x:v>
+        <x:v>266.25</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45755.7789814815</x:v>
+        <x:v>45792.7607407407</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>18.57</x:v>
+        <x:v>39.81</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>199.182</x:v>
+        <x:v>234.248</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>223.8</x:v>
+        <x:v>263.2</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45754.7628125</x:v>
+        <x:v>45791.7642476852</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>17.1</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>197.046</x:v>
+        <x:v>227.89</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>221.4</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45791.3168055556</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>26.01</x:v>
+        <x:v>39.27</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>205.768</x:v>
+        <x:v>231.761</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>231.2</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45751.7592824074</x:v>
+        <x:v>45790.7568865741</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>26.01</x:v>
+        <x:v>37.34</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>205.768</x:v>
+        <x:v>233.492</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>231.2</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45750.7636226852</x:v>
+        <x:v>45789.7603240741</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>35.18</x:v>
+        <x:v>37.55</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>212.666</x:v>
+        <x:v>233.625</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>238.95</x:v>
+        <x:v>262.5</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45749.7615856481</x:v>
+        <x:v>45786.7591087963</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>52.27</x:v>
+        <x:v>36.71</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>221.699</x:v>
+        <x:v>232.868</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>249.1</x:v>
+        <x:v>261.65</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45748.7584606481</x:v>
+        <x:v>45785.7577199074</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>54.15</x:v>
+        <x:v>38.09</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>222.634</x:v>
+        <x:v>233.892</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>250.15</x:v>
+        <x:v>262.8</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45747.7615740741</x:v>
+        <x:v>45784.7685069444</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>45.62</x:v>
+        <x:v>36.67</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>217.516</x:v>
+        <x:v>232.735</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>244.4</x:v>
+        <x:v>261.5</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45744.7642708333</x:v>
+        <x:v>45783.7975</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>49.56</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>219.608</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>246.75</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45743.767349537</x:v>
+        <x:v>45783.7610648148</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>53.95</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>221.832</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>249.25</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45742.758912037</x:v>
+        <x:v>45782.7990972222</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>55.52</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>222.589</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>250.1</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45741.7595023148</x:v>
+        <x:v>45782.7613425926</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>75.91</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>230.288</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>258.75</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45740.763599537</x:v>
+        <x:v>45779.7593171296</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>68.67</x:v>
+        <x:v>42.98</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>227.262</x:v>
+        <x:v>237.007</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>255.35</x:v>
+        <x:v>266.3</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45737.759525463</x:v>
+        <x:v>45777.7615740741</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>62.17</x:v>
+        <x:v>32.01</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>224.236</x:v>
+        <x:v>227.217</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>251.95</x:v>
+        <x:v>255.3</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45736.7631134259</x:v>
+        <x:v>45776.7598958333</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>58.85</x:v>
+        <x:v>31.36</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>222.634</x:v>
+        <x:v>226.594</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>250.15</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45735.7582638889</x:v>
+        <x:v>45775.7601273148</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>55.68</x:v>
+        <x:v>26.45</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>221.032</x:v>
+        <x:v>221.432</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>248.35</x:v>
+        <x:v>248.8</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45734.7602314815</x:v>
+        <x:v>45772.7647222222</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>52.91</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>219.563</x:v>
+        <x:v>217.783</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>246.7</x:v>
+        <x:v>244.7</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45733.7570833333</x:v>
+        <x:v>45771.7646296296</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>52.97</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>219.563</x:v>
+        <x:v>214.624</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>246.7</x:v>
+        <x:v>241.15</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45730.76125</x:v>
+        <x:v>45770.7698726852</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>46.8</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>210.841</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>242.6</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45729.7592824074</x:v>
+        <x:v>45769.7601041667</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>39.29</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>210.841</x:v>
+        <x:v>194.465</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>0</x:v>
+        <x:v>218.5</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45728.7584837963</x:v>
+        <x:v>45764.7626967593</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>48.35</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>215.87</x:v>
+        <x:v>201.14</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>0</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45727.7601388889</x:v>
+        <x:v>45763.762337963</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>42.8</x:v>
+        <x:v>20.31</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>212.398</x:v>
+        <x:v>206.792</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>238.65</x:v>
+        <x:v>232.35</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45726.7684259259</x:v>
+        <x:v>45762.7596990741</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>48.55</x:v>
+        <x:v>20.55</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>226.372</x:v>
+        <x:v>207.058</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>254.35</x:v>
+        <x:v>232.65</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45723.7596643519</x:v>
+        <x:v>45761.7606597222</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>79.02</x:v>
+        <x:v>18.13</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>232.602</x:v>
+        <x:v>203.632</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>261.35</x:v>
+        <x:v>228.8</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45722.7590162037</x:v>
+        <x:v>45758.7869097222</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>100.72</x:v>
+        <x:v>15.92</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>235.583</x:v>
+        <x:v>200.072</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>264.7</x:v>
+        <x:v>224.8</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45721.7632291667</x:v>
+        <x:v>45757.7688078704</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>112.21</x:v>
+        <x:v>19.46</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>230.466</x:v>
+        <x:v>204.7</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>258.95</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45720.7598842593</x:v>
+        <x:v>45756.7571064815</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>95.38</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>241.68</x:v>
+        <x:v>190.816</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>271.55</x:v>
+        <x:v>214.4</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45719.76</x:v>
+        <x:v>45755.7789814815</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>151.96</x:v>
+        <x:v>18.57</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>236.117</x:v>
+        <x:v>199.182</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>265.3</x:v>
+        <x:v>223.8</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45716.7600115741</x:v>
+        <x:v>45754.7628125</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>128.23</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>238.075</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>267.5</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45715.7569907407</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>137.43</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>244.928</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>275.2</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45714.7741666667</x:v>
+        <x:v>45751.7592824074</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>177.33</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>242.436</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>272.4</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45713.7589467593</x:v>
+        <x:v>45750.7636226852</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>164.03</x:v>
+        <x:v>35.18</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>244.127</x:v>
+        <x:v>212.666</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>274.3</x:v>
+        <x:v>238.95</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45712.7659027778</x:v>
+        <x:v>45749.7615856481</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>173.87</x:v>
+        <x:v>52.27</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>243.504</x:v>
+        <x:v>221.699</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>273.6</x:v>
+        <x:v>249.1</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45709.7637731481</x:v>
+        <x:v>45748.7584606481</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>170.97</x:v>
+        <x:v>54.15</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>244.706</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>274.95</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45708.7618634259</x:v>
+        <x:v>45747.7615740741</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>178.18</x:v>
+        <x:v>45.62</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>245.907</x:v>
+        <x:v>217.516</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>276.3</x:v>
+        <x:v>244.4</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45707.7577430556</x:v>
+        <x:v>45744.7642708333</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>185.66</x:v>
+        <x:v>49.56</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>247.732</x:v>
+        <x:v>219.608</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>278.35</x:v>
+        <x:v>246.75</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45706.762337963</x:v>
+        <x:v>45743.767349537</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>197.53</x:v>
+        <x:v>53.95</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>249.289</x:v>
+        <x:v>221.832</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>280.1</x:v>
+        <x:v>249.25</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45705.7592013889</x:v>
+        <x:v>45742.758912037</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>208.18</x:v>
+        <x:v>55.52</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>246.486</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>276.95</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45702.7668171296</x:v>
+        <x:v>45741.7595023148</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>191.43</x:v>
+        <x:v>75.91</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>249.467</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>280.3</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45701.7653703704</x:v>
+        <x:v>45740.763599537</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>211.95</x:v>
+        <x:v>68.67</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>248.444</x:v>
+        <x:v>227.262</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>279.15</x:v>
+        <x:v>255.35</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45700.7626967593</x:v>
+        <x:v>45737.759525463</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>205.42</x:v>
+        <x:v>62.17</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>247.732</x:v>
+        <x:v>224.236</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>278.35</x:v>
+        <x:v>251.95</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45699.7634259259</x:v>
+        <x:v>45736.7631134259</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>201.03</x:v>
+        <x:v>58.85</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>241.902</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>271.8</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45698.7617361111</x:v>
+        <x:v>45735.7582638889</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>168.71</x:v>
+        <x:v>55.68</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>241.19</x:v>
+        <x:v>221.032</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>271</x:v>
+        <x:v>248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45695.7611458333</x:v>
+        <x:v>45734.7602314815</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>165.39</x:v>
+        <x:v>52.91</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>243.548</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>273.65</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45694.7634490741</x:v>
+        <x:v>45733.7570833333</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>179.51</x:v>
+        <x:v>52.97</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>241.012</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>270.8</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45693.7706365741</x:v>
+        <x:v>45730.76125</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>165.75</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>241.012</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>270.8</x:v>
+        <x:v>242.6</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45692.7817476852</x:v>
+        <x:v>45729.7592824074</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>150.19</x:v>
+        <x:v>39.29</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>237.897</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>267.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45728.7584837963</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>133.51</x:v>
+        <x:v>48.35</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>234.204</x:v>
+        <x:v>215.87</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>263.15</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45691.7625578704</x:v>
+        <x:v>45727.7601388889</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>133.51</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>234.204</x:v>
+        <x:v>212.398</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>263.15</x:v>
+        <x:v>238.65</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45688.76</x:v>
+        <x:v>45726.7684259259</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>159.5</x:v>
+        <x:v>48.55</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>238.965</x:v>
+        <x:v>226.372</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>268.5</x:v>
+        <x:v>254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45687.7638888889</x:v>
+        <x:v>45723.7596643519</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>157.57</x:v>
+        <x:v>79.02</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>238.564</x:v>
+        <x:v>232.602</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>268.05</x:v>
+        <x:v>261.35</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45686.7638078704</x:v>
+        <x:v>45722.7590162037</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>153.84</x:v>
+        <x:v>100.72</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>237.808</x:v>
+        <x:v>235.583</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>267.2</x:v>
+        <x:v>264.7</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45721.7632291667</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>135.07</x:v>
+        <x:v>112.21</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>233.714</x:v>
+        <x:v>230.466</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>262.6</x:v>
+        <x:v>258.95</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45685.7622222222</x:v>
+        <x:v>45720.7598842593</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>135.07</x:v>
+        <x:v>95.38</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>233.714</x:v>
+        <x:v>241.68</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>262.6</x:v>
+        <x:v>271.55</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45684.7611226852</x:v>
+        <x:v>45719.76</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>130.44</x:v>
+        <x:v>151.96</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>232.646</x:v>
+        <x:v>236.117</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>261.4</x:v>
+        <x:v>265.3</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45681.768125</x:v>
+        <x:v>45716.7600115741</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>140.08</x:v>
+        <x:v>128.23</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>234.56</x:v>
+        <x:v>238.075</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>263.55</x:v>
+        <x:v>267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45679.7595138889</x:v>
+        <x:v>45715.7569907407</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>135.25</x:v>
+        <x:v>137.43</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>233.447</x:v>
+        <x:v>244.928</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>262.3</x:v>
+        <x:v>275.2</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45678.7595601852</x:v>
+        <x:v>45714.7741666667</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>115.42</x:v>
+        <x:v>177.33</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>228.508</x:v>
+        <x:v>242.436</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>256.75</x:v>
+        <x:v>272.4</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45677.765162037</x:v>
+        <x:v>45713.7589467593</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>112.91</x:v>
+        <x:v>164.03</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>227.84</x:v>
+        <x:v>244.127</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>256</x:v>
+        <x:v>274.3</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45674.7630555556</x:v>
+        <x:v>45712.7659027778</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>116.42</x:v>
+        <x:v>173.87</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>228.596</x:v>
+        <x:v>243.504</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>256.85</x:v>
+        <x:v>273.6</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45673.7629976852</x:v>
+        <x:v>45709.7637731481</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>110.33</x:v>
+        <x:v>170.97</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>226.994</x:v>
+        <x:v>244.706</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>255.05</x:v>
+        <x:v>274.95</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45672.764537037</x:v>
+        <x:v>45708.7618634259</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>105.62</x:v>
+        <x:v>178.18</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>225.704</x:v>
+        <x:v>245.907</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>253.6</x:v>
+        <x:v>276.3</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45671.7791203704</x:v>
+        <x:v>45707.7577430556</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>88.07</x:v>
+        <x:v>185.66</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>220.186</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>247.4</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45670.7590393519</x:v>
+        <x:v>45706.762337963</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>79.09</x:v>
+        <x:v>197.53</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>217.071</x:v>
+        <x:v>249.289</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>243.9</x:v>
+        <x:v>280.1</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45667.7626388889</x:v>
+        <x:v>45705.7592013889</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>84.78</x:v>
+        <x:v>208.18</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>218.806</x:v>
+        <x:v>246.486</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>245.85</x:v>
+        <x:v>276.95</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45666.758900463</x:v>
+        <x:v>45702.7668171296</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>82.99</x:v>
+        <x:v>191.43</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>218.184</x:v>
+        <x:v>249.467</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>245.15</x:v>
+        <x:v>280.3</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45665.7753472222</x:v>
+        <x:v>45701.7653703704</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>82.01</x:v>
+        <x:v>211.95</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>217.828</x:v>
+        <x:v>248.444</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>244.75</x:v>
+        <x:v>279.15</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45664.760625</x:v>
+        <x:v>45700.7626967593</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>78.37</x:v>
+        <x:v>205.42</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>216.537</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>243.3</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45663.7687268518</x:v>
+        <x:v>45699.7634259259</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>69.1</x:v>
+        <x:v>201.03</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>212.932</x:v>
+        <x:v>241.902</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>239.25</x:v>
+        <x:v>271.8</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45660.7611805556</x:v>
+        <x:v>45698.7617361111</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>60.28</x:v>
+        <x:v>168.71</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>209.016</x:v>
+        <x:v>241.19</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>234.85</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45656.7591435185</x:v>
+        <x:v>45695.7611458333</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>63.72</x:v>
+        <x:v>165.39</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>210.307</x:v>
+        <x:v>243.548</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>236.3</x:v>
+        <x:v>273.65</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45653.7593865741</x:v>
+        <x:v>45694.7634490741</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>71.64</x:v>
+        <x:v>179.51</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>213.155</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>239.5</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45649.7573726852</x:v>
+        <x:v>45693.7706365741</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>65.03</x:v>
+        <x:v>165.75</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>210.352</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>236.35</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45646.7606828704</x:v>
+        <x:v>45692.7817476852</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>66.16</x:v>
+        <x:v>150.19</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>210.708</x:v>
+        <x:v>237.897</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>236.75</x:v>
+        <x:v>267.3</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45645.7575462963</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>66.92</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>210.974</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>237.05</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45644.7667824074</x:v>
+        <x:v>45691.7625578704</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>75.14</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>213.867</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>240.3</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45643.7696990741</x:v>
+        <x:v>45688.76</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>72.21</x:v>
+        <x:v>159.5</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>212.754</x:v>
+        <x:v>238.965</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>239.05</x:v>
+        <x:v>268.5</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45642.7680555556</x:v>
+        <x:v>45687.7638888889</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>76.36</x:v>
+        <x:v>157.57</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>214.178</x:v>
+        <x:v>238.564</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>240.65</x:v>
+        <x:v>268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45638.7633564815</x:v>
+        <x:v>45686.7638078704</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>78.95</x:v>
+        <x:v>153.84</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>214.935</x:v>
+        <x:v>237.808</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>241.5</x:v>
+        <x:v>267.2</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45637.796400463</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>72.04</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>212.354</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>238.6</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45636.7680671296</x:v>
+        <x:v>45685.7622222222</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>75.79</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>213.644</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>240.05</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45635.7600462963</x:v>
+        <x:v>45684.7611226852</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>77.04</x:v>
+        <x:v>130.44</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>214.045</x:v>
+        <x:v>232.646</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>240.5</x:v>
+        <x:v>261.4</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45632.7600347222</x:v>
+        <x:v>45681.768125</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>81.38</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>215.38</x:v>
+        <x:v>234.56</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>242</x:v>
+        <x:v>263.55</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45631.7586111111</x:v>
+        <x:v>45679.7595138889</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>79.76</x:v>
+        <x:v>135.25</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>214.802</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>241.35</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45630.7638541667</x:v>
+        <x:v>45678.7595601852</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>80.8</x:v>
+        <x:v>115.42</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>215.113</x:v>
+        <x:v>228.508</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>241.7</x:v>
+        <x:v>256.75</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45629.7659143519</x:v>
+        <x:v>45677.765162037</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>62.19</x:v>
+        <x:v>112.91</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>207.326</x:v>
+        <x:v>227.84</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>232.95</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45628.7705902778</x:v>
+        <x:v>45674.7630555556</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>58.42</x:v>
+        <x:v>116.42</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>205.634</x:v>
+        <x:v>228.596</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>231.05</x:v>
+        <x:v>256.85</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45625.7598842593</x:v>
+        <x:v>45673.7629976852</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>48.08</x:v>
+        <x:v>110.33</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>200.161</x:v>
+        <x:v>226.994</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>224.9</x:v>
+        <x:v>255.05</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45624.7723726852</x:v>
+        <x:v>45672.764537037</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>42.39</x:v>
+        <x:v>105.62</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>196.824</x:v>
+        <x:v>225.704</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>221.15</x:v>
+        <x:v>253.6</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45623.7603240741</x:v>
+        <x:v>45671.7791203704</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>40.95</x:v>
+        <x:v>88.07</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>195.934</x:v>
+        <x:v>220.186</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>220.15</x:v>
+        <x:v>247.4</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45622.7714699074</x:v>
+        <x:v>45670.7590393519</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>46.04</x:v>
+        <x:v>79.09</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>198.648</x:v>
+        <x:v>217.071</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>223.2</x:v>
+        <x:v>243.9</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45621.7637962963</x:v>
+        <x:v>45667.7626388889</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>46.6</x:v>
+        <x:v>84.78</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>198.915</x:v>
+        <x:v>218.806</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>223.5</x:v>
+        <x:v>245.85</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45618.7851273148</x:v>
+        <x:v>45666.758900463</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>51.14</x:v>
+        <x:v>82.99</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>201.051</x:v>
+        <x:v>218.184</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>225.9</x:v>
+        <x:v>245.15</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45617.7602546296</x:v>
+        <x:v>45665.7753472222</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>49.1</x:v>
+        <x:v>82.01</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>199.983</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>224.7</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45616.7634837963</x:v>
+        <x:v>45664.760625</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>42.79</x:v>
+        <x:v>78.37</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>196.334</x:v>
+        <x:v>216.537</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>220.6</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45615.7578125</x:v>
+        <x:v>45663.7687268518</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>41.78</x:v>
+        <x:v>69.1</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>195.711</x:v>
+        <x:v>212.932</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>219.9</x:v>
+        <x:v>239.25</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45614.7649074074</x:v>
+        <x:v>45660.7611805556</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>39.93</x:v>
+        <x:v>60.28</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>194.554</x:v>
+        <x:v>209.016</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>218.6</x:v>
+        <x:v>234.85</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45611.7686342593</x:v>
+        <x:v>45656.7591435185</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>38.25</x:v>
+        <x:v>63.72</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>193.397</x:v>
+        <x:v>210.307</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>217.3</x:v>
+        <x:v>236.3</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45610.7625231482</x:v>
+        <x:v>45653.7593865741</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>44.32</x:v>
+        <x:v>71.64</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>196.734</x:v>
+        <x:v>213.155</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>221.05</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45609.7625925926</x:v>
+        <x:v>45649.7573726852</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>41.93</x:v>
+        <x:v>65.03</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>195.31</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>219.45</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45608.7778703704</x:v>
+        <x:v>45646.7606828704</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>43.48</x:v>
+        <x:v>66.16</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>196.156</x:v>
+        <x:v>210.708</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>220.4</x:v>
+        <x:v>236.75</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45607.7591898148</x:v>
+        <x:v>45645.7575462963</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>45.51</x:v>
+        <x:v>66.92</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>197.224</x:v>
+        <x:v>210.974</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>221.6</x:v>
+        <x:v>237.05</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45604.7573148148</x:v>
+        <x:v>45644.7667824074</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>45.35</x:v>
+        <x:v>75.14</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>197.046</x:v>
+        <x:v>213.867</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>221.4</x:v>
+        <x:v>240.3</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45603.7594791667</x:v>
+        <x:v>45643.7696990741</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>44.13</x:v>
+        <x:v>72.21</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>196.334</x:v>
+        <x:v>212.754</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>220.6</x:v>
+        <x:v>239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45602.7588425926</x:v>
+        <x:v>45642.7680555556</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>34.31</x:v>
+        <x:v>76.36</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>189.526</x:v>
+        <x:v>214.178</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>212.95</x:v>
+        <x:v>240.65</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45601.7577199074</x:v>
+        <x:v>45638.7633564815</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>38.19</x:v>
+        <x:v>78.95</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>191.928</x:v>
+        <x:v>214.935</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>215.65</x:v>
+        <x:v>241.5</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45600.7605439815</x:v>
+        <x:v>45637.796400463</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>35.76</x:v>
+        <x:v>72.04</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>190.282</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>213.8</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45597.7588194444</x:v>
+        <x:v>45636.7680671296</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>40.3</x:v>
+        <x:v>75.79</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>192.908</x:v>
+        <x:v>213.644</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>216.75</x:v>
+        <x:v>240.05</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45596.7616550926</x:v>
+        <x:v>45635.7600462963</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>37.61</x:v>
+        <x:v>77.04</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>191.172</x:v>
+        <x:v>214.045</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>214.8</x:v>
+        <x:v>240.5</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45595.7568865741</x:v>
+        <x:v>45632.7600347222</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>45.56</x:v>
+        <x:v>81.38</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>195.4</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>219.55</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45594.7605208333</x:v>
+        <x:v>45631.7586111111</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>54.25</x:v>
+        <x:v>79.76</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>199.36</x:v>
+        <x:v>214.802</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>224</x:v>
+        <x:v>241.35</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45593.7742013889</x:v>
+        <x:v>45630.7638541667</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>51.89</x:v>
+        <x:v>80.8</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>198.203</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>222.7</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45590.768275463</x:v>
+        <x:v>45629.7659143519</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>49.14</x:v>
+        <x:v>62.19</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>196.734</x:v>
+        <x:v>207.326</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>221.05</x:v>
+        <x:v>232.95</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45589.7589699074</x:v>
+        <x:v>45628.7705902778</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>45.85</x:v>
+        <x:v>58.42</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>194.954</x:v>
+        <x:v>205.634</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>219.05</x:v>
+        <x:v>231.05</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45588.7683796296</x:v>
+        <x:v>45625.7598842593</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>45.25</x:v>
+        <x:v>48.08</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>194.598</x:v>
+        <x:v>200.161</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>218.65</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45587.7587384259</x:v>
+        <x:v>45624.7723726852</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>40.22</x:v>
+        <x:v>42.39</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>191.572</x:v>
+        <x:v>196.824</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>215.25</x:v>
+        <x:v>221.15</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45586.7589467593</x:v>
+        <x:v>45623.7603240741</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>34.39</x:v>
+        <x:v>40.95</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>187.568</x:v>
+        <x:v>195.934</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>210.75</x:v>
+        <x:v>220.15</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45583.7647800926</x:v>
+        <x:v>45622.7714699074</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>37.49</x:v>
+        <x:v>46.04</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>189.436</x:v>
+        <x:v>198.648</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>212.85</x:v>
+        <x:v>223.2</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45581.7579166667</x:v>
+        <x:v>45621.7637962963</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>34.64</x:v>
+        <x:v>46.6</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>187.478</x:v>
+        <x:v>198.915</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>210.65</x:v>
+        <x:v>223.5</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45580.7601967593</x:v>
+        <x:v>45618.7851273148</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>33.59</x:v>
+        <x:v>51.14</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>186.722</x:v>
+        <x:v>201.051</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>209.8</x:v>
+        <x:v>225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45579.7582175926</x:v>
+        <x:v>45617.7602546296</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>36.02</x:v>
+        <x:v>49.1</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>188.28</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>211.55</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45576.767962963</x:v>
+        <x:v>45616.7634837963</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>32.48</x:v>
+        <x:v>42.79</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>185.654</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>208.6</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45575.7566435185</x:v>
+        <x:v>45615.7578125</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>29.58</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>183.384</x:v>
+        <x:v>195.711</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>206.05</x:v>
+        <x:v>219.9</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45574.7610532407</x:v>
+        <x:v>45614.7649074074</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>31.83</x:v>
+        <x:v>39.93</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>184.986</x:v>
+        <x:v>194.554</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>207.85</x:v>
+        <x:v>218.6</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45573.7606597222</x:v>
+        <x:v>45611.7686342593</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>28.68</x:v>
+        <x:v>38.25</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>182.45</x:v>
+        <x:v>193.397</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>205</x:v>
+        <x:v>217.3</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45572.7565625</x:v>
+        <x:v>45610.7625231482</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>24.17</x:v>
+        <x:v>44.32</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>178.267</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>200.3</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45569.7642476852</x:v>
+        <x:v>45609.7625925926</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>24.66</x:v>
+        <x:v>41.93</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>178.623</x:v>
+        <x:v>195.31</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>200.7</x:v>
+        <x:v>219.45</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45568.7656481481</x:v>
+        <x:v>45608.7778703704</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>24.79</x:v>
+        <x:v>43.48</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>178.712</x:v>
+        <x:v>196.156</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>200.8</x:v>
+        <x:v>220.4</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45567.7653472222</x:v>
+        <x:v>45607.7591898148</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>28.08</x:v>
+        <x:v>45.51</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>181.338</x:v>
+        <x:v>197.224</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>203.75</x:v>
+        <x:v>221.6</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45566.7563657407</x:v>
+        <x:v>45604.7573148148</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>28.74</x:v>
+        <x:v>45.35</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>181.827</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>204.3</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45565.7591782407</x:v>
+        <x:v>45603.7594791667</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>28.89</x:v>
+        <x:v>44.13</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>181.916</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>204.4</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45562.7586574074</x:v>
+        <x:v>45602.7588425926</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>30.56</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>183.073</x:v>
+        <x:v>189.526</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>205.7</x:v>
+        <x:v>212.95</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45561.7612847222</x:v>
+        <x:v>45601.7577199074</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>29.22</x:v>
+        <x:v>38.19</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>182.005</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>204.5</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45560.7714236111</x:v>
+        <x:v>45600.7605439815</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>26.43</x:v>
+        <x:v>35.76</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>179.602</x:v>
+        <x:v>190.282</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>201.8</x:v>
+        <x:v>213.8</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45559.7595833333</x:v>
+        <x:v>45597.7588194444</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>32.9</x:v>
+        <x:v>40.3</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>184.096</x:v>
+        <x:v>192.908</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>206.85</x:v>
+        <x:v>216.75</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45558.7542476852</x:v>
+        <x:v>45596.7616550926</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>32.94</x:v>
+        <x:v>37.61</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>184.096</x:v>
+        <x:v>191.172</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>206.85</x:v>
+        <x:v>214.8</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45555.7576851852</x:v>
+        <x:v>45595.7568865741</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>30.28</x:v>
+        <x:v>45.56</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>182.005</x:v>
+        <x:v>195.4</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>204.5</x:v>
+        <x:v>219.55</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45554.7554976852</x:v>
+        <x:v>45594.7605208333</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>32.33</x:v>
+        <x:v>54.25</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>183.429</x:v>
+        <x:v>199.36</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>206.1</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45553.7545486111</x:v>
+        <x:v>45593.7742013889</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>25.66</x:v>
+        <x:v>51.89</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>177.626</x:v>
+        <x:v>198.203</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>199.58</x:v>
+        <x:v>222.7</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45552.7566435185</x:v>
+        <x:v>45590.768275463</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>26.84</x:v>
+        <x:v>49.14</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>178.578</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>200.65</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45551.7526967593</x:v>
+        <x:v>45589.7589699074</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>26.35</x:v>
+        <x:v>45.85</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>178.134</x:v>
+        <x:v>194.954</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>200.15</x:v>
+        <x:v>219.05</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45548.7577893519</x:v>
+        <x:v>45588.7683796296</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>26.99</x:v>
+        <x:v>45.25</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>178.578</x:v>
+        <x:v>194.598</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>200.65</x:v>
+        <x:v>218.65</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45547.7527430556</x:v>
+        <x:v>45587.7587384259</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>25.52</x:v>
+        <x:v>40.22</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>177.27</x:v>
+        <x:v>191.572</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>199.18</x:v>
+        <x:v>215.25</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45546.7507291667</x:v>
+        <x:v>45586.7589467593</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>21.36</x:v>
+        <x:v>34.39</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>173.034</x:v>
+        <x:v>187.568</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>194.42</x:v>
+        <x:v>210.75</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45545.7516898148</x:v>
+        <x:v>45583.7647800926</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>19.84</x:v>
+        <x:v>37.49</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>171.361</x:v>
+        <x:v>189.436</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>192.54</x:v>
+        <x:v>212.85</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45544.753125</x:v>
+        <x:v>45581.7579166667</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>19.9</x:v>
+        <x:v>34.64</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>171.396</x:v>
+        <x:v>187.478</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>192.58</x:v>
+        <x:v>210.65</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45541.774837963</x:v>
+        <x:v>45580.7601967593</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>18.53</x:v>
+        <x:v>33.59</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>169.741</x:v>
+        <x:v>186.722</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>190.72</x:v>
+        <x:v>209.8</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45540.7512152778</x:v>
+        <x:v>45579.7582175926</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>19.13</x:v>
+        <x:v>36.02</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>170.382</x:v>
+        <x:v>188.28</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>191.44</x:v>
+        <x:v>211.55</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45539.7506365741</x:v>
+        <x:v>45576.767962963</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>21.02</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>172.286</x:v>
+        <x:v>185.654</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>193.58</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45538.7615277778</x:v>
+        <x:v>45575.7566435185</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>25.88</x:v>
+        <x:v>29.58</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>176.398</x:v>
+        <x:v>183.384</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>198.2</x:v>
+        <x:v>206.05</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45537.7585416667</x:v>
+        <x:v>45574.7610532407</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>27.76</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>177.875</x:v>
+        <x:v>184.986</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>199.86</x:v>
+        <x:v>207.85</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45534.7589467593</x:v>
+        <x:v>45573.7606597222</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>25.65</x:v>
+        <x:v>28.68</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>175.971</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>197.72</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45533.7649768519</x:v>
+        <x:v>45572.7565625</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>27.1</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>177.128</x:v>
+        <x:v>178.267</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>199.02</x:v>
+        <x:v>200.3</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45532.7507638889</x:v>
+        <x:v>45569.7642476852</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>23.46</x:v>
+        <x:v>24.66</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>173.728</x:v>
+        <x:v>178.623</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>195.2</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45531.7524305556</x:v>
+        <x:v>45568.7656481481</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>23.55</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>173.781</x:v>
+        <x:v>178.712</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>195.26</x:v>
+        <x:v>200.8</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45530.753275463</x:v>
+        <x:v>45567.7653472222</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>22.59</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>172.838</x:v>
+        <x:v>181.338</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>194.2</x:v>
+        <x:v>203.75</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45527.7532523148</x:v>
+        <x:v>45566.7563657407</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>24.09</x:v>
+        <x:v>28.74</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>174.102</x:v>
+        <x:v>181.827</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>195.62</x:v>
+        <x:v>204.3</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45526.7496064815</x:v>
+        <x:v>45565.7591782407</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>25.07</x:v>
+        <x:v>28.89</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>174.921</x:v>
+        <x:v>181.916</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>196.54</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45525.7533333333</x:v>
+        <x:v>45562.7586574074</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>25.06</x:v>
+        <x:v>30.56</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>174.885</x:v>
+        <x:v>183.073</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>196.5</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45524.7571990741</x:v>
+        <x:v>45561.7612847222</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>24.49</x:v>
+        <x:v>29.22</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>174.351</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>195.9</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45523.750787037</x:v>
+        <x:v>45560.7714236111</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>25.94</x:v>
+        <x:v>26.43</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>175.544</x:v>
+        <x:v>179.602</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>197.24</x:v>
+        <x:v>201.8</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45520.7525462963</x:v>
+        <x:v>45559.7595833333</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>25.58</x:v>
+        <x:v>32.9</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>175.152</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>196.8</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45519.7846180556</x:v>
+        <x:v>45558.7542476852</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>24.79</x:v>
+        <x:v>32.94</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>174.422</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>195.98</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45518.7548726852</x:v>
+        <x:v>45555.7576851852</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>21.35</x:v>
+        <x:v>30.28</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>170.951</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>192.08</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45517.7495023148</x:v>
+        <x:v>45554.7554976852</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>20.94</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>170.506</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>191.58</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45516.7502893519</x:v>
+        <x:v>45553.7545486111</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>19.12</x:v>
+        <x:v>25.66</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>168.477</x:v>
+        <x:v>177.626</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>189.3</x:v>
+        <x:v>199.58</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45513.7534259259</x:v>
+        <x:v>45552.7566435185</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>19.72</x:v>
+        <x:v>26.84</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>169.029</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>189.92</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45512.7521412037</x:v>
+        <x:v>45551.7526967593</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>18.46</x:v>
+        <x:v>26.35</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>167.569</x:v>
+        <x:v>178.134</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>188.28</x:v>
+        <x:v>200.15</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45511.7529166667</x:v>
+        <x:v>45548.7577893519</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>18.25</x:v>
+        <x:v>26.99</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>167.302</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>187.98</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45510.7710416667</x:v>
+        <x:v>45547.7527430556</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>16.44</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>165.006</x:v>
+        <x:v>177.27</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>185.4</x:v>
+        <x:v>199.18</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45509.7565162037</x:v>
+        <x:v>45546.7507291667</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>13.9</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>161.286</x:v>
+        <x:v>173.034</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>181.22</x:v>
+        <x:v>194.42</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45506.7577777778</x:v>
+        <x:v>45545.7516898148</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>17.74</x:v>
+        <x:v>19.84</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>165.682</x:v>
+        <x:v>171.361</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>186.16</x:v>
+        <x:v>192.54</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45504.7536574074</x:v>
+        <x:v>45544.753125</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>27.98</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>173.568</x:v>
+        <x:v>171.396</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>195.02</x:v>
+        <x:v>192.58</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45503.7497337963</x:v>
+        <x:v>45541.774837963</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>24.9</x:v>
+        <x:v>18.53</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>170.898</x:v>
+        <x:v>169.741</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>192.02</x:v>
+        <x:v>190.72</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45502.7520023148</x:v>
+        <x:v>45540.7512152778</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>25.86</x:v>
+        <x:v>19.13</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>171.663</x:v>
+        <x:v>170.382</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>192.88</x:v>
+        <x:v>191.44</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45499.750150463</x:v>
+        <x:v>45539.7506365741</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>29.48</x:v>
+        <x:v>21.02</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>174.244</x:v>
+        <x:v>172.286</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>195.78</x:v>
+        <x:v>193.58</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45498.7520138889</x:v>
+        <x:v>45538.7615277778</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>28.85</x:v>
+        <x:v>25.88</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>173.746</x:v>
+        <x:v>176.398</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>195.22</x:v>
+        <x:v>198.2</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45497.7533912037</x:v>
+        <x:v>45537.7585416667</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>27.31</x:v>
+        <x:v>27.76</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>172.5</x:v>
+        <x:v>177.875</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>193.82</x:v>
+        <x:v>199.86</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45496.7496643519</x:v>
+        <x:v>45534.7589467593</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>31.04</x:v>
+        <x:v>25.65</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>175.099</x:v>
+        <x:v>175.971</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>196.74</x:v>
+        <x:v>197.72</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45495.7513657407</x:v>
+        <x:v>45533.7649768519</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>19.77</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>163.422</x:v>
+        <x:v>177.128</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>183.62</x:v>
+        <x:v>199.02</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45492.7567708333</x:v>
+        <x:v>45532.7507638889</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>18.15</x:v>
+        <x:v>23.46</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>161.535</x:v>
+        <x:v>173.728</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>181.5</x:v>
+        <x:v>195.2</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45491.7526851852</x:v>
+        <x:v>45531.7524305556</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>17.46</x:v>
+        <x:v>23.55</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>160.716</x:v>
+        <x:v>173.781</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>180.58</x:v>
+        <x:v>195.26</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45490.7535069444</x:v>
+        <x:v>45530.753275463</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>19.8</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>163.101</x:v>
+        <x:v>172.838</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>183.26</x:v>
+        <x:v>194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45489.7500925926</x:v>
+        <x:v>45527.7532523148</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>23.88</x:v>
+        <x:v>24.09</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>166.626</x:v>
+        <x:v>174.102</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>187.22</x:v>
+        <x:v>195.62</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45488.7523263889</x:v>
+        <x:v>45526.7496064815</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>24.47</x:v>
+        <x:v>25.07</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>167.106</x:v>
+        <x:v>174.921</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>187.76</x:v>
+        <x:v>196.54</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45485.7526041667</x:v>
+        <x:v>45525.7533333333</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>25.64</x:v>
+        <x:v>25.06</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>167.979</x:v>
+        <x:v>174.885</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>188.74</x:v>
+        <x:v>196.5</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45484.7507638889</x:v>
+        <x:v>45524.7571990741</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>23.39</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>165.949</x:v>
+        <x:v>174.351</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>186.46</x:v>
+        <x:v>195.9</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45483.7515277778</x:v>
+        <x:v>45523.750787037</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>22.77</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>165.362</x:v>
+        <x:v>175.544</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>185.8</x:v>
+        <x:v>197.24</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45482.7511458333</x:v>
+        <x:v>45520.7525462963</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>21.82</x:v>
+        <x:v>25.58</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>164.436</x:v>
+        <x:v>175.152</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>184.76</x:v>
+        <x:v>196.8</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45481.7521180556</x:v>
+        <x:v>45519.7846180556</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>25.15</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>167.178</x:v>
+        <x:v>174.422</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>187.84</x:v>
+        <x:v>195.98</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45478.7524074074</x:v>
+        <x:v>45518.7548726852</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>26.66</x:v>
+        <x:v>21.35</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>168.281</x:v>
+        <x:v>170.951</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>189.08</x:v>
+        <x:v>192.08</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45477.7564351852</x:v>
+        <x:v>45517.7495023148</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>24.53</x:v>
+        <x:v>20.94</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>166.448</x:v>
+        <x:v>170.506</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>187.02</x:v>
+        <x:v>191.58</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45476.7537962963</x:v>
+        <x:v>45516.7502893519</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>25.26</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>167.017</x:v>
+        <x:v>168.477</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>187.66</x:v>
+        <x:v>189.3</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45475.7575</x:v>
+        <x:v>45513.7534259259</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>22.86</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>164.828</x:v>
+        <x:v>169.029</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>185.2</x:v>
+        <x:v>189.92</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45474.7653125</x:v>
+        <x:v>45512.7521412037</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>23.37</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>165.255</x:v>
+        <x:v>167.569</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>185.68</x:v>
+        <x:v>188.28</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45471.7526157407</x:v>
+        <x:v>45511.7529166667</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>28.03</x:v>
+        <x:v>18.25</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>168.673</x:v>
+        <x:v>167.302</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>189.52</x:v>
+        <x:v>187.98</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45470.7516782407</x:v>
+        <x:v>45510.7710416667</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>25.78</x:v>
+        <x:v>16.44</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>166.822</x:v>
+        <x:v>165.006</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>187.44</x:v>
+        <x:v>185.4</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45469.7562037037</x:v>
+        <x:v>45509.7565162037</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>24.33</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>165.558</x:v>
+        <x:v>161.286</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>186.02</x:v>
+        <x:v>181.22</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45468.7651388889</x:v>
+        <x:v>45506.7577777778</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>20.48</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>161.731</x:v>
+        <x:v>165.682</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>181.72</x:v>
+        <x:v>186.16</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45467.7596875</x:v>
+        <x:v>45504.7536574074</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>18.63</x:v>
+        <x:v>27.98</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>159.719</x:v>
+        <x:v>173.568</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>179.46</x:v>
+        <x:v>195.02</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45464.7598032407</x:v>
+        <x:v>45503.7497337963</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>20.13</x:v>
+        <x:v>24.9</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>161.143</x:v>
+        <x:v>170.898</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>181.06</x:v>
+        <x:v>192.02</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45463.7553009259</x:v>
+        <x:v>45502.7520023148</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>19.01</x:v>
+        <x:v>25.86</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>159.933</x:v>
+        <x:v>171.663</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>179.7</x:v>
+        <x:v>192.88</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45462.7591319444</x:v>
+        <x:v>45499.750150463</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>16.48</x:v>
+        <x:v>29.48</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>156.889</x:v>
+        <x:v>174.244</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>176.28</x:v>
+        <x:v>195.78</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45461.750162037</x:v>
+        <x:v>45498.7520138889</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>16.29</x:v>
+        <x:v>28.85</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>156.64</x:v>
+        <x:v>173.746</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>176</x:v>
+        <x:v>195.22</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45460.7520023148</x:v>
+        <x:v>45497.7533912037</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>16.14</x:v>
+        <x:v>27.31</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>156.426</x:v>
+        <x:v>172.5</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>175.76</x:v>
+        <x:v>193.82</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45457.75375</x:v>
+        <x:v>45496.7496643519</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>15.5</x:v>
+        <x:v>31.04</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>155.554</x:v>
+        <x:v>175.099</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>174.78</x:v>
+        <x:v>196.74</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45456.754537037</x:v>
+        <x:v>45495.7513657407</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>18.14</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>158.402</x:v>
+        <x:v>163.422</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>177.98</x:v>
+        <x:v>183.62</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45455.75625</x:v>
+        <x:v>45492.7567708333</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>21.39</x:v>
+        <x:v>18.15</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>161.446</x:v>
+        <x:v>161.535</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>181.4</x:v>
+        <x:v>181.5</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45454.7546527778</x:v>
+        <x:v>45491.7526851852</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>16.82</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>156.106</x:v>
+        <x:v>160.716</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>175.4</x:v>
+        <x:v>180.58</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45453.7552314815</x:v>
+        <x:v>45490.7535069444</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>18</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>157.37</x:v>
+        <x:v>163.101</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>176.82</x:v>
+        <x:v>183.26</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45450.7637962963</x:v>
+        <x:v>45489.7500925926</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>18.52</x:v>
+        <x:v>23.88</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>157.85</x:v>
+        <x:v>166.626</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>177.36</x:v>
+        <x:v>187.22</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45449.7532986111</x:v>
+        <x:v>45488.7523263889</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>18.86</x:v>
+        <x:v>24.47</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>158.171</x:v>
+        <x:v>167.106</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>177.72</x:v>
+        <x:v>187.76</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45448.7575925926</x:v>
+        <x:v>45485.7526041667</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>14.64</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>152.653</x:v>
+        <x:v>167.979</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>171.52</x:v>
+        <x:v>188.74</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45447.7542592593</x:v>
+        <x:v>45484.7507638889</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>12.88</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>150.054</x:v>
+        <x:v>165.949</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>168.6</x:v>
+        <x:v>186.46</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45446.7532291667</x:v>
+        <x:v>45483.7515277778</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>12.69</x:v>
+        <x:v>22.77</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>149.751</x:v>
+        <x:v>165.362</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>168.26</x:v>
+        <x:v>185.8</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45443.7518287037</x:v>
+        <x:v>45482.7511458333</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>11.46</x:v>
+        <x:v>21.82</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>147.704</x:v>
+        <x:v>164.436</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>165.96</x:v>
+        <x:v>184.76</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45442.7577199074</x:v>
+        <x:v>45481.7521180556</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>13.11</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>150.036</x:v>
+        <x:v>167.178</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>168.58</x:v>
+        <x:v>187.84</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45441.7499189815</x:v>
+        <x:v>45478.7524074074</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>19.6</x:v>
+        <x:v>26.66</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>156.48</x:v>
+        <x:v>168.281</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>175.82</x:v>
+        <x:v>189.08</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45440.7591319444</x:v>
+        <x:v>45477.7564351852</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>20.95</x:v>
+        <x:v>24.53</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>157.726</x:v>
+        <x:v>166.448</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>177.22</x:v>
+        <x:v>187.02</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45439.7628472222</x:v>
+        <x:v>45476.7537962963</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>24.45</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>160.574</x:v>
+        <x:v>167.017</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>180.42</x:v>
+        <x:v>187.66</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45436.7528472222</x:v>
+        <x:v>45475.7575</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>24.17</x:v>
+        <x:v>22.86</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>160.253</x:v>
+        <x:v>164.828</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>180.06</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45435.7561226852</x:v>
+        <x:v>45474.7653125</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>25.68</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>161.41</x:v>
+        <x:v>165.255</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>181.36</x:v>
+        <x:v>185.68</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45434.750162037</x:v>
+        <x:v>45471.7526157407</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>23.57</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>159.595</x:v>
+        <x:v>168.673</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>179.32</x:v>
+        <x:v>189.52</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45433.753912037</x:v>
+        <x:v>45470.7516782407</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>24.34</x:v>
+        <x:v>25.78</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>160.2</x:v>
+        <x:v>166.822</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>180</x:v>
+        <x:v>187.44</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45429.760474537</x:v>
+        <x:v>45469.7562037037</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>21.55</x:v>
+        <x:v>24.33</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>157.548</x:v>
+        <x:v>165.558</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>177.02</x:v>
+        <x:v>186.02</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45428.7605671296</x:v>
+        <x:v>45468.7651388889</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>21.31</x:v>
+        <x:v>20.48</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>157.299</x:v>
+        <x:v>161.731</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>176.74</x:v>
+        <x:v>181.72</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45427.7860648148</x:v>
+        <x:v>45467.7596875</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>19.35</x:v>
+        <x:v>18.63</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>156.729</x:v>
+        <x:v>159.719</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>176.1</x:v>
+        <x:v>179.46</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45426.7552430556</x:v>
+        <x:v>45464.7598032407</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>18.2</x:v>
+        <x:v>20.13</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>155.465</x:v>
+        <x:v>161.143</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>174.68</x:v>
+        <x:v>181.06</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45425.7516319444</x:v>
+        <x:v>45463.7553009259</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>20.04</x:v>
+        <x:v>19.01</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>157.245</x:v>
+        <x:v>159.933</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>176.68</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45422.7512847222</x:v>
+        <x:v>45462.7591319444</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>19.57</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>156.693</x:v>
+        <x:v>156.889</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>176.06</x:v>
+        <x:v>176.28</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45420.7954513889</x:v>
+        <x:v>45461.750162037</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>19.99</x:v>
+        <x:v>16.29</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>157.049</x:v>
+        <x:v>156.64</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>176.46</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45419.7550810185</x:v>
+        <x:v>45460.7520023148</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>18.26</x:v>
+        <x:v>16.14</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>155.18</x:v>
+        <x:v>156.426</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>174.36</x:v>
+        <x:v>175.76</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45418.754537037</x:v>
+        <x:v>45457.75375</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>16.12</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>152.617</x:v>
+        <x:v>155.554</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>171.48</x:v>
+        <x:v>174.78</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45415.7562731481</x:v>
+        <x:v>45456.754537037</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>15.63</x:v>
+        <x:v>18.14</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>151.941</x:v>
+        <x:v>158.402</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>170.72</x:v>
+        <x:v>177.98</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45414.7536458333</x:v>
+        <x:v>45455.75625</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>14.18</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>150.001</x:v>
+        <x:v>161.446</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>168.54</x:v>
+        <x:v>181.4</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45412.7543518519</x:v>
+        <x:v>45454.7546527778</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>15.04</x:v>
+        <x:v>16.82</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>151.033</x:v>
+        <x:v>156.106</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>169.7</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45411.78375</x:v>
+        <x:v>45453.7552314815</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>16.38</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>152.564</x:v>
+        <x:v>157.37</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>171.42</x:v>
+        <x:v>176.82</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45408.748287037</x:v>
+        <x:v>45450.7637962963</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>18.68</x:v>
+        <x:v>18.52</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>154.86</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>174</x:v>
+        <x:v>177.36</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45407.7557523148</x:v>
+        <x:v>45449.7532986111</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>15.87</x:v>
+        <x:v>18.86</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>151.478</x:v>
+        <x:v>158.171</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>170.2</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45406.7657407407</x:v>
+        <x:v>45448.7575925926</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>21.03</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>156.248</x:v>
+        <x:v>152.653</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>175.56</x:v>
+        <x:v>171.52</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45405.7568518519</x:v>
+        <x:v>45447.7542592593</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>20.41</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>155.625</x:v>
+        <x:v>150.054</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>174.86</x:v>
+        <x:v>168.6</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45404.7572337963</x:v>
+        <x:v>45446.7532291667</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>14.37</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>147.829</x:v>
+        <x:v>149.751</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>166.1</x:v>
+        <x:v>168.26</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45401.7981018519</x:v>
+        <x:v>45443.7518287037</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>14.22</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>147.562</x:v>
+        <x:v>147.704</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>165.8</x:v>
+        <x:v>165.96</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45400.7584837963</x:v>
+        <x:v>45442.7577199074</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>16.95</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>150.57</x:v>
+        <x:v>150.036</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>169.18</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45399.7645949074</x:v>
+        <x:v>45441.7499189815</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>16.65</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>150.196</x:v>
+        <x:v>156.48</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>168.76</x:v>
+        <x:v>175.82</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45398.7542939815</x:v>
+        <x:v>45440.7591319444</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>18.04</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>151.638</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>170.38</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45397.7515509259</x:v>
+        <x:v>45439.7628472222</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>19.22</x:v>
+        <x:v>24.45</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>152.777</x:v>
+        <x:v>160.574</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>171.66</x:v>
+        <x:v>180.42</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45394.7514814815</x:v>
+        <x:v>45436.7528472222</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>18.77</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>152.243</x:v>
+        <x:v>160.253</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>171.06</x:v>
+        <x:v>180.06</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45393.7590972222</x:v>
+        <x:v>45435.7561226852</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>18.94</x:v>
+        <x:v>25.68</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>152.386</x:v>
+        <x:v>161.41</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>171.22</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45392.7661689815</x:v>
+        <x:v>45434.750162037</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>19.04</x:v>
+        <x:v>23.57</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>152.457</x:v>
+        <x:v>159.595</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>171.3</x:v>
+        <x:v>179.32</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45391.7576851852</x:v>
+        <x:v>45433.753912037</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>20.11</x:v>
+        <x:v>24.34</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>153.454</x:v>
+        <x:v>160.2</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>172.42</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45390.7570949074</x:v>
+        <x:v>45429.760474537</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>25.72</x:v>
+        <x:v>21.55</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>157.726</x:v>
+        <x:v>157.548</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>177.22</x:v>
+        <x:v>177.02</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45387.754375</x:v>
+        <x:v>45428.7605671296</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>26.07</x:v>
+        <x:v>21.31</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>157.904</x:v>
+        <x:v>157.299</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>177.42</x:v>
+        <x:v>176.74</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45386.758287037</x:v>
+        <x:v>45427.7860648148</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>26.83</x:v>
+        <x:v>19.35</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>158.438</x:v>
+        <x:v>156.729</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>178.02</x:v>
+        <x:v>176.1</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45385.7623032407</x:v>
+        <x:v>45426.7552430556</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>27.11</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>158.616</x:v>
+        <x:v>155.465</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>178.22</x:v>
+        <x:v>174.68</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45384.7596064815</x:v>
+        <x:v>45425.7516319444</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>25.8</x:v>
+        <x:v>20.04</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>157.583</x:v>
+        <x:v>157.245</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>177.06</x:v>
+        <x:v>176.68</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45379.7526041667</x:v>
+        <x:v>45422.7512847222</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>30.63</x:v>
+        <x:v>19.57</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>160.609</x:v>
+        <x:v>156.693</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>180.46</x:v>
+        <x:v>176.06</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45378.7519675926</x:v>
+        <x:v>45420.7954513889</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>32.96</x:v>
+        <x:v>19.99</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>162.016</x:v>
+        <x:v>157.049</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>182.04</x:v>
+        <x:v>176.46</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45377.7511574074</x:v>
+        <x:v>45419.7550810185</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>33.84</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>162.514</x:v>
+        <x:v>155.18</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>182.6</x:v>
+        <x:v>174.36</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45376.7574074074</x:v>
+        <x:v>45418.754537037</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>31.31</x:v>
+        <x:v>16.12</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>160.859</x:v>
+        <x:v>152.617</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>180.74</x:v>
+        <x:v>171.48</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45373.7547337963</x:v>
+        <x:v>45415.7562731481</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>30.81</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>160.449</x:v>
+        <x:v>151.941</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>180.28</x:v>
+        <x:v>170.72</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45372.7581944444</x:v>
+        <x:v>45414.7536458333</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>31.24</x:v>
+        <x:v>14.18</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>160.698</x:v>
+        <x:v>150.001</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>180.56</x:v>
+        <x:v>168.54</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45363.7501851852</x:v>
+        <x:v>45412.7543518519</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>28.35</x:v>
+        <x:v>15.04</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>157.53</x:v>
+        <x:v>151.033</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>177</x:v>
+        <x:v>169.7</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45362.7530324074</x:v>
+        <x:v>45411.78375</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>24.46</x:v>
+        <x:v>16.38</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>154.433</x:v>
+        <x:v>152.564</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>173.52</x:v>
+        <x:v>171.42</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45359.7549768519</x:v>
+        <x:v>45408.748287037</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>29.08</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>157.477</x:v>
+        <x:v>154.86</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>176.94</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45358.7545949074</x:v>
+        <x:v>45407.7557523148</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>30.27</x:v>
+        <x:v>15.87</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>158.224</x:v>
+        <x:v>151.478</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>177.78</x:v>
+        <x:v>170.2</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45357.7532986111</x:v>
+        <x:v>45406.7657407407</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>27.2</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>155.999</x:v>
+        <x:v>156.248</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>175.28</x:v>
+        <x:v>175.56</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45356.754537037</x:v>
+        <x:v>45405.7568518519</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>25.15</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>154.397</x:v>
+        <x:v>155.625</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>173.48</x:v>
+        <x:v>174.86</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45355.7463541667</x:v>
+        <x:v>45404.7572337963</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>27.36</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>155.946</x:v>
+        <x:v>147.829</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>175.22</x:v>
+        <x:v>166.1</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45352.7525462963</x:v>
+        <x:v>45401.7981018519</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>25.28</x:v>
+        <x:v>14.22</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>154.273</x:v>
+        <x:v>147.562</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>173.34</x:v>
+        <x:v>165.8</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45351.7476041667</x:v>
+        <x:v>45400.7584837963</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>24.78</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>153.863</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>172.88</x:v>
+        <x:v>169.18</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45350.7516319444</x:v>
+        <x:v>45399.7645949074</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>23.97</x:v>
+        <x:v>16.65</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>153.187</x:v>
+        <x:v>150.196</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>172.12</x:v>
+        <x:v>168.76</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45349.7513773148</x:v>
+        <x:v>45398.7542939815</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>27.37</x:v>
+        <x:v>18.04</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>153.97</x:v>
+        <x:v>151.638</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>173</x:v>
+        <x:v>170.38</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45397.7515509259</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>25.3</x:v>
+        <x:v>19.22</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>151.122</x:v>
+        <x:v>152.777</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>169.8</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45348.7736111111</x:v>
+        <x:v>45394.7514814815</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>25.3</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>151.122</x:v>
+        <x:v>152.243</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>169.8</x:v>
+        <x:v>171.06</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45345.7523263889</x:v>
+        <x:v>45393.7590972222</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>22.06</x:v>
+        <x:v>18.94</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>151.122</x:v>
+        <x:v>152.386</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>169.8</x:v>
+        <x:v>171.22</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45344.7577777778</x:v>
+        <x:v>45392.7661689815</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>19.66</x:v>
+        <x:v>19.04</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>148.826</x:v>
+        <x:v>152.457</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>167.22</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45343.7647569444</x:v>
+        <x:v>45391.7576851852</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>15.83</x:v>
+        <x:v>20.11</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>144.429</x:v>
+        <x:v>153.454</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>162.28</x:v>
+        <x:v>172.42</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45342.7528125</x:v>
+        <x:v>45390.7570949074</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>16.49</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>145.123</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>163.06</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45341.7516087963</x:v>
+        <x:v>45387.754375</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>17.52</x:v>
+        <x:v>26.07</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>146.174</x:v>
+        <x:v>157.904</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>164.24</x:v>
+        <x:v>177.42</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45338.7553703704</x:v>
+        <x:v>45386.758287037</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>18.34</x:v>
+        <x:v>26.83</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>146.921</x:v>
+        <x:v>158.438</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>165.08</x:v>
+        <x:v>178.02</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45337.7598263889</x:v>
+        <x:v>45385.7623032407</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>17.76</x:v>
+        <x:v>27.11</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>146.298</x:v>
+        <x:v>158.616</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>164.38</x:v>
+        <x:v>178.22</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45336.807962963</x:v>
+        <x:v>45384.7596064815</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>18.23</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>146.743</x:v>
+        <x:v>157.583</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>164.88</x:v>
+        <x:v>177.06</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45336.7470023148</x:v>
+        <x:v>45379.7526041667</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>18.23</x:v>
+        <x:v>30.63</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>146.743</x:v>
+        <x:v>160.609</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>164.88</x:v>
+        <x:v>180.46</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45335.7501157407</x:v>
+        <x:v>45378.7519675926</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>16.53</x:v>
+        <x:v>32.96</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>144.856</x:v>
+        <x:v>162.016</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>162.76</x:v>
+        <x:v>182.04</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45334.7513888889</x:v>
+        <x:v>45377.7511574074</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>21.75</x:v>
+        <x:v>33.84</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>149.306</x:v>
+        <x:v>162.514</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>167.76</x:v>
+        <x:v>182.6</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45331.7582986111</x:v>
+        <x:v>45376.7574074074</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>22.44</x:v>
+        <x:v>31.31</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>149.805</x:v>
+        <x:v>160.859</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>168.32</x:v>
+        <x:v>180.74</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45330.7578125</x:v>
+        <x:v>45373.7547337963</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>22.13</x:v>
+        <x:v>30.81</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>149.52</x:v>
+        <x:v>160.449</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>168</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45329.7548958333</x:v>
+        <x:v>45372.7581944444</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>22.17</x:v>
+        <x:v>31.24</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>149.52</x:v>
+        <x:v>160.698</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>168</x:v>
+        <x:v>180.56</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45328.7534143518</x:v>
+        <x:v>45363.7501851852</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>20.61</x:v>
+        <x:v>28.35</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>148.096</x:v>
+        <x:v>157.53</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>166.4</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45327.7501967593</x:v>
+        <x:v>45362.7530324074</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>18.91</x:v>
+        <x:v>24.46</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>146.423</x:v>
+        <x:v>154.433</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>164.52</x:v>
+        <x:v>173.52</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45324.7529282407</x:v>
+        <x:v>45359.7549768519</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>18.2</x:v>
+        <x:v>29.08</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>145.64</x:v>
+        <x:v>157.477</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>163.64</x:v>
+        <x:v>176.94</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45323.7529976852</x:v>
+        <x:v>45358.7545949074</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>17.1</x:v>
+        <x:v>30.27</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>144.447</x:v>
+        <x:v>158.224</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>162.3</x:v>
+        <x:v>177.78</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45322.7527777778</x:v>
+        <x:v>45357.7532986111</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>15.93</x:v>
+        <x:v>27.2</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>143.112</x:v>
+        <x:v>155.999</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>160.8</x:v>
+        <x:v>175.28</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45321.7433680556</x:v>
+        <x:v>45356.754537037</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>17.34</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>144.554</x:v>
+        <x:v>154.397</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>162.42</x:v>
+        <x:v>173.48</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45320.7512615741</x:v>
+        <x:v>45355.7463541667</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>17.01</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>144.18</x:v>
+        <x:v>155.946</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>162</x:v>
+        <x:v>175.22</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45317.7470717593</x:v>
+        <x:v>45352.7525462963</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>15.52</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>142.4</x:v>
+        <x:v>154.273</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>160</x:v>
+        <x:v>173.34</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45316.7524074074</x:v>
+        <x:v>45351.7476041667</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>16.16</x:v>
+        <x:v>24.78</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>143.076</x:v>
+        <x:v>153.863</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>160.76</x:v>
+        <x:v>172.88</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45315.7568171296</x:v>
+        <x:v>45350.7516319444</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>16.18</x:v>
+        <x:v>23.97</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>143.076</x:v>
+        <x:v>153.187</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>160.76</x:v>
+        <x:v>172.12</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45314.7547453704</x:v>
+        <x:v>45349.7513773148</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>10.06</x:v>
+        <x:v>27.37</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>132.93</x:v>
+        <x:v>153.97</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>149.36</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45313.762662037</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>10.62</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>133.803</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>150.34</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45310.749212963</x:v>
+        <x:v>45348.7736111111</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>9.89</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>132.503</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>148.88</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45309.7473726852</x:v>
+        <x:v>45345.7523263889</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>9.1</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>131.061</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>147.26</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45308.7508680556</x:v>
+        <x:v>45344.7577777778</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>8.03</x:v>
+        <x:v>19.66</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>128.89</x:v>
+        <x:v>148.826</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>144.82</x:v>
+        <x:v>167.22</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45307.7510532407</x:v>
+        <x:v>45343.7647569444</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>7.94</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>128.676</x:v>
+        <x:v>144.429</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>144.58</x:v>
+        <x:v>162.28</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45306.7467592593</x:v>
+        <x:v>45342.7528125</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>7.94</x:v>
+        <x:v>16.49</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>128.658</x:v>
+        <x:v>145.123</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>144.56</x:v>
+        <x:v>163.06</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45303.7600925926</x:v>
+        <x:v>45341.7516087963</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>8.11</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>128.925</x:v>
+        <x:v>146.174</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>144.86</x:v>
+        <x:v>164.24</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45302.7520601852</x:v>
+        <x:v>45338.7553703704</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>6.95</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>126.273</x:v>
+        <x:v>146.921</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>141.88</x:v>
+        <x:v>165.08</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45301.7540393519</x:v>
+        <x:v>45337.7598263889</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>7.02</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>126.416</x:v>
+        <x:v>146.298</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>142.04</x:v>
+        <x:v>164.38</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45300.7495833333</x:v>
+        <x:v>45336.807962963</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>6.07</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>123.959</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>139.28</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45299.7521643518</x:v>
+        <x:v>45336.7470023148</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>5.91</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>123.514</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>138.78</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45296.7574884259</x:v>
+        <x:v>45335.7501157407</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>5.4</x:v>
+        <x:v>16.53</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>122.001</x:v>
+        <x:v>144.856</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>137.08</x:v>
+        <x:v>162.76</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45295.7562152778</x:v>
+        <x:v>45334.7513888889</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>5.21</x:v>
+        <x:v>21.75</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>121.432</x:v>
+        <x:v>149.306</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>136.44</x:v>
+        <x:v>167.76</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45294.7523148148</x:v>
+        <x:v>45331.7582986111</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>5.43</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>122.037</x:v>
+        <x:v>149.805</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>137.12</x:v>
+        <x:v>168.32</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45289.7502893519</x:v>
+        <x:v>45330.7578125</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>6.33</x:v>
+        <x:v>22.13</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>124.137</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>139.48</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45288.7522916667</x:v>
+        <x:v>45329.7548958333</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>6.4</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>124.28</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>139.64</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45287.7514583333</x:v>
+        <x:v>45328.7534143518</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>6.48</x:v>
+        <x:v>20.61</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>124.458</x:v>
+        <x:v>148.096</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>139.84</x:v>
+        <x:v>166.4</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45282.752037037</x:v>
+        <x:v>45327.7501967593</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>5.97</x:v>
+        <x:v>18.91</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>123.034</x:v>
+        <x:v>146.423</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>138.24</x:v>
+        <x:v>164.52</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45281.7536111111</x:v>
+        <x:v>45324.7529282407</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>5.76</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>122.446</x:v>
+        <x:v>145.64</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>137.58</x:v>
+        <x:v>163.64</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45281.7495138889</x:v>
+        <x:v>45323.7529976852</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>5.76</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>122.446</x:v>
+        <x:v>144.447</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>137.58</x:v>
+        <x:v>162.3</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45280.7567824074</x:v>
+        <x:v>45322.7527777778</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>6.36</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>123.888</x:v>
+        <x:v>143.112</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>139.2</x:v>
+        <x:v>160.8</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45279.7563773148</x:v>
+        <x:v>45321.7433680556</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>7.21</x:v>
+        <x:v>17.34</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>125.721</x:v>
+        <x:v>144.554</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>141.26</x:v>
+        <x:v>162.42</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45278.7578587963</x:v>
+        <x:v>45320.7512615741</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>7.2</x:v>
+        <x:v>17.01</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>125.668</x:v>
+        <x:v>144.18</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>141.2</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45275.7522337963</x:v>
+        <x:v>45317.7470717593</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>7.35</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>125.917</x:v>
+        <x:v>142.4</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>141.48</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45274.754212963</x:v>
+        <x:v>45316.7524074074</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>7.82</x:v>
+        <x:v>16.16</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>126.861</x:v>
+        <x:v>143.076</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>142.54</x:v>
+        <x:v>160.76</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
+        <x:v>45315.7568171296</x:v>
+      </x:c>
+      <x:c r="B529" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C529" s="0">
+        <x:v>16.18</x:v>
+      </x:c>
+      <x:c r="D529" s="0">
+        <x:v>143.076</x:v>
+      </x:c>
+      <x:c r="E529" s="0">
+        <x:v>160.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="530" spans="1:5">
+      <x:c r="A530" s="1">
+        <x:v>45314.7547453704</x:v>
+      </x:c>
+      <x:c r="B530" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C530" s="0">
+        <x:v>10.06</x:v>
+      </x:c>
+      <x:c r="D530" s="0">
+        <x:v>132.93</x:v>
+      </x:c>
+      <x:c r="E530" s="0">
+        <x:v>149.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="531" spans="1:5">
+      <x:c r="A531" s="1">
+        <x:v>45313.762662037</x:v>
+      </x:c>
+      <x:c r="B531" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C531" s="0">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="D531" s="0">
+        <x:v>133.803</x:v>
+      </x:c>
+      <x:c r="E531" s="0">
+        <x:v>150.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="532" spans="1:5">
+      <x:c r="A532" s="1">
+        <x:v>45310.749212963</x:v>
+      </x:c>
+      <x:c r="B532" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C532" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D532" s="0">
+        <x:v>132.503</x:v>
+      </x:c>
+      <x:c r="E532" s="0">
+        <x:v>148.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="533" spans="1:5">
+      <x:c r="A533" s="1">
+        <x:v>45309.7473726852</x:v>
+      </x:c>
+      <x:c r="B533" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C533" s="0">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="D533" s="0">
+        <x:v>131.061</x:v>
+      </x:c>
+      <x:c r="E533" s="0">
+        <x:v>147.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="534" spans="1:5">
+      <x:c r="A534" s="1">
+        <x:v>45308.7508680556</x:v>
+      </x:c>
+      <x:c r="B534" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C534" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="D534" s="0">
+        <x:v>128.89</x:v>
+      </x:c>
+      <x:c r="E534" s="0">
+        <x:v>144.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="535" spans="1:5">
+      <x:c r="A535" s="1">
+        <x:v>45307.7510532407</x:v>
+      </x:c>
+      <x:c r="B535" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C535" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D535" s="0">
+        <x:v>128.676</x:v>
+      </x:c>
+      <x:c r="E535" s="0">
+        <x:v>144.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="536" spans="1:5">
+      <x:c r="A536" s="1">
+        <x:v>45306.7467592593</x:v>
+      </x:c>
+      <x:c r="B536" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C536" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D536" s="0">
+        <x:v>128.658</x:v>
+      </x:c>
+      <x:c r="E536" s="0">
+        <x:v>144.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="537" spans="1:5">
+      <x:c r="A537" s="1">
+        <x:v>45303.7600925926</x:v>
+      </x:c>
+      <x:c r="B537" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C537" s="0">
+        <x:v>8.11</x:v>
+      </x:c>
+      <x:c r="D537" s="0">
+        <x:v>128.925</x:v>
+      </x:c>
+      <x:c r="E537" s="0">
+        <x:v>144.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="538" spans="1:5">
+      <x:c r="A538" s="1">
+        <x:v>45302.7520601852</x:v>
+      </x:c>
+      <x:c r="B538" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C538" s="0">
+        <x:v>6.95</x:v>
+      </x:c>
+      <x:c r="D538" s="0">
+        <x:v>126.273</x:v>
+      </x:c>
+      <x:c r="E538" s="0">
+        <x:v>141.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="539" spans="1:5">
+      <x:c r="A539" s="1">
+        <x:v>45301.7540393519</x:v>
+      </x:c>
+      <x:c r="B539" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C539" s="0">
+        <x:v>7.02</x:v>
+      </x:c>
+      <x:c r="D539" s="0">
+        <x:v>126.416</x:v>
+      </x:c>
+      <x:c r="E539" s="0">
+        <x:v>142.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="540" spans="1:5">
+      <x:c r="A540" s="1">
+        <x:v>45300.7495833333</x:v>
+      </x:c>
+      <x:c r="B540" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C540" s="0">
+        <x:v>6.07</x:v>
+      </x:c>
+      <x:c r="D540" s="0">
+        <x:v>123.959</x:v>
+      </x:c>
+      <x:c r="E540" s="0">
+        <x:v>139.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="541" spans="1:5">
+      <x:c r="A541" s="1">
+        <x:v>45299.7521643518</x:v>
+      </x:c>
+      <x:c r="B541" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C541" s="0">
+        <x:v>5.91</x:v>
+      </x:c>
+      <x:c r="D541" s="0">
+        <x:v>123.514</x:v>
+      </x:c>
+      <x:c r="E541" s="0">
+        <x:v>138.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="542" spans="1:5">
+      <x:c r="A542" s="1">
+        <x:v>45296.7574884259</x:v>
+      </x:c>
+      <x:c r="B542" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C542" s="0">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="D542" s="0">
+        <x:v>122.001</x:v>
+      </x:c>
+      <x:c r="E542" s="0">
+        <x:v>137.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="543" spans="1:5">
+      <x:c r="A543" s="1">
+        <x:v>45295.7562152778</x:v>
+      </x:c>
+      <x:c r="B543" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C543" s="0">
+        <x:v>5.21</x:v>
+      </x:c>
+      <x:c r="D543" s="0">
+        <x:v>121.432</x:v>
+      </x:c>
+      <x:c r="E543" s="0">
+        <x:v>136.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="544" spans="1:5">
+      <x:c r="A544" s="1">
+        <x:v>45294.7523148148</x:v>
+      </x:c>
+      <x:c r="B544" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C544" s="0">
+        <x:v>5.43</x:v>
+      </x:c>
+      <x:c r="D544" s="0">
+        <x:v>122.037</x:v>
+      </x:c>
+      <x:c r="E544" s="0">
+        <x:v>137.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="545" spans="1:5">
+      <x:c r="A545" s="1">
+        <x:v>45289.7502893519</x:v>
+      </x:c>
+      <x:c r="B545" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C545" s="0">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D545" s="0">
+        <x:v>124.137</x:v>
+      </x:c>
+      <x:c r="E545" s="0">
+        <x:v>139.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="546" spans="1:5">
+      <x:c r="A546" s="1">
+        <x:v>45288.7522916667</x:v>
+      </x:c>
+      <x:c r="B546" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C546" s="0">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="D546" s="0">
+        <x:v>124.28</x:v>
+      </x:c>
+      <x:c r="E546" s="0">
+        <x:v>139.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="547" spans="1:5">
+      <x:c r="A547" s="1">
+        <x:v>45287.7514583333</x:v>
+      </x:c>
+      <x:c r="B547" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C547" s="0">
+        <x:v>6.48</x:v>
+      </x:c>
+      <x:c r="D547" s="0">
+        <x:v>124.458</x:v>
+      </x:c>
+      <x:c r="E547" s="0">
+        <x:v>139.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="548" spans="1:5">
+      <x:c r="A548" s="1">
+        <x:v>45282.752037037</x:v>
+      </x:c>
+      <x:c r="B548" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C548" s="0">
+        <x:v>5.97</x:v>
+      </x:c>
+      <x:c r="D548" s="0">
+        <x:v>123.034</x:v>
+      </x:c>
+      <x:c r="E548" s="0">
+        <x:v>138.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="549" spans="1:5">
+      <x:c r="A549" s="1">
+        <x:v>45281.7536111111</x:v>
+      </x:c>
+      <x:c r="B549" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C549" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D549" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E549" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="550" spans="1:5">
+      <x:c r="A550" s="1">
+        <x:v>45281.7495138889</x:v>
+      </x:c>
+      <x:c r="B550" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C550" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D550" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E550" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="551" spans="1:5">
+      <x:c r="A551" s="1">
+        <x:v>45280.7567824074</x:v>
+      </x:c>
+      <x:c r="B551" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C551" s="0">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="D551" s="0">
+        <x:v>123.888</x:v>
+      </x:c>
+      <x:c r="E551" s="0">
+        <x:v>139.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="552" spans="1:5">
+      <x:c r="A552" s="1">
+        <x:v>45279.7563773148</x:v>
+      </x:c>
+      <x:c r="B552" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C552" s="0">
+        <x:v>7.21</x:v>
+      </x:c>
+      <x:c r="D552" s="0">
+        <x:v>125.721</x:v>
+      </x:c>
+      <x:c r="E552" s="0">
+        <x:v>141.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="553" spans="1:5">
+      <x:c r="A553" s="1">
+        <x:v>45278.7578587963</x:v>
+      </x:c>
+      <x:c r="B553" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C553" s="0">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="D553" s="0">
+        <x:v>125.668</x:v>
+      </x:c>
+      <x:c r="E553" s="0">
+        <x:v>141.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="554" spans="1:5">
+      <x:c r="A554" s="1">
+        <x:v>45275.7522337963</x:v>
+      </x:c>
+      <x:c r="B554" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C554" s="0">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="D554" s="0">
+        <x:v>125.917</x:v>
+      </x:c>
+      <x:c r="E554" s="0">
+        <x:v>141.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="555" spans="1:5">
+      <x:c r="A555" s="1">
+        <x:v>45274.754212963</x:v>
+      </x:c>
+      <x:c r="B555" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C555" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D555" s="0">
+        <x:v>126.861</x:v>
+      </x:c>
+      <x:c r="E555" s="0">
+        <x:v>142.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="556" spans="1:5">
+      <x:c r="A556" s="1">
         <x:v>45273.752974537</x:v>
       </x:c>
-      <x:c r="B529" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C529" s="0">
+      <x:c r="B556" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C556" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D529" s="0">
+      <x:c r="D556" s="0">
         <x:v>130.385</x:v>
       </x:c>
-      <x:c r="E529" s="0">
+      <x:c r="E556" s="0">
         <x:v>146.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>