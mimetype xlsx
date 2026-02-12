--- v4 (2026-01-22)
+++ v5 (2026-02-12)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d0616b42e04797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fd2a1cec81046f09ee6a16f3987aee1.psmdcp" Id="R9bc740d8bc474373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9b480096cf4580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d45e843ec4af4dcf8b219d993f1c005c.psmdcp" Id="R06c91d427b394449" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992382</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
     <x:t>Reset type</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Cash value </x:t>
   </x:si>
   <x:si>
     <x:t>Reset threshold</x:t>
   </x:si>
   <x:si>
     <x:t>Reference price (last reset)</x:t>
   </x:si>
   <x:si>
     <x:t>End of day</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intraday</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="164" formatCode="dd-MM-yyyy HH:mm"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
@@ -390,9498 +393,9957 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E556"/>
+  <x:dimension ref="A1:E583"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46043.7728009259</x:v>
+        <x:v>46064.7745833333</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>170.026</x:v>
+        <x:v>150.41</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>191.04</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46043.7427777778</x:v>
+        <x:v>46064.7434722222</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>170.026</x:v>
+        <x:v>150.41</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>191.04</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46042.7742939815</x:v>
+        <x:v>46063.7748148148</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>172.66</x:v>
+        <x:v>158.669</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>194</x:v>
+        <x:v>178.28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46042.7413888889</x:v>
+        <x:v>46063.7433449074</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>172.66</x:v>
+        <x:v>158.669</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>194</x:v>
+        <x:v>178.28</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46041.7736574074</x:v>
+        <x:v>46062.7728587963</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>174.404</x:v>
+        <x:v>155.679</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>195.96</x:v>
+        <x:v>174.92</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46041.7429050926</x:v>
+        <x:v>46062.7431481481</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>174.404</x:v>
+        <x:v>155.679</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>195.96</x:v>
+        <x:v>174.92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46038.7739814815</x:v>
+        <x:v>46059.7723148148</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>179.914</x:v>
+        <x:v>152.386</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>202.15</x:v>
+        <x:v>171.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46038.7429398148</x:v>
+        <x:v>46059.7425462963</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>179.914</x:v>
+        <x:v>152.386</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>202.15</x:v>
+        <x:v>171.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46037.7737384259</x:v>
+        <x:v>46058.7435532407</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>182.984</x:v>
+        <x:v>151.727</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>205.6</x:v>
+        <x:v>170.48</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46037.7427199074</x:v>
+        <x:v>46057.7739930556</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>182.984</x:v>
+        <x:v>148.808</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>205.6</x:v>
+        <x:v>167.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46036.7742939815</x:v>
+        <x:v>46057.7431597222</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>183.429</x:v>
+        <x:v>148.808</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>206.1</x:v>
+        <x:v>167.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46036.7428935185</x:v>
+        <x:v>46056.8210763889</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>183.429</x:v>
+        <x:v>148.63</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>206.1</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46035.7727662037</x:v>
+        <x:v>46056.7740162037</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>189.97</x:v>
+        <x:v>148.63</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>213.45</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46035.7425231481</x:v>
+        <x:v>46056.742974537</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>189.97</x:v>
+        <x:v>148.63</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>213.45</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46034.7735648148</x:v>
+        <x:v>46055.7739467593</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>189.659</x:v>
+        <x:v>155.839</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>213.1</x:v>
+        <x:v>175.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46031.7746412037</x:v>
+        <x:v>46055.7429166667</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>1.44</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>188.992</x:v>
+        <x:v>155.839</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>212.35</x:v>
+        <x:v>175.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46031.7466319444</x:v>
+        <x:v>46052.7749768519</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>1.44</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>188.992</x:v>
+        <x:v>151.798</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>212.35</x:v>
+        <x:v>170.56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46030.7736805556</x:v>
+        <x:v>46052.7432175926</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>183.785</x:v>
+        <x:v>151.798</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>206.5</x:v>
+        <x:v>170.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46030.7425810185</x:v>
+        <x:v>46051.7428703704</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>183.785</x:v>
+        <x:v>146.512</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>206.5</x:v>
+        <x:v>164.62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46029.7726736111</x:v>
+        <x:v>46051.3778472222</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>185.476</x:v>
+        <x:v>155.362</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>208.4</x:v>
+        <x:v>174.565</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46029.7414467593</x:v>
+        <x:v>46050.7427777778</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>185.476</x:v>
+        <x:v>174.565</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>208.4</x:v>
+        <x:v>196.14</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46028.7422453704</x:v>
+        <x:v>46049.7425347222</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>179.824</x:v>
+        <x:v>174.031</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>202.05</x:v>
+        <x:v>195.54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46027.7425578704</x:v>
+        <x:v>46048.7748611111</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>183.518</x:v>
+        <x:v>178.846</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>206.2</x:v>
+        <x:v>200.95</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46021.7415277778</x:v>
+        <x:v>46045.7737152778</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>185.432</x:v>
+        <x:v>176.149</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>208.35</x:v>
+        <x:v>197.92</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46020.7412384259</x:v>
+        <x:v>46045.7422222222</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>185.52</x:v>
+        <x:v>176.149</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>208.45</x:v>
+        <x:v>197.92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46014.7421064815</x:v>
+        <x:v>46044.7737731481</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>184.853</x:v>
+        <x:v>168.958</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>207.7</x:v>
+        <x:v>189.84</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46013.7415625</x:v>
+        <x:v>46044.7425810185</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>185.61</x:v>
+        <x:v>168.958</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>208.55</x:v>
+        <x:v>189.84</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46010.7428703704</x:v>
+        <x:v>46043.7728009259</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>185.832</x:v>
+        <x:v>170.026</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>208.8</x:v>
+        <x:v>191.04</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46009.742037037</x:v>
+        <x:v>46043.7427777778</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>186.41</x:v>
+        <x:v>170.026</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>209.45</x:v>
+        <x:v>191.04</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46008.7427430556</x:v>
+        <x:v>46042.7742939815</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>184.274</x:v>
+        <x:v>172.66</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>207.05</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46007.7676157407</x:v>
+        <x:v>46042.7413888889</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>183.918</x:v>
+        <x:v>172.66</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>206.65</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46006.7735532407</x:v>
+        <x:v>46041.7736574074</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>186.588</x:v>
+        <x:v>174.404</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>209.65</x:v>
+        <x:v>195.96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46006.7424652778</x:v>
+        <x:v>46041.7429050926</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>186.588</x:v>
+        <x:v>174.404</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>209.65</x:v>
+        <x:v>195.96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46003.7425810185</x:v>
+        <x:v>46038.7739814815</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>185.298</x:v>
+        <x:v>179.914</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>208.2</x:v>
+        <x:v>202.15</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46002.7741203704</x:v>
+        <x:v>46038.7429398148</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>186.277</x:v>
+        <x:v>179.914</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>209.3</x:v>
+        <x:v>202.15</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46002.7415856481</x:v>
+        <x:v>46037.7737384259</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.42</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>186.277</x:v>
+        <x:v>182.984</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>209.3</x:v>
+        <x:v>205.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46001.772662037</x:v>
+        <x:v>46037.7427199074</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>187.746</x:v>
+        <x:v>182.984</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>210.95</x:v>
+        <x:v>205.6</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46001.7424768519</x:v>
+        <x:v>46036.7742939815</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.52</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>187.746</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>210.95</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46000.7421990741</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>186.9</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>210</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45999.7427777778</x:v>
+        <x:v>46035.7727662037</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>186.989</x:v>
+        <x:v>189.97</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>210.1</x:v>
+        <x:v>213.45</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45996.7416087963</x:v>
+        <x:v>46035.7425231481</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>189.792</x:v>
+        <x:v>189.97</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>213.25</x:v>
+        <x:v>213.45</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45995.7432291667</x:v>
+        <x:v>46034.7735648148</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>187.034</x:v>
+        <x:v>189.659</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>210.15</x:v>
+        <x:v>213.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45994.743275463</x:v>
+        <x:v>46031.7746412037</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>183.785</x:v>
+        <x:v>188.992</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>206.5</x:v>
+        <x:v>212.35</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45993.7429050926</x:v>
+        <x:v>46031.7466319444</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>184.986</x:v>
+        <x:v>188.992</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>207.85</x:v>
+        <x:v>212.35</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45992.7418055556</x:v>
+        <x:v>46030.7736805556</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>185.921</x:v>
+        <x:v>183.785</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>208.9</x:v>
+        <x:v>206.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45989.7430208333</x:v>
+        <x:v>46030.7425810185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>185.61</x:v>
+        <x:v>183.785</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>208.55</x:v>
+        <x:v>206.5</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45988.7414467593</x:v>
+        <x:v>46029.7726736111</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>184.23</x:v>
+        <x:v>185.476</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>207</x:v>
+        <x:v>208.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45987.7425925926</x:v>
+        <x:v>46029.7414467593</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>183.963</x:v>
+        <x:v>185.476</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>206.7</x:v>
+        <x:v>208.4</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45986.7690046296</x:v>
+        <x:v>46028.7422453704</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>182.316</x:v>
+        <x:v>179.824</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>204.85</x:v>
+        <x:v>202.05</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45986.7425231481</x:v>
+        <x:v>46027.7425578704</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>182.316</x:v>
+        <x:v>183.518</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>204.85</x:v>
+        <x:v>206.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45985.7418171296</x:v>
+        <x:v>46021.7415277778</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>184.675</x:v>
+        <x:v>185.432</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>207.5</x:v>
+        <x:v>208.35</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45982.7637847222</x:v>
+        <x:v>46020.7412384259</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>182.45</x:v>
+        <x:v>185.52</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>205</x:v>
+        <x:v>208.45</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45981.7416319444</x:v>
+        <x:v>46014.7421064815</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>183.874</x:v>
+        <x:v>184.853</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>206.6</x:v>
+        <x:v>207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45980.7413194444</x:v>
+        <x:v>46013.7415625</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>182.895</x:v>
+        <x:v>185.61</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>205.5</x:v>
+        <x:v>208.55</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45979.7620833333</x:v>
+        <x:v>46010.7428703704</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>182.762</x:v>
+        <x:v>185.832</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>205.35</x:v>
+        <x:v>208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46009.742037037</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>182.762</x:v>
+        <x:v>186.41</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>205.35</x:v>
+        <x:v>209.45</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45978.7625462963</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>184.23</x:v>
+        <x:v>184.274</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>207</x:v>
+        <x:v>207.05</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45975.7665972222</x:v>
+        <x:v>46007.7676157407</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>187.879</x:v>
+        <x:v>183.918</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>211.1</x:v>
+        <x:v>206.65</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45975.7415856481</x:v>
+        <x:v>46006.7735532407</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>187.879</x:v>
+        <x:v>186.588</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>211.1</x:v>
+        <x:v>209.65</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45974.742037037</x:v>
+        <x:v>46006.7424652778</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>194.109</x:v>
+        <x:v>186.588</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>218.1</x:v>
+        <x:v>209.65</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45973.7618402778</x:v>
+        <x:v>46003.7425810185</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>194.376</x:v>
+        <x:v>185.298</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>218.4</x:v>
+        <x:v>208.2</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45973.7425</x:v>
+        <x:v>46002.7741203704</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>194.376</x:v>
+        <x:v>186.277</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>218.4</x:v>
+        <x:v>209.3</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45972.7415972222</x:v>
+        <x:v>46002.7415856481</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>193.174</x:v>
+        <x:v>186.277</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>217.05</x:v>
+        <x:v>209.3</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45968.7599768518</x:v>
+        <x:v>46001.772662037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>191.928</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>215.65</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45968.7420023148</x:v>
+        <x:v>46001.7424768519</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>191.928</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>215.65</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45967.7415393519</x:v>
+        <x:v>46000.7421990741</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>193.976</x:v>
+        <x:v>186.9</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>217.95</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45966.7603819444</x:v>
+        <x:v>45999.7427777778</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>202.876</x:v>
+        <x:v>186.989</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>227.95</x:v>
+        <x:v>210.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45966.7414699074</x:v>
+        <x:v>45996.7416087963</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>202.876</x:v>
+        <x:v>189.792</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>227.95</x:v>
+        <x:v>213.25</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45965.7581481481</x:v>
+        <x:v>45995.7432291667</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>3.24</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>201.184</x:v>
+        <x:v>187.034</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>226.05</x:v>
+        <x:v>210.15</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45965.7416666667</x:v>
+        <x:v>45994.743275463</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>3.24</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>201.184</x:v>
+        <x:v>183.785</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>226.05</x:v>
+        <x:v>206.5</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45964.7418402778</x:v>
+        <x:v>45993.7429050926</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>3.6</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>203.676</x:v>
+        <x:v>184.986</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>228.85</x:v>
+        <x:v>207.85</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45961.8178472222</x:v>
+        <x:v>45992.7418055556</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>199.76</x:v>
+        <x:v>185.921</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>224.45</x:v>
+        <x:v>208.9</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45961.7662962963</x:v>
+        <x:v>45989.7430208333</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>199.76</x:v>
+        <x:v>185.61</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>224.45</x:v>
+        <x:v>208.55</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45961.7596180556</x:v>
+        <x:v>45988.7414467593</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>199.76</x:v>
+        <x:v>184.23</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>224.45</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45961.7416319444</x:v>
+        <x:v>45987.7425925926</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>199.76</x:v>
+        <x:v>183.963</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>224.45</x:v>
+        <x:v>206.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45960.7713541667</x:v>
+        <x:v>45986.7690046296</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>201.006</x:v>
+        <x:v>182.316</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>225.85</x:v>
+        <x:v>204.85</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45960.7414467593</x:v>
+        <x:v>45986.7425231481</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>201.006</x:v>
+        <x:v>182.316</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>225.85</x:v>
+        <x:v>204.85</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45959.763587963</x:v>
+        <x:v>45985.7418171296</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>199.627</x:v>
+        <x:v>184.675</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>224.3</x:v>
+        <x:v>207.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45982.7637847222</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>199.627</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>224.3</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45958.741400463</x:v>
+        <x:v>45981.7416319444</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>4.69</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>208.349</x:v>
+        <x:v>183.874</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>234.1</x:v>
+        <x:v>206.6</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45957.7416550926</x:v>
+        <x:v>45980.7413194444</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>4.94</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>209.64</x:v>
+        <x:v>182.895</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>235.55</x:v>
+        <x:v>205.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45954.7428703704</x:v>
+        <x:v>45979.7620833333</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>4.61</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>207.682</x:v>
+        <x:v>182.762</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>233.35</x:v>
+        <x:v>205.35</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45953.7748263889</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>6.46</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>215.38</x:v>
+        <x:v>182.762</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>242</x:v>
+        <x:v>205.35</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45953.7428472222</x:v>
+        <x:v>45978.7625462963</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>6.46</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>215.38</x:v>
+        <x:v>184.23</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>242</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45952.7607291667</x:v>
+        <x:v>45975.7665972222</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>210.796</x:v>
+        <x:v>187.879</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>236.85</x:v>
+        <x:v>211.1</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45952.7423958333</x:v>
+        <x:v>45975.7415856481</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>210.796</x:v>
+        <x:v>187.879</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>236.85</x:v>
+        <x:v>211.1</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45951.7421064815</x:v>
+        <x:v>45974.742037037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>6.27</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>213.956</x:v>
+        <x:v>194.109</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>240.4</x:v>
+        <x:v>218.1</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45950.8196990741</x:v>
+        <x:v>45973.7618402778</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>5.92</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>212.354</x:v>
+        <x:v>194.376</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>238.6</x:v>
+        <x:v>218.4</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45947.7632060185</x:v>
+        <x:v>45973.7425</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>4.69</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>205.546</x:v>
+        <x:v>194.376</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>230.95</x:v>
+        <x:v>218.4</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45946.7602893518</x:v>
+        <x:v>45972.7415972222</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>5.09</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>207.548</x:v>
+        <x:v>193.174</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>233.2</x:v>
+        <x:v>217.05</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45946.7415277778</x:v>
+        <x:v>45968.7599768518</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>5.09</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>207.548</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>233.2</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45945.7689699074</x:v>
+        <x:v>45968.7420023148</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>5.27</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>208.438</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>234.2</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45944.7693171296</x:v>
+        <x:v>45967.7415393519</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>5.02</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>207.103</x:v>
+        <x:v>193.976</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>232.7</x:v>
+        <x:v>217.95</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45944.7414699074</x:v>
+        <x:v>45966.7603819444</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>5.02</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>207.103</x:v>
+        <x:v>202.876</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>232.7</x:v>
+        <x:v>227.95</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45943.7466203704</x:v>
+        <x:v>45966.7414699074</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>4.81</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>205.946</x:v>
+        <x:v>202.876</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>231.4</x:v>
+        <x:v>227.95</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45940.7627893519</x:v>
+        <x:v>45965.7581481481</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>4.68</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>205.19</x:v>
+        <x:v>201.184</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>230.55</x:v>
+        <x:v>226.05</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45940.7459143518</x:v>
+        <x:v>45965.7416666667</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>4.68</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>205.19</x:v>
+        <x:v>201.184</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>230.55</x:v>
+        <x:v>226.05</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45939.7571412037</x:v>
+        <x:v>45964.7418402778</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>6.2</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>211.642</x:v>
+        <x:v>203.676</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>237.8</x:v>
+        <x:v>228.85</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45939.7442013889</x:v>
+        <x:v>45961.8178472222</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>6.2</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>211.642</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>237.8</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45938.7624421296</x:v>
+        <x:v>45961.7662962963</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>6.09</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>211.108</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>237.2</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45937.7621527778</x:v>
+        <x:v>45961.7596180556</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>5.67</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>209.15</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>235</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45936.7575462963</x:v>
+        <x:v>45961.7416319444</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>5.08</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>206.124</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>231.6</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45933.7560763889</x:v>
+        <x:v>45960.7713541667</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>4.85</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>204.834</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>230.15</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45932.7757986111</x:v>
+        <x:v>45960.7414467593</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>5.2</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>206.569</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>232.1</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45959.763587963</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>4.52</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>202.742</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>227.8</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>4.55</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>202.831</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>227.9</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45958.741400463</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>4.2</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>200.74</x:v>
+        <x:v>208.349</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>225.55</x:v>
+        <x:v>234.1</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45957.7416550926</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>4.15</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>200.384</x:v>
+        <x:v>209.64</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>225.15</x:v>
+        <x:v>235.55</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45954.7428703704</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>4.17</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>200.428</x:v>
+        <x:v>207.682</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>225.2</x:v>
+        <x:v>233.35</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45953.7748263889</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>4.62</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>202.92</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>228</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45953.7428472222</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>4.35</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>201.318</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>226.2</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45952.7607291667</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>4.14</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>199.983</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>224.7</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45952.7423958333</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>4.61</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>202.52</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>227.55</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45951.7421064815</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>4.95</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>204.255</x:v>
+        <x:v>213.956</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>229.5</x:v>
+        <x:v>240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45950.8196990741</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>3.46</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>193.753</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>217.7</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45947.7632060185</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>2.76</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>187.746</x:v>
+        <x:v>205.546</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>210.95</x:v>
+        <x:v>230.95</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45946.7602893518</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>3.2</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>191.038</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>214.65</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45946.7415277778</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>4.15</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>196.601</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>220.9</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45945.7689699074</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>4</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>195.622</x:v>
+        <x:v>208.438</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>219.8</x:v>
+        <x:v>234.2</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45944.7693171296</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>4.65</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>199.093</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>223.7</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45944.7414699074</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>204.967</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>230.3</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45943.7466203704</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>6.08</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>205.1</x:v>
+        <x:v>205.946</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>230.45</x:v>
+        <x:v>231.4</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>5.66</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>203.142</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>228.25</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45940.7459143518</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>6.83</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>207.548</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>233.2</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>6.42</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>205.902</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>231.35</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45939.7442013889</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>5.62</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>202.252</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>227.25</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45938.7624421296</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>7.28</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>208.171</x:v>
+        <x:v>211.108</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>233.9</x:v>
+        <x:v>237.2</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45937.7621527778</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>6.79</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>206.213</x:v>
+        <x:v>209.15</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>231.7</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45936.7575462963</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>8.06</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>210.352</x:v>
+        <x:v>206.124</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>236.35</x:v>
+        <x:v>231.6</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>8.09</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>210.396</x:v>
+        <x:v>204.834</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>236.4</x:v>
+        <x:v>230.15</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>206.346</x:v>
+        <x:v>206.569</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>231.85</x:v>
+        <x:v>232.1</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>7.29</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>207.37</x:v>
+        <x:v>202.742</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>233</x:v>
+        <x:v>227.8</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>7.21</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>207.014</x:v>
+        <x:v>202.831</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>232.6</x:v>
+        <x:v>227.9</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>7.11</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>206.614</x:v>
+        <x:v>200.74</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>232.15</x:v>
+        <x:v>225.55</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>7.53</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>208.038</x:v>
+        <x:v>200.384</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>233.75</x:v>
+        <x:v>225.15</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>8.44</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>210.841</x:v>
+        <x:v>200.428</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>236.9</x:v>
+        <x:v>225.2</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>8.38</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>210.618</x:v>
+        <x:v>202.92</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>236.65</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>8.5</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>210.93</x:v>
+        <x:v>201.318</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>237</x:v>
+        <x:v>226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>9.34</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>213.288</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>239.65</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>9.15</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>212.71</x:v>
+        <x:v>202.52</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>239</x:v>
+        <x:v>227.55</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>9.15</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>212.71</x:v>
+        <x:v>204.255</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>239</x:v>
+        <x:v>229.5</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>7.38</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>206.48</x:v>
+        <x:v>193.753</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>232</x:v>
+        <x:v>217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>16.67</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>221.922</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>249.35</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>17.14</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>222.589</x:v>
+        <x:v>191.038</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>250.1</x:v>
+        <x:v>214.65</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>20.09</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>226.728</x:v>
+        <x:v>196.601</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>254.75</x:v>
+        <x:v>220.9</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>16.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>221.476</x:v>
+        <x:v>195.622</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>248.85</x:v>
+        <x:v>219.8</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>15.79</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>219.518</x:v>
+        <x:v>199.093</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>246.65</x:v>
+        <x:v>223.7</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>14.89</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>217.828</x:v>
+        <x:v>204.967</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>244.75</x:v>
+        <x:v>230.3</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>18.54</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>223.212</x:v>
+        <x:v>205.1</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>250.8</x:v>
+        <x:v>230.45</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>19.95</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>225.17</x:v>
+        <x:v>203.142</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>253</x:v>
+        <x:v>228.25</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45867.7584837963</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>17.41</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>221.12</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>248.45</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>15.23</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>217.204</x:v>
+        <x:v>205.902</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>244.05</x:v>
+        <x:v>231.35</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>15.77</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>218.05</x:v>
+        <x:v>202.252</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>245</x:v>
+        <x:v>227.25</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>16.37</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>219.029</x:v>
+        <x:v>208.171</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>246.1</x:v>
+        <x:v>233.9</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>17.98</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>221.476</x:v>
+        <x:v>206.213</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>248.85</x:v>
+        <x:v>231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>26.9</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>230.955</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>259.5</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>30.61</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>234.47</x:v>
+        <x:v>210.396</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>263.45</x:v>
+        <x:v>236.4</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>31.27</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>235.004</x:v>
+        <x:v>206.346</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>264.05</x:v>
+        <x:v>231.85</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>33.05</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>236.562</x:v>
+        <x:v>207.37</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>265.8</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>28.03</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>231.356</x:v>
+        <x:v>207.014</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>259.95</x:v>
+        <x:v>232.6</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>28.03</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>231.356</x:v>
+        <x:v>206.614</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>259.95</x:v>
+        <x:v>232.15</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>27.93</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>231.222</x:v>
+        <x:v>208.038</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>259.8</x:v>
+        <x:v>233.75</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>26.52</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>229.664</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>258.05</x:v>
+        <x:v>236.9</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>27.19</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>230.288</x:v>
+        <x:v>210.618</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>258.75</x:v>
+        <x:v>236.65</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>31.37</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>234.159</x:v>
+        <x:v>210.93</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>263.1</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>33.86</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>236.295</x:v>
+        <x:v>213.288</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>265.5</x:v>
+        <x:v>239.65</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>32.56</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>235.094</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>264.15</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>29.85</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>232.424</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>261.15</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>25.43</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>227.395</x:v>
+        <x:v>206.48</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>255.5</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>27.78</x:v>
+        <x:v>16.67</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>229.798</x:v>
+        <x:v>221.922</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>258.2</x:v>
+        <x:v>249.35</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>23.94</x:v>
+        <x:v>17.14</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>225.259</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>253.1</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>26.01</x:v>
+        <x:v>20.09</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>227.484</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>255.6</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>28.27</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>229.754</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>258.15</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>28.23</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>229.62</x:v>
+        <x:v>219.518</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>258</x:v>
+        <x:v>246.65</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>23.51</x:v>
+        <x:v>14.89</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>223.968</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>251.65</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>24.18</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>224.725</x:v>
+        <x:v>223.212</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>252.5</x:v>
+        <x:v>250.8</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>26.23</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>226.906</x:v>
+        <x:v>225.17</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>254.95</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45867.7584837963</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>22.63</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>222.456</x:v>
+        <x:v>221.12</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>249.95</x:v>
+        <x:v>248.45</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>23.6</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>223.524</x:v>
+        <x:v>217.204</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>251.15</x:v>
+        <x:v>244.05</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>21.29</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>220.498</x:v>
+        <x:v>218.05</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>247.75</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>25.51</x:v>
+        <x:v>16.37</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>225.126</x:v>
+        <x:v>219.029</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>252.95</x:v>
+        <x:v>246.1</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>28.28</x:v>
+        <x:v>17.98</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>227.884</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>256.05</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>29.6</x:v>
+        <x:v>26.9</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>229.13</x:v>
+        <x:v>230.955</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>257.45</x:v>
+        <x:v>259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>27.36</x:v>
+        <x:v>30.61</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>226.728</x:v>
+        <x:v>234.47</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>254.75</x:v>
+        <x:v>263.45</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>34.08</x:v>
+        <x:v>31.27</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>232.424</x:v>
+        <x:v>235.004</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>261.15</x:v>
+        <x:v>264.05</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>36.32</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>234.204</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>263.15</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>39.39</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>236.473</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>265.7</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>49.21</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>242.392</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>272.35</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45813.7588078704</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>47.3</x:v>
+        <x:v>27.93</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>241.146</x:v>
+        <x:v>231.222</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>270.95</x:v>
+        <x:v>259.8</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>47.85</x:v>
+        <x:v>26.52</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>241.457</x:v>
+        <x:v>229.664</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>271.3</x:v>
+        <x:v>258.05</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>45.53</x:v>
+        <x:v>27.19</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>239.9</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>269.55</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>45.53</x:v>
+        <x:v>31.37</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>239.9</x:v>
+        <x:v>234.159</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>269.55</x:v>
+        <x:v>263.1</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>39.32</x:v>
+        <x:v>33.86</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>235.227</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>264.3</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>39.32</x:v>
+        <x:v>32.56</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>235.227</x:v>
+        <x:v>235.094</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>264.3</x:v>
+        <x:v>264.15</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>37.66</x:v>
+        <x:v>29.85</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>233.447</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>262.3</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>35.85</x:v>
+        <x:v>25.43</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>231.89</x:v>
+        <x:v>227.395</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>260.55</x:v>
+        <x:v>255.5</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>42.19</x:v>
+        <x:v>27.78</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>236.295</x:v>
+        <x:v>229.798</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>265.5</x:v>
+        <x:v>258.2</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>42.62</x:v>
+        <x:v>23.94</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>236.562</x:v>
+        <x:v>225.259</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>265.8</x:v>
+        <x:v>253.1</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>41.78</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>235.939</x:v>
+        <x:v>227.484</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>265.1</x:v>
+        <x:v>255.6</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>42.27</x:v>
+        <x:v>28.27</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>236.25</x:v>
+        <x:v>229.754</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>265.45</x:v>
+        <x:v>258.15</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>43.46</x:v>
+        <x:v>28.23</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>236.962</x:v>
+        <x:v>229.62</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>266.25</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>39.81</x:v>
+        <x:v>23.51</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>234.248</x:v>
+        <x:v>223.968</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>263.2</x:v>
+        <x:v>251.65</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>34.31</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>227.89</x:v>
+        <x:v>224.725</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>258</x:v>
+        <x:v>252.5</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45791.3168055556</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>39.27</x:v>
+        <x:v>26.23</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>231.761</x:v>
+        <x:v>226.906</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>262.35</x:v>
+        <x:v>254.95</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>37.34</x:v>
+        <x:v>22.63</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>233.492</x:v>
+        <x:v>222.456</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>262.35</x:v>
+        <x:v>249.95</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>37.55</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>233.625</x:v>
+        <x:v>223.524</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>262.5</x:v>
+        <x:v>251.15</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45786.7591087963</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>36.71</x:v>
+        <x:v>21.29</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>232.868</x:v>
+        <x:v>220.498</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>261.65</x:v>
+        <x:v>247.75</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45785.7577199074</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>38.09</x:v>
+        <x:v>25.51</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>233.892</x:v>
+        <x:v>225.126</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>262.8</x:v>
+        <x:v>252.95</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45784.7685069444</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>36.67</x:v>
+        <x:v>28.28</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>232.735</x:v>
+        <x:v>227.884</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>261.5</x:v>
+        <x:v>256.05</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45783.7975</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>40.18</x:v>
+        <x:v>29.6</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>235.272</x:v>
+        <x:v>229.13</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>264.35</x:v>
+        <x:v>257.45</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45783.7610648148</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>40.18</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>235.272</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>264.35</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45782.7990972222</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>44.19</x:v>
+        <x:v>34.08</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>237.942</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>267.35</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45782.7613425926</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>44.19</x:v>
+        <x:v>36.32</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>237.942</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>267.35</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45779.7593171296</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>42.98</x:v>
+        <x:v>39.39</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>237.007</x:v>
+        <x:v>236.473</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>266.3</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45777.7615740741</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>32.01</x:v>
+        <x:v>49.21</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>227.217</x:v>
+        <x:v>242.392</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>255.3</x:v>
+        <x:v>272.35</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45776.7598958333</x:v>
+        <x:v>45813.7588078704</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>31.36</x:v>
+        <x:v>47.3</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>226.594</x:v>
+        <x:v>241.146</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>254.6</x:v>
+        <x:v>270.95</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45775.7601273148</x:v>
+        <x:v>45812.7670023148</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>26.45</x:v>
+        <x:v>47.85</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>221.432</x:v>
+        <x:v>241.457</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>248.8</x:v>
+        <x:v>271.3</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45772.7647222222</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>23.39</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>217.783</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>244.7</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45771.7646296296</x:v>
+        <x:v>45811.758599537</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>20.95</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>214.624</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>241.15</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45770.7698726852</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>21.36</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>215.113</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>241.7</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45769.7601041667</x:v>
+        <x:v>45810.757650463</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>11.56</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>194.465</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>218.5</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45764.7626967593</x:v>
+        <x:v>45803.758900463</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>15.85</x:v>
+        <x:v>37.66</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>201.14</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>226</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45763.762337963</x:v>
+        <x:v>45800.7594675926</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>20.31</x:v>
+        <x:v>35.85</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>206.792</x:v>
+        <x:v>231.89</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>232.35</x:v>
+        <x:v>260.55</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45762.7596990741</x:v>
+        <x:v>45799.7596296296</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>20.55</x:v>
+        <x:v>42.19</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>207.058</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>232.65</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45761.7606597222</x:v>
+        <x:v>45798.7642939815</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>18.13</x:v>
+        <x:v>42.62</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>203.632</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>228.8</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45758.7869097222</x:v>
+        <x:v>45797.7621643519</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>15.92</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>200.072</x:v>
+        <x:v>235.939</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>224.8</x:v>
+        <x:v>265.1</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45757.7688078704</x:v>
+        <x:v>45796.761724537</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>19.46</x:v>
+        <x:v>42.27</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>204.7</x:v>
+        <x:v>236.25</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>230</x:v>
+        <x:v>265.45</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45756.7571064815</x:v>
+        <x:v>45793.7569560185</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>12.31</x:v>
+        <x:v>43.46</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>190.816</x:v>
+        <x:v>236.962</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>214.4</x:v>
+        <x:v>266.25</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45755.7789814815</x:v>
+        <x:v>45792.7607407407</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>18.57</x:v>
+        <x:v>39.81</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>199.182</x:v>
+        <x:v>234.248</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>223.8</x:v>
+        <x:v>263.2</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45754.7628125</x:v>
+        <x:v>45791.7642476852</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>17.1</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>197.046</x:v>
+        <x:v>227.89</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>221.4</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45791.3168055556</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>26.01</x:v>
+        <x:v>39.27</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>205.768</x:v>
+        <x:v>231.761</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>231.2</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45751.7592824074</x:v>
+        <x:v>45790.7568865741</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>26.01</x:v>
+        <x:v>37.34</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>205.768</x:v>
+        <x:v>233.492</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>231.2</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45750.7636226852</x:v>
+        <x:v>45789.7603240741</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>35.18</x:v>
+        <x:v>37.55</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>212.666</x:v>
+        <x:v>233.625</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>238.95</x:v>
+        <x:v>262.5</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45749.7615856481</x:v>
+        <x:v>45786.7591087963</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>52.27</x:v>
+        <x:v>36.71</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>221.699</x:v>
+        <x:v>232.868</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>249.1</x:v>
+        <x:v>261.65</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45748.7584606481</x:v>
+        <x:v>45785.7577199074</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>54.15</x:v>
+        <x:v>38.09</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>222.634</x:v>
+        <x:v>233.892</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>250.15</x:v>
+        <x:v>262.8</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45747.7615740741</x:v>
+        <x:v>45784.7685069444</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>45.62</x:v>
+        <x:v>36.67</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>217.516</x:v>
+        <x:v>232.735</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>244.4</x:v>
+        <x:v>261.5</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45744.7642708333</x:v>
+        <x:v>45783.7975</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>49.56</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>219.608</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>246.75</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45743.767349537</x:v>
+        <x:v>45783.7610648148</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>53.95</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>221.832</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>249.25</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45742.758912037</x:v>
+        <x:v>45782.7990972222</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>55.52</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>222.589</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>250.1</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45741.7595023148</x:v>
+        <x:v>45782.7613425926</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>75.91</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>230.288</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>258.75</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45740.763599537</x:v>
+        <x:v>45779.7593171296</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>68.67</x:v>
+        <x:v>42.98</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>227.262</x:v>
+        <x:v>237.007</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>255.35</x:v>
+        <x:v>266.3</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45737.759525463</x:v>
+        <x:v>45777.7615740741</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>62.17</x:v>
+        <x:v>32.01</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>224.236</x:v>
+        <x:v>227.217</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>251.95</x:v>
+        <x:v>255.3</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45736.7631134259</x:v>
+        <x:v>45776.7598958333</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>58.85</x:v>
+        <x:v>31.36</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>222.634</x:v>
+        <x:v>226.594</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>250.15</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45735.7582638889</x:v>
+        <x:v>45775.7601273148</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>55.68</x:v>
+        <x:v>26.45</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>221.032</x:v>
+        <x:v>221.432</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>248.35</x:v>
+        <x:v>248.8</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45734.7602314815</x:v>
+        <x:v>45772.7647222222</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>52.91</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>219.563</x:v>
+        <x:v>217.783</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>246.7</x:v>
+        <x:v>244.7</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45733.7570833333</x:v>
+        <x:v>45771.7646296296</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>52.97</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>219.563</x:v>
+        <x:v>214.624</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>246.7</x:v>
+        <x:v>241.15</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45730.76125</x:v>
+        <x:v>45770.7698726852</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>46.8</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>210.841</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>242.6</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45729.7592824074</x:v>
+        <x:v>45769.7601041667</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>39.29</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>210.841</x:v>
+        <x:v>194.465</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>0</x:v>
+        <x:v>218.5</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45728.7584837963</x:v>
+        <x:v>45764.7626967593</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>48.35</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>215.87</x:v>
+        <x:v>201.14</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>0</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45727.7601388889</x:v>
+        <x:v>45763.762337963</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>42.8</x:v>
+        <x:v>20.31</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>212.398</x:v>
+        <x:v>206.792</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>238.65</x:v>
+        <x:v>232.35</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45726.7684259259</x:v>
+        <x:v>45762.7596990741</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>48.55</x:v>
+        <x:v>20.55</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>226.372</x:v>
+        <x:v>207.058</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>254.35</x:v>
+        <x:v>232.65</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45723.7596643519</x:v>
+        <x:v>45761.7606597222</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>79.02</x:v>
+        <x:v>18.13</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>232.602</x:v>
+        <x:v>203.632</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>261.35</x:v>
+        <x:v>228.8</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45722.7590162037</x:v>
+        <x:v>45758.7869097222</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>100.72</x:v>
+        <x:v>15.92</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>235.583</x:v>
+        <x:v>200.072</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>264.7</x:v>
+        <x:v>224.8</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45721.7632291667</x:v>
+        <x:v>45757.7688078704</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>112.21</x:v>
+        <x:v>19.46</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>230.466</x:v>
+        <x:v>204.7</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>258.95</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45720.7598842593</x:v>
+        <x:v>45756.7571064815</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>95.38</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>241.68</x:v>
+        <x:v>190.816</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>271.55</x:v>
+        <x:v>214.4</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45719.76</x:v>
+        <x:v>45755.7789814815</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>151.96</x:v>
+        <x:v>18.57</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>236.117</x:v>
+        <x:v>199.182</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>265.3</x:v>
+        <x:v>223.8</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45716.7600115741</x:v>
+        <x:v>45754.7628125</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>128.23</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>238.075</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>267.5</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45715.7569907407</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>137.43</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>244.928</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>275.2</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45714.7741666667</x:v>
+        <x:v>45751.7592824074</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>177.33</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>242.436</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>272.4</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45713.7589467593</x:v>
+        <x:v>45750.7636226852</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>164.03</x:v>
+        <x:v>35.18</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>244.127</x:v>
+        <x:v>212.666</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>274.3</x:v>
+        <x:v>238.95</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45712.7659027778</x:v>
+        <x:v>45749.7615856481</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>173.87</x:v>
+        <x:v>52.27</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>243.504</x:v>
+        <x:v>221.699</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>273.6</x:v>
+        <x:v>249.1</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45709.7637731481</x:v>
+        <x:v>45748.7584606481</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>170.97</x:v>
+        <x:v>54.15</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>244.706</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>274.95</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45708.7618634259</x:v>
+        <x:v>45747.7615740741</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>178.18</x:v>
+        <x:v>45.62</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>245.907</x:v>
+        <x:v>217.516</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>276.3</x:v>
+        <x:v>244.4</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45707.7577430556</x:v>
+        <x:v>45744.7642708333</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>185.66</x:v>
+        <x:v>49.56</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>247.732</x:v>
+        <x:v>219.608</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>278.35</x:v>
+        <x:v>246.75</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45706.762337963</x:v>
+        <x:v>45743.767349537</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>197.53</x:v>
+        <x:v>53.95</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>249.289</x:v>
+        <x:v>221.832</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>280.1</x:v>
+        <x:v>249.25</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45705.7592013889</x:v>
+        <x:v>45742.758912037</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>208.18</x:v>
+        <x:v>55.52</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>246.486</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>276.95</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45702.7668171296</x:v>
+        <x:v>45741.7595023148</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>191.43</x:v>
+        <x:v>75.91</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>249.467</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>280.3</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45701.7653703704</x:v>
+        <x:v>45740.763599537</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>211.95</x:v>
+        <x:v>68.67</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>248.444</x:v>
+        <x:v>227.262</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>279.15</x:v>
+        <x:v>255.35</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45700.7626967593</x:v>
+        <x:v>45737.759525463</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>205.42</x:v>
+        <x:v>62.17</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>247.732</x:v>
+        <x:v>224.236</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>278.35</x:v>
+        <x:v>251.95</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45699.7634259259</x:v>
+        <x:v>45736.7631134259</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>201.03</x:v>
+        <x:v>58.85</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>241.902</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>271.8</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45698.7617361111</x:v>
+        <x:v>45735.7582638889</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>168.71</x:v>
+        <x:v>55.68</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>241.19</x:v>
+        <x:v>221.032</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>271</x:v>
+        <x:v>248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45695.7611458333</x:v>
+        <x:v>45734.7602314815</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>165.39</x:v>
+        <x:v>52.91</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>243.548</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>273.65</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45694.7634490741</x:v>
+        <x:v>45733.7570833333</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>179.51</x:v>
+        <x:v>52.97</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>241.012</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>270.8</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45693.7706365741</x:v>
+        <x:v>45730.76125</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>165.75</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>241.012</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>270.8</x:v>
+        <x:v>242.6</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45692.7817476852</x:v>
+        <x:v>45729.7592824074</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>150.19</x:v>
+        <x:v>39.29</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>237.897</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>267.3</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45728.7584837963</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>133.51</x:v>
+        <x:v>48.35</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>234.204</x:v>
+        <x:v>215.87</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>263.15</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45691.7625578704</x:v>
+        <x:v>45727.7601388889</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>133.51</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>234.204</x:v>
+        <x:v>212.398</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>263.15</x:v>
+        <x:v>238.65</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45688.76</x:v>
+        <x:v>45726.7684259259</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>159.5</x:v>
+        <x:v>48.55</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>238.965</x:v>
+        <x:v>226.372</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>268.5</x:v>
+        <x:v>254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45687.7638888889</x:v>
+        <x:v>45723.7596643519</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>157.57</x:v>
+        <x:v>79.02</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>238.564</x:v>
+        <x:v>232.602</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>268.05</x:v>
+        <x:v>261.35</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45686.7638078704</x:v>
+        <x:v>45722.7590162037</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>153.84</x:v>
+        <x:v>100.72</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>237.808</x:v>
+        <x:v>235.583</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>267.2</x:v>
+        <x:v>264.7</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45721.7632291667</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>135.07</x:v>
+        <x:v>112.21</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>233.714</x:v>
+        <x:v>230.466</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>262.6</x:v>
+        <x:v>258.95</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45685.7622222222</x:v>
+        <x:v>45720.7598842593</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>135.07</x:v>
+        <x:v>95.38</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>233.714</x:v>
+        <x:v>241.68</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>262.6</x:v>
+        <x:v>271.55</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45684.7611226852</x:v>
+        <x:v>45719.76</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>130.44</x:v>
+        <x:v>151.96</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>232.646</x:v>
+        <x:v>236.117</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>261.4</x:v>
+        <x:v>265.3</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45681.768125</x:v>
+        <x:v>45716.7600115741</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>140.08</x:v>
+        <x:v>128.23</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>234.56</x:v>
+        <x:v>238.075</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>263.55</x:v>
+        <x:v>267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45679.7595138889</x:v>
+        <x:v>45715.7569907407</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>135.25</x:v>
+        <x:v>137.43</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>233.447</x:v>
+        <x:v>244.928</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>262.3</x:v>
+        <x:v>275.2</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45678.7595601852</x:v>
+        <x:v>45714.7741666667</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>115.42</x:v>
+        <x:v>177.33</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>228.508</x:v>
+        <x:v>242.436</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>256.75</x:v>
+        <x:v>272.4</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45677.765162037</x:v>
+        <x:v>45713.7589467593</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>112.91</x:v>
+        <x:v>164.03</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>227.84</x:v>
+        <x:v>244.127</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>256</x:v>
+        <x:v>274.3</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45674.7630555556</x:v>
+        <x:v>45712.7659027778</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>116.42</x:v>
+        <x:v>173.87</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>228.596</x:v>
+        <x:v>243.504</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>256.85</x:v>
+        <x:v>273.6</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45673.7629976852</x:v>
+        <x:v>45709.7637731481</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>110.33</x:v>
+        <x:v>170.97</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>226.994</x:v>
+        <x:v>244.706</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>255.05</x:v>
+        <x:v>274.95</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45672.764537037</x:v>
+        <x:v>45708.7618634259</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>105.62</x:v>
+        <x:v>178.18</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>225.704</x:v>
+        <x:v>245.907</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>253.6</x:v>
+        <x:v>276.3</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45671.7791203704</x:v>
+        <x:v>45707.7577430556</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>88.07</x:v>
+        <x:v>185.66</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>220.186</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>247.4</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45670.7590393519</x:v>
+        <x:v>45706.762337963</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>79.09</x:v>
+        <x:v>197.53</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>217.071</x:v>
+        <x:v>249.289</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>243.9</x:v>
+        <x:v>280.1</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45667.7626388889</x:v>
+        <x:v>45705.7592013889</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>84.78</x:v>
+        <x:v>208.18</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>218.806</x:v>
+        <x:v>246.486</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>245.85</x:v>
+        <x:v>276.95</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45666.758900463</x:v>
+        <x:v>45702.7668171296</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>82.99</x:v>
+        <x:v>191.43</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>218.184</x:v>
+        <x:v>249.467</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>245.15</x:v>
+        <x:v>280.3</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45665.7753472222</x:v>
+        <x:v>45701.7653703704</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>82.01</x:v>
+        <x:v>211.95</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>217.828</x:v>
+        <x:v>248.444</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>244.75</x:v>
+        <x:v>279.15</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45664.760625</x:v>
+        <x:v>45700.7626967593</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>78.37</x:v>
+        <x:v>205.42</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>216.537</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>243.3</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45663.7687268518</x:v>
+        <x:v>45699.7634259259</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>69.1</x:v>
+        <x:v>201.03</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>212.932</x:v>
+        <x:v>241.902</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>239.25</x:v>
+        <x:v>271.8</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45660.7611805556</x:v>
+        <x:v>45698.7617361111</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>60.28</x:v>
+        <x:v>168.71</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>209.016</x:v>
+        <x:v>241.19</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>234.85</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45656.7591435185</x:v>
+        <x:v>45695.7611458333</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>63.72</x:v>
+        <x:v>165.39</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>210.307</x:v>
+        <x:v>243.548</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>236.3</x:v>
+        <x:v>273.65</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45653.7593865741</x:v>
+        <x:v>45694.7634490741</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>71.64</x:v>
+        <x:v>179.51</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>213.155</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>239.5</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45649.7573726852</x:v>
+        <x:v>45693.7706365741</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>65.03</x:v>
+        <x:v>165.75</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>210.352</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>236.35</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45646.7606828704</x:v>
+        <x:v>45692.7817476852</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>66.16</x:v>
+        <x:v>150.19</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>210.708</x:v>
+        <x:v>237.897</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>236.75</x:v>
+        <x:v>267.3</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45645.7575462963</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>66.92</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>210.974</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>237.05</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45644.7667824074</x:v>
+        <x:v>45691.7625578704</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>75.14</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>213.867</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>240.3</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45643.7696990741</x:v>
+        <x:v>45688.76</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>72.21</x:v>
+        <x:v>159.5</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>212.754</x:v>
+        <x:v>238.965</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>239.05</x:v>
+        <x:v>268.5</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45642.7680555556</x:v>
+        <x:v>45687.7638888889</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>76.36</x:v>
+        <x:v>157.57</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>214.178</x:v>
+        <x:v>238.564</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>240.65</x:v>
+        <x:v>268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45638.7633564815</x:v>
+        <x:v>45686.7638078704</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>78.95</x:v>
+        <x:v>153.84</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>214.935</x:v>
+        <x:v>237.808</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>241.5</x:v>
+        <x:v>267.2</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45637.796400463</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>72.04</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>212.354</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>238.6</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45636.7680671296</x:v>
+        <x:v>45685.7622222222</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>75.79</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>213.644</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>240.05</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45635.7600462963</x:v>
+        <x:v>45684.7611226852</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>77.04</x:v>
+        <x:v>130.44</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>214.045</x:v>
+        <x:v>232.646</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>240.5</x:v>
+        <x:v>261.4</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45632.7600347222</x:v>
+        <x:v>45681.768125</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>81.38</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>215.38</x:v>
+        <x:v>234.56</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>242</x:v>
+        <x:v>263.55</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45631.7586111111</x:v>
+        <x:v>45679.7595138889</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>79.76</x:v>
+        <x:v>135.25</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>214.802</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>241.35</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45630.7638541667</x:v>
+        <x:v>45678.7595601852</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>80.8</x:v>
+        <x:v>115.42</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>215.113</x:v>
+        <x:v>228.508</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>241.7</x:v>
+        <x:v>256.75</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45629.7659143519</x:v>
+        <x:v>45677.765162037</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>62.19</x:v>
+        <x:v>112.91</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>207.326</x:v>
+        <x:v>227.84</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>232.95</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45628.7705902778</x:v>
+        <x:v>45674.7630555556</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>58.42</x:v>
+        <x:v>116.42</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>205.634</x:v>
+        <x:v>228.596</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>231.05</x:v>
+        <x:v>256.85</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45625.7598842593</x:v>
+        <x:v>45673.7629976852</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>48.08</x:v>
+        <x:v>110.33</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>200.161</x:v>
+        <x:v>226.994</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>224.9</x:v>
+        <x:v>255.05</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45624.7723726852</x:v>
+        <x:v>45672.764537037</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>42.39</x:v>
+        <x:v>105.62</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>196.824</x:v>
+        <x:v>225.704</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>221.15</x:v>
+        <x:v>253.6</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45623.7603240741</x:v>
+        <x:v>45671.7791203704</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>40.95</x:v>
+        <x:v>88.07</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>195.934</x:v>
+        <x:v>220.186</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>220.15</x:v>
+        <x:v>247.4</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45622.7714699074</x:v>
+        <x:v>45670.7590393519</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>46.04</x:v>
+        <x:v>79.09</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>198.648</x:v>
+        <x:v>217.071</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>223.2</x:v>
+        <x:v>243.9</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45621.7637962963</x:v>
+        <x:v>45667.7626388889</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>46.6</x:v>
+        <x:v>84.78</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>198.915</x:v>
+        <x:v>218.806</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>223.5</x:v>
+        <x:v>245.85</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45618.7851273148</x:v>
+        <x:v>45666.758900463</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>51.14</x:v>
+        <x:v>82.99</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>201.051</x:v>
+        <x:v>218.184</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>225.9</x:v>
+        <x:v>245.15</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45617.7602546296</x:v>
+        <x:v>45665.7753472222</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>49.1</x:v>
+        <x:v>82.01</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>199.983</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>224.7</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45616.7634837963</x:v>
+        <x:v>45664.760625</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>42.79</x:v>
+        <x:v>78.37</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>196.334</x:v>
+        <x:v>216.537</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>220.6</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45615.7578125</x:v>
+        <x:v>45663.7687268518</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>41.78</x:v>
+        <x:v>69.1</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>195.711</x:v>
+        <x:v>212.932</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>219.9</x:v>
+        <x:v>239.25</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45614.7649074074</x:v>
+        <x:v>45660.7611805556</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>39.93</x:v>
+        <x:v>60.28</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>194.554</x:v>
+        <x:v>209.016</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>218.6</x:v>
+        <x:v>234.85</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45611.7686342593</x:v>
+        <x:v>45656.7591435185</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>38.25</x:v>
+        <x:v>63.72</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>193.397</x:v>
+        <x:v>210.307</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>217.3</x:v>
+        <x:v>236.3</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45610.7625231482</x:v>
+        <x:v>45653.7593865741</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>44.32</x:v>
+        <x:v>71.64</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>196.734</x:v>
+        <x:v>213.155</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>221.05</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45609.7625925926</x:v>
+        <x:v>45649.7573726852</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>41.93</x:v>
+        <x:v>65.03</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>195.31</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>219.45</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45608.7778703704</x:v>
+        <x:v>45646.7606828704</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>43.48</x:v>
+        <x:v>66.16</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>196.156</x:v>
+        <x:v>210.708</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>220.4</x:v>
+        <x:v>236.75</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45607.7591898148</x:v>
+        <x:v>45645.7575462963</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>45.51</x:v>
+        <x:v>66.92</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>197.224</x:v>
+        <x:v>210.974</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>221.6</x:v>
+        <x:v>237.05</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45604.7573148148</x:v>
+        <x:v>45644.7667824074</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>45.35</x:v>
+        <x:v>75.14</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>197.046</x:v>
+        <x:v>213.867</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>221.4</x:v>
+        <x:v>240.3</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45603.7594791667</x:v>
+        <x:v>45643.7696990741</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>44.13</x:v>
+        <x:v>72.21</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>196.334</x:v>
+        <x:v>212.754</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>220.6</x:v>
+        <x:v>239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45602.7588425926</x:v>
+        <x:v>45642.7680555556</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>34.31</x:v>
+        <x:v>76.36</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>189.526</x:v>
+        <x:v>214.178</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>212.95</x:v>
+        <x:v>240.65</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45601.7577199074</x:v>
+        <x:v>45638.7633564815</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>38.19</x:v>
+        <x:v>78.95</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>191.928</x:v>
+        <x:v>214.935</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>215.65</x:v>
+        <x:v>241.5</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45600.7605439815</x:v>
+        <x:v>45637.796400463</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>35.76</x:v>
+        <x:v>72.04</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>190.282</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>213.8</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45597.7588194444</x:v>
+        <x:v>45636.7680671296</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>40.3</x:v>
+        <x:v>75.79</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>192.908</x:v>
+        <x:v>213.644</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>216.75</x:v>
+        <x:v>240.05</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45596.7616550926</x:v>
+        <x:v>45635.7600462963</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>37.61</x:v>
+        <x:v>77.04</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>191.172</x:v>
+        <x:v>214.045</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>214.8</x:v>
+        <x:v>240.5</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45595.7568865741</x:v>
+        <x:v>45632.7600347222</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>45.56</x:v>
+        <x:v>81.38</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>195.4</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>219.55</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45594.7605208333</x:v>
+        <x:v>45631.7586111111</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>54.25</x:v>
+        <x:v>79.76</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>199.36</x:v>
+        <x:v>214.802</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>224</x:v>
+        <x:v>241.35</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45593.7742013889</x:v>
+        <x:v>45630.7638541667</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>51.89</x:v>
+        <x:v>80.8</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>198.203</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>222.7</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45590.768275463</x:v>
+        <x:v>45629.7659143519</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>49.14</x:v>
+        <x:v>62.19</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>196.734</x:v>
+        <x:v>207.326</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>221.05</x:v>
+        <x:v>232.95</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45589.7589699074</x:v>
+        <x:v>45628.7705902778</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>45.85</x:v>
+        <x:v>58.42</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>194.954</x:v>
+        <x:v>205.634</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>219.05</x:v>
+        <x:v>231.05</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45588.7683796296</x:v>
+        <x:v>45625.7598842593</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>45.25</x:v>
+        <x:v>48.08</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>194.598</x:v>
+        <x:v>200.161</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>218.65</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45587.7587384259</x:v>
+        <x:v>45624.7723726852</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>40.22</x:v>
+        <x:v>42.39</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>191.572</x:v>
+        <x:v>196.824</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>215.25</x:v>
+        <x:v>221.15</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45586.7589467593</x:v>
+        <x:v>45623.7603240741</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>34.39</x:v>
+        <x:v>40.95</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>187.568</x:v>
+        <x:v>195.934</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>210.75</x:v>
+        <x:v>220.15</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45583.7647800926</x:v>
+        <x:v>45622.7714699074</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>37.49</x:v>
+        <x:v>46.04</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>189.436</x:v>
+        <x:v>198.648</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>212.85</x:v>
+        <x:v>223.2</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45581.7579166667</x:v>
+        <x:v>45621.7637962963</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>34.64</x:v>
+        <x:v>46.6</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>187.478</x:v>
+        <x:v>198.915</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>210.65</x:v>
+        <x:v>223.5</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45580.7601967593</x:v>
+        <x:v>45618.7851273148</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>33.59</x:v>
+        <x:v>51.14</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>186.722</x:v>
+        <x:v>201.051</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>209.8</x:v>
+        <x:v>225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45579.7582175926</x:v>
+        <x:v>45617.7602546296</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>36.02</x:v>
+        <x:v>49.1</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>188.28</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>211.55</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45576.767962963</x:v>
+        <x:v>45616.7634837963</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>32.48</x:v>
+        <x:v>42.79</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>185.654</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>208.6</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45575.7566435185</x:v>
+        <x:v>45615.7578125</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>29.58</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>183.384</x:v>
+        <x:v>195.711</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>206.05</x:v>
+        <x:v>219.9</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45574.7610532407</x:v>
+        <x:v>45614.7649074074</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>31.83</x:v>
+        <x:v>39.93</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>184.986</x:v>
+        <x:v>194.554</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>207.85</x:v>
+        <x:v>218.6</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45573.7606597222</x:v>
+        <x:v>45611.7686342593</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>28.68</x:v>
+        <x:v>38.25</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>182.45</x:v>
+        <x:v>193.397</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>205</x:v>
+        <x:v>217.3</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45572.7565625</x:v>
+        <x:v>45610.7625231482</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>24.17</x:v>
+        <x:v>44.32</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>178.267</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>200.3</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45569.7642476852</x:v>
+        <x:v>45609.7625925926</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>24.66</x:v>
+        <x:v>41.93</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>178.623</x:v>
+        <x:v>195.31</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>200.7</x:v>
+        <x:v>219.45</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45568.7656481481</x:v>
+        <x:v>45608.7778703704</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>24.79</x:v>
+        <x:v>43.48</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>178.712</x:v>
+        <x:v>196.156</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>200.8</x:v>
+        <x:v>220.4</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45567.7653472222</x:v>
+        <x:v>45607.7591898148</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>28.08</x:v>
+        <x:v>45.51</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>181.338</x:v>
+        <x:v>197.224</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>203.75</x:v>
+        <x:v>221.6</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45566.7563657407</x:v>
+        <x:v>45604.7573148148</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>28.74</x:v>
+        <x:v>45.35</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>181.827</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>204.3</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45565.7591782407</x:v>
+        <x:v>45603.7594791667</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>28.89</x:v>
+        <x:v>44.13</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>181.916</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>204.4</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45562.7586574074</x:v>
+        <x:v>45602.7588425926</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>30.56</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>183.073</x:v>
+        <x:v>189.526</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>205.7</x:v>
+        <x:v>212.95</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45561.7612847222</x:v>
+        <x:v>45601.7577199074</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>29.22</x:v>
+        <x:v>38.19</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>182.005</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>204.5</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45560.7714236111</x:v>
+        <x:v>45600.7605439815</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>26.43</x:v>
+        <x:v>35.76</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>179.602</x:v>
+        <x:v>190.282</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>201.8</x:v>
+        <x:v>213.8</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45559.7595833333</x:v>
+        <x:v>45597.7588194444</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>32.9</x:v>
+        <x:v>40.3</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>184.096</x:v>
+        <x:v>192.908</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>206.85</x:v>
+        <x:v>216.75</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45558.7542476852</x:v>
+        <x:v>45596.7616550926</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>32.94</x:v>
+        <x:v>37.61</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>184.096</x:v>
+        <x:v>191.172</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>206.85</x:v>
+        <x:v>214.8</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45555.7576851852</x:v>
+        <x:v>45595.7568865741</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>30.28</x:v>
+        <x:v>45.56</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>182.005</x:v>
+        <x:v>195.4</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>204.5</x:v>
+        <x:v>219.55</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45554.7554976852</x:v>
+        <x:v>45594.7605208333</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>32.33</x:v>
+        <x:v>54.25</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>183.429</x:v>
+        <x:v>199.36</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>206.1</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45553.7545486111</x:v>
+        <x:v>45593.7742013889</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>25.66</x:v>
+        <x:v>51.89</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>177.626</x:v>
+        <x:v>198.203</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>199.58</x:v>
+        <x:v>222.7</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45552.7566435185</x:v>
+        <x:v>45590.768275463</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>26.84</x:v>
+        <x:v>49.14</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>178.578</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>200.65</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45551.7526967593</x:v>
+        <x:v>45589.7589699074</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>26.35</x:v>
+        <x:v>45.85</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>178.134</x:v>
+        <x:v>194.954</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>200.15</x:v>
+        <x:v>219.05</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45548.7577893519</x:v>
+        <x:v>45588.7683796296</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>26.99</x:v>
+        <x:v>45.25</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>178.578</x:v>
+        <x:v>194.598</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>200.65</x:v>
+        <x:v>218.65</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45547.7527430556</x:v>
+        <x:v>45587.7587384259</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>25.52</x:v>
+        <x:v>40.22</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>177.27</x:v>
+        <x:v>191.572</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>199.18</x:v>
+        <x:v>215.25</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45546.7507291667</x:v>
+        <x:v>45586.7589467593</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>21.36</x:v>
+        <x:v>34.39</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>173.034</x:v>
+        <x:v>187.568</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>194.42</x:v>
+        <x:v>210.75</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45545.7516898148</x:v>
+        <x:v>45583.7647800926</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>19.84</x:v>
+        <x:v>37.49</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>171.361</x:v>
+        <x:v>189.436</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>192.54</x:v>
+        <x:v>212.85</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45544.753125</x:v>
+        <x:v>45581.7579166667</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>19.9</x:v>
+        <x:v>34.64</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>171.396</x:v>
+        <x:v>187.478</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>192.58</x:v>
+        <x:v>210.65</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45541.774837963</x:v>
+        <x:v>45580.7601967593</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>18.53</x:v>
+        <x:v>33.59</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>169.741</x:v>
+        <x:v>186.722</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>190.72</x:v>
+        <x:v>209.8</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45540.7512152778</x:v>
+        <x:v>45579.7582175926</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>19.13</x:v>
+        <x:v>36.02</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>170.382</x:v>
+        <x:v>188.28</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>191.44</x:v>
+        <x:v>211.55</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45539.7506365741</x:v>
+        <x:v>45576.767962963</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>21.02</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>172.286</x:v>
+        <x:v>185.654</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>193.58</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45538.7615277778</x:v>
+        <x:v>45575.7566435185</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>25.88</x:v>
+        <x:v>29.58</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>176.398</x:v>
+        <x:v>183.384</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>198.2</x:v>
+        <x:v>206.05</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45537.7585416667</x:v>
+        <x:v>45574.7610532407</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>27.76</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>177.875</x:v>
+        <x:v>184.986</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>199.86</x:v>
+        <x:v>207.85</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45534.7589467593</x:v>
+        <x:v>45573.7606597222</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>25.65</x:v>
+        <x:v>28.68</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>175.971</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>197.72</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45533.7649768519</x:v>
+        <x:v>45572.7565625</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>27.1</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>177.128</x:v>
+        <x:v>178.267</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>199.02</x:v>
+        <x:v>200.3</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45532.7507638889</x:v>
+        <x:v>45569.7642476852</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>23.46</x:v>
+        <x:v>24.66</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>173.728</x:v>
+        <x:v>178.623</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>195.2</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45531.7524305556</x:v>
+        <x:v>45568.7656481481</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>23.55</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>173.781</x:v>
+        <x:v>178.712</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>195.26</x:v>
+        <x:v>200.8</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45530.753275463</x:v>
+        <x:v>45567.7653472222</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>22.59</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>172.838</x:v>
+        <x:v>181.338</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>194.2</x:v>
+        <x:v>203.75</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45527.7532523148</x:v>
+        <x:v>45566.7563657407</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>24.09</x:v>
+        <x:v>28.74</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>174.102</x:v>
+        <x:v>181.827</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>195.62</x:v>
+        <x:v>204.3</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45526.7496064815</x:v>
+        <x:v>45565.7591782407</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>25.07</x:v>
+        <x:v>28.89</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>174.921</x:v>
+        <x:v>181.916</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>196.54</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45525.7533333333</x:v>
+        <x:v>45562.7586574074</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>25.06</x:v>
+        <x:v>30.56</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>174.885</x:v>
+        <x:v>183.073</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>196.5</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45524.7571990741</x:v>
+        <x:v>45561.7612847222</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>24.49</x:v>
+        <x:v>29.22</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>174.351</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>195.9</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45523.750787037</x:v>
+        <x:v>45560.7714236111</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>25.94</x:v>
+        <x:v>26.43</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>175.544</x:v>
+        <x:v>179.602</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>197.24</x:v>
+        <x:v>201.8</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45520.7525462963</x:v>
+        <x:v>45559.7595833333</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>25.58</x:v>
+        <x:v>32.9</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>175.152</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>196.8</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45519.7846180556</x:v>
+        <x:v>45558.7542476852</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>24.79</x:v>
+        <x:v>32.94</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>174.422</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>195.98</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45518.7548726852</x:v>
+        <x:v>45555.7576851852</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>21.35</x:v>
+        <x:v>30.28</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>170.951</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>192.08</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45517.7495023148</x:v>
+        <x:v>45554.7554976852</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>20.94</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>170.506</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>191.58</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45516.7502893519</x:v>
+        <x:v>45553.7545486111</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>19.12</x:v>
+        <x:v>25.66</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>168.477</x:v>
+        <x:v>177.626</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>189.3</x:v>
+        <x:v>199.58</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45513.7534259259</x:v>
+        <x:v>45552.7566435185</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>19.72</x:v>
+        <x:v>26.84</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>169.029</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>189.92</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45512.7521412037</x:v>
+        <x:v>45551.7526967593</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>18.46</x:v>
+        <x:v>26.35</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>167.569</x:v>
+        <x:v>178.134</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>188.28</x:v>
+        <x:v>200.15</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45511.7529166667</x:v>
+        <x:v>45548.7577893519</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>18.25</x:v>
+        <x:v>26.99</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>167.302</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>187.98</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45510.7710416667</x:v>
+        <x:v>45547.7527430556</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>16.44</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>165.006</x:v>
+        <x:v>177.27</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>185.4</x:v>
+        <x:v>199.18</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45509.7565162037</x:v>
+        <x:v>45546.7507291667</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>13.9</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>161.286</x:v>
+        <x:v>173.034</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>181.22</x:v>
+        <x:v>194.42</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45506.7577777778</x:v>
+        <x:v>45545.7516898148</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>17.74</x:v>
+        <x:v>19.84</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>165.682</x:v>
+        <x:v>171.361</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>186.16</x:v>
+        <x:v>192.54</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45504.7536574074</x:v>
+        <x:v>45544.753125</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>27.98</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>173.568</x:v>
+        <x:v>171.396</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>195.02</x:v>
+        <x:v>192.58</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45503.7497337963</x:v>
+        <x:v>45541.774837963</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>24.9</x:v>
+        <x:v>18.53</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>170.898</x:v>
+        <x:v>169.741</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>192.02</x:v>
+        <x:v>190.72</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45502.7520023148</x:v>
+        <x:v>45540.7512152778</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>25.86</x:v>
+        <x:v>19.13</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>171.663</x:v>
+        <x:v>170.382</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>192.88</x:v>
+        <x:v>191.44</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45499.750150463</x:v>
+        <x:v>45539.7506365741</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>29.48</x:v>
+        <x:v>21.02</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>174.244</x:v>
+        <x:v>172.286</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>195.78</x:v>
+        <x:v>193.58</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45498.7520138889</x:v>
+        <x:v>45538.7615277778</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>28.85</x:v>
+        <x:v>25.88</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>173.746</x:v>
+        <x:v>176.398</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>195.22</x:v>
+        <x:v>198.2</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45497.7533912037</x:v>
+        <x:v>45537.7585416667</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>27.31</x:v>
+        <x:v>27.76</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>172.5</x:v>
+        <x:v>177.875</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>193.82</x:v>
+        <x:v>199.86</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45496.7496643519</x:v>
+        <x:v>45534.7589467593</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>31.04</x:v>
+        <x:v>25.65</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>175.099</x:v>
+        <x:v>175.971</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>196.74</x:v>
+        <x:v>197.72</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45495.7513657407</x:v>
+        <x:v>45533.7649768519</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>19.77</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>163.422</x:v>
+        <x:v>177.128</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>183.62</x:v>
+        <x:v>199.02</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45492.7567708333</x:v>
+        <x:v>45532.7507638889</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>18.15</x:v>
+        <x:v>23.46</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>161.535</x:v>
+        <x:v>173.728</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>181.5</x:v>
+        <x:v>195.2</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45491.7526851852</x:v>
+        <x:v>45531.7524305556</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>17.46</x:v>
+        <x:v>23.55</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>160.716</x:v>
+        <x:v>173.781</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>180.58</x:v>
+        <x:v>195.26</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45490.7535069444</x:v>
+        <x:v>45530.753275463</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>19.8</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>163.101</x:v>
+        <x:v>172.838</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>183.26</x:v>
+        <x:v>194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45489.7500925926</x:v>
+        <x:v>45527.7532523148</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>23.88</x:v>
+        <x:v>24.09</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>166.626</x:v>
+        <x:v>174.102</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>187.22</x:v>
+        <x:v>195.62</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45488.7523263889</x:v>
+        <x:v>45526.7496064815</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>24.47</x:v>
+        <x:v>25.07</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>167.106</x:v>
+        <x:v>174.921</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>187.76</x:v>
+        <x:v>196.54</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45485.7526041667</x:v>
+        <x:v>45525.7533333333</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>25.64</x:v>
+        <x:v>25.06</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>167.979</x:v>
+        <x:v>174.885</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>188.74</x:v>
+        <x:v>196.5</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45484.7507638889</x:v>
+        <x:v>45524.7571990741</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>23.39</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>165.949</x:v>
+        <x:v>174.351</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>186.46</x:v>
+        <x:v>195.9</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45483.7515277778</x:v>
+        <x:v>45523.750787037</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>22.77</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>165.362</x:v>
+        <x:v>175.544</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>185.8</x:v>
+        <x:v>197.24</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45482.7511458333</x:v>
+        <x:v>45520.7525462963</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>21.82</x:v>
+        <x:v>25.58</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>164.436</x:v>
+        <x:v>175.152</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>184.76</x:v>
+        <x:v>196.8</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45481.7521180556</x:v>
+        <x:v>45519.7846180556</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>25.15</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>167.178</x:v>
+        <x:v>174.422</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>187.84</x:v>
+        <x:v>195.98</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45478.7524074074</x:v>
+        <x:v>45518.7548726852</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>26.66</x:v>
+        <x:v>21.35</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>168.281</x:v>
+        <x:v>170.951</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>189.08</x:v>
+        <x:v>192.08</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45477.7564351852</x:v>
+        <x:v>45517.7495023148</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>24.53</x:v>
+        <x:v>20.94</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>166.448</x:v>
+        <x:v>170.506</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>187.02</x:v>
+        <x:v>191.58</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45476.7537962963</x:v>
+        <x:v>45516.7502893519</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>25.26</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>167.017</x:v>
+        <x:v>168.477</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>187.66</x:v>
+        <x:v>189.3</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45475.7575</x:v>
+        <x:v>45513.7534259259</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>22.86</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>164.828</x:v>
+        <x:v>169.029</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>185.2</x:v>
+        <x:v>189.92</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45474.7653125</x:v>
+        <x:v>45512.7521412037</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>23.37</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>165.255</x:v>
+        <x:v>167.569</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>185.68</x:v>
+        <x:v>188.28</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45471.7526157407</x:v>
+        <x:v>45511.7529166667</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>28.03</x:v>
+        <x:v>18.25</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>168.673</x:v>
+        <x:v>167.302</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>189.52</x:v>
+        <x:v>187.98</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45470.7516782407</x:v>
+        <x:v>45510.7710416667</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>25.78</x:v>
+        <x:v>16.44</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>166.822</x:v>
+        <x:v>165.006</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>187.44</x:v>
+        <x:v>185.4</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45469.7562037037</x:v>
+        <x:v>45509.7565162037</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>24.33</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>165.558</x:v>
+        <x:v>161.286</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>186.02</x:v>
+        <x:v>181.22</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45468.7651388889</x:v>
+        <x:v>45506.7577777778</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>20.48</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>161.731</x:v>
+        <x:v>165.682</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>181.72</x:v>
+        <x:v>186.16</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45467.7596875</x:v>
+        <x:v>45504.7536574074</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>18.63</x:v>
+        <x:v>27.98</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>159.719</x:v>
+        <x:v>173.568</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>179.46</x:v>
+        <x:v>195.02</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45464.7598032407</x:v>
+        <x:v>45503.7497337963</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>20.13</x:v>
+        <x:v>24.9</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>161.143</x:v>
+        <x:v>170.898</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>181.06</x:v>
+        <x:v>192.02</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45463.7553009259</x:v>
+        <x:v>45502.7520023148</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>19.01</x:v>
+        <x:v>25.86</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>159.933</x:v>
+        <x:v>171.663</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>179.7</x:v>
+        <x:v>192.88</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45462.7591319444</x:v>
+        <x:v>45499.750150463</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>16.48</x:v>
+        <x:v>29.48</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>156.889</x:v>
+        <x:v>174.244</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>176.28</x:v>
+        <x:v>195.78</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45461.750162037</x:v>
+        <x:v>45498.7520138889</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>16.29</x:v>
+        <x:v>28.85</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>156.64</x:v>
+        <x:v>173.746</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>176</x:v>
+        <x:v>195.22</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45460.7520023148</x:v>
+        <x:v>45497.7533912037</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>16.14</x:v>
+        <x:v>27.31</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>156.426</x:v>
+        <x:v>172.5</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>175.76</x:v>
+        <x:v>193.82</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45457.75375</x:v>
+        <x:v>45496.7496643519</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>15.5</x:v>
+        <x:v>31.04</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>155.554</x:v>
+        <x:v>175.099</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>174.78</x:v>
+        <x:v>196.74</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45456.754537037</x:v>
+        <x:v>45495.7513657407</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>18.14</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>158.402</x:v>
+        <x:v>163.422</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>177.98</x:v>
+        <x:v>183.62</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45455.75625</x:v>
+        <x:v>45492.7567708333</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>21.39</x:v>
+        <x:v>18.15</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>161.446</x:v>
+        <x:v>161.535</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>181.4</x:v>
+        <x:v>181.5</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45454.7546527778</x:v>
+        <x:v>45491.7526851852</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>16.82</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>156.106</x:v>
+        <x:v>160.716</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>175.4</x:v>
+        <x:v>180.58</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45453.7552314815</x:v>
+        <x:v>45490.7535069444</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>18</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>157.37</x:v>
+        <x:v>163.101</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>176.82</x:v>
+        <x:v>183.26</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45450.7637962963</x:v>
+        <x:v>45489.7500925926</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>18.52</x:v>
+        <x:v>23.88</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>157.85</x:v>
+        <x:v>166.626</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>177.36</x:v>
+        <x:v>187.22</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45449.7532986111</x:v>
+        <x:v>45488.7523263889</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>18.86</x:v>
+        <x:v>24.47</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>158.171</x:v>
+        <x:v>167.106</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>177.72</x:v>
+        <x:v>187.76</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45448.7575925926</x:v>
+        <x:v>45485.7526041667</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>14.64</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>152.653</x:v>
+        <x:v>167.979</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>171.52</x:v>
+        <x:v>188.74</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45447.7542592593</x:v>
+        <x:v>45484.7507638889</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>12.88</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>150.054</x:v>
+        <x:v>165.949</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>168.6</x:v>
+        <x:v>186.46</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45446.7532291667</x:v>
+        <x:v>45483.7515277778</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>12.69</x:v>
+        <x:v>22.77</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>149.751</x:v>
+        <x:v>165.362</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>168.26</x:v>
+        <x:v>185.8</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45443.7518287037</x:v>
+        <x:v>45482.7511458333</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>11.46</x:v>
+        <x:v>21.82</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>147.704</x:v>
+        <x:v>164.436</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>165.96</x:v>
+        <x:v>184.76</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45442.7577199074</x:v>
+        <x:v>45481.7521180556</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>13.11</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>150.036</x:v>
+        <x:v>167.178</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>168.58</x:v>
+        <x:v>187.84</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45441.7499189815</x:v>
+        <x:v>45478.7524074074</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>19.6</x:v>
+        <x:v>26.66</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>156.48</x:v>
+        <x:v>168.281</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>175.82</x:v>
+        <x:v>189.08</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45440.7591319444</x:v>
+        <x:v>45477.7564351852</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>20.95</x:v>
+        <x:v>24.53</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>157.726</x:v>
+        <x:v>166.448</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>177.22</x:v>
+        <x:v>187.02</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45439.7628472222</x:v>
+        <x:v>45476.7537962963</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>24.45</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>160.574</x:v>
+        <x:v>167.017</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>180.42</x:v>
+        <x:v>187.66</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45436.7528472222</x:v>
+        <x:v>45475.7575</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>24.17</x:v>
+        <x:v>22.86</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>160.253</x:v>
+        <x:v>164.828</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>180.06</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45435.7561226852</x:v>
+        <x:v>45474.7653125</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>25.68</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>161.41</x:v>
+        <x:v>165.255</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>181.36</x:v>
+        <x:v>185.68</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45434.750162037</x:v>
+        <x:v>45471.7526157407</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>23.57</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>159.595</x:v>
+        <x:v>168.673</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>179.32</x:v>
+        <x:v>189.52</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45433.753912037</x:v>
+        <x:v>45470.7516782407</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>24.34</x:v>
+        <x:v>25.78</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>160.2</x:v>
+        <x:v>166.822</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>180</x:v>
+        <x:v>187.44</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45429.760474537</x:v>
+        <x:v>45469.7562037037</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>21.55</x:v>
+        <x:v>24.33</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>157.548</x:v>
+        <x:v>165.558</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>177.02</x:v>
+        <x:v>186.02</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45428.7605671296</x:v>
+        <x:v>45468.7651388889</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>21.31</x:v>
+        <x:v>20.48</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>157.299</x:v>
+        <x:v>161.731</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>176.74</x:v>
+        <x:v>181.72</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45427.7860648148</x:v>
+        <x:v>45467.7596875</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>19.35</x:v>
+        <x:v>18.63</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>156.729</x:v>
+        <x:v>159.719</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>176.1</x:v>
+        <x:v>179.46</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45426.7552430556</x:v>
+        <x:v>45464.7598032407</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>18.2</x:v>
+        <x:v>20.13</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>155.465</x:v>
+        <x:v>161.143</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>174.68</x:v>
+        <x:v>181.06</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45425.7516319444</x:v>
+        <x:v>45463.7553009259</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>20.04</x:v>
+        <x:v>19.01</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>157.245</x:v>
+        <x:v>159.933</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>176.68</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45422.7512847222</x:v>
+        <x:v>45462.7591319444</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>19.57</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>156.693</x:v>
+        <x:v>156.889</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>176.06</x:v>
+        <x:v>176.28</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45420.7954513889</x:v>
+        <x:v>45461.750162037</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>19.99</x:v>
+        <x:v>16.29</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>157.049</x:v>
+        <x:v>156.64</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>176.46</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45419.7550810185</x:v>
+        <x:v>45460.7520023148</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>18.26</x:v>
+        <x:v>16.14</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>155.18</x:v>
+        <x:v>156.426</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>174.36</x:v>
+        <x:v>175.76</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45418.754537037</x:v>
+        <x:v>45457.75375</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>16.12</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>152.617</x:v>
+        <x:v>155.554</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>171.48</x:v>
+        <x:v>174.78</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45415.7562731481</x:v>
+        <x:v>45456.754537037</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>15.63</x:v>
+        <x:v>18.14</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>151.941</x:v>
+        <x:v>158.402</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>170.72</x:v>
+        <x:v>177.98</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45414.7536458333</x:v>
+        <x:v>45455.75625</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>14.18</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>150.001</x:v>
+        <x:v>161.446</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>168.54</x:v>
+        <x:v>181.4</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45412.7543518519</x:v>
+        <x:v>45454.7546527778</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>15.04</x:v>
+        <x:v>16.82</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>151.033</x:v>
+        <x:v>156.106</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>169.7</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45411.78375</x:v>
+        <x:v>45453.7552314815</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>16.38</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>152.564</x:v>
+        <x:v>157.37</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>171.42</x:v>
+        <x:v>176.82</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45408.748287037</x:v>
+        <x:v>45450.7637962963</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>18.68</x:v>
+        <x:v>18.52</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>154.86</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>174</x:v>
+        <x:v>177.36</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45407.7557523148</x:v>
+        <x:v>45449.7532986111</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>15.87</x:v>
+        <x:v>18.86</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>151.478</x:v>
+        <x:v>158.171</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>170.2</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45406.7657407407</x:v>
+        <x:v>45448.7575925926</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>21.03</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>156.248</x:v>
+        <x:v>152.653</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>175.56</x:v>
+        <x:v>171.52</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45405.7568518519</x:v>
+        <x:v>45447.7542592593</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>20.41</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>155.625</x:v>
+        <x:v>150.054</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>174.86</x:v>
+        <x:v>168.6</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45404.7572337963</x:v>
+        <x:v>45446.7532291667</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>14.37</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>147.829</x:v>
+        <x:v>149.751</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>166.1</x:v>
+        <x:v>168.26</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45401.7981018519</x:v>
+        <x:v>45443.7518287037</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>14.22</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>147.562</x:v>
+        <x:v>147.704</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>165.8</x:v>
+        <x:v>165.96</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45400.7584837963</x:v>
+        <x:v>45442.7577199074</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>16.95</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>150.57</x:v>
+        <x:v>150.036</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>169.18</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45399.7645949074</x:v>
+        <x:v>45441.7499189815</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>16.65</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>150.196</x:v>
+        <x:v>156.48</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>168.76</x:v>
+        <x:v>175.82</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45398.7542939815</x:v>
+        <x:v>45440.7591319444</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>18.04</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>151.638</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>170.38</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45397.7515509259</x:v>
+        <x:v>45439.7628472222</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>19.22</x:v>
+        <x:v>24.45</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>152.777</x:v>
+        <x:v>160.574</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>171.66</x:v>
+        <x:v>180.42</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45394.7514814815</x:v>
+        <x:v>45436.7528472222</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>18.77</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>152.243</x:v>
+        <x:v>160.253</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>171.06</x:v>
+        <x:v>180.06</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45393.7590972222</x:v>
+        <x:v>45435.7561226852</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>18.94</x:v>
+        <x:v>25.68</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>152.386</x:v>
+        <x:v>161.41</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>171.22</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45392.7661689815</x:v>
+        <x:v>45434.750162037</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>19.04</x:v>
+        <x:v>23.57</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>152.457</x:v>
+        <x:v>159.595</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>171.3</x:v>
+        <x:v>179.32</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45391.7576851852</x:v>
+        <x:v>45433.753912037</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>20.11</x:v>
+        <x:v>24.34</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>153.454</x:v>
+        <x:v>160.2</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>172.42</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45390.7570949074</x:v>
+        <x:v>45429.760474537</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>25.72</x:v>
+        <x:v>21.55</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>157.726</x:v>
+        <x:v>157.548</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>177.22</x:v>
+        <x:v>177.02</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45387.754375</x:v>
+        <x:v>45428.7605671296</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>26.07</x:v>
+        <x:v>21.31</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>157.904</x:v>
+        <x:v>157.299</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>177.42</x:v>
+        <x:v>176.74</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45386.758287037</x:v>
+        <x:v>45427.7860648148</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>26.83</x:v>
+        <x:v>19.35</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>158.438</x:v>
+        <x:v>156.729</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>178.02</x:v>
+        <x:v>176.1</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45385.7623032407</x:v>
+        <x:v>45426.7552430556</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>27.11</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>158.616</x:v>
+        <x:v>155.465</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>178.22</x:v>
+        <x:v>174.68</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45384.7596064815</x:v>
+        <x:v>45425.7516319444</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>25.8</x:v>
+        <x:v>20.04</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>157.583</x:v>
+        <x:v>157.245</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>177.06</x:v>
+        <x:v>176.68</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45379.7526041667</x:v>
+        <x:v>45422.7512847222</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>30.63</x:v>
+        <x:v>19.57</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>160.609</x:v>
+        <x:v>156.693</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>180.46</x:v>
+        <x:v>176.06</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45378.7519675926</x:v>
+        <x:v>45420.7954513889</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>32.96</x:v>
+        <x:v>19.99</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>162.016</x:v>
+        <x:v>157.049</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>182.04</x:v>
+        <x:v>176.46</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45377.7511574074</x:v>
+        <x:v>45419.7550810185</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>33.84</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>162.514</x:v>
+        <x:v>155.18</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>182.6</x:v>
+        <x:v>174.36</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45376.7574074074</x:v>
+        <x:v>45418.754537037</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>31.31</x:v>
+        <x:v>16.12</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>160.859</x:v>
+        <x:v>152.617</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>180.74</x:v>
+        <x:v>171.48</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45373.7547337963</x:v>
+        <x:v>45415.7562731481</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>30.81</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>160.449</x:v>
+        <x:v>151.941</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>180.28</x:v>
+        <x:v>170.72</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45372.7581944444</x:v>
+        <x:v>45414.7536458333</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>31.24</x:v>
+        <x:v>14.18</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>160.698</x:v>
+        <x:v>150.001</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>180.56</x:v>
+        <x:v>168.54</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45363.7501851852</x:v>
+        <x:v>45412.7543518519</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>28.35</x:v>
+        <x:v>15.04</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>157.53</x:v>
+        <x:v>151.033</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>177</x:v>
+        <x:v>169.7</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45362.7530324074</x:v>
+        <x:v>45411.78375</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>24.46</x:v>
+        <x:v>16.38</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>154.433</x:v>
+        <x:v>152.564</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>173.52</x:v>
+        <x:v>171.42</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45359.7549768519</x:v>
+        <x:v>45408.748287037</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>29.08</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>157.477</x:v>
+        <x:v>154.86</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>176.94</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45358.7545949074</x:v>
+        <x:v>45407.7557523148</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>30.27</x:v>
+        <x:v>15.87</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>158.224</x:v>
+        <x:v>151.478</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>177.78</x:v>
+        <x:v>170.2</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45357.7532986111</x:v>
+        <x:v>45406.7657407407</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>27.2</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>155.999</x:v>
+        <x:v>156.248</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>175.28</x:v>
+        <x:v>175.56</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45356.754537037</x:v>
+        <x:v>45405.7568518519</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>25.15</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>154.397</x:v>
+        <x:v>155.625</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>173.48</x:v>
+        <x:v>174.86</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45355.7463541667</x:v>
+        <x:v>45404.7572337963</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>27.36</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>155.946</x:v>
+        <x:v>147.829</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>175.22</x:v>
+        <x:v>166.1</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45352.7525462963</x:v>
+        <x:v>45401.7981018519</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>25.28</x:v>
+        <x:v>14.22</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>154.273</x:v>
+        <x:v>147.562</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>173.34</x:v>
+        <x:v>165.8</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45351.7476041667</x:v>
+        <x:v>45400.7584837963</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>24.78</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>153.863</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>172.88</x:v>
+        <x:v>169.18</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45350.7516319444</x:v>
+        <x:v>45399.7645949074</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>23.97</x:v>
+        <x:v>16.65</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>153.187</x:v>
+        <x:v>150.196</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>172.12</x:v>
+        <x:v>168.76</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45349.7513773148</x:v>
+        <x:v>45398.7542939815</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>27.37</x:v>
+        <x:v>18.04</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>153.97</x:v>
+        <x:v>151.638</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>173</x:v>
+        <x:v>170.38</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45397.7515509259</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>25.3</x:v>
+        <x:v>19.22</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>151.122</x:v>
+        <x:v>152.777</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>169.8</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45348.7736111111</x:v>
+        <x:v>45394.7514814815</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>25.3</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>151.122</x:v>
+        <x:v>152.243</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>169.8</x:v>
+        <x:v>171.06</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45345.7523263889</x:v>
+        <x:v>45393.7590972222</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>22.06</x:v>
+        <x:v>18.94</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>151.122</x:v>
+        <x:v>152.386</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>169.8</x:v>
+        <x:v>171.22</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45344.7577777778</x:v>
+        <x:v>45392.7661689815</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>19.66</x:v>
+        <x:v>19.04</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>148.826</x:v>
+        <x:v>152.457</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>167.22</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45343.7647569444</x:v>
+        <x:v>45391.7576851852</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>15.83</x:v>
+        <x:v>20.11</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>144.429</x:v>
+        <x:v>153.454</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>162.28</x:v>
+        <x:v>172.42</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45342.7528125</x:v>
+        <x:v>45390.7570949074</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>16.49</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>145.123</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>163.06</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45341.7516087963</x:v>
+        <x:v>45387.754375</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>17.52</x:v>
+        <x:v>26.07</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>146.174</x:v>
+        <x:v>157.904</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>164.24</x:v>
+        <x:v>177.42</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45338.7553703704</x:v>
+        <x:v>45386.758287037</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>18.34</x:v>
+        <x:v>26.83</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>146.921</x:v>
+        <x:v>158.438</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>165.08</x:v>
+        <x:v>178.02</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45337.7598263889</x:v>
+        <x:v>45385.7623032407</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>17.76</x:v>
+        <x:v>27.11</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>146.298</x:v>
+        <x:v>158.616</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>164.38</x:v>
+        <x:v>178.22</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45336.807962963</x:v>
+        <x:v>45384.7596064815</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>18.23</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>146.743</x:v>
+        <x:v>157.583</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>164.88</x:v>
+        <x:v>177.06</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45336.7470023148</x:v>
+        <x:v>45379.7526041667</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>18.23</x:v>
+        <x:v>30.63</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>146.743</x:v>
+        <x:v>160.609</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>164.88</x:v>
+        <x:v>180.46</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45335.7501157407</x:v>
+        <x:v>45378.7519675926</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>16.53</x:v>
+        <x:v>32.96</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>144.856</x:v>
+        <x:v>162.016</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>162.76</x:v>
+        <x:v>182.04</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45334.7513888889</x:v>
+        <x:v>45377.7511574074</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>21.75</x:v>
+        <x:v>33.84</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>149.306</x:v>
+        <x:v>162.514</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>167.76</x:v>
+        <x:v>182.6</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45331.7582986111</x:v>
+        <x:v>45376.7574074074</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>22.44</x:v>
+        <x:v>31.31</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>149.805</x:v>
+        <x:v>160.859</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>168.32</x:v>
+        <x:v>180.74</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45330.7578125</x:v>
+        <x:v>45373.7547337963</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>22.13</x:v>
+        <x:v>30.81</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>149.52</x:v>
+        <x:v>160.449</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>168</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45329.7548958333</x:v>
+        <x:v>45372.7581944444</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>22.17</x:v>
+        <x:v>31.24</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>149.52</x:v>
+        <x:v>160.698</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>168</x:v>
+        <x:v>180.56</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45328.7534143518</x:v>
+        <x:v>45363.7501851852</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>20.61</x:v>
+        <x:v>28.35</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>148.096</x:v>
+        <x:v>157.53</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>166.4</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45327.7501967593</x:v>
+        <x:v>45362.7530324074</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>18.91</x:v>
+        <x:v>24.46</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>146.423</x:v>
+        <x:v>154.433</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>164.52</x:v>
+        <x:v>173.52</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45324.7529282407</x:v>
+        <x:v>45359.7549768519</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>18.2</x:v>
+        <x:v>29.08</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>145.64</x:v>
+        <x:v>157.477</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>163.64</x:v>
+        <x:v>176.94</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45323.7529976852</x:v>
+        <x:v>45358.7545949074</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>17.1</x:v>
+        <x:v>30.27</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>144.447</x:v>
+        <x:v>158.224</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>162.3</x:v>
+        <x:v>177.78</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45322.7527777778</x:v>
+        <x:v>45357.7532986111</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>15.93</x:v>
+        <x:v>27.2</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>143.112</x:v>
+        <x:v>155.999</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>160.8</x:v>
+        <x:v>175.28</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45321.7433680556</x:v>
+        <x:v>45356.754537037</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>17.34</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>144.554</x:v>
+        <x:v>154.397</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>162.42</x:v>
+        <x:v>173.48</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45320.7512615741</x:v>
+        <x:v>45355.7463541667</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>17.01</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>144.18</x:v>
+        <x:v>155.946</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>162</x:v>
+        <x:v>175.22</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45317.7470717593</x:v>
+        <x:v>45352.7525462963</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>15.52</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>142.4</x:v>
+        <x:v>154.273</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>160</x:v>
+        <x:v>173.34</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45316.7524074074</x:v>
+        <x:v>45351.7476041667</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>16.16</x:v>
+        <x:v>24.78</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>143.076</x:v>
+        <x:v>153.863</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>160.76</x:v>
+        <x:v>172.88</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45315.7568171296</x:v>
+        <x:v>45350.7516319444</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>16.18</x:v>
+        <x:v>23.97</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>143.076</x:v>
+        <x:v>153.187</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>160.76</x:v>
+        <x:v>172.12</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45314.7547453704</x:v>
+        <x:v>45349.7513773148</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>10.06</x:v>
+        <x:v>27.37</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>132.93</x:v>
+        <x:v>153.97</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>149.36</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45313.762662037</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>10.62</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>133.803</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>150.34</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45310.749212963</x:v>
+        <x:v>45348.7736111111</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>9.89</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>132.503</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>148.88</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45309.7473726852</x:v>
+        <x:v>45345.7523263889</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>9.1</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>131.061</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>147.26</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45308.7508680556</x:v>
+        <x:v>45344.7577777778</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
-        <x:v>8.03</x:v>
+        <x:v>19.66</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>128.89</x:v>
+        <x:v>148.826</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>144.82</x:v>
+        <x:v>167.22</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45307.7510532407</x:v>
+        <x:v>45343.7647569444</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>7.94</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>128.676</x:v>
+        <x:v>144.429</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>144.58</x:v>
+        <x:v>162.28</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45306.7467592593</x:v>
+        <x:v>45342.7528125</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>7.94</x:v>
+        <x:v>16.49</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>128.658</x:v>
+        <x:v>145.123</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>144.56</x:v>
+        <x:v>163.06</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45303.7600925926</x:v>
+        <x:v>45341.7516087963</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>8.11</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>128.925</x:v>
+        <x:v>146.174</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>144.86</x:v>
+        <x:v>164.24</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45302.7520601852</x:v>
+        <x:v>45338.7553703704</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>6.95</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>126.273</x:v>
+        <x:v>146.921</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>141.88</x:v>
+        <x:v>165.08</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45301.7540393519</x:v>
+        <x:v>45337.7598263889</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>7.02</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>126.416</x:v>
+        <x:v>146.298</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>142.04</x:v>
+        <x:v>164.38</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45300.7495833333</x:v>
+        <x:v>45336.807962963</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>6.07</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>123.959</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>139.28</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45299.7521643518</x:v>
+        <x:v>45336.7470023148</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>5.91</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>123.514</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>138.78</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45296.7574884259</x:v>
+        <x:v>45335.7501157407</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>5.4</x:v>
+        <x:v>16.53</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>122.001</x:v>
+        <x:v>144.856</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>137.08</x:v>
+        <x:v>162.76</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45295.7562152778</x:v>
+        <x:v>45334.7513888889</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>5.21</x:v>
+        <x:v>21.75</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>121.432</x:v>
+        <x:v>149.306</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>136.44</x:v>
+        <x:v>167.76</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45294.7523148148</x:v>
+        <x:v>45331.7582986111</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>5.43</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>122.037</x:v>
+        <x:v>149.805</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>137.12</x:v>
+        <x:v>168.32</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45289.7502893519</x:v>
+        <x:v>45330.7578125</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>6.33</x:v>
+        <x:v>22.13</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>124.137</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>139.48</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45288.7522916667</x:v>
+        <x:v>45329.7548958333</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>6.4</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>124.28</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>139.64</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45287.7514583333</x:v>
+        <x:v>45328.7534143518</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>6.48</x:v>
+        <x:v>20.61</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>124.458</x:v>
+        <x:v>148.096</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>139.84</x:v>
+        <x:v>166.4</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45282.752037037</x:v>
+        <x:v>45327.7501967593</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>5.97</x:v>
+        <x:v>18.91</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>123.034</x:v>
+        <x:v>146.423</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>138.24</x:v>
+        <x:v>164.52</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45281.7536111111</x:v>
+        <x:v>45324.7529282407</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>5.76</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>122.446</x:v>
+        <x:v>145.64</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>137.58</x:v>
+        <x:v>163.64</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45281.7495138889</x:v>
+        <x:v>45323.7529976852</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>5.76</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>122.446</x:v>
+        <x:v>144.447</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>137.58</x:v>
+        <x:v>162.3</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45280.7567824074</x:v>
+        <x:v>45322.7527777778</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>6.36</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>123.888</x:v>
+        <x:v>143.112</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>139.2</x:v>
+        <x:v>160.8</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45279.7563773148</x:v>
+        <x:v>45321.7433680556</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>7.21</x:v>
+        <x:v>17.34</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>125.721</x:v>
+        <x:v>144.554</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>141.26</x:v>
+        <x:v>162.42</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45278.7578587963</x:v>
+        <x:v>45320.7512615741</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>7.2</x:v>
+        <x:v>17.01</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>125.668</x:v>
+        <x:v>144.18</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>141.2</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45275.7522337963</x:v>
+        <x:v>45317.7470717593</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>7.35</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>125.917</x:v>
+        <x:v>142.4</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>141.48</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45274.754212963</x:v>
+        <x:v>45316.7524074074</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>7.82</x:v>
+        <x:v>16.16</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>126.861</x:v>
+        <x:v>143.076</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>142.54</x:v>
+        <x:v>160.76</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
+        <x:v>45315.7568171296</x:v>
+      </x:c>
+      <x:c r="B556" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C556" s="0">
+        <x:v>16.18</x:v>
+      </x:c>
+      <x:c r="D556" s="0">
+        <x:v>143.076</x:v>
+      </x:c>
+      <x:c r="E556" s="0">
+        <x:v>160.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="557" spans="1:5">
+      <x:c r="A557" s="1">
+        <x:v>45314.7547453704</x:v>
+      </x:c>
+      <x:c r="B557" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C557" s="0">
+        <x:v>10.06</x:v>
+      </x:c>
+      <x:c r="D557" s="0">
+        <x:v>132.93</x:v>
+      </x:c>
+      <x:c r="E557" s="0">
+        <x:v>149.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="558" spans="1:5">
+      <x:c r="A558" s="1">
+        <x:v>45313.762662037</x:v>
+      </x:c>
+      <x:c r="B558" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C558" s="0">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="D558" s="0">
+        <x:v>133.803</x:v>
+      </x:c>
+      <x:c r="E558" s="0">
+        <x:v>150.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="559" spans="1:5">
+      <x:c r="A559" s="1">
+        <x:v>45310.749212963</x:v>
+      </x:c>
+      <x:c r="B559" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C559" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D559" s="0">
+        <x:v>132.503</x:v>
+      </x:c>
+      <x:c r="E559" s="0">
+        <x:v>148.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="560" spans="1:5">
+      <x:c r="A560" s="1">
+        <x:v>45309.7473726852</x:v>
+      </x:c>
+      <x:c r="B560" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C560" s="0">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="D560" s="0">
+        <x:v>131.061</x:v>
+      </x:c>
+      <x:c r="E560" s="0">
+        <x:v>147.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="561" spans="1:5">
+      <x:c r="A561" s="1">
+        <x:v>45308.7508680556</x:v>
+      </x:c>
+      <x:c r="B561" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C561" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="D561" s="0">
+        <x:v>128.89</x:v>
+      </x:c>
+      <x:c r="E561" s="0">
+        <x:v>144.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="562" spans="1:5">
+      <x:c r="A562" s="1">
+        <x:v>45307.7510532407</x:v>
+      </x:c>
+      <x:c r="B562" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C562" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D562" s="0">
+        <x:v>128.676</x:v>
+      </x:c>
+      <x:c r="E562" s="0">
+        <x:v>144.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="563" spans="1:5">
+      <x:c r="A563" s="1">
+        <x:v>45306.7467592593</x:v>
+      </x:c>
+      <x:c r="B563" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C563" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D563" s="0">
+        <x:v>128.658</x:v>
+      </x:c>
+      <x:c r="E563" s="0">
+        <x:v>144.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="564" spans="1:5">
+      <x:c r="A564" s="1">
+        <x:v>45303.7600925926</x:v>
+      </x:c>
+      <x:c r="B564" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C564" s="0">
+        <x:v>8.11</x:v>
+      </x:c>
+      <x:c r="D564" s="0">
+        <x:v>128.925</x:v>
+      </x:c>
+      <x:c r="E564" s="0">
+        <x:v>144.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="565" spans="1:5">
+      <x:c r="A565" s="1">
+        <x:v>45302.7520601852</x:v>
+      </x:c>
+      <x:c r="B565" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C565" s="0">
+        <x:v>6.95</x:v>
+      </x:c>
+      <x:c r="D565" s="0">
+        <x:v>126.273</x:v>
+      </x:c>
+      <x:c r="E565" s="0">
+        <x:v>141.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="566" spans="1:5">
+      <x:c r="A566" s="1">
+        <x:v>45301.7540393519</x:v>
+      </x:c>
+      <x:c r="B566" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C566" s="0">
+        <x:v>7.02</x:v>
+      </x:c>
+      <x:c r="D566" s="0">
+        <x:v>126.416</x:v>
+      </x:c>
+      <x:c r="E566" s="0">
+        <x:v>142.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="567" spans="1:5">
+      <x:c r="A567" s="1">
+        <x:v>45300.7495833333</x:v>
+      </x:c>
+      <x:c r="B567" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C567" s="0">
+        <x:v>6.07</x:v>
+      </x:c>
+      <x:c r="D567" s="0">
+        <x:v>123.959</x:v>
+      </x:c>
+      <x:c r="E567" s="0">
+        <x:v>139.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="568" spans="1:5">
+      <x:c r="A568" s="1">
+        <x:v>45299.7521643518</x:v>
+      </x:c>
+      <x:c r="B568" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C568" s="0">
+        <x:v>5.91</x:v>
+      </x:c>
+      <x:c r="D568" s="0">
+        <x:v>123.514</x:v>
+      </x:c>
+      <x:c r="E568" s="0">
+        <x:v>138.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="569" spans="1:5">
+      <x:c r="A569" s="1">
+        <x:v>45296.7574884259</x:v>
+      </x:c>
+      <x:c r="B569" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C569" s="0">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="D569" s="0">
+        <x:v>122.001</x:v>
+      </x:c>
+      <x:c r="E569" s="0">
+        <x:v>137.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="570" spans="1:5">
+      <x:c r="A570" s="1">
+        <x:v>45295.7562152778</x:v>
+      </x:c>
+      <x:c r="B570" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C570" s="0">
+        <x:v>5.21</x:v>
+      </x:c>
+      <x:c r="D570" s="0">
+        <x:v>121.432</x:v>
+      </x:c>
+      <x:c r="E570" s="0">
+        <x:v>136.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="571" spans="1:5">
+      <x:c r="A571" s="1">
+        <x:v>45294.7523148148</x:v>
+      </x:c>
+      <x:c r="B571" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C571" s="0">
+        <x:v>5.43</x:v>
+      </x:c>
+      <x:c r="D571" s="0">
+        <x:v>122.037</x:v>
+      </x:c>
+      <x:c r="E571" s="0">
+        <x:v>137.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="572" spans="1:5">
+      <x:c r="A572" s="1">
+        <x:v>45289.7502893519</x:v>
+      </x:c>
+      <x:c r="B572" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C572" s="0">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D572" s="0">
+        <x:v>124.137</x:v>
+      </x:c>
+      <x:c r="E572" s="0">
+        <x:v>139.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="573" spans="1:5">
+      <x:c r="A573" s="1">
+        <x:v>45288.7522916667</x:v>
+      </x:c>
+      <x:c r="B573" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C573" s="0">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="D573" s="0">
+        <x:v>124.28</x:v>
+      </x:c>
+      <x:c r="E573" s="0">
+        <x:v>139.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="574" spans="1:5">
+      <x:c r="A574" s="1">
+        <x:v>45287.7514583333</x:v>
+      </x:c>
+      <x:c r="B574" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C574" s="0">
+        <x:v>6.48</x:v>
+      </x:c>
+      <x:c r="D574" s="0">
+        <x:v>124.458</x:v>
+      </x:c>
+      <x:c r="E574" s="0">
+        <x:v>139.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="575" spans="1:5">
+      <x:c r="A575" s="1">
+        <x:v>45282.752037037</x:v>
+      </x:c>
+      <x:c r="B575" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C575" s="0">
+        <x:v>5.97</x:v>
+      </x:c>
+      <x:c r="D575" s="0">
+        <x:v>123.034</x:v>
+      </x:c>
+      <x:c r="E575" s="0">
+        <x:v>138.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="576" spans="1:5">
+      <x:c r="A576" s="1">
+        <x:v>45281.7536111111</x:v>
+      </x:c>
+      <x:c r="B576" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C576" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D576" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E576" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="577" spans="1:5">
+      <x:c r="A577" s="1">
+        <x:v>45281.7495138889</x:v>
+      </x:c>
+      <x:c r="B577" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C577" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D577" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E577" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="578" spans="1:5">
+      <x:c r="A578" s="1">
+        <x:v>45280.7567824074</x:v>
+      </x:c>
+      <x:c r="B578" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C578" s="0">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="D578" s="0">
+        <x:v>123.888</x:v>
+      </x:c>
+      <x:c r="E578" s="0">
+        <x:v>139.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="579" spans="1:5">
+      <x:c r="A579" s="1">
+        <x:v>45279.7563773148</x:v>
+      </x:c>
+      <x:c r="B579" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C579" s="0">
+        <x:v>7.21</x:v>
+      </x:c>
+      <x:c r="D579" s="0">
+        <x:v>125.721</x:v>
+      </x:c>
+      <x:c r="E579" s="0">
+        <x:v>141.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="580" spans="1:5">
+      <x:c r="A580" s="1">
+        <x:v>45278.7578587963</x:v>
+      </x:c>
+      <x:c r="B580" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C580" s="0">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="D580" s="0">
+        <x:v>125.668</x:v>
+      </x:c>
+      <x:c r="E580" s="0">
+        <x:v>141.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="581" spans="1:5">
+      <x:c r="A581" s="1">
+        <x:v>45275.7522337963</x:v>
+      </x:c>
+      <x:c r="B581" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C581" s="0">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="D581" s="0">
+        <x:v>125.917</x:v>
+      </x:c>
+      <x:c r="E581" s="0">
+        <x:v>141.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="582" spans="1:5">
+      <x:c r="A582" s="1">
+        <x:v>45274.754212963</x:v>
+      </x:c>
+      <x:c r="B582" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C582" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D582" s="0">
+        <x:v>126.861</x:v>
+      </x:c>
+      <x:c r="E582" s="0">
+        <x:v>142.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="583" spans="1:5">
+      <x:c r="A583" s="1">
         <x:v>45273.752974537</x:v>
       </x:c>
-      <x:c r="B556" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C556" s="0">
+      <x:c r="B583" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C583" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D556" s="0">
+      <x:c r="D583" s="0">
         <x:v>130.385</x:v>
       </x:c>
-      <x:c r="E556" s="0">
+      <x:c r="E583" s="0">
         <x:v>146.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>