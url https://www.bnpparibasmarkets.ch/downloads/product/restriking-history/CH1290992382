--- v5 (2026-02-12)
+++ v6 (2026-03-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9b480096cf4580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d45e843ec4af4dcf8b219d993f1c005c.psmdcp" Id="R06c91d427b394449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b4fff3b16674eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f48f2f1981c34cbda1d0e552f5bc04e4.psmdcp" Id="R3712a61521e84d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1290992382</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -393,9957 +393,10484 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E583"/>
+  <x:dimension ref="A1:E614"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46064.7745833333</x:v>
+        <x:v>46086.7747106481</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>150.41</x:v>
+        <x:v>152.172</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>169</x:v>
+        <x:v>170.98</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46064.7434722222</x:v>
+        <x:v>46086.7431365741</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>150.41</x:v>
+        <x:v>152.172</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>169</x:v>
+        <x:v>170.98</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46063.7748148148</x:v>
+        <x:v>46085.774849537</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>158.669</x:v>
+        <x:v>148.968</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>178.28</x:v>
+        <x:v>167.38</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46063.7433449074</x:v>
+        <x:v>46085.7438773148</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>0.07</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>158.669</x:v>
+        <x:v>148.968</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>178.28</x:v>
+        <x:v>167.38</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46062.7728587963</x:v>
+        <x:v>46084.7759259259</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>155.679</x:v>
+        <x:v>147.277</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>174.92</x:v>
+        <x:v>165.48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46062.7431481481</x:v>
+        <x:v>46084.7433564815</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>155.679</x:v>
+        <x:v>147.277</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>174.92</x:v>
+        <x:v>165.48</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46059.7723148148</x:v>
+        <x:v>46083.775787037</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>152.386</x:v>
+        <x:v>148.719</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>171.22</x:v>
+        <x:v>167.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46059.7425462963</x:v>
+        <x:v>46083.7433449074</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>152.386</x:v>
+        <x:v>148.719</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>171.22</x:v>
+        <x:v>167.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46058.7435532407</x:v>
+        <x:v>46080.7756365741</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>0.05</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>151.727</x:v>
+        <x:v>152.154</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>170.48</x:v>
+        <x:v>170.96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46057.7739930556</x:v>
+        <x:v>46080.7438194444</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>148.808</x:v>
+        <x:v>152.154</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>167.2</x:v>
+        <x:v>170.96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46057.7431597222</x:v>
+        <x:v>46079.7754861111</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>148.808</x:v>
+        <x:v>153.276</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>167.2</x:v>
+        <x:v>172.22</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46056.8210763889</x:v>
+        <x:v>46079.7437268519</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
         <x:v>0.04</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>148.63</x:v>
+        <x:v>153.276</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>167</x:v>
+        <x:v>172.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46056.7740162037</x:v>
+        <x:v>46078.7752199074</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>148.63</x:v>
+        <x:v>148.434</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>167</x:v>
+        <x:v>166.78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46056.742974537</x:v>
+        <x:v>46078.7431944444</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>148.63</x:v>
+        <x:v>148.434</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>167</x:v>
+        <x:v>166.78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46055.7739467593</x:v>
+        <x:v>46077.7753472222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>155.839</x:v>
+        <x:v>147.598</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>175.1</x:v>
+        <x:v>165.84</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46055.7429166667</x:v>
+        <x:v>46077.7429398148</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>155.839</x:v>
+        <x:v>147.598</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>175.1</x:v>
+        <x:v>165.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>46052.7749768519</x:v>
+        <x:v>46076.774849537</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>151.798</x:v>
+        <x:v>149.395</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>170.56</x:v>
+        <x:v>167.86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>46052.7432175926</x:v>
+        <x:v>46076.7432523148</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>0.1</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>151.798</x:v>
+        <x:v>149.395</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>170.56</x:v>
+        <x:v>167.86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>46051.7428703704</x:v>
+        <x:v>46073.7430208333</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>146.512</x:v>
+        <x:v>154.682</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>164.62</x:v>
+        <x:v>173.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>46051.3778472222</x:v>
+        <x:v>46072.7741319444</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>0.08</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>155.362</x:v>
+        <x:v>151.959</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>174.565</x:v>
+        <x:v>170.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>46050.7427777778</x:v>
+        <x:v>46072.7430439815</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>174.565</x:v>
+        <x:v>151.959</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>196.14</x:v>
+        <x:v>170.74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>46049.7425347222</x:v>
+        <x:v>46071.7730555556</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>0.62</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>174.031</x:v>
+        <x:v>154.308</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>195.54</x:v>
+        <x:v>173.38</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>46048.7748611111</x:v>
+        <x:v>46071.7427083333</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>0.79</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>178.846</x:v>
+        <x:v>154.308</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>200.95</x:v>
+        <x:v>173.38</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>46045.7737152778</x:v>
+        <x:v>46070.7736921296</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>176.149</x:v>
+        <x:v>150.98</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>197.92</x:v>
+        <x:v>169.64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>46045.7422222222</x:v>
+        <x:v>46070.7427662037</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>0.7</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>176.149</x:v>
+        <x:v>150.98</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>197.92</x:v>
+        <x:v>169.64</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>46044.7737731481</x:v>
+        <x:v>46069.774837963</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>168.958</x:v>
+        <x:v>149.84</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>189.84</x:v>
+        <x:v>168.36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>46044.7425810185</x:v>
+        <x:v>46069.7430787037</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>0.52</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>168.958</x:v>
+        <x:v>149.84</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>189.84</x:v>
+        <x:v>168.36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>46043.7728009259</x:v>
+        <x:v>46066.7740509259</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>170.026</x:v>
+        <x:v>152.831</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>191.04</x:v>
+        <x:v>171.72</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>46043.7427777778</x:v>
+        <x:v>46066.7432638889</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>0.55</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>170.026</x:v>
+        <x:v>152.831</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>191.04</x:v>
+        <x:v>171.72</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>46042.7742939815</x:v>
+        <x:v>46065.7731597222</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>172.66</x:v>
+        <x:v>151.033</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>194</x:v>
+        <x:v>169.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>46042.7413888889</x:v>
+        <x:v>46065.743125</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>0.63</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>172.66</x:v>
+        <x:v>151.033</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>194</x:v>
+        <x:v>169.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>46041.7736574074</x:v>
+        <x:v>46064.7745833333</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>174.404</x:v>
+        <x:v>150.41</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>195.96</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>46041.7429050926</x:v>
+        <x:v>46064.7434722222</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>0.69</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>174.404</x:v>
+        <x:v>150.41</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>195.96</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>46038.7739814815</x:v>
+        <x:v>46063.7748148148</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>179.914</x:v>
+        <x:v>158.669</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>202.15</x:v>
+        <x:v>178.28</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>46038.7429398148</x:v>
+        <x:v>46063.7433449074</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>0.91</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>179.914</x:v>
+        <x:v>158.669</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>202.15</x:v>
+        <x:v>178.28</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>46037.7737384259</x:v>
+        <x:v>46062.7728587963</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>182.984</x:v>
+        <x:v>155.679</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>205.6</x:v>
+        <x:v>174.92</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>46037.7427199074</x:v>
+        <x:v>46062.7431481481</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>1.06</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>182.984</x:v>
+        <x:v>155.679</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>205.6</x:v>
+        <x:v>174.92</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>46036.7742939815</x:v>
+        <x:v>46059.7723148148</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>183.429</x:v>
+        <x:v>152.386</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>206.1</x:v>
+        <x:v>171.22</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>46036.7428935185</x:v>
+        <x:v>46059.7425462963</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>1.08</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>183.429</x:v>
+        <x:v>152.386</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>206.1</x:v>
+        <x:v>171.22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>46035.7727662037</x:v>
+        <x:v>46058.7435532407</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>189.97</x:v>
+        <x:v>151.727</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>213.45</x:v>
+        <x:v>170.48</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>46035.7425231481</x:v>
+        <x:v>46057.7739930556</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>1.49</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>189.97</x:v>
+        <x:v>148.808</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>213.45</x:v>
+        <x:v>167.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>46034.7735648148</x:v>
+        <x:v>46057.7431597222</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>189.659</x:v>
+        <x:v>148.808</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>213.1</x:v>
+        <x:v>167.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>46031.7746412037</x:v>
+        <x:v>46056.8210763889</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>1.44</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>188.992</x:v>
+        <x:v>148.63</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>212.35</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>46031.7466319444</x:v>
+        <x:v>46056.7740162037</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>1.44</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>188.992</x:v>
+        <x:v>148.63</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>212.35</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>46030.7736805556</x:v>
+        <x:v>46056.742974537</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>183.785</x:v>
+        <x:v>148.63</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>206.5</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>46030.7425810185</x:v>
+        <x:v>46055.7739467593</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>1.17</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>183.785</x:v>
+        <x:v>155.839</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>206.5</x:v>
+        <x:v>175.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>46029.7726736111</x:v>
+        <x:v>46055.7429166667</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>185.476</x:v>
+        <x:v>155.839</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>208.4</x:v>
+        <x:v>175.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>46029.7414467593</x:v>
+        <x:v>46052.7749768519</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>185.476</x:v>
+        <x:v>151.798</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>208.4</x:v>
+        <x:v>170.56</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>46028.7422453704</x:v>
+        <x:v>46052.7432175926</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>1.01</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>179.824</x:v>
+        <x:v>151.798</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>202.05</x:v>
+        <x:v>170.56</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>46027.7425578704</x:v>
+        <x:v>46051.7428703704</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>1.21</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>183.518</x:v>
+        <x:v>146.512</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>206.2</x:v>
+        <x:v>164.62</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>46021.7415277778</x:v>
+        <x:v>46051.3778472222</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>185.432</x:v>
+        <x:v>155.362</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>208.35</x:v>
+        <x:v>174.565</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>46020.7412384259</x:v>
+        <x:v>46050.7427777778</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>1.33</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>185.52</x:v>
+        <x:v>174.565</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>208.45</x:v>
+        <x:v>196.14</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>46014.7421064815</x:v>
+        <x:v>46049.7425347222</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>1.3</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>184.853</x:v>
+        <x:v>174.031</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>207.7</x:v>
+        <x:v>195.54</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>46013.7415625</x:v>
+        <x:v>46048.7748611111</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>1.35</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>185.61</x:v>
+        <x:v>178.846</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>208.55</x:v>
+        <x:v>200.95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>46010.7428703704</x:v>
+        <x:v>46045.7737152778</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>1.37</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>185.832</x:v>
+        <x:v>176.149</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>208.8</x:v>
+        <x:v>197.92</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>46009.742037037</x:v>
+        <x:v>46045.7422222222</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>1.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>186.41</x:v>
+        <x:v>176.149</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>209.45</x:v>
+        <x:v>197.92</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>46008.7427430556</x:v>
+        <x:v>46044.7737731481</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>1.28</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>184.274</x:v>
+        <x:v>168.958</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>207.05</x:v>
+        <x:v>189.84</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>46007.7676157407</x:v>
+        <x:v>46044.7425810185</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>1.27</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>183.918</x:v>
+        <x:v>168.958</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>206.65</x:v>
+        <x:v>189.84</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>46006.7735532407</x:v>
+        <x:v>46043.7728009259</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>186.588</x:v>
+        <x:v>170.026</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>209.65</x:v>
+        <x:v>191.04</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>46006.7424652778</x:v>
+        <x:v>46043.7427777778</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>1.43</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>186.588</x:v>
+        <x:v>170.026</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>209.65</x:v>
+        <x:v>191.04</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>46003.7425810185</x:v>
+        <x:v>46042.7742939815</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>1.36</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>185.298</x:v>
+        <x:v>172.66</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>208.2</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>46002.7741203704</x:v>
+        <x:v>46042.7413888889</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>186.277</x:v>
+        <x:v>172.66</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>209.3</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>46002.7415856481</x:v>
+        <x:v>46041.7736574074</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>1.42</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>186.277</x:v>
+        <x:v>174.404</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>209.3</x:v>
+        <x:v>195.96</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>46001.772662037</x:v>
+        <x:v>46041.7429050926</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>1.52</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>187.746</x:v>
+        <x:v>174.404</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>210.95</x:v>
+        <x:v>195.96</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>46001.7424768519</x:v>
+        <x:v>46038.7739814815</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>1.52</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>187.746</x:v>
+        <x:v>179.914</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>210.95</x:v>
+        <x:v>202.15</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>46000.7421990741</x:v>
+        <x:v>46038.7429398148</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>1.47</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>186.9</x:v>
+        <x:v>179.914</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>210</x:v>
+        <x:v>202.15</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45999.7427777778</x:v>
+        <x:v>46037.7737384259</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>1.47</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>186.989</x:v>
+        <x:v>182.984</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>210.1</x:v>
+        <x:v>205.6</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45996.7416087963</x:v>
+        <x:v>46037.7427199074</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>1.68</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>189.792</x:v>
+        <x:v>182.984</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>213.25</x:v>
+        <x:v>205.6</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45995.7432291667</x:v>
+        <x:v>46036.7742939815</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>1.5</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>187.034</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>210.15</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45994.743275463</x:v>
+        <x:v>46036.7428935185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>1.32</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>183.785</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>206.5</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45993.7429050926</x:v>
+        <x:v>46035.7727662037</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>184.986</x:v>
+        <x:v>189.97</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>207.85</x:v>
+        <x:v>213.45</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45992.7418055556</x:v>
+        <x:v>46035.7425231481</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>1.45</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>185.921</x:v>
+        <x:v>189.97</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>208.9</x:v>
+        <x:v>213.45</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45989.7430208333</x:v>
+        <x:v>46034.7735648148</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>1.43</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>185.61</x:v>
+        <x:v>189.659</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>208.55</x:v>
+        <x:v>213.1</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45988.7414467593</x:v>
+        <x:v>46031.7746412037</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>1.35</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>184.23</x:v>
+        <x:v>188.992</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>207</x:v>
+        <x:v>212.35</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45987.7425925926</x:v>
+        <x:v>46031.7466319444</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>1.34</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>183.963</x:v>
+        <x:v>188.992</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>206.7</x:v>
+        <x:v>212.35</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45986.7690046296</x:v>
+        <x:v>46030.7736805556</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>182.316</x:v>
+        <x:v>183.785</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>204.85</x:v>
+        <x:v>206.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45986.7425231481</x:v>
+        <x:v>46030.7425810185</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>1.25</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>182.316</x:v>
+        <x:v>183.785</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>204.85</x:v>
+        <x:v>206.5</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45985.7418171296</x:v>
+        <x:v>46029.7726736111</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>1.4</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>184.675</x:v>
+        <x:v>185.476</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>207.5</x:v>
+        <x:v>208.4</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45982.7637847222</x:v>
+        <x:v>46029.7414467593</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>1.28</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>182.45</x:v>
+        <x:v>185.476</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>205</x:v>
+        <x:v>208.4</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45981.7416319444</x:v>
+        <x:v>46028.7422453704</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>1.36</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>183.874</x:v>
+        <x:v>179.824</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>206.6</x:v>
+        <x:v>202.05</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45980.7413194444</x:v>
+        <x:v>46027.7425578704</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>1.31</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>182.895</x:v>
+        <x:v>183.518</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>205.5</x:v>
+        <x:v>206.2</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45979.7620833333</x:v>
+        <x:v>46021.7415277778</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>182.762</x:v>
+        <x:v>185.432</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>205.35</x:v>
+        <x:v>208.35</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45979.7413425926</x:v>
+        <x:v>46020.7412384259</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>1.3</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>182.762</x:v>
+        <x:v>185.52</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>205.35</x:v>
+        <x:v>208.45</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45978.7625462963</x:v>
+        <x:v>46014.7421064815</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>1.39</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>184.23</x:v>
+        <x:v>184.853</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>207</x:v>
+        <x:v>207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45975.7665972222</x:v>
+        <x:v>46013.7415625</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>187.879</x:v>
+        <x:v>185.61</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>211.1</x:v>
+        <x:v>208.55</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45975.7415856481</x:v>
+        <x:v>46010.7428703704</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>1.65</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>187.879</x:v>
+        <x:v>185.832</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>211.1</x:v>
+        <x:v>208.8</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45974.742037037</x:v>
+        <x:v>46009.742037037</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>2.23</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>194.109</x:v>
+        <x:v>186.41</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>218.1</x:v>
+        <x:v>209.45</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45973.7618402778</x:v>
+        <x:v>46008.7427430556</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>194.376</x:v>
+        <x:v>184.274</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>218.4</x:v>
+        <x:v>207.05</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45973.7425</x:v>
+        <x:v>46007.7676157407</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>2.25</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>194.376</x:v>
+        <x:v>183.918</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>218.4</x:v>
+        <x:v>206.65</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45972.7415972222</x:v>
+        <x:v>46006.7735532407</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>2.15</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>193.174</x:v>
+        <x:v>186.588</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>217.05</x:v>
+        <x:v>209.65</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45968.7599768518</x:v>
+        <x:v>46006.7424652778</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>191.928</x:v>
+        <x:v>186.588</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>215.65</x:v>
+        <x:v>209.65</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45968.7420023148</x:v>
+        <x:v>46003.7425810185</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>2.05</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>191.928</x:v>
+        <x:v>185.298</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>215.65</x:v>
+        <x:v>208.2</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45967.7415393519</x:v>
+        <x:v>46002.7741203704</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>2.24</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>193.976</x:v>
+        <x:v>186.277</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>217.95</x:v>
+        <x:v>209.3</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45966.7603819444</x:v>
+        <x:v>46002.7415856481</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>202.876</x:v>
+        <x:v>186.277</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>227.95</x:v>
+        <x:v>209.3</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45966.7414699074</x:v>
+        <x:v>46001.772662037</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>3.46</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>202.876</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>227.95</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45965.7581481481</x:v>
+        <x:v>46001.7424768519</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>3.24</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>201.184</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>226.05</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45965.7416666667</x:v>
+        <x:v>46000.7421990741</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>3.24</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>201.184</x:v>
+        <x:v>186.9</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>226.05</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45964.7418402778</x:v>
+        <x:v>45999.7427777778</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>3.6</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>203.676</x:v>
+        <x:v>186.989</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>228.85</x:v>
+        <x:v>210.1</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45961.8178472222</x:v>
+        <x:v>45996.7416087963</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>199.76</x:v>
+        <x:v>189.792</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>224.45</x:v>
+        <x:v>213.25</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45961.7662962963</x:v>
+        <x:v>45995.7432291667</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>199.76</x:v>
+        <x:v>187.034</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>224.45</x:v>
+        <x:v>210.15</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45961.7596180556</x:v>
+        <x:v>45994.743275463</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>199.76</x:v>
+        <x:v>183.785</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>224.45</x:v>
+        <x:v>206.5</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45961.7416319444</x:v>
+        <x:v>45993.7429050926</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>199.76</x:v>
+        <x:v>184.986</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>224.45</x:v>
+        <x:v>207.85</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45960.7713541667</x:v>
+        <x:v>45992.7418055556</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>201.006</x:v>
+        <x:v>185.921</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>225.85</x:v>
+        <x:v>208.9</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45960.7414467593</x:v>
+        <x:v>45989.7430208333</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>3.29</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>201.006</x:v>
+        <x:v>185.61</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>225.85</x:v>
+        <x:v>208.55</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45959.763587963</x:v>
+        <x:v>45988.7414467593</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>199.627</x:v>
+        <x:v>184.23</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>224.3</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45959.741724537</x:v>
+        <x:v>45987.7425925926</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>3.12</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>199.627</x:v>
+        <x:v>183.963</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>224.3</x:v>
+        <x:v>206.7</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45958.741400463</x:v>
+        <x:v>45986.7690046296</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>4.69</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>208.349</x:v>
+        <x:v>182.316</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>234.1</x:v>
+        <x:v>204.85</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45957.7416550926</x:v>
+        <x:v>45986.7425231481</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>4.94</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>209.64</x:v>
+        <x:v>182.316</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>235.55</x:v>
+        <x:v>204.85</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45954.7428703704</x:v>
+        <x:v>45985.7418171296</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>4.61</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>207.682</x:v>
+        <x:v>184.675</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>233.35</x:v>
+        <x:v>207.5</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45953.7748263889</x:v>
+        <x:v>45982.7637847222</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>6.46</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>215.38</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>242</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45953.7428472222</x:v>
+        <x:v>45981.7416319444</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>6.46</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>215.38</x:v>
+        <x:v>183.874</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>242</x:v>
+        <x:v>206.6</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45952.7607291667</x:v>
+        <x:v>45980.7413194444</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>210.796</x:v>
+        <x:v>182.895</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>236.85</x:v>
+        <x:v>205.5</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45952.7423958333</x:v>
+        <x:v>45979.7620833333</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>5.52</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>210.796</x:v>
+        <x:v>182.762</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>236.85</x:v>
+        <x:v>205.35</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45951.7421064815</x:v>
+        <x:v>45979.7413425926</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>6.27</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>213.956</x:v>
+        <x:v>182.762</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>240.4</x:v>
+        <x:v>205.35</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45950.8196990741</x:v>
+        <x:v>45978.7625462963</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>5.92</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>212.354</x:v>
+        <x:v>184.23</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>238.6</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45947.7632060185</x:v>
+        <x:v>45975.7665972222</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>4.69</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>205.546</x:v>
+        <x:v>187.879</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>230.95</x:v>
+        <x:v>211.1</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45946.7602893518</x:v>
+        <x:v>45975.7415856481</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>5.09</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>207.548</x:v>
+        <x:v>187.879</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>233.2</x:v>
+        <x:v>211.1</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45946.7415277778</x:v>
+        <x:v>45974.742037037</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>5.09</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>207.548</x:v>
+        <x:v>194.109</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>233.2</x:v>
+        <x:v>218.1</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45945.7689699074</x:v>
+        <x:v>45973.7618402778</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>5.27</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>208.438</x:v>
+        <x:v>194.376</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>234.2</x:v>
+        <x:v>218.4</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45944.7693171296</x:v>
+        <x:v>45973.7425</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>5.02</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>207.103</x:v>
+        <x:v>194.376</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>232.7</x:v>
+        <x:v>218.4</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45944.7414699074</x:v>
+        <x:v>45972.7415972222</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>5.02</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>207.103</x:v>
+        <x:v>193.174</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>232.7</x:v>
+        <x:v>217.05</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45943.7466203704</x:v>
+        <x:v>45968.7599768518</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>4.81</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>205.946</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>231.4</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45940.7627893519</x:v>
+        <x:v>45968.7420023148</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>4.68</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>205.19</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>230.55</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45940.7459143518</x:v>
+        <x:v>45967.7415393519</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>4.68</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>205.19</x:v>
+        <x:v>193.976</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>230.55</x:v>
+        <x:v>217.95</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45939.7571412037</x:v>
+        <x:v>45966.7603819444</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>6.2</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>211.642</x:v>
+        <x:v>202.876</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>237.8</x:v>
+        <x:v>227.95</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45939.7442013889</x:v>
+        <x:v>45966.7414699074</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>6.2</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>211.642</x:v>
+        <x:v>202.876</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>237.8</x:v>
+        <x:v>227.95</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45938.7624421296</x:v>
+        <x:v>45965.7581481481</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>6.09</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>211.108</x:v>
+        <x:v>201.184</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>237.2</x:v>
+        <x:v>226.05</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45937.7621527778</x:v>
+        <x:v>45965.7416666667</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>5.67</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>209.15</x:v>
+        <x:v>201.184</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>235</x:v>
+        <x:v>226.05</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45936.7575462963</x:v>
+        <x:v>45964.7418402778</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>5.08</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>206.124</x:v>
+        <x:v>203.676</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>231.6</x:v>
+        <x:v>228.85</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45933.7560763889</x:v>
+        <x:v>45961.8178472222</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>4.85</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>204.834</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>230.15</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45932.7757986111</x:v>
+        <x:v>45961.7662962963</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>5.2</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>206.569</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>232.1</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45931.7589351852</x:v>
+        <x:v>45961.7596180556</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>4.52</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>202.742</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>227.8</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45930.757974537</x:v>
+        <x:v>45961.7416319444</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>4.55</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>202.831</x:v>
+        <x:v>199.76</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>227.9</x:v>
+        <x:v>224.45</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45929.7559953704</x:v>
+        <x:v>45960.7713541667</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>4.2</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>200.74</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>225.55</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45926.7573032407</x:v>
+        <x:v>45960.7414467593</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>4.15</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>200.384</x:v>
+        <x:v>201.006</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>225.15</x:v>
+        <x:v>225.85</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45925.7565277778</x:v>
+        <x:v>45959.763587963</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>4.17</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>200.428</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>225.2</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45924.7580555556</x:v>
+        <x:v>45959.741724537</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>4.62</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>202.92</x:v>
+        <x:v>199.627</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>228</x:v>
+        <x:v>224.3</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45923.7565856481</x:v>
+        <x:v>45958.741400463</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>4.35</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>201.318</x:v>
+        <x:v>208.349</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>226.2</x:v>
+        <x:v>234.1</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45922.7577314815</x:v>
+        <x:v>45957.7416550926</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>4.14</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>199.983</x:v>
+        <x:v>209.64</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>224.7</x:v>
+        <x:v>235.55</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45919.7643055556</x:v>
+        <x:v>45954.7428703704</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
         <x:v>4.61</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>202.52</x:v>
+        <x:v>207.682</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>227.55</x:v>
+        <x:v>233.35</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45918.7598726852</x:v>
+        <x:v>45953.7748263889</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>4.95</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>204.255</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>229.5</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45917.7674884259</x:v>
+        <x:v>45953.7428472222</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>3.46</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>193.753</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>217.7</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45916.7611458333</x:v>
+        <x:v>45952.7607291667</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>2.76</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>187.746</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>210.95</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45915.7621412037</x:v>
+        <x:v>45952.7423958333</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>3.2</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>191.038</x:v>
+        <x:v>210.796</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>214.65</x:v>
+        <x:v>236.85</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45912.7593865741</x:v>
+        <x:v>45951.7421064815</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>4.15</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>196.601</x:v>
+        <x:v>213.956</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>220.9</x:v>
+        <x:v>240.4</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45911.7588078704</x:v>
+        <x:v>45950.8196990741</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>4</x:v>
+        <x:v>5.92</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>195.622</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>219.8</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45910.7661921296</x:v>
+        <x:v>45947.7632060185</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>4.65</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>199.093</x:v>
+        <x:v>205.546</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>223.7</x:v>
+        <x:v>230.95</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45909.7556944444</x:v>
+        <x:v>45946.7602893518</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>204.967</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>230.3</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45908.7625925926</x:v>
+        <x:v>45946.7415277778</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>6.08</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>205.1</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>230.45</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45905.7752662037</x:v>
+        <x:v>45945.7689699074</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>5.66</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>203.142</x:v>
+        <x:v>208.438</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>228.25</x:v>
+        <x:v>234.2</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45904.7633912037</x:v>
+        <x:v>45944.7693171296</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>6.83</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>207.548</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>233.2</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45903.760162037</x:v>
+        <x:v>45944.7414699074</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>6.42</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>205.902</x:v>
+        <x:v>207.103</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>231.35</x:v>
+        <x:v>232.7</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45902.7617939815</x:v>
+        <x:v>45943.7466203704</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>5.62</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>202.252</x:v>
+        <x:v>205.946</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>227.25</x:v>
+        <x:v>231.4</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45901.7593981481</x:v>
+        <x:v>45940.7627893519</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>7.28</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>208.171</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>233.9</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45898.7626851852</x:v>
+        <x:v>45940.7459143518</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>6.79</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>206.213</x:v>
+        <x:v>205.19</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>231.7</x:v>
+        <x:v>230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45897.7576851852</x:v>
+        <x:v>45939.7571412037</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>8.06</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>210.352</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>236.35</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45896.7598958333</x:v>
+        <x:v>45939.7442013889</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>8.09</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>210.396</x:v>
+        <x:v>211.642</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>236.4</x:v>
+        <x:v>237.8</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45895.7575462963</x:v>
+        <x:v>45938.7624421296</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>7</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>206.346</x:v>
+        <x:v>211.108</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>231.85</x:v>
+        <x:v>237.2</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45894.7569328704</x:v>
+        <x:v>45937.7621527778</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>7.29</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>207.37</x:v>
+        <x:v>209.15</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45891.7584259259</x:v>
+        <x:v>45936.7575462963</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>7.21</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>207.014</x:v>
+        <x:v>206.124</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>232.6</x:v>
+        <x:v>231.6</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45890.7566087963</x:v>
+        <x:v>45933.7560763889</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>7.11</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>206.614</x:v>
+        <x:v>204.834</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>232.15</x:v>
+        <x:v>230.15</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45889.7593287037</x:v>
+        <x:v>45932.7757986111</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>7.53</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>208.038</x:v>
+        <x:v>206.569</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>233.75</x:v>
+        <x:v>232.1</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45888.7606944444</x:v>
+        <x:v>45931.7589351852</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>8.44</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>210.841</x:v>
+        <x:v>202.742</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>236.9</x:v>
+        <x:v>227.8</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45887.7582986111</x:v>
+        <x:v>45930.757974537</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>8.38</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>210.618</x:v>
+        <x:v>202.831</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>236.65</x:v>
+        <x:v>227.9</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45884.7578125</x:v>
+        <x:v>45929.7559953704</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>8.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>210.93</x:v>
+        <x:v>200.74</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>237</x:v>
+        <x:v>225.55</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45883.7578009259</x:v>
+        <x:v>45926.7573032407</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>9.34</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>213.288</x:v>
+        <x:v>200.384</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>239.65</x:v>
+        <x:v>225.15</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45882.769837963</x:v>
+        <x:v>45925.7565277778</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>9.15</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>212.71</x:v>
+        <x:v>200.428</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>239</x:v>
+        <x:v>225.2</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45882.760787037</x:v>
+        <x:v>45924.7580555556</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>9.15</x:v>
+        <x:v>4.62</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>212.71</x:v>
+        <x:v>202.92</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>239</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45881.7571875</x:v>
+        <x:v>45923.7565856481</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>7.38</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>206.48</x:v>
+        <x:v>201.318</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>232</x:v>
+        <x:v>226.2</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45880.7586574074</x:v>
+        <x:v>45922.7577314815</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>16.67</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>221.922</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>249.35</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45877.785787037</x:v>
+        <x:v>45919.7643055556</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>17.14</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>222.589</x:v>
+        <x:v>202.52</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>250.1</x:v>
+        <x:v>227.55</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45876.7589351852</x:v>
+        <x:v>45918.7598726852</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>20.09</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>226.728</x:v>
+        <x:v>204.255</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>254.75</x:v>
+        <x:v>229.5</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45875.7594444444</x:v>
+        <x:v>45917.7674884259</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>16.9</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>221.476</x:v>
+        <x:v>193.753</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>248.85</x:v>
+        <x:v>217.7</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45874.7580902778</x:v>
+        <x:v>45916.7611458333</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>15.79</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>219.518</x:v>
+        <x:v>187.746</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>246.65</x:v>
+        <x:v>210.95</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45873.760787037</x:v>
+        <x:v>45915.7621412037</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>14.89</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>217.828</x:v>
+        <x:v>191.038</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>244.75</x:v>
+        <x:v>214.65</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45869.7836458333</x:v>
+        <x:v>45912.7593865741</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>18.54</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>223.212</x:v>
+        <x:v>196.601</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>250.8</x:v>
+        <x:v>220.9</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45868.7572569444</x:v>
+        <x:v>45911.7588078704</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>19.95</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>225.17</x:v>
+        <x:v>195.622</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>253</x:v>
+        <x:v>219.8</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45867.7584837963</x:v>
+        <x:v>45910.7661921296</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>17.41</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>221.12</x:v>
+        <x:v>199.093</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>248.45</x:v>
+        <x:v>223.7</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45866.7584027778</x:v>
+        <x:v>45909.7556944444</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>15.23</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>217.204</x:v>
+        <x:v>204.967</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>244.05</x:v>
+        <x:v>230.3</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45863.7567824074</x:v>
+        <x:v>45908.7625925926</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>15.77</x:v>
+        <x:v>6.08</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>218.05</x:v>
+        <x:v>205.1</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>245</x:v>
+        <x:v>230.45</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45862.7626736111</x:v>
+        <x:v>45905.7752662037</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>16.37</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>219.029</x:v>
+        <x:v>203.142</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>246.1</x:v>
+        <x:v>228.25</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45861.7586805556</x:v>
+        <x:v>45904.7633912037</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>17.98</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>221.476</x:v>
+        <x:v>207.548</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>248.85</x:v>
+        <x:v>233.2</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45860.7618981482</x:v>
+        <x:v>45903.760162037</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>26.9</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>230.955</x:v>
+        <x:v>205.902</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>259.5</x:v>
+        <x:v>231.35</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45859.7637152778</x:v>
+        <x:v>45902.7617939815</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>30.61</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>234.47</x:v>
+        <x:v>202.252</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>263.45</x:v>
+        <x:v>227.25</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45856.7636689815</x:v>
+        <x:v>45901.7593981481</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>31.27</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>235.004</x:v>
+        <x:v>208.171</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>264.05</x:v>
+        <x:v>233.9</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45855.7569328704</x:v>
+        <x:v>45898.7626851852</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>33.05</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>236.562</x:v>
+        <x:v>206.213</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>265.8</x:v>
+        <x:v>231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45897.7576851852</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>28.03</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>231.356</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>259.95</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45854.7691898148</x:v>
+        <x:v>45896.7598958333</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>28.03</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>231.356</x:v>
+        <x:v>210.396</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>259.95</x:v>
+        <x:v>236.4</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45853.7615046296</x:v>
+        <x:v>45895.7575462963</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>27.93</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>231.222</x:v>
+        <x:v>206.346</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>259.8</x:v>
+        <x:v>231.85</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45852.7624768519</x:v>
+        <x:v>45894.7569328704</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>26.52</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>229.664</x:v>
+        <x:v>207.37</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>258.05</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45849.786400463</x:v>
+        <x:v>45891.7584259259</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>27.19</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>230.288</x:v>
+        <x:v>207.014</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>258.75</x:v>
+        <x:v>232.6</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45848.7617939815</x:v>
+        <x:v>45890.7566087963</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>31.37</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>234.159</x:v>
+        <x:v>206.614</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>263.1</x:v>
+        <x:v>232.15</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45847.7591203704</x:v>
+        <x:v>45889.7593287037</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>33.86</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>236.295</x:v>
+        <x:v>208.038</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>265.5</x:v>
+        <x:v>233.75</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45846.7608217593</x:v>
+        <x:v>45888.7606944444</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>32.56</x:v>
+        <x:v>8.44</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>235.094</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>264.15</x:v>
+        <x:v>236.9</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45845.7574537037</x:v>
+        <x:v>45887.7582986111</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>29.85</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>232.424</x:v>
+        <x:v>210.618</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>261.15</x:v>
+        <x:v>236.65</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45842.7614467593</x:v>
+        <x:v>45884.7578125</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>25.43</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>227.395</x:v>
+        <x:v>210.93</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>255.5</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45841.7609953704</x:v>
+        <x:v>45883.7578009259</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>27.78</x:v>
+        <x:v>9.34</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>229.798</x:v>
+        <x:v>213.288</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>258.2</x:v>
+        <x:v>239.65</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45882.769837963</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>23.94</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>225.259</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>253.1</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45839.7591666667</x:v>
+        <x:v>45882.760787037</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>26.01</x:v>
+        <x:v>9.15</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>227.484</x:v>
+        <x:v>212.71</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>255.6</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45838.7567708333</x:v>
+        <x:v>45881.7571875</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>28.27</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>229.754</x:v>
+        <x:v>206.48</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>258.15</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45835.7580092593</x:v>
+        <x:v>45880.7586574074</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>28.23</x:v>
+        <x:v>16.67</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>229.62</x:v>
+        <x:v>221.922</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>258</x:v>
+        <x:v>249.35</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45834.7580324074</x:v>
+        <x:v>45877.785787037</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>23.51</x:v>
+        <x:v>17.14</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>223.968</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>251.65</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45833.7639351852</x:v>
+        <x:v>45876.7589351852</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>24.18</x:v>
+        <x:v>20.09</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>224.725</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>252.5</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45832.7579976852</x:v>
+        <x:v>45875.7594444444</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>26.23</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>226.906</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>254.95</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45831.7597916667</x:v>
+        <x:v>45874.7580902778</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>22.63</x:v>
+        <x:v>15.79</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>222.456</x:v>
+        <x:v>219.518</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>249.95</x:v>
+        <x:v>246.65</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45828.7626273148</x:v>
+        <x:v>45873.760787037</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>23.6</x:v>
+        <x:v>14.89</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>223.524</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>251.15</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45827.7613425926</x:v>
+        <x:v>45869.7836458333</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>21.29</x:v>
+        <x:v>18.54</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>220.498</x:v>
+        <x:v>223.212</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>247.75</x:v>
+        <x:v>250.8</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45826.7621180556</x:v>
+        <x:v>45868.7572569444</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>25.51</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>225.126</x:v>
+        <x:v>225.17</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>252.95</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45825.7634143519</x:v>
+        <x:v>45867.7584837963</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>28.28</x:v>
+        <x:v>17.41</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>227.884</x:v>
+        <x:v>221.12</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>256.05</x:v>
+        <x:v>248.45</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45824.7587615741</x:v>
+        <x:v>45866.7584027778</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>29.6</x:v>
+        <x:v>15.23</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>229.13</x:v>
+        <x:v>217.204</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>257.45</x:v>
+        <x:v>244.05</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45821.760162037</x:v>
+        <x:v>45863.7567824074</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>27.36</x:v>
+        <x:v>15.77</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>226.728</x:v>
+        <x:v>218.05</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>254.75</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45820.7828703704</x:v>
+        <x:v>45862.7626736111</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>34.08</x:v>
+        <x:v>16.37</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>232.424</x:v>
+        <x:v>219.029</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>261.15</x:v>
+        <x:v>246.1</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45819.7603356481</x:v>
+        <x:v>45861.7586805556</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>36.32</x:v>
+        <x:v>17.98</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>234.204</x:v>
+        <x:v>221.476</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>263.15</x:v>
+        <x:v>248.85</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45818.7603472222</x:v>
+        <x:v>45860.7618981482</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>39.39</x:v>
+        <x:v>26.9</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>236.473</x:v>
+        <x:v>230.955</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>265.7</x:v>
+        <x:v>259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45814.7598148148</x:v>
+        <x:v>45859.7637152778</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>49.21</x:v>
+        <x:v>30.61</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>242.392</x:v>
+        <x:v>234.47</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>272.35</x:v>
+        <x:v>263.45</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45813.7588078704</x:v>
+        <x:v>45856.7636689815</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>47.3</x:v>
+        <x:v>31.27</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>241.146</x:v>
+        <x:v>235.004</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>270.95</x:v>
+        <x:v>264.05</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45812.7670023148</x:v>
+        <x:v>45855.7569328704</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>47.85</x:v>
+        <x:v>33.05</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>241.457</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>271.3</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>45.53</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>239.9</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>269.55</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45811.758599537</x:v>
+        <x:v>45854.7691898148</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>45.53</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>239.9</x:v>
+        <x:v>231.356</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>269.55</x:v>
+        <x:v>259.95</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45853.7615046296</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>39.32</x:v>
+        <x:v>27.93</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>235.227</x:v>
+        <x:v>231.222</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>264.3</x:v>
+        <x:v>259.8</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45810.757650463</x:v>
+        <x:v>45852.7624768519</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>39.32</x:v>
+        <x:v>26.52</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>235.227</x:v>
+        <x:v>229.664</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>264.3</x:v>
+        <x:v>258.05</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45803.758900463</x:v>
+        <x:v>45849.786400463</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>37.66</x:v>
+        <x:v>27.19</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>233.447</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>262.3</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45800.7594675926</x:v>
+        <x:v>45848.7617939815</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>35.85</x:v>
+        <x:v>31.37</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>231.89</x:v>
+        <x:v>234.159</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>260.55</x:v>
+        <x:v>263.1</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45799.7596296296</x:v>
+        <x:v>45847.7591203704</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>42.19</x:v>
+        <x:v>33.86</x:v>
       </x:c>
       <x:c r="D226" s="0">
         <x:v>236.295</x:v>
       </x:c>
       <x:c r="E226" s="0">
         <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45798.7642939815</x:v>
+        <x:v>45846.7608217593</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>42.62</x:v>
+        <x:v>32.56</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>236.562</x:v>
+        <x:v>235.094</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>265.8</x:v>
+        <x:v>264.15</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45797.7621643519</x:v>
+        <x:v>45845.7574537037</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>41.78</x:v>
+        <x:v>29.85</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>235.939</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>265.1</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45796.761724537</x:v>
+        <x:v>45842.7614467593</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>42.27</x:v>
+        <x:v>25.43</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>236.25</x:v>
+        <x:v>227.395</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>265.45</x:v>
+        <x:v>255.5</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45793.7569560185</x:v>
+        <x:v>45841.7609953704</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>43.46</x:v>
+        <x:v>27.78</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>236.962</x:v>
+        <x:v>229.798</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>266.25</x:v>
+        <x:v>258.2</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45792.7607407407</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>39.81</x:v>
+        <x:v>23.94</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>234.248</x:v>
+        <x:v>225.259</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>263.2</x:v>
+        <x:v>253.1</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45791.7642476852</x:v>
+        <x:v>45839.7591666667</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>34.31</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>227.89</x:v>
+        <x:v>227.484</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>258</x:v>
+        <x:v>255.6</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45791.3168055556</x:v>
+        <x:v>45838.7567708333</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>39.27</x:v>
+        <x:v>28.27</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>231.761</x:v>
+        <x:v>229.754</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>262.35</x:v>
+        <x:v>258.15</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45790.7568865741</x:v>
+        <x:v>45835.7580092593</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>37.34</x:v>
+        <x:v>28.23</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>233.492</x:v>
+        <x:v>229.62</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>262.35</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45789.7603240741</x:v>
+        <x:v>45834.7580324074</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>37.55</x:v>
+        <x:v>23.51</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>233.625</x:v>
+        <x:v>223.968</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>262.5</x:v>
+        <x:v>251.65</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45786.7591087963</x:v>
+        <x:v>45833.7639351852</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>36.71</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>232.868</x:v>
+        <x:v>224.725</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>261.65</x:v>
+        <x:v>252.5</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45785.7577199074</x:v>
+        <x:v>45832.7579976852</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>38.09</x:v>
+        <x:v>26.23</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>233.892</x:v>
+        <x:v>226.906</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>262.8</x:v>
+        <x:v>254.95</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45784.7685069444</x:v>
+        <x:v>45831.7597916667</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>36.67</x:v>
+        <x:v>22.63</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>232.735</x:v>
+        <x:v>222.456</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>261.5</x:v>
+        <x:v>249.95</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45783.7975</x:v>
+        <x:v>45828.7626273148</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>40.18</x:v>
+        <x:v>23.6</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>235.272</x:v>
+        <x:v>223.524</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>264.35</x:v>
+        <x:v>251.15</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45783.7610648148</x:v>
+        <x:v>45827.7613425926</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>40.18</x:v>
+        <x:v>21.29</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>235.272</x:v>
+        <x:v>220.498</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>264.35</x:v>
+        <x:v>247.75</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45782.7990972222</x:v>
+        <x:v>45826.7621180556</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>44.19</x:v>
+        <x:v>25.51</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>237.942</x:v>
+        <x:v>225.126</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>267.35</x:v>
+        <x:v>252.95</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45782.7613425926</x:v>
+        <x:v>45825.7634143519</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>44.19</x:v>
+        <x:v>28.28</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>237.942</x:v>
+        <x:v>227.884</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>267.35</x:v>
+        <x:v>256.05</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45779.7593171296</x:v>
+        <x:v>45824.7587615741</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>42.98</x:v>
+        <x:v>29.6</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>237.007</x:v>
+        <x:v>229.13</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>266.3</x:v>
+        <x:v>257.45</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45777.7615740741</x:v>
+        <x:v>45821.760162037</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>32.01</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>227.217</x:v>
+        <x:v>226.728</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>255.3</x:v>
+        <x:v>254.75</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45776.7598958333</x:v>
+        <x:v>45820.7828703704</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>31.36</x:v>
+        <x:v>34.08</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>226.594</x:v>
+        <x:v>232.424</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>254.6</x:v>
+        <x:v>261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45775.7601273148</x:v>
+        <x:v>45819.7603356481</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>26.45</x:v>
+        <x:v>36.32</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>221.432</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>248.8</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45772.7647222222</x:v>
+        <x:v>45818.7603472222</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>23.39</x:v>
+        <x:v>39.39</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>217.783</x:v>
+        <x:v>236.473</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>244.7</x:v>
+        <x:v>265.7</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45771.7646296296</x:v>
+        <x:v>45814.7598148148</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>20.95</x:v>
+        <x:v>49.21</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>214.624</x:v>
+        <x:v>242.392</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>241.15</x:v>
+        <x:v>272.35</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45770.7698726852</x:v>
+        <x:v>45813.7588078704</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>21.36</x:v>
+        <x:v>47.3</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>215.113</x:v>
+        <x:v>241.146</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>241.7</x:v>
+        <x:v>270.95</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45769.7601041667</x:v>
+        <x:v>45812.7670023148</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>11.56</x:v>
+        <x:v>47.85</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>194.465</x:v>
+        <x:v>241.457</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>218.5</x:v>
+        <x:v>271.3</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45764.7626967593</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>15.85</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>201.14</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>226</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45763.762337963</x:v>
+        <x:v>45811.758599537</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>20.31</x:v>
+        <x:v>45.53</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>206.792</x:v>
+        <x:v>239.9</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>232.35</x:v>
+        <x:v>269.55</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45762.7596990741</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>20.55</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>207.058</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>232.65</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45761.7606597222</x:v>
+        <x:v>45810.757650463</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>18.13</x:v>
+        <x:v>39.32</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>203.632</x:v>
+        <x:v>235.227</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>228.8</x:v>
+        <x:v>264.3</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45758.7869097222</x:v>
+        <x:v>45803.758900463</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>15.92</x:v>
+        <x:v>37.66</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>200.072</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>224.8</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45757.7688078704</x:v>
+        <x:v>45800.7594675926</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>19.46</x:v>
+        <x:v>35.85</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>204.7</x:v>
+        <x:v>231.89</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>230</x:v>
+        <x:v>260.55</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45756.7571064815</x:v>
+        <x:v>45799.7596296296</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>12.31</x:v>
+        <x:v>42.19</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>190.816</x:v>
+        <x:v>236.295</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>214.4</x:v>
+        <x:v>265.5</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45755.7789814815</x:v>
+        <x:v>45798.7642939815</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>18.57</x:v>
+        <x:v>42.62</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>199.182</x:v>
+        <x:v>236.562</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>223.8</x:v>
+        <x:v>265.8</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45754.7628125</x:v>
+        <x:v>45797.7621643519</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>17.1</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>197.046</x:v>
+        <x:v>235.939</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>221.4</x:v>
+        <x:v>265.1</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45796.761724537</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>26.01</x:v>
+        <x:v>42.27</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>205.768</x:v>
+        <x:v>236.25</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>231.2</x:v>
+        <x:v>265.45</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45751.7592824074</x:v>
+        <x:v>45793.7569560185</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>26.01</x:v>
+        <x:v>43.46</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>205.768</x:v>
+        <x:v>236.962</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>231.2</x:v>
+        <x:v>266.25</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45750.7636226852</x:v>
+        <x:v>45792.7607407407</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>35.18</x:v>
+        <x:v>39.81</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>212.666</x:v>
+        <x:v>234.248</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>238.95</x:v>
+        <x:v>263.2</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45749.7615856481</x:v>
+        <x:v>45791.7642476852</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>52.27</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>221.699</x:v>
+        <x:v>227.89</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>249.1</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45748.7584606481</x:v>
+        <x:v>45791.3168055556</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>54.15</x:v>
+        <x:v>39.27</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>222.634</x:v>
+        <x:v>231.761</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>250.15</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45747.7615740741</x:v>
+        <x:v>45790.7568865741</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>45.62</x:v>
+        <x:v>37.34</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>217.516</x:v>
+        <x:v>233.492</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>244.4</x:v>
+        <x:v>262.35</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45744.7642708333</x:v>
+        <x:v>45789.7603240741</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>49.56</x:v>
+        <x:v>37.55</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>219.608</x:v>
+        <x:v>233.625</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>246.75</x:v>
+        <x:v>262.5</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45743.767349537</x:v>
+        <x:v>45786.7591087963</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>53.95</x:v>
+        <x:v>36.71</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>221.832</x:v>
+        <x:v>232.868</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>249.25</x:v>
+        <x:v>261.65</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45742.758912037</x:v>
+        <x:v>45785.7577199074</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>55.52</x:v>
+        <x:v>38.09</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>222.589</x:v>
+        <x:v>233.892</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>250.1</x:v>
+        <x:v>262.8</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45741.7595023148</x:v>
+        <x:v>45784.7685069444</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>75.91</x:v>
+        <x:v>36.67</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>230.288</x:v>
+        <x:v>232.735</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>258.75</x:v>
+        <x:v>261.5</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45740.763599537</x:v>
+        <x:v>45783.7975</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>68.67</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>227.262</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>255.35</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45737.759525463</x:v>
+        <x:v>45783.7610648148</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>62.17</x:v>
+        <x:v>40.18</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>224.236</x:v>
+        <x:v>235.272</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>251.95</x:v>
+        <x:v>264.35</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45736.7631134259</x:v>
+        <x:v>45782.7990972222</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>58.85</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>222.634</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>250.15</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45735.7582638889</x:v>
+        <x:v>45782.7613425926</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>55.68</x:v>
+        <x:v>44.19</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>221.032</x:v>
+        <x:v>237.942</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>248.35</x:v>
+        <x:v>267.35</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45734.7602314815</x:v>
+        <x:v>45779.7593171296</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>52.91</x:v>
+        <x:v>42.98</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>219.563</x:v>
+        <x:v>237.007</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>246.7</x:v>
+        <x:v>266.3</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45733.7570833333</x:v>
+        <x:v>45777.7615740741</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>52.97</x:v>
+        <x:v>32.01</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>219.563</x:v>
+        <x:v>227.217</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>246.7</x:v>
+        <x:v>255.3</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45730.76125</x:v>
+        <x:v>45776.7598958333</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>46.8</x:v>
+        <x:v>31.36</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>210.841</x:v>
+        <x:v>226.594</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>242.6</x:v>
+        <x:v>254.6</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45729.7592824074</x:v>
+        <x:v>45775.7601273148</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>39.29</x:v>
+        <x:v>26.45</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>210.841</x:v>
+        <x:v>221.432</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>0</x:v>
+        <x:v>248.8</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45728.7584837963</x:v>
+        <x:v>45772.7647222222</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>48.35</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>215.87</x:v>
+        <x:v>217.783</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>0</x:v>
+        <x:v>244.7</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45727.7601388889</x:v>
+        <x:v>45771.7646296296</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>42.8</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>212.398</x:v>
+        <x:v>214.624</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>238.65</x:v>
+        <x:v>241.15</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45726.7684259259</x:v>
+        <x:v>45770.7698726852</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>48.55</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>226.372</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>254.35</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45723.7596643519</x:v>
+        <x:v>45769.7601041667</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>79.02</x:v>
+        <x:v>11.56</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>232.602</x:v>
+        <x:v>194.465</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>261.35</x:v>
+        <x:v>218.5</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45722.7590162037</x:v>
+        <x:v>45764.7626967593</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>100.72</x:v>
+        <x:v>15.85</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>235.583</x:v>
+        <x:v>201.14</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>264.7</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45721.7632291667</x:v>
+        <x:v>45763.762337963</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>112.21</x:v>
+        <x:v>20.31</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>230.466</x:v>
+        <x:v>206.792</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>258.95</x:v>
+        <x:v>232.35</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45720.7598842593</x:v>
+        <x:v>45762.7596990741</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>95.38</x:v>
+        <x:v>20.55</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>241.68</x:v>
+        <x:v>207.058</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>271.55</x:v>
+        <x:v>232.65</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45719.76</x:v>
+        <x:v>45761.7606597222</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>151.96</x:v>
+        <x:v>18.13</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>236.117</x:v>
+        <x:v>203.632</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>265.3</x:v>
+        <x:v>228.8</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45716.7600115741</x:v>
+        <x:v>45758.7869097222</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>128.23</x:v>
+        <x:v>15.92</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>238.075</x:v>
+        <x:v>200.072</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>267.5</x:v>
+        <x:v>224.8</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45715.7569907407</x:v>
+        <x:v>45757.7688078704</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>137.43</x:v>
+        <x:v>19.46</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>244.928</x:v>
+        <x:v>204.7</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>275.2</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45714.7741666667</x:v>
+        <x:v>45756.7571064815</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>177.33</x:v>
+        <x:v>12.31</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>242.436</x:v>
+        <x:v>190.816</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>272.4</x:v>
+        <x:v>214.4</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45713.7589467593</x:v>
+        <x:v>45755.7789814815</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>164.03</x:v>
+        <x:v>18.57</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>244.127</x:v>
+        <x:v>199.182</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>274.3</x:v>
+        <x:v>223.8</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45712.7659027778</x:v>
+        <x:v>45754.7628125</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>173.87</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>243.504</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>273.6</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45709.7637731481</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>170.97</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>244.706</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>274.95</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45708.7618634259</x:v>
+        <x:v>45751.7592824074</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>178.18</x:v>
+        <x:v>26.01</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>245.907</x:v>
+        <x:v>205.768</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>276.3</x:v>
+        <x:v>231.2</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45707.7577430556</x:v>
+        <x:v>45750.7636226852</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>185.66</x:v>
+        <x:v>35.18</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>247.732</x:v>
+        <x:v>212.666</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>278.35</x:v>
+        <x:v>238.95</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45706.762337963</x:v>
+        <x:v>45749.7615856481</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>197.53</x:v>
+        <x:v>52.27</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>249.289</x:v>
+        <x:v>221.699</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>280.1</x:v>
+        <x:v>249.1</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45705.7592013889</x:v>
+        <x:v>45748.7584606481</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>208.18</x:v>
+        <x:v>54.15</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>246.486</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>276.95</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45702.7668171296</x:v>
+        <x:v>45747.7615740741</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>191.43</x:v>
+        <x:v>45.62</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>249.467</x:v>
+        <x:v>217.516</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>280.3</x:v>
+        <x:v>244.4</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45701.7653703704</x:v>
+        <x:v>45744.7642708333</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>211.95</x:v>
+        <x:v>49.56</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>248.444</x:v>
+        <x:v>219.608</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>279.15</x:v>
+        <x:v>246.75</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45700.7626967593</x:v>
+        <x:v>45743.767349537</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>205.42</x:v>
+        <x:v>53.95</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>247.732</x:v>
+        <x:v>221.832</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>278.35</x:v>
+        <x:v>249.25</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45699.7634259259</x:v>
+        <x:v>45742.758912037</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>201.03</x:v>
+        <x:v>55.52</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>241.902</x:v>
+        <x:v>222.589</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>271.8</x:v>
+        <x:v>250.1</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45698.7617361111</x:v>
+        <x:v>45741.7595023148</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>168.71</x:v>
+        <x:v>75.91</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>241.19</x:v>
+        <x:v>230.288</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>271</x:v>
+        <x:v>258.75</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45695.7611458333</x:v>
+        <x:v>45740.763599537</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>165.39</x:v>
+        <x:v>68.67</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>243.548</x:v>
+        <x:v>227.262</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>273.65</x:v>
+        <x:v>255.35</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45694.7634490741</x:v>
+        <x:v>45737.759525463</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>179.51</x:v>
+        <x:v>62.17</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>241.012</x:v>
+        <x:v>224.236</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>270.8</x:v>
+        <x:v>251.95</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45693.7706365741</x:v>
+        <x:v>45736.7631134259</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>165.75</x:v>
+        <x:v>58.85</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>241.012</x:v>
+        <x:v>222.634</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>270.8</x:v>
+        <x:v>250.15</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45692.7817476852</x:v>
+        <x:v>45735.7582638889</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>150.19</x:v>
+        <x:v>55.68</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>237.897</x:v>
+        <x:v>221.032</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>267.3</x:v>
+        <x:v>248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45734.7602314815</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>133.51</x:v>
+        <x:v>52.91</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>234.204</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>263.15</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45691.7625578704</x:v>
+        <x:v>45733.7570833333</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>133.51</x:v>
+        <x:v>52.97</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>234.204</x:v>
+        <x:v>219.563</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>263.15</x:v>
+        <x:v>246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45688.76</x:v>
+        <x:v>45730.76125</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>159.5</x:v>
+        <x:v>46.8</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>238.965</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>268.5</x:v>
+        <x:v>242.6</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45687.7638888889</x:v>
+        <x:v>45729.7592824074</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>157.57</x:v>
+        <x:v>39.29</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>238.564</x:v>
+        <x:v>210.841</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>268.05</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45686.7638078704</x:v>
+        <x:v>45728.7584837963</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>153.84</x:v>
+        <x:v>48.35</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>237.808</x:v>
+        <x:v>215.87</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>267.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45727.7601388889</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>135.07</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>233.714</x:v>
+        <x:v>212.398</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>262.6</x:v>
+        <x:v>238.65</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45685.7622222222</x:v>
+        <x:v>45726.7684259259</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>135.07</x:v>
+        <x:v>48.55</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>233.714</x:v>
+        <x:v>226.372</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>262.6</x:v>
+        <x:v>254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45684.7611226852</x:v>
+        <x:v>45723.7596643519</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>130.44</x:v>
+        <x:v>79.02</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>232.646</x:v>
+        <x:v>232.602</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>261.4</x:v>
+        <x:v>261.35</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45681.768125</x:v>
+        <x:v>45722.7590162037</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>140.08</x:v>
+        <x:v>100.72</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>234.56</x:v>
+        <x:v>235.583</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>263.55</x:v>
+        <x:v>264.7</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45679.7595138889</x:v>
+        <x:v>45721.7632291667</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>135.25</x:v>
+        <x:v>112.21</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>233.447</x:v>
+        <x:v>230.466</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>262.3</x:v>
+        <x:v>258.95</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45678.7595601852</x:v>
+        <x:v>45720.7598842593</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>115.42</x:v>
+        <x:v>95.38</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>228.508</x:v>
+        <x:v>241.68</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>256.75</x:v>
+        <x:v>271.55</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45677.765162037</x:v>
+        <x:v>45719.76</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>112.91</x:v>
+        <x:v>151.96</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>227.84</x:v>
+        <x:v>236.117</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>256</x:v>
+        <x:v>265.3</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45674.7630555556</x:v>
+        <x:v>45716.7600115741</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>116.42</x:v>
+        <x:v>128.23</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>228.596</x:v>
+        <x:v>238.075</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>256.85</x:v>
+        <x:v>267.5</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45673.7629976852</x:v>
+        <x:v>45715.7569907407</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>110.33</x:v>
+        <x:v>137.43</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>226.994</x:v>
+        <x:v>244.928</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>255.05</x:v>
+        <x:v>275.2</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45672.764537037</x:v>
+        <x:v>45714.7741666667</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>105.62</x:v>
+        <x:v>177.33</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>225.704</x:v>
+        <x:v>242.436</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>253.6</x:v>
+        <x:v>272.4</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45671.7791203704</x:v>
+        <x:v>45713.7589467593</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>88.07</x:v>
+        <x:v>164.03</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>220.186</x:v>
+        <x:v>244.127</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>247.4</x:v>
+        <x:v>274.3</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45670.7590393519</x:v>
+        <x:v>45712.7659027778</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>79.09</x:v>
+        <x:v>173.87</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>217.071</x:v>
+        <x:v>243.504</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>243.9</x:v>
+        <x:v>273.6</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45667.7626388889</x:v>
+        <x:v>45709.7637731481</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>84.78</x:v>
+        <x:v>170.97</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>218.806</x:v>
+        <x:v>244.706</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>245.85</x:v>
+        <x:v>274.95</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45666.758900463</x:v>
+        <x:v>45708.7618634259</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>82.99</x:v>
+        <x:v>178.18</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>218.184</x:v>
+        <x:v>245.907</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>245.15</x:v>
+        <x:v>276.3</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45665.7753472222</x:v>
+        <x:v>45707.7577430556</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>82.01</x:v>
+        <x:v>185.66</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>217.828</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>244.75</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45664.760625</x:v>
+        <x:v>45706.762337963</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>78.37</x:v>
+        <x:v>197.53</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>216.537</x:v>
+        <x:v>249.289</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>243.3</x:v>
+        <x:v>280.1</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45663.7687268518</x:v>
+        <x:v>45705.7592013889</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>69.1</x:v>
+        <x:v>208.18</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>212.932</x:v>
+        <x:v>246.486</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>239.25</x:v>
+        <x:v>276.95</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45660.7611805556</x:v>
+        <x:v>45702.7668171296</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>60.28</x:v>
+        <x:v>191.43</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>209.016</x:v>
+        <x:v>249.467</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>234.85</x:v>
+        <x:v>280.3</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45656.7591435185</x:v>
+        <x:v>45701.7653703704</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>63.72</x:v>
+        <x:v>211.95</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>210.307</x:v>
+        <x:v>248.444</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>236.3</x:v>
+        <x:v>279.15</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45653.7593865741</x:v>
+        <x:v>45700.7626967593</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>71.64</x:v>
+        <x:v>205.42</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>213.155</x:v>
+        <x:v>247.732</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>239.5</x:v>
+        <x:v>278.35</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45649.7573726852</x:v>
+        <x:v>45699.7634259259</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>65.03</x:v>
+        <x:v>201.03</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>210.352</x:v>
+        <x:v>241.902</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>236.35</x:v>
+        <x:v>271.8</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45646.7606828704</x:v>
+        <x:v>45698.7617361111</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>66.16</x:v>
+        <x:v>168.71</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>210.708</x:v>
+        <x:v>241.19</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>236.75</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45645.7575462963</x:v>
+        <x:v>45695.7611458333</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>66.92</x:v>
+        <x:v>165.39</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>210.974</x:v>
+        <x:v>243.548</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>237.05</x:v>
+        <x:v>273.65</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45644.7667824074</x:v>
+        <x:v>45694.7634490741</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>75.14</x:v>
+        <x:v>179.51</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>213.867</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>240.3</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45643.7696990741</x:v>
+        <x:v>45693.7706365741</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>72.21</x:v>
+        <x:v>165.75</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>212.754</x:v>
+        <x:v>241.012</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>239.05</x:v>
+        <x:v>270.8</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45642.7680555556</x:v>
+        <x:v>45692.7817476852</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>76.36</x:v>
+        <x:v>150.19</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>214.178</x:v>
+        <x:v>237.897</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>240.65</x:v>
+        <x:v>267.3</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45638.7633564815</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>78.95</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>214.935</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>241.5</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45637.796400463</x:v>
+        <x:v>45691.7625578704</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>72.04</x:v>
+        <x:v>133.51</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>212.354</x:v>
+        <x:v>234.204</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>238.6</x:v>
+        <x:v>263.15</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45636.7680671296</x:v>
+        <x:v>45688.76</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>75.79</x:v>
+        <x:v>159.5</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>213.644</x:v>
+        <x:v>238.965</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>240.05</x:v>
+        <x:v>268.5</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45635.7600462963</x:v>
+        <x:v>45687.7638888889</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>77.04</x:v>
+        <x:v>157.57</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>214.045</x:v>
+        <x:v>238.564</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>240.5</x:v>
+        <x:v>268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45632.7600347222</x:v>
+        <x:v>45686.7638078704</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>81.38</x:v>
+        <x:v>153.84</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>215.38</x:v>
+        <x:v>237.808</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>242</x:v>
+        <x:v>267.2</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45631.7586111111</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>79.76</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>214.802</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>241.35</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45630.7638541667</x:v>
+        <x:v>45685.7622222222</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>80.8</x:v>
+        <x:v>135.07</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>215.113</x:v>
+        <x:v>233.714</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>241.7</x:v>
+        <x:v>262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45629.7659143519</x:v>
+        <x:v>45684.7611226852</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>62.19</x:v>
+        <x:v>130.44</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>207.326</x:v>
+        <x:v>232.646</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>232.95</x:v>
+        <x:v>261.4</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45628.7705902778</x:v>
+        <x:v>45681.768125</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>58.42</x:v>
+        <x:v>140.08</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>205.634</x:v>
+        <x:v>234.56</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>231.05</x:v>
+        <x:v>263.55</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45625.7598842593</x:v>
+        <x:v>45679.7595138889</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>48.08</x:v>
+        <x:v>135.25</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>200.161</x:v>
+        <x:v>233.447</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>224.9</x:v>
+        <x:v>262.3</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45624.7723726852</x:v>
+        <x:v>45678.7595601852</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>42.39</x:v>
+        <x:v>115.42</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>196.824</x:v>
+        <x:v>228.508</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>221.15</x:v>
+        <x:v>256.75</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45623.7603240741</x:v>
+        <x:v>45677.765162037</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>40.95</x:v>
+        <x:v>112.91</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>195.934</x:v>
+        <x:v>227.84</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>220.15</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45622.7714699074</x:v>
+        <x:v>45674.7630555556</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>46.04</x:v>
+        <x:v>116.42</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>198.648</x:v>
+        <x:v>228.596</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>223.2</x:v>
+        <x:v>256.85</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45621.7637962963</x:v>
+        <x:v>45673.7629976852</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>46.6</x:v>
+        <x:v>110.33</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>198.915</x:v>
+        <x:v>226.994</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>223.5</x:v>
+        <x:v>255.05</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45618.7851273148</x:v>
+        <x:v>45672.764537037</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>51.14</x:v>
+        <x:v>105.62</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>201.051</x:v>
+        <x:v>225.704</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>225.9</x:v>
+        <x:v>253.6</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45617.7602546296</x:v>
+        <x:v>45671.7791203704</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>49.1</x:v>
+        <x:v>88.07</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>199.983</x:v>
+        <x:v>220.186</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>224.7</x:v>
+        <x:v>247.4</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45616.7634837963</x:v>
+        <x:v>45670.7590393519</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>42.79</x:v>
+        <x:v>79.09</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>196.334</x:v>
+        <x:v>217.071</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>220.6</x:v>
+        <x:v>243.9</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45615.7578125</x:v>
+        <x:v>45667.7626388889</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>41.78</x:v>
+        <x:v>84.78</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>195.711</x:v>
+        <x:v>218.806</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>219.9</x:v>
+        <x:v>245.85</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45614.7649074074</x:v>
+        <x:v>45666.758900463</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>39.93</x:v>
+        <x:v>82.99</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>194.554</x:v>
+        <x:v>218.184</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>218.6</x:v>
+        <x:v>245.15</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45611.7686342593</x:v>
+        <x:v>45665.7753472222</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>38.25</x:v>
+        <x:v>82.01</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>193.397</x:v>
+        <x:v>217.828</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>217.3</x:v>
+        <x:v>244.75</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45610.7625231482</x:v>
+        <x:v>45664.760625</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>44.32</x:v>
+        <x:v>78.37</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>196.734</x:v>
+        <x:v>216.537</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>221.05</x:v>
+        <x:v>243.3</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45609.7625925926</x:v>
+        <x:v>45663.7687268518</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>41.93</x:v>
+        <x:v>69.1</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>195.31</x:v>
+        <x:v>212.932</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>219.45</x:v>
+        <x:v>239.25</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45608.7778703704</x:v>
+        <x:v>45660.7611805556</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>43.48</x:v>
+        <x:v>60.28</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>196.156</x:v>
+        <x:v>209.016</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>220.4</x:v>
+        <x:v>234.85</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45607.7591898148</x:v>
+        <x:v>45656.7591435185</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>45.51</x:v>
+        <x:v>63.72</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>197.224</x:v>
+        <x:v>210.307</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>221.6</x:v>
+        <x:v>236.3</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45604.7573148148</x:v>
+        <x:v>45653.7593865741</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>45.35</x:v>
+        <x:v>71.64</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>197.046</x:v>
+        <x:v>213.155</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>221.4</x:v>
+        <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45603.7594791667</x:v>
+        <x:v>45649.7573726852</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>44.13</x:v>
+        <x:v>65.03</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>196.334</x:v>
+        <x:v>210.352</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>220.6</x:v>
+        <x:v>236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45602.7588425926</x:v>
+        <x:v>45646.7606828704</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>34.31</x:v>
+        <x:v>66.16</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>189.526</x:v>
+        <x:v>210.708</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>212.95</x:v>
+        <x:v>236.75</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45601.7577199074</x:v>
+        <x:v>45645.7575462963</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>38.19</x:v>
+        <x:v>66.92</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>191.928</x:v>
+        <x:v>210.974</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>215.65</x:v>
+        <x:v>237.05</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45600.7605439815</x:v>
+        <x:v>45644.7667824074</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>35.76</x:v>
+        <x:v>75.14</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>190.282</x:v>
+        <x:v>213.867</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>213.8</x:v>
+        <x:v>240.3</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45597.7588194444</x:v>
+        <x:v>45643.7696990741</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>40.3</x:v>
+        <x:v>72.21</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>192.908</x:v>
+        <x:v>212.754</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>216.75</x:v>
+        <x:v>239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45596.7616550926</x:v>
+        <x:v>45642.7680555556</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>37.61</x:v>
+        <x:v>76.36</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>191.172</x:v>
+        <x:v>214.178</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>214.8</x:v>
+        <x:v>240.65</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45595.7568865741</x:v>
+        <x:v>45638.7633564815</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>45.56</x:v>
+        <x:v>78.95</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>195.4</x:v>
+        <x:v>214.935</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>219.55</x:v>
+        <x:v>241.5</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45594.7605208333</x:v>
+        <x:v>45637.796400463</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>54.25</x:v>
+        <x:v>72.04</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>199.36</x:v>
+        <x:v>212.354</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>224</x:v>
+        <x:v>238.6</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45593.7742013889</x:v>
+        <x:v>45636.7680671296</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>51.89</x:v>
+        <x:v>75.79</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>198.203</x:v>
+        <x:v>213.644</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>222.7</x:v>
+        <x:v>240.05</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45590.768275463</x:v>
+        <x:v>45635.7600462963</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>49.14</x:v>
+        <x:v>77.04</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>196.734</x:v>
+        <x:v>214.045</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>221.05</x:v>
+        <x:v>240.5</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45589.7589699074</x:v>
+        <x:v>45632.7600347222</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>45.85</x:v>
+        <x:v>81.38</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>194.954</x:v>
+        <x:v>215.38</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>219.05</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45588.7683796296</x:v>
+        <x:v>45631.7586111111</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>45.25</x:v>
+        <x:v>79.76</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>194.598</x:v>
+        <x:v>214.802</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>218.65</x:v>
+        <x:v>241.35</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45587.7587384259</x:v>
+        <x:v>45630.7638541667</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>40.22</x:v>
+        <x:v>80.8</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>191.572</x:v>
+        <x:v>215.113</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>215.25</x:v>
+        <x:v>241.7</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45586.7589467593</x:v>
+        <x:v>45629.7659143519</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>34.39</x:v>
+        <x:v>62.19</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>187.568</x:v>
+        <x:v>207.326</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>210.75</x:v>
+        <x:v>232.95</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45583.7647800926</x:v>
+        <x:v>45628.7705902778</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>37.49</x:v>
+        <x:v>58.42</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>189.436</x:v>
+        <x:v>205.634</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>212.85</x:v>
+        <x:v>231.05</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45581.7579166667</x:v>
+        <x:v>45625.7598842593</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>34.64</x:v>
+        <x:v>48.08</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>187.478</x:v>
+        <x:v>200.161</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>210.65</x:v>
+        <x:v>224.9</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45580.7601967593</x:v>
+        <x:v>45624.7723726852</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>33.59</x:v>
+        <x:v>42.39</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>186.722</x:v>
+        <x:v>196.824</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>209.8</x:v>
+        <x:v>221.15</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45579.7582175926</x:v>
+        <x:v>45623.7603240741</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>36.02</x:v>
+        <x:v>40.95</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>188.28</x:v>
+        <x:v>195.934</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>211.55</x:v>
+        <x:v>220.15</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45576.767962963</x:v>
+        <x:v>45622.7714699074</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>32.48</x:v>
+        <x:v>46.04</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>185.654</x:v>
+        <x:v>198.648</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>208.6</x:v>
+        <x:v>223.2</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45575.7566435185</x:v>
+        <x:v>45621.7637962963</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>29.58</x:v>
+        <x:v>46.6</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>183.384</x:v>
+        <x:v>198.915</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>206.05</x:v>
+        <x:v>223.5</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45574.7610532407</x:v>
+        <x:v>45618.7851273148</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>31.83</x:v>
+        <x:v>51.14</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>184.986</x:v>
+        <x:v>201.051</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>207.85</x:v>
+        <x:v>225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45573.7606597222</x:v>
+        <x:v>45617.7602546296</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>28.68</x:v>
+        <x:v>49.1</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>182.45</x:v>
+        <x:v>199.983</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>205</x:v>
+        <x:v>224.7</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45572.7565625</x:v>
+        <x:v>45616.7634837963</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>24.17</x:v>
+        <x:v>42.79</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>178.267</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>200.3</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45569.7642476852</x:v>
+        <x:v>45615.7578125</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>24.66</x:v>
+        <x:v>41.78</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>178.623</x:v>
+        <x:v>195.711</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>200.7</x:v>
+        <x:v>219.9</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45568.7656481481</x:v>
+        <x:v>45614.7649074074</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>24.79</x:v>
+        <x:v>39.93</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>178.712</x:v>
+        <x:v>194.554</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>200.8</x:v>
+        <x:v>218.6</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45567.7653472222</x:v>
+        <x:v>45611.7686342593</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>28.08</x:v>
+        <x:v>38.25</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>181.338</x:v>
+        <x:v>193.397</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>203.75</x:v>
+        <x:v>217.3</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45566.7563657407</x:v>
+        <x:v>45610.7625231482</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>28.74</x:v>
+        <x:v>44.32</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>181.827</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>204.3</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45565.7591782407</x:v>
+        <x:v>45609.7625925926</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>28.89</x:v>
+        <x:v>41.93</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>181.916</x:v>
+        <x:v>195.31</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>204.4</x:v>
+        <x:v>219.45</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45562.7586574074</x:v>
+        <x:v>45608.7778703704</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>30.56</x:v>
+        <x:v>43.48</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>183.073</x:v>
+        <x:v>196.156</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>205.7</x:v>
+        <x:v>220.4</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45561.7612847222</x:v>
+        <x:v>45607.7591898148</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>29.22</x:v>
+        <x:v>45.51</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>182.005</x:v>
+        <x:v>197.224</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>204.5</x:v>
+        <x:v>221.6</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45560.7714236111</x:v>
+        <x:v>45604.7573148148</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>26.43</x:v>
+        <x:v>45.35</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>179.602</x:v>
+        <x:v>197.046</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>201.8</x:v>
+        <x:v>221.4</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45559.7595833333</x:v>
+        <x:v>45603.7594791667</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>32.9</x:v>
+        <x:v>44.13</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>184.096</x:v>
+        <x:v>196.334</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>206.85</x:v>
+        <x:v>220.6</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45558.7542476852</x:v>
+        <x:v>45602.7588425926</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>32.94</x:v>
+        <x:v>34.31</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>184.096</x:v>
+        <x:v>189.526</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>206.85</x:v>
+        <x:v>212.95</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45555.7576851852</x:v>
+        <x:v>45601.7577199074</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>30.28</x:v>
+        <x:v>38.19</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>182.005</x:v>
+        <x:v>191.928</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>204.5</x:v>
+        <x:v>215.65</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45554.7554976852</x:v>
+        <x:v>45600.7605439815</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>32.33</x:v>
+        <x:v>35.76</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>183.429</x:v>
+        <x:v>190.282</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>206.1</x:v>
+        <x:v>213.8</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45553.7545486111</x:v>
+        <x:v>45597.7588194444</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>25.66</x:v>
+        <x:v>40.3</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>177.626</x:v>
+        <x:v>192.908</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>199.58</x:v>
+        <x:v>216.75</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45552.7566435185</x:v>
+        <x:v>45596.7616550926</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>26.84</x:v>
+        <x:v>37.61</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>178.578</x:v>
+        <x:v>191.172</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>200.65</x:v>
+        <x:v>214.8</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45551.7526967593</x:v>
+        <x:v>45595.7568865741</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>26.35</x:v>
+        <x:v>45.56</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>178.134</x:v>
+        <x:v>195.4</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>200.15</x:v>
+        <x:v>219.55</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45548.7577893519</x:v>
+        <x:v>45594.7605208333</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>26.99</x:v>
+        <x:v>54.25</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>178.578</x:v>
+        <x:v>199.36</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>200.65</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45547.7527430556</x:v>
+        <x:v>45593.7742013889</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>25.52</x:v>
+        <x:v>51.89</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>177.27</x:v>
+        <x:v>198.203</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>199.18</x:v>
+        <x:v>222.7</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45546.7507291667</x:v>
+        <x:v>45590.768275463</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>21.36</x:v>
+        <x:v>49.14</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>173.034</x:v>
+        <x:v>196.734</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>194.42</x:v>
+        <x:v>221.05</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45545.7516898148</x:v>
+        <x:v>45589.7589699074</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>19.84</x:v>
+        <x:v>45.85</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>171.361</x:v>
+        <x:v>194.954</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>192.54</x:v>
+        <x:v>219.05</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45544.753125</x:v>
+        <x:v>45588.7683796296</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>19.9</x:v>
+        <x:v>45.25</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>171.396</x:v>
+        <x:v>194.598</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>192.58</x:v>
+        <x:v>218.65</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45541.774837963</x:v>
+        <x:v>45587.7587384259</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>18.53</x:v>
+        <x:v>40.22</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>169.741</x:v>
+        <x:v>191.572</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>190.72</x:v>
+        <x:v>215.25</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45540.7512152778</x:v>
+        <x:v>45586.7589467593</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>19.13</x:v>
+        <x:v>34.39</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>170.382</x:v>
+        <x:v>187.568</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>191.44</x:v>
+        <x:v>210.75</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45539.7506365741</x:v>
+        <x:v>45583.7647800926</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>21.02</x:v>
+        <x:v>37.49</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>172.286</x:v>
+        <x:v>189.436</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>193.58</x:v>
+        <x:v>212.85</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45538.7615277778</x:v>
+        <x:v>45581.7579166667</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>25.88</x:v>
+        <x:v>34.64</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>176.398</x:v>
+        <x:v>187.478</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>198.2</x:v>
+        <x:v>210.65</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45537.7585416667</x:v>
+        <x:v>45580.7601967593</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>27.76</x:v>
+        <x:v>33.59</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>177.875</x:v>
+        <x:v>186.722</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>199.86</x:v>
+        <x:v>209.8</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45534.7589467593</x:v>
+        <x:v>45579.7582175926</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>25.65</x:v>
+        <x:v>36.02</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>175.971</x:v>
+        <x:v>188.28</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>197.72</x:v>
+        <x:v>211.55</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45533.7649768519</x:v>
+        <x:v>45576.767962963</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>27.1</x:v>
+        <x:v>32.48</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>177.128</x:v>
+        <x:v>185.654</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>199.02</x:v>
+        <x:v>208.6</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45532.7507638889</x:v>
+        <x:v>45575.7566435185</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>23.46</x:v>
+        <x:v>29.58</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>173.728</x:v>
+        <x:v>183.384</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>195.2</x:v>
+        <x:v>206.05</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45531.7524305556</x:v>
+        <x:v>45574.7610532407</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>23.55</x:v>
+        <x:v>31.83</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>173.781</x:v>
+        <x:v>184.986</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>195.26</x:v>
+        <x:v>207.85</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45530.753275463</x:v>
+        <x:v>45573.7606597222</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>22.59</x:v>
+        <x:v>28.68</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>172.838</x:v>
+        <x:v>182.45</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>194.2</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45527.7532523148</x:v>
+        <x:v>45572.7565625</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>24.09</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>174.102</x:v>
+        <x:v>178.267</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>195.62</x:v>
+        <x:v>200.3</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45526.7496064815</x:v>
+        <x:v>45569.7642476852</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>25.07</x:v>
+        <x:v>24.66</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>174.921</x:v>
+        <x:v>178.623</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>196.54</x:v>
+        <x:v>200.7</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45525.7533333333</x:v>
+        <x:v>45568.7656481481</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>25.06</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>174.885</x:v>
+        <x:v>178.712</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>196.5</x:v>
+        <x:v>200.8</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45524.7571990741</x:v>
+        <x:v>45567.7653472222</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>24.49</x:v>
+        <x:v>28.08</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>174.351</x:v>
+        <x:v>181.338</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>195.9</x:v>
+        <x:v>203.75</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45523.750787037</x:v>
+        <x:v>45566.7563657407</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>25.94</x:v>
+        <x:v>28.74</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>175.544</x:v>
+        <x:v>181.827</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>197.24</x:v>
+        <x:v>204.3</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45520.7525462963</x:v>
+        <x:v>45565.7591782407</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>25.58</x:v>
+        <x:v>28.89</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>175.152</x:v>
+        <x:v>181.916</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>196.8</x:v>
+        <x:v>204.4</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45519.7846180556</x:v>
+        <x:v>45562.7586574074</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>24.79</x:v>
+        <x:v>30.56</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>174.422</x:v>
+        <x:v>183.073</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>195.98</x:v>
+        <x:v>205.7</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45518.7548726852</x:v>
+        <x:v>45561.7612847222</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>21.35</x:v>
+        <x:v>29.22</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>170.951</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>192.08</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45517.7495023148</x:v>
+        <x:v>45560.7714236111</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>20.94</x:v>
+        <x:v>26.43</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>170.506</x:v>
+        <x:v>179.602</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>191.58</x:v>
+        <x:v>201.8</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45516.7502893519</x:v>
+        <x:v>45559.7595833333</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>19.12</x:v>
+        <x:v>32.9</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>168.477</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>189.3</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45513.7534259259</x:v>
+        <x:v>45558.7542476852</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>19.72</x:v>
+        <x:v>32.94</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>169.029</x:v>
+        <x:v>184.096</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>189.92</x:v>
+        <x:v>206.85</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45512.7521412037</x:v>
+        <x:v>45555.7576851852</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>18.46</x:v>
+        <x:v>30.28</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>167.569</x:v>
+        <x:v>182.005</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>188.28</x:v>
+        <x:v>204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45511.7529166667</x:v>
+        <x:v>45554.7554976852</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>18.25</x:v>
+        <x:v>32.33</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>167.302</x:v>
+        <x:v>183.429</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>187.98</x:v>
+        <x:v>206.1</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45510.7710416667</x:v>
+        <x:v>45553.7545486111</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>16.44</x:v>
+        <x:v>25.66</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>165.006</x:v>
+        <x:v>177.626</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>185.4</x:v>
+        <x:v>199.58</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45509.7565162037</x:v>
+        <x:v>45552.7566435185</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>13.9</x:v>
+        <x:v>26.84</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>161.286</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>181.22</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45506.7577777778</x:v>
+        <x:v>45551.7526967593</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>17.74</x:v>
+        <x:v>26.35</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>165.682</x:v>
+        <x:v>178.134</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>186.16</x:v>
+        <x:v>200.15</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45504.7536574074</x:v>
+        <x:v>45548.7577893519</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>27.98</x:v>
+        <x:v>26.99</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>173.568</x:v>
+        <x:v>178.578</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>195.02</x:v>
+        <x:v>200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45503.7497337963</x:v>
+        <x:v>45547.7527430556</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>24.9</x:v>
+        <x:v>25.52</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>170.898</x:v>
+        <x:v>177.27</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>192.02</x:v>
+        <x:v>199.18</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45502.7520023148</x:v>
+        <x:v>45546.7507291667</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>25.86</x:v>
+        <x:v>21.36</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>171.663</x:v>
+        <x:v>173.034</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>192.88</x:v>
+        <x:v>194.42</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45499.750150463</x:v>
+        <x:v>45545.7516898148</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>29.48</x:v>
+        <x:v>19.84</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>174.244</x:v>
+        <x:v>171.361</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>195.78</x:v>
+        <x:v>192.54</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45498.7520138889</x:v>
+        <x:v>45544.753125</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>28.85</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>173.746</x:v>
+        <x:v>171.396</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>195.22</x:v>
+        <x:v>192.58</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45497.7533912037</x:v>
+        <x:v>45541.774837963</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>27.31</x:v>
+        <x:v>18.53</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>172.5</x:v>
+        <x:v>169.741</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>193.82</x:v>
+        <x:v>190.72</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45496.7496643519</x:v>
+        <x:v>45540.7512152778</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>31.04</x:v>
+        <x:v>19.13</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>175.099</x:v>
+        <x:v>170.382</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>196.74</x:v>
+        <x:v>191.44</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45495.7513657407</x:v>
+        <x:v>45539.7506365741</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>19.77</x:v>
+        <x:v>21.02</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>163.422</x:v>
+        <x:v>172.286</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>183.62</x:v>
+        <x:v>193.58</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45492.7567708333</x:v>
+        <x:v>45538.7615277778</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>18.15</x:v>
+        <x:v>25.88</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>161.535</x:v>
+        <x:v>176.398</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>181.5</x:v>
+        <x:v>198.2</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45491.7526851852</x:v>
+        <x:v>45537.7585416667</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>17.46</x:v>
+        <x:v>27.76</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>160.716</x:v>
+        <x:v>177.875</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>180.58</x:v>
+        <x:v>199.86</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45490.7535069444</x:v>
+        <x:v>45534.7589467593</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>19.8</x:v>
+        <x:v>25.65</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>163.101</x:v>
+        <x:v>175.971</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>183.26</x:v>
+        <x:v>197.72</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45489.7500925926</x:v>
+        <x:v>45533.7649768519</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>23.88</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>166.626</x:v>
+        <x:v>177.128</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>187.22</x:v>
+        <x:v>199.02</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45488.7523263889</x:v>
+        <x:v>45532.7507638889</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>24.47</x:v>
+        <x:v>23.46</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>167.106</x:v>
+        <x:v>173.728</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>187.76</x:v>
+        <x:v>195.2</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45485.7526041667</x:v>
+        <x:v>45531.7524305556</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>25.64</x:v>
+        <x:v>23.55</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>167.979</x:v>
+        <x:v>173.781</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>188.74</x:v>
+        <x:v>195.26</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45484.7507638889</x:v>
+        <x:v>45530.753275463</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>23.39</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>165.949</x:v>
+        <x:v>172.838</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>186.46</x:v>
+        <x:v>194.2</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45483.7515277778</x:v>
+        <x:v>45527.7532523148</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>22.77</x:v>
+        <x:v>24.09</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>165.362</x:v>
+        <x:v>174.102</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>185.8</x:v>
+        <x:v>195.62</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45482.7511458333</x:v>
+        <x:v>45526.7496064815</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>21.82</x:v>
+        <x:v>25.07</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>164.436</x:v>
+        <x:v>174.921</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>184.76</x:v>
+        <x:v>196.54</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45481.7521180556</x:v>
+        <x:v>45525.7533333333</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>25.15</x:v>
+        <x:v>25.06</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>167.178</x:v>
+        <x:v>174.885</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>187.84</x:v>
+        <x:v>196.5</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45478.7524074074</x:v>
+        <x:v>45524.7571990741</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>26.66</x:v>
+        <x:v>24.49</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>168.281</x:v>
+        <x:v>174.351</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>189.08</x:v>
+        <x:v>195.9</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45477.7564351852</x:v>
+        <x:v>45523.750787037</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>24.53</x:v>
+        <x:v>25.94</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>166.448</x:v>
+        <x:v>175.544</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>187.02</x:v>
+        <x:v>197.24</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45476.7537962963</x:v>
+        <x:v>45520.7525462963</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>25.26</x:v>
+        <x:v>25.58</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>167.017</x:v>
+        <x:v>175.152</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>187.66</x:v>
+        <x:v>196.8</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45475.7575</x:v>
+        <x:v>45519.7846180556</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>22.86</x:v>
+        <x:v>24.79</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>164.828</x:v>
+        <x:v>174.422</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>185.2</x:v>
+        <x:v>195.98</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45474.7653125</x:v>
+        <x:v>45518.7548726852</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>23.37</x:v>
+        <x:v>21.35</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>165.255</x:v>
+        <x:v>170.951</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>185.68</x:v>
+        <x:v>192.08</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45471.7526157407</x:v>
+        <x:v>45517.7495023148</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>28.03</x:v>
+        <x:v>20.94</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>168.673</x:v>
+        <x:v>170.506</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>189.52</x:v>
+        <x:v>191.58</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45470.7516782407</x:v>
+        <x:v>45516.7502893519</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>25.78</x:v>
+        <x:v>19.12</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>166.822</x:v>
+        <x:v>168.477</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>187.44</x:v>
+        <x:v>189.3</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45469.7562037037</x:v>
+        <x:v>45513.7534259259</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>24.33</x:v>
+        <x:v>19.72</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>165.558</x:v>
+        <x:v>169.029</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>186.02</x:v>
+        <x:v>189.92</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45468.7651388889</x:v>
+        <x:v>45512.7521412037</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>20.48</x:v>
+        <x:v>18.46</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>161.731</x:v>
+        <x:v>167.569</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>181.72</x:v>
+        <x:v>188.28</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45467.7596875</x:v>
+        <x:v>45511.7529166667</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>18.63</x:v>
+        <x:v>18.25</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>159.719</x:v>
+        <x:v>167.302</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>179.46</x:v>
+        <x:v>187.98</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45464.7598032407</x:v>
+        <x:v>45510.7710416667</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>20.13</x:v>
+        <x:v>16.44</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>161.143</x:v>
+        <x:v>165.006</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>181.06</x:v>
+        <x:v>185.4</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45463.7553009259</x:v>
+        <x:v>45509.7565162037</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>19.01</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>159.933</x:v>
+        <x:v>161.286</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>179.7</x:v>
+        <x:v>181.22</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45462.7591319444</x:v>
+        <x:v>45506.7577777778</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>16.48</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>156.889</x:v>
+        <x:v>165.682</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>176.28</x:v>
+        <x:v>186.16</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45461.750162037</x:v>
+        <x:v>45504.7536574074</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>16.29</x:v>
+        <x:v>27.98</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>156.64</x:v>
+        <x:v>173.568</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>176</x:v>
+        <x:v>195.02</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45460.7520023148</x:v>
+        <x:v>45503.7497337963</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>16.14</x:v>
+        <x:v>24.9</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>156.426</x:v>
+        <x:v>170.898</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>175.76</x:v>
+        <x:v>192.02</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45457.75375</x:v>
+        <x:v>45502.7520023148</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>15.5</x:v>
+        <x:v>25.86</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>155.554</x:v>
+        <x:v>171.663</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>174.78</x:v>
+        <x:v>192.88</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45456.754537037</x:v>
+        <x:v>45499.750150463</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>18.14</x:v>
+        <x:v>29.48</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>158.402</x:v>
+        <x:v>174.244</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>177.98</x:v>
+        <x:v>195.78</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45455.75625</x:v>
+        <x:v>45498.7520138889</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>21.39</x:v>
+        <x:v>28.85</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>161.446</x:v>
+        <x:v>173.746</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>181.4</x:v>
+        <x:v>195.22</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45454.7546527778</x:v>
+        <x:v>45497.7533912037</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>16.82</x:v>
+        <x:v>27.31</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>156.106</x:v>
+        <x:v>172.5</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>175.4</x:v>
+        <x:v>193.82</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45453.7552314815</x:v>
+        <x:v>45496.7496643519</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>18</x:v>
+        <x:v>31.04</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>157.37</x:v>
+        <x:v>175.099</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>176.82</x:v>
+        <x:v>196.74</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45450.7637962963</x:v>
+        <x:v>45495.7513657407</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>18.52</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>157.85</x:v>
+        <x:v>163.422</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>177.36</x:v>
+        <x:v>183.62</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45449.7532986111</x:v>
+        <x:v>45492.7567708333</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>18.86</x:v>
+        <x:v>18.15</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>158.171</x:v>
+        <x:v>161.535</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>177.72</x:v>
+        <x:v>181.5</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45448.7575925926</x:v>
+        <x:v>45491.7526851852</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>14.64</x:v>
+        <x:v>17.46</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>152.653</x:v>
+        <x:v>160.716</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>171.52</x:v>
+        <x:v>180.58</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45447.7542592593</x:v>
+        <x:v>45490.7535069444</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>12.88</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>150.054</x:v>
+        <x:v>163.101</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>168.6</x:v>
+        <x:v>183.26</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45446.7532291667</x:v>
+        <x:v>45489.7500925926</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>12.69</x:v>
+        <x:v>23.88</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>149.751</x:v>
+        <x:v>166.626</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>168.26</x:v>
+        <x:v>187.22</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45443.7518287037</x:v>
+        <x:v>45488.7523263889</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>11.46</x:v>
+        <x:v>24.47</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>147.704</x:v>
+        <x:v>167.106</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>165.96</x:v>
+        <x:v>187.76</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45442.7577199074</x:v>
+        <x:v>45485.7526041667</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>13.11</x:v>
+        <x:v>25.64</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>150.036</x:v>
+        <x:v>167.979</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>168.58</x:v>
+        <x:v>188.74</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45441.7499189815</x:v>
+        <x:v>45484.7507638889</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>19.6</x:v>
+        <x:v>23.39</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>156.48</x:v>
+        <x:v>165.949</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>175.82</x:v>
+        <x:v>186.46</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45440.7591319444</x:v>
+        <x:v>45483.7515277778</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>20.95</x:v>
+        <x:v>22.77</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>157.726</x:v>
+        <x:v>165.362</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>177.22</x:v>
+        <x:v>185.8</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45439.7628472222</x:v>
+        <x:v>45482.7511458333</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>24.45</x:v>
+        <x:v>21.82</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>160.574</x:v>
+        <x:v>164.436</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>180.42</x:v>
+        <x:v>184.76</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45436.7528472222</x:v>
+        <x:v>45481.7521180556</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>24.17</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>160.253</x:v>
+        <x:v>167.178</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>180.06</x:v>
+        <x:v>187.84</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45435.7561226852</x:v>
+        <x:v>45478.7524074074</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>25.68</x:v>
+        <x:v>26.66</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>161.41</x:v>
+        <x:v>168.281</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>181.36</x:v>
+        <x:v>189.08</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45434.750162037</x:v>
+        <x:v>45477.7564351852</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>23.57</x:v>
+        <x:v>24.53</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>159.595</x:v>
+        <x:v>166.448</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>179.32</x:v>
+        <x:v>187.02</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45433.753912037</x:v>
+        <x:v>45476.7537962963</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>24.34</x:v>
+        <x:v>25.26</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>160.2</x:v>
+        <x:v>167.017</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>180</x:v>
+        <x:v>187.66</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45429.760474537</x:v>
+        <x:v>45475.7575</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>21.55</x:v>
+        <x:v>22.86</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>157.548</x:v>
+        <x:v>164.828</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>177.02</x:v>
+        <x:v>185.2</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45428.7605671296</x:v>
+        <x:v>45474.7653125</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>21.31</x:v>
+        <x:v>23.37</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>157.299</x:v>
+        <x:v>165.255</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>176.74</x:v>
+        <x:v>185.68</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45427.7860648148</x:v>
+        <x:v>45471.7526157407</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>19.35</x:v>
+        <x:v>28.03</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>156.729</x:v>
+        <x:v>168.673</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>176.1</x:v>
+        <x:v>189.52</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45426.7552430556</x:v>
+        <x:v>45470.7516782407</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>18.2</x:v>
+        <x:v>25.78</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>155.465</x:v>
+        <x:v>166.822</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>174.68</x:v>
+        <x:v>187.44</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45425.7516319444</x:v>
+        <x:v>45469.7562037037</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>20.04</x:v>
+        <x:v>24.33</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>157.245</x:v>
+        <x:v>165.558</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>176.68</x:v>
+        <x:v>186.02</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45422.7512847222</x:v>
+        <x:v>45468.7651388889</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>19.57</x:v>
+        <x:v>20.48</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>156.693</x:v>
+        <x:v>161.731</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>176.06</x:v>
+        <x:v>181.72</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45420.7954513889</x:v>
+        <x:v>45467.7596875</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>19.99</x:v>
+        <x:v>18.63</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>157.049</x:v>
+        <x:v>159.719</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>176.46</x:v>
+        <x:v>179.46</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45419.7550810185</x:v>
+        <x:v>45464.7598032407</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>18.26</x:v>
+        <x:v>20.13</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>155.18</x:v>
+        <x:v>161.143</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>174.36</x:v>
+        <x:v>181.06</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45418.754537037</x:v>
+        <x:v>45463.7553009259</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>16.12</x:v>
+        <x:v>19.01</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>152.617</x:v>
+        <x:v>159.933</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>171.48</x:v>
+        <x:v>179.7</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45415.7562731481</x:v>
+        <x:v>45462.7591319444</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>15.63</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>151.941</x:v>
+        <x:v>156.889</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>170.72</x:v>
+        <x:v>176.28</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45414.7536458333</x:v>
+        <x:v>45461.750162037</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>14.18</x:v>
+        <x:v>16.29</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>150.001</x:v>
+        <x:v>156.64</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>168.54</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45412.7543518519</x:v>
+        <x:v>45460.7520023148</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>15.04</x:v>
+        <x:v>16.14</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>151.033</x:v>
+        <x:v>156.426</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>169.7</x:v>
+        <x:v>175.76</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45411.78375</x:v>
+        <x:v>45457.75375</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>16.38</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>152.564</x:v>
+        <x:v>155.554</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>171.42</x:v>
+        <x:v>174.78</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45408.748287037</x:v>
+        <x:v>45456.754537037</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>18.68</x:v>
+        <x:v>18.14</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>154.86</x:v>
+        <x:v>158.402</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>174</x:v>
+        <x:v>177.98</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45407.7557523148</x:v>
+        <x:v>45455.75625</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>15.87</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>151.478</x:v>
+        <x:v>161.446</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>170.2</x:v>
+        <x:v>181.4</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45406.7657407407</x:v>
+        <x:v>45454.7546527778</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>21.03</x:v>
+        <x:v>16.82</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>156.248</x:v>
+        <x:v>156.106</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>175.56</x:v>
+        <x:v>175.4</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45405.7568518519</x:v>
+        <x:v>45453.7552314815</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>20.41</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>155.625</x:v>
+        <x:v>157.37</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>174.86</x:v>
+        <x:v>176.82</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45404.7572337963</x:v>
+        <x:v>45450.7637962963</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>14.37</x:v>
+        <x:v>18.52</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>147.829</x:v>
+        <x:v>157.85</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>166.1</x:v>
+        <x:v>177.36</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45401.7981018519</x:v>
+        <x:v>45449.7532986111</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>14.22</x:v>
+        <x:v>18.86</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>147.562</x:v>
+        <x:v>158.171</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>165.8</x:v>
+        <x:v>177.72</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45400.7584837963</x:v>
+        <x:v>45448.7575925926</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>16.95</x:v>
+        <x:v>14.64</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>150.57</x:v>
+        <x:v>152.653</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>169.18</x:v>
+        <x:v>171.52</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45399.7645949074</x:v>
+        <x:v>45447.7542592593</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>16.65</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>150.196</x:v>
+        <x:v>150.054</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>168.76</x:v>
+        <x:v>168.6</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45398.7542939815</x:v>
+        <x:v>45446.7532291667</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>18.04</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>151.638</x:v>
+        <x:v>149.751</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>170.38</x:v>
+        <x:v>168.26</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45397.7515509259</x:v>
+        <x:v>45443.7518287037</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>19.22</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>152.777</x:v>
+        <x:v>147.704</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>171.66</x:v>
+        <x:v>165.96</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45394.7514814815</x:v>
+        <x:v>45442.7577199074</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>18.77</x:v>
+        <x:v>13.11</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>152.243</x:v>
+        <x:v>150.036</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>171.06</x:v>
+        <x:v>168.58</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45393.7590972222</x:v>
+        <x:v>45441.7499189815</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>18.94</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>152.386</x:v>
+        <x:v>156.48</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>171.22</x:v>
+        <x:v>175.82</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45392.7661689815</x:v>
+        <x:v>45440.7591319444</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>19.04</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>152.457</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>171.3</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45391.7576851852</x:v>
+        <x:v>45439.7628472222</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>20.11</x:v>
+        <x:v>24.45</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>153.454</x:v>
+        <x:v>160.574</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>172.42</x:v>
+        <x:v>180.42</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45390.7570949074</x:v>
+        <x:v>45436.7528472222</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>25.72</x:v>
+        <x:v>24.17</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>157.726</x:v>
+        <x:v>160.253</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>177.22</x:v>
+        <x:v>180.06</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45387.754375</x:v>
+        <x:v>45435.7561226852</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>26.07</x:v>
+        <x:v>25.68</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>157.904</x:v>
+        <x:v>161.41</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>177.42</x:v>
+        <x:v>181.36</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45386.758287037</x:v>
+        <x:v>45434.750162037</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>26.83</x:v>
+        <x:v>23.57</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>158.438</x:v>
+        <x:v>159.595</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>178.02</x:v>
+        <x:v>179.32</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45385.7623032407</x:v>
+        <x:v>45433.753912037</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>27.11</x:v>
+        <x:v>24.34</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>158.616</x:v>
+        <x:v>160.2</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>178.22</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45384.7596064815</x:v>
+        <x:v>45429.760474537</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>25.8</x:v>
+        <x:v>21.55</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>157.583</x:v>
+        <x:v>157.548</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>177.06</x:v>
+        <x:v>177.02</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45379.7526041667</x:v>
+        <x:v>45428.7605671296</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>30.63</x:v>
+        <x:v>21.31</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>160.609</x:v>
+        <x:v>157.299</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>180.46</x:v>
+        <x:v>176.74</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45378.7519675926</x:v>
+        <x:v>45427.7860648148</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>32.96</x:v>
+        <x:v>19.35</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>162.016</x:v>
+        <x:v>156.729</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>182.04</x:v>
+        <x:v>176.1</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45377.7511574074</x:v>
+        <x:v>45426.7552430556</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>33.84</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>162.514</x:v>
+        <x:v>155.465</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>182.6</x:v>
+        <x:v>174.68</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45376.7574074074</x:v>
+        <x:v>45425.7516319444</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>31.31</x:v>
+        <x:v>20.04</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>160.859</x:v>
+        <x:v>157.245</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>180.74</x:v>
+        <x:v>176.68</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45373.7547337963</x:v>
+        <x:v>45422.7512847222</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>30.81</x:v>
+        <x:v>19.57</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>160.449</x:v>
+        <x:v>156.693</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>180.28</x:v>
+        <x:v>176.06</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45372.7581944444</x:v>
+        <x:v>45420.7954513889</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>31.24</x:v>
+        <x:v>19.99</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>160.698</x:v>
+        <x:v>157.049</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>180.56</x:v>
+        <x:v>176.46</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45363.7501851852</x:v>
+        <x:v>45419.7550810185</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>28.35</x:v>
+        <x:v>18.26</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>157.53</x:v>
+        <x:v>155.18</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>177</x:v>
+        <x:v>174.36</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45362.7530324074</x:v>
+        <x:v>45418.754537037</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>24.46</x:v>
+        <x:v>16.12</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>154.433</x:v>
+        <x:v>152.617</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>173.52</x:v>
+        <x:v>171.48</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45359.7549768519</x:v>
+        <x:v>45415.7562731481</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>29.08</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>157.477</x:v>
+        <x:v>151.941</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>176.94</x:v>
+        <x:v>170.72</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45358.7545949074</x:v>
+        <x:v>45414.7536458333</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>30.27</x:v>
+        <x:v>14.18</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>158.224</x:v>
+        <x:v>150.001</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>177.78</x:v>
+        <x:v>168.54</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45357.7532986111</x:v>
+        <x:v>45412.7543518519</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>27.2</x:v>
+        <x:v>15.04</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>155.999</x:v>
+        <x:v>151.033</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>175.28</x:v>
+        <x:v>169.7</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45356.754537037</x:v>
+        <x:v>45411.78375</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>25.15</x:v>
+        <x:v>16.38</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>154.397</x:v>
+        <x:v>152.564</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>173.48</x:v>
+        <x:v>171.42</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45355.7463541667</x:v>
+        <x:v>45408.748287037</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>27.36</x:v>
+        <x:v>18.68</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>155.946</x:v>
+        <x:v>154.86</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>175.22</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45352.7525462963</x:v>
+        <x:v>45407.7557523148</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>25.28</x:v>
+        <x:v>15.87</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>154.273</x:v>
+        <x:v>151.478</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>173.34</x:v>
+        <x:v>170.2</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45351.7476041667</x:v>
+        <x:v>45406.7657407407</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>24.78</x:v>
+        <x:v>21.03</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>153.863</x:v>
+        <x:v>156.248</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>172.88</x:v>
+        <x:v>175.56</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45350.7516319444</x:v>
+        <x:v>45405.7568518519</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>23.97</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>153.187</x:v>
+        <x:v>155.625</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>172.12</x:v>
+        <x:v>174.86</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45349.7513773148</x:v>
+        <x:v>45404.7572337963</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>27.37</x:v>
+        <x:v>14.37</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>153.97</x:v>
+        <x:v>147.829</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>173</x:v>
+        <x:v>166.1</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45401.7981018519</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>25.3</x:v>
+        <x:v>14.22</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>151.122</x:v>
+        <x:v>147.562</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>169.8</x:v>
+        <x:v>165.8</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45348.7736111111</x:v>
+        <x:v>45400.7584837963</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>25.3</x:v>
+        <x:v>16.95</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>151.122</x:v>
+        <x:v>150.57</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>169.8</x:v>
+        <x:v>169.18</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45345.7523263889</x:v>
+        <x:v>45399.7645949074</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>22.06</x:v>
+        <x:v>16.65</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>151.122</x:v>
+        <x:v>150.196</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>169.8</x:v>
+        <x:v>168.76</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45344.7577777778</x:v>
+        <x:v>45398.7542939815</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
-        <x:v>19.66</x:v>
+        <x:v>18.04</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>148.826</x:v>
+        <x:v>151.638</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>167.22</x:v>
+        <x:v>170.38</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45343.7647569444</x:v>
+        <x:v>45397.7515509259</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>15.83</x:v>
+        <x:v>19.22</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>144.429</x:v>
+        <x:v>152.777</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>162.28</x:v>
+        <x:v>171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45342.7528125</x:v>
+        <x:v>45394.7514814815</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>16.49</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>145.123</x:v>
+        <x:v>152.243</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>163.06</x:v>
+        <x:v>171.06</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45341.7516087963</x:v>
+        <x:v>45393.7590972222</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>17.52</x:v>
+        <x:v>18.94</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>146.174</x:v>
+        <x:v>152.386</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>164.24</x:v>
+        <x:v>171.22</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45338.7553703704</x:v>
+        <x:v>45392.7661689815</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>18.34</x:v>
+        <x:v>19.04</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>146.921</x:v>
+        <x:v>152.457</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>165.08</x:v>
+        <x:v>171.3</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45337.7598263889</x:v>
+        <x:v>45391.7576851852</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>17.76</x:v>
+        <x:v>20.11</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>146.298</x:v>
+        <x:v>153.454</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>164.38</x:v>
+        <x:v>172.42</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45336.807962963</x:v>
+        <x:v>45390.7570949074</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>18.23</x:v>
+        <x:v>25.72</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>146.743</x:v>
+        <x:v>157.726</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>164.88</x:v>
+        <x:v>177.22</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45336.7470023148</x:v>
+        <x:v>45387.754375</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>18.23</x:v>
+        <x:v>26.07</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>146.743</x:v>
+        <x:v>157.904</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>164.88</x:v>
+        <x:v>177.42</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45335.7501157407</x:v>
+        <x:v>45386.758287037</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>16.53</x:v>
+        <x:v>26.83</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>144.856</x:v>
+        <x:v>158.438</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>162.76</x:v>
+        <x:v>178.02</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45334.7513888889</x:v>
+        <x:v>45385.7623032407</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>21.75</x:v>
+        <x:v>27.11</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>149.306</x:v>
+        <x:v>158.616</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>167.76</x:v>
+        <x:v>178.22</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45331.7582986111</x:v>
+        <x:v>45384.7596064815</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>22.44</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>149.805</x:v>
+        <x:v>157.583</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>168.32</x:v>
+        <x:v>177.06</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45330.7578125</x:v>
+        <x:v>45379.7526041667</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>22.13</x:v>
+        <x:v>30.63</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>149.52</x:v>
+        <x:v>160.609</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>168</x:v>
+        <x:v>180.46</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45329.7548958333</x:v>
+        <x:v>45378.7519675926</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>22.17</x:v>
+        <x:v>32.96</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>149.52</x:v>
+        <x:v>162.016</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>168</x:v>
+        <x:v>182.04</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45328.7534143518</x:v>
+        <x:v>45377.7511574074</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>20.61</x:v>
+        <x:v>33.84</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>148.096</x:v>
+        <x:v>162.514</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>166.4</x:v>
+        <x:v>182.6</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45327.7501967593</x:v>
+        <x:v>45376.7574074074</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>18.91</x:v>
+        <x:v>31.31</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>146.423</x:v>
+        <x:v>160.859</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>164.52</x:v>
+        <x:v>180.74</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45324.7529282407</x:v>
+        <x:v>45373.7547337963</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>18.2</x:v>
+        <x:v>30.81</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>145.64</x:v>
+        <x:v>160.449</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>163.64</x:v>
+        <x:v>180.28</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45323.7529976852</x:v>
+        <x:v>45372.7581944444</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>17.1</x:v>
+        <x:v>31.24</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>144.447</x:v>
+        <x:v>160.698</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>162.3</x:v>
+        <x:v>180.56</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45322.7527777778</x:v>
+        <x:v>45363.7501851852</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>15.93</x:v>
+        <x:v>28.35</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>143.112</x:v>
+        <x:v>157.53</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>160.8</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45321.7433680556</x:v>
+        <x:v>45362.7530324074</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>17.34</x:v>
+        <x:v>24.46</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>144.554</x:v>
+        <x:v>154.433</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>162.42</x:v>
+        <x:v>173.52</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45320.7512615741</x:v>
+        <x:v>45359.7549768519</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>17.01</x:v>
+        <x:v>29.08</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>144.18</x:v>
+        <x:v>157.477</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>162</x:v>
+        <x:v>176.94</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45317.7470717593</x:v>
+        <x:v>45358.7545949074</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>15.52</x:v>
+        <x:v>30.27</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>142.4</x:v>
+        <x:v>158.224</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>160</x:v>
+        <x:v>177.78</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45316.7524074074</x:v>
+        <x:v>45357.7532986111</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>16.16</x:v>
+        <x:v>27.2</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>143.076</x:v>
+        <x:v>155.999</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>160.76</x:v>
+        <x:v>175.28</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45315.7568171296</x:v>
+        <x:v>45356.754537037</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>16.18</x:v>
+        <x:v>25.15</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>143.076</x:v>
+        <x:v>154.397</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>160.76</x:v>
+        <x:v>173.48</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45314.7547453704</x:v>
+        <x:v>45355.7463541667</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>10.06</x:v>
+        <x:v>27.36</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>132.93</x:v>
+        <x:v>155.946</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>149.36</x:v>
+        <x:v>175.22</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45313.762662037</x:v>
+        <x:v>45352.7525462963</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>10.62</x:v>
+        <x:v>25.28</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>133.803</x:v>
+        <x:v>154.273</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>150.34</x:v>
+        <x:v>173.34</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45310.749212963</x:v>
+        <x:v>45351.7476041667</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>9.89</x:v>
+        <x:v>24.78</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>132.503</x:v>
+        <x:v>153.863</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>148.88</x:v>
+        <x:v>172.88</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45309.7473726852</x:v>
+        <x:v>45350.7516319444</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>9.1</x:v>
+        <x:v>23.97</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>131.061</x:v>
+        <x:v>153.187</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>147.26</x:v>
+        <x:v>172.12</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45308.7508680556</x:v>
+        <x:v>45349.7513773148</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>8.03</x:v>
+        <x:v>27.37</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>128.89</x:v>
+        <x:v>153.97</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>144.82</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45307.7510532407</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>7.94</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>128.676</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>144.58</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45306.7467592593</x:v>
+        <x:v>45348.7736111111</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>7.94</x:v>
+        <x:v>25.3</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>128.658</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>144.56</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45303.7600925926</x:v>
+        <x:v>45345.7523263889</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>8.11</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>128.925</x:v>
+        <x:v>151.122</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>144.86</x:v>
+        <x:v>169.8</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45302.7520601852</x:v>
+        <x:v>45344.7577777778</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
-        <x:v>6.95</x:v>
+        <x:v>19.66</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>126.273</x:v>
+        <x:v>148.826</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>141.88</x:v>
+        <x:v>167.22</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45301.7540393519</x:v>
+        <x:v>45343.7647569444</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>7.02</x:v>
+        <x:v>15.83</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>126.416</x:v>
+        <x:v>144.429</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>142.04</x:v>
+        <x:v>162.28</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45300.7495833333</x:v>
+        <x:v>45342.7528125</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>6.07</x:v>
+        <x:v>16.49</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>123.959</x:v>
+        <x:v>145.123</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>139.28</x:v>
+        <x:v>163.06</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45299.7521643518</x:v>
+        <x:v>45341.7516087963</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>5.91</x:v>
+        <x:v>17.52</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>123.514</x:v>
+        <x:v>146.174</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>138.78</x:v>
+        <x:v>164.24</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45296.7574884259</x:v>
+        <x:v>45338.7553703704</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>5.4</x:v>
+        <x:v>18.34</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>122.001</x:v>
+        <x:v>146.921</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>137.08</x:v>
+        <x:v>165.08</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45295.7562152778</x:v>
+        <x:v>45337.7598263889</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>5.21</x:v>
+        <x:v>17.76</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>121.432</x:v>
+        <x:v>146.298</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>136.44</x:v>
+        <x:v>164.38</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45294.7523148148</x:v>
+        <x:v>45336.807962963</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>5.43</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>122.037</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>137.12</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45289.7502893519</x:v>
+        <x:v>45336.7470023148</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>6.33</x:v>
+        <x:v>18.23</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>124.137</x:v>
+        <x:v>146.743</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>139.48</x:v>
+        <x:v>164.88</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45288.7522916667</x:v>
+        <x:v>45335.7501157407</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>6.4</x:v>
+        <x:v>16.53</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>124.28</x:v>
+        <x:v>144.856</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>139.64</x:v>
+        <x:v>162.76</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45287.7514583333</x:v>
+        <x:v>45334.7513888889</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>6.48</x:v>
+        <x:v>21.75</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>124.458</x:v>
+        <x:v>149.306</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>139.84</x:v>
+        <x:v>167.76</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45282.752037037</x:v>
+        <x:v>45331.7582986111</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>5.97</x:v>
+        <x:v>22.44</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>123.034</x:v>
+        <x:v>149.805</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>138.24</x:v>
+        <x:v>168.32</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45281.7536111111</x:v>
+        <x:v>45330.7578125</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>5.76</x:v>
+        <x:v>22.13</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>122.446</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>137.58</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45281.7495138889</x:v>
+        <x:v>45329.7548958333</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>5.76</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>122.446</x:v>
+        <x:v>149.52</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>137.58</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45280.7567824074</x:v>
+        <x:v>45328.7534143518</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>6.36</x:v>
+        <x:v>20.61</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>123.888</x:v>
+        <x:v>148.096</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>139.2</x:v>
+        <x:v>166.4</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45279.7563773148</x:v>
+        <x:v>45327.7501967593</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
-        <x:v>7.21</x:v>
+        <x:v>18.91</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>125.721</x:v>
+        <x:v>146.423</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>141.26</x:v>
+        <x:v>164.52</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45278.7578587963</x:v>
+        <x:v>45324.7529282407</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>7.2</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>125.668</x:v>
+        <x:v>145.64</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>141.2</x:v>
+        <x:v>163.64</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45275.7522337963</x:v>
+        <x:v>45323.7529976852</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
-        <x:v>7.35</x:v>
+        <x:v>17.1</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>125.917</x:v>
+        <x:v>144.447</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>141.48</x:v>
+        <x:v>162.3</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45274.754212963</x:v>
+        <x:v>45322.7527777778</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>7.82</x:v>
+        <x:v>15.93</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>126.861</x:v>
+        <x:v>143.112</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>142.54</x:v>
+        <x:v>160.8</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
+        <x:v>45321.7433680556</x:v>
+      </x:c>
+      <x:c r="B583" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C583" s="0">
+        <x:v>17.34</x:v>
+      </x:c>
+      <x:c r="D583" s="0">
+        <x:v>144.554</x:v>
+      </x:c>
+      <x:c r="E583" s="0">
+        <x:v>162.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="584" spans="1:5">
+      <x:c r="A584" s="1">
+        <x:v>45320.7512615741</x:v>
+      </x:c>
+      <x:c r="B584" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C584" s="0">
+        <x:v>17.01</x:v>
+      </x:c>
+      <x:c r="D584" s="0">
+        <x:v>144.18</x:v>
+      </x:c>
+      <x:c r="E584" s="0">
+        <x:v>162</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="585" spans="1:5">
+      <x:c r="A585" s="1">
+        <x:v>45317.7470717593</x:v>
+      </x:c>
+      <x:c r="B585" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C585" s="0">
+        <x:v>15.52</x:v>
+      </x:c>
+      <x:c r="D585" s="0">
+        <x:v>142.4</x:v>
+      </x:c>
+      <x:c r="E585" s="0">
+        <x:v>160</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="586" spans="1:5">
+      <x:c r="A586" s="1">
+        <x:v>45316.7524074074</x:v>
+      </x:c>
+      <x:c r="B586" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C586" s="0">
+        <x:v>16.16</x:v>
+      </x:c>
+      <x:c r="D586" s="0">
+        <x:v>143.076</x:v>
+      </x:c>
+      <x:c r="E586" s="0">
+        <x:v>160.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="587" spans="1:5">
+      <x:c r="A587" s="1">
+        <x:v>45315.7568171296</x:v>
+      </x:c>
+      <x:c r="B587" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C587" s="0">
+        <x:v>16.18</x:v>
+      </x:c>
+      <x:c r="D587" s="0">
+        <x:v>143.076</x:v>
+      </x:c>
+      <x:c r="E587" s="0">
+        <x:v>160.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="588" spans="1:5">
+      <x:c r="A588" s="1">
+        <x:v>45314.7547453704</x:v>
+      </x:c>
+      <x:c r="B588" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C588" s="0">
+        <x:v>10.06</x:v>
+      </x:c>
+      <x:c r="D588" s="0">
+        <x:v>132.93</x:v>
+      </x:c>
+      <x:c r="E588" s="0">
+        <x:v>149.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="589" spans="1:5">
+      <x:c r="A589" s="1">
+        <x:v>45313.762662037</x:v>
+      </x:c>
+      <x:c r="B589" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C589" s="0">
+        <x:v>10.62</x:v>
+      </x:c>
+      <x:c r="D589" s="0">
+        <x:v>133.803</x:v>
+      </x:c>
+      <x:c r="E589" s="0">
+        <x:v>150.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="590" spans="1:5">
+      <x:c r="A590" s="1">
+        <x:v>45310.749212963</x:v>
+      </x:c>
+      <x:c r="B590" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C590" s="0">
+        <x:v>9.89</x:v>
+      </x:c>
+      <x:c r="D590" s="0">
+        <x:v>132.503</x:v>
+      </x:c>
+      <x:c r="E590" s="0">
+        <x:v>148.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="591" spans="1:5">
+      <x:c r="A591" s="1">
+        <x:v>45309.7473726852</x:v>
+      </x:c>
+      <x:c r="B591" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C591" s="0">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="D591" s="0">
+        <x:v>131.061</x:v>
+      </x:c>
+      <x:c r="E591" s="0">
+        <x:v>147.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="592" spans="1:5">
+      <x:c r="A592" s="1">
+        <x:v>45308.7508680556</x:v>
+      </x:c>
+      <x:c r="B592" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C592" s="0">
+        <x:v>8.03</x:v>
+      </x:c>
+      <x:c r="D592" s="0">
+        <x:v>128.89</x:v>
+      </x:c>
+      <x:c r="E592" s="0">
+        <x:v>144.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="593" spans="1:5">
+      <x:c r="A593" s="1">
+        <x:v>45307.7510532407</x:v>
+      </x:c>
+      <x:c r="B593" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C593" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D593" s="0">
+        <x:v>128.676</x:v>
+      </x:c>
+      <x:c r="E593" s="0">
+        <x:v>144.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="594" spans="1:5">
+      <x:c r="A594" s="1">
+        <x:v>45306.7467592593</x:v>
+      </x:c>
+      <x:c r="B594" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C594" s="0">
+        <x:v>7.94</x:v>
+      </x:c>
+      <x:c r="D594" s="0">
+        <x:v>128.658</x:v>
+      </x:c>
+      <x:c r="E594" s="0">
+        <x:v>144.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="595" spans="1:5">
+      <x:c r="A595" s="1">
+        <x:v>45303.7600925926</x:v>
+      </x:c>
+      <x:c r="B595" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C595" s="0">
+        <x:v>8.11</x:v>
+      </x:c>
+      <x:c r="D595" s="0">
+        <x:v>128.925</x:v>
+      </x:c>
+      <x:c r="E595" s="0">
+        <x:v>144.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="596" spans="1:5">
+      <x:c r="A596" s="1">
+        <x:v>45302.7520601852</x:v>
+      </x:c>
+      <x:c r="B596" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C596" s="0">
+        <x:v>6.95</x:v>
+      </x:c>
+      <x:c r="D596" s="0">
+        <x:v>126.273</x:v>
+      </x:c>
+      <x:c r="E596" s="0">
+        <x:v>141.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="597" spans="1:5">
+      <x:c r="A597" s="1">
+        <x:v>45301.7540393519</x:v>
+      </x:c>
+      <x:c r="B597" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C597" s="0">
+        <x:v>7.02</x:v>
+      </x:c>
+      <x:c r="D597" s="0">
+        <x:v>126.416</x:v>
+      </x:c>
+      <x:c r="E597" s="0">
+        <x:v>142.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="598" spans="1:5">
+      <x:c r="A598" s="1">
+        <x:v>45300.7495833333</x:v>
+      </x:c>
+      <x:c r="B598" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C598" s="0">
+        <x:v>6.07</x:v>
+      </x:c>
+      <x:c r="D598" s="0">
+        <x:v>123.959</x:v>
+      </x:c>
+      <x:c r="E598" s="0">
+        <x:v>139.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="599" spans="1:5">
+      <x:c r="A599" s="1">
+        <x:v>45299.7521643518</x:v>
+      </x:c>
+      <x:c r="B599" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C599" s="0">
+        <x:v>5.91</x:v>
+      </x:c>
+      <x:c r="D599" s="0">
+        <x:v>123.514</x:v>
+      </x:c>
+      <x:c r="E599" s="0">
+        <x:v>138.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="600" spans="1:5">
+      <x:c r="A600" s="1">
+        <x:v>45296.7574884259</x:v>
+      </x:c>
+      <x:c r="B600" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C600" s="0">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="D600" s="0">
+        <x:v>122.001</x:v>
+      </x:c>
+      <x:c r="E600" s="0">
+        <x:v>137.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="601" spans="1:5">
+      <x:c r="A601" s="1">
+        <x:v>45295.7562152778</x:v>
+      </x:c>
+      <x:c r="B601" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C601" s="0">
+        <x:v>5.21</x:v>
+      </x:c>
+      <x:c r="D601" s="0">
+        <x:v>121.432</x:v>
+      </x:c>
+      <x:c r="E601" s="0">
+        <x:v>136.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="602" spans="1:5">
+      <x:c r="A602" s="1">
+        <x:v>45294.7523148148</x:v>
+      </x:c>
+      <x:c r="B602" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C602" s="0">
+        <x:v>5.43</x:v>
+      </x:c>
+      <x:c r="D602" s="0">
+        <x:v>122.037</x:v>
+      </x:c>
+      <x:c r="E602" s="0">
+        <x:v>137.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="603" spans="1:5">
+      <x:c r="A603" s="1">
+        <x:v>45289.7502893519</x:v>
+      </x:c>
+      <x:c r="B603" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C603" s="0">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D603" s="0">
+        <x:v>124.137</x:v>
+      </x:c>
+      <x:c r="E603" s="0">
+        <x:v>139.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="604" spans="1:5">
+      <x:c r="A604" s="1">
+        <x:v>45288.7522916667</x:v>
+      </x:c>
+      <x:c r="B604" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C604" s="0">
+        <x:v>6.4</x:v>
+      </x:c>
+      <x:c r="D604" s="0">
+        <x:v>124.28</x:v>
+      </x:c>
+      <x:c r="E604" s="0">
+        <x:v>139.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="605" spans="1:5">
+      <x:c r="A605" s="1">
+        <x:v>45287.7514583333</x:v>
+      </x:c>
+      <x:c r="B605" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C605" s="0">
+        <x:v>6.48</x:v>
+      </x:c>
+      <x:c r="D605" s="0">
+        <x:v>124.458</x:v>
+      </x:c>
+      <x:c r="E605" s="0">
+        <x:v>139.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="606" spans="1:5">
+      <x:c r="A606" s="1">
+        <x:v>45282.752037037</x:v>
+      </x:c>
+      <x:c r="B606" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C606" s="0">
+        <x:v>5.97</x:v>
+      </x:c>
+      <x:c r="D606" s="0">
+        <x:v>123.034</x:v>
+      </x:c>
+      <x:c r="E606" s="0">
+        <x:v>138.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="607" spans="1:5">
+      <x:c r="A607" s="1">
+        <x:v>45281.7536111111</x:v>
+      </x:c>
+      <x:c r="B607" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C607" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D607" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E607" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="608" spans="1:5">
+      <x:c r="A608" s="1">
+        <x:v>45281.7495138889</x:v>
+      </x:c>
+      <x:c r="B608" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C608" s="0">
+        <x:v>5.76</x:v>
+      </x:c>
+      <x:c r="D608" s="0">
+        <x:v>122.446</x:v>
+      </x:c>
+      <x:c r="E608" s="0">
+        <x:v>137.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="609" spans="1:5">
+      <x:c r="A609" s="1">
+        <x:v>45280.7567824074</x:v>
+      </x:c>
+      <x:c r="B609" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C609" s="0">
+        <x:v>6.36</x:v>
+      </x:c>
+      <x:c r="D609" s="0">
+        <x:v>123.888</x:v>
+      </x:c>
+      <x:c r="E609" s="0">
+        <x:v>139.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="610" spans="1:5">
+      <x:c r="A610" s="1">
+        <x:v>45279.7563773148</x:v>
+      </x:c>
+      <x:c r="B610" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C610" s="0">
+        <x:v>7.21</x:v>
+      </x:c>
+      <x:c r="D610" s="0">
+        <x:v>125.721</x:v>
+      </x:c>
+      <x:c r="E610" s="0">
+        <x:v>141.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="611" spans="1:5">
+      <x:c r="A611" s="1">
+        <x:v>45278.7578587963</x:v>
+      </x:c>
+      <x:c r="B611" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C611" s="0">
+        <x:v>7.2</x:v>
+      </x:c>
+      <x:c r="D611" s="0">
+        <x:v>125.668</x:v>
+      </x:c>
+      <x:c r="E611" s="0">
+        <x:v>141.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="612" spans="1:5">
+      <x:c r="A612" s="1">
+        <x:v>45275.7522337963</x:v>
+      </x:c>
+      <x:c r="B612" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C612" s="0">
+        <x:v>7.35</x:v>
+      </x:c>
+      <x:c r="D612" s="0">
+        <x:v>125.917</x:v>
+      </x:c>
+      <x:c r="E612" s="0">
+        <x:v>141.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="613" spans="1:5">
+      <x:c r="A613" s="1">
+        <x:v>45274.754212963</x:v>
+      </x:c>
+      <x:c r="B613" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C613" s="0">
+        <x:v>7.82</x:v>
+      </x:c>
+      <x:c r="D613" s="0">
+        <x:v>126.861</x:v>
+      </x:c>
+      <x:c r="E613" s="0">
+        <x:v>142.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="614" spans="1:5">
+      <x:c r="A614" s="1">
         <x:v>45273.752974537</x:v>
       </x:c>
-      <x:c r="B583" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="C583" s="0">
+      <x:c r="B614" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C614" s="0">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D583" s="0">
+      <x:c r="D614" s="0">
         <x:v>130.385</x:v>
       </x:c>
-      <x:c r="E583" s="0">
+      <x:c r="E614" s="0">
         <x:v>146.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>