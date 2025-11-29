--- v0 (2025-10-01)
+++ v1 (2025-11-29)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50be5ced59ac41cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33347141dd2d4f14806e7d3743c3dd6a.psmdcp" Id="R4e23bff618c546c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e35de4b665406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a211b57a5a2f4fa5a5b2b2ee86d21d5d.psmdcp" Id="Rd1aa2bde57364b23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1210505827</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,17848 +390,19191 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E1074"/>
+  <x:dimension ref="A1:E1153"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45931.3342476852</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>10.4</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>5952.497</x:v>
+        <x:v>6095.511</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>6688.46</x:v>
+        <x:v>6849.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45989.3082407407</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>10.83</x:v>
+        <x:v>10.95</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>5952.264</x:v>
+        <x:v>6063.044</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>6688.46</x:v>
+        <x:v>6812.61</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45930.3326851852</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>10.47</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>5928.011</x:v>
+        <x:v>6063.147</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>6661.21</x:v>
+        <x:v>6812.61</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45987.3195601852</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>10.49</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>5928.437</x:v>
+        <x:v>6021.558</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>6661.21</x:v>
+        <x:v>6765.88</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45929.3289467593</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>10.54</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>5912.853</x:v>
+        <x:v>6021.346</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>6643.7</x:v>
+        <x:v>6765.89</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>10.3</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>5912.764</x:v>
+        <x:v>5967.26</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>6643.7</x:v>
+        <x:v>6705.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45926.3217939815</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>9.85</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>5878.072</x:v>
+        <x:v>5876.598</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>6604.72</x:v>
+        <x:v>6602.99</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>9.85</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>5878.147</x:v>
+        <x:v>5876.307</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>6604.72</x:v>
+        <x:v>6602.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45925.315474537</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>10.33</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>5907.739</x:v>
+        <x:v>5819.142</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>6637.97</x:v>
+        <x:v>6538.76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>10.27</x:v>
+        <x:v>7.94</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>5907.766</x:v>
+        <x:v>5818.844</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>6637.97</x:v>
+        <x:v>6538.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45924.3777777778</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>10.69</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>5924.632</x:v>
+        <x:v>5910.87</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>6656.92</x:v>
+        <x:v>6642.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>10.52</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>5924.659</x:v>
+        <x:v>5911.387</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>6656.92</x:v>
+        <x:v>6642.18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45980.3054050926</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>11.02</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>5957.058</x:v>
+        <x:v>5889.262</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>6693.75</x:v>
+        <x:v>6617.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>10.56</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>5930.901</x:v>
+        <x:v>5889.08</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>6664.36</x:v>
+        <x:v>6617.32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45979.3133796296</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>10.67</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>5931.268</x:v>
+        <x:v>5938.11</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>6664.36</x:v>
+        <x:v>6672.41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45919.3281018519</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>10.34</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>5902.432</x:v>
+        <x:v>5937.986</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>6631.96</x:v>
+        <x:v>6672.41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>10.28</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>5902.367</x:v>
+        <x:v>5992.899</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>6631.95</x:v>
+        <x:v>6734.11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45918.3014583333</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>10.28</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>5874.243</x:v>
+        <x:v>5992.366</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>6600.35</x:v>
+        <x:v>6734.11</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>9.91</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>5874.239</x:v>
+        <x:v>5995.374</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>6600.35</x:v>
+        <x:v>6737.49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45917.3258564815</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>9.95</x:v>
+        <x:v>10.26</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>5879.944</x:v>
+        <x:v>5996.222</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>6606.76</x:v>
+        <x:v>6737.49</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45974.3773032407</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>10</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>5879.851</x:v>
+        <x:v>6097.175</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>6606.76</x:v>
+        <x:v>6850.92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45916.314212963</x:v>
+        <x:v>45974.3182638889</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>10.2</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>5887.434</x:v>
+        <x:v>6097.175</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>6615.28</x:v>
+        <x:v>6850.92</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>10.11</x:v>
+        <x:v>11.83</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>5886.561</x:v>
+        <x:v>6097.118</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>6615.28</x:v>
+        <x:v>6850.92</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>9.79</x:v>
+        <x:v>12.08</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>5858.98</x:v>
+        <x:v>6093.282</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>6584.29</x:v>
+        <x:v>6846.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>9.76</x:v>
+        <x:v>11.78</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>5859.83</x:v>
+        <x:v>6093.483</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>6584.29</x:v>
+        <x:v>6846.61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45912.3096527778</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>9.81</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>5862.66</x:v>
+        <x:v>6080.25</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>6587.47</x:v>
+        <x:v>6832.42</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45971.2992592593</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>9.81</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>5862.806</x:v>
+        <x:v>5988.028</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>6587.47</x:v>
+        <x:v>6728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>9.22</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>5813.473</x:v>
+        <x:v>5988.148</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>6532.04</x:v>
+        <x:v>6728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>9.2</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>5813.389</x:v>
+        <x:v>5980.601</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>6532.04</x:v>
+        <x:v>6720.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45910.2980671296</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>9.2</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>5796.096</x:v>
+        <x:v>5981.105</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>6512.61</x:v>
+        <x:v>6720.38</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45967.3261689815</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>8.99</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>5796.105</x:v>
+        <x:v>6048.665</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>6512.64</x:v>
+        <x:v>6796.29</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45909.3354861111</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>8.89</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>5780.539</x:v>
+        <x:v>6048.676</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>6495.15</x:v>
+        <x:v>6796.29</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45966.3278356481</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>8.81</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>5780.444</x:v>
+        <x:v>6026.658</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>6495.15</x:v>
+        <x:v>6771.55</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45908.3013425926</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>5768.296</x:v>
+        <x:v>6026.735</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>6481.5</x:v>
+        <x:v>6771.67</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45965.3316550926</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>8.69</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>5767.904</x:v>
+        <x:v>6098.202</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>6481.5</x:v>
+        <x:v>6851.97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>9.03</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>5786.22</x:v>
+        <x:v>6097.955</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>6502.08</x:v>
+        <x:v>6851.97</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45964.3095486111</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>8.92</x:v>
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>5786.446</x:v>
+        <x:v>6087.48</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>6502.08</x:v>
+        <x:v>6840.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45904.3202199074</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>8.4</x:v>
+        <x:v>11.98</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>5738.546</x:v>
+        <x:v>6087.43</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>6448.26</x:v>
+        <x:v>6840.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45961.3396296296</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>8.36</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>5738.867</x:v>
+        <x:v>6071.534</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>6448.26</x:v>
+        <x:v>6822.34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45903.3225231481</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>8.06</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>5709.746</x:v>
+        <x:v>6071.866</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>6415.54</x:v>
+        <x:v>6822.35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45960.3311111111</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>8.04</x:v>
+        <x:v>12.76</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>5709.35</x:v>
+        <x:v>6132.599</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>6415.54</x:v>
+        <x:v>6890.59</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45902.3291782407</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>8.49</x:v>
+        <x:v>12.77</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>5749.15</x:v>
+        <x:v>6132.594</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>6460.26</x:v>
+        <x:v>6890.59</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>8.55</x:v>
+        <x:v>13.08</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>5749.23</x:v>
+        <x:v>6132.861</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>6460.26</x:v>
+        <x:v>6890.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45898.3268402778</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>8.98</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>5786.254</x:v>
+        <x:v>6132.862</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>6501.86</x:v>
+        <x:v>6890.88</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>9.02</x:v>
+        <x:v>12.52</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>5786.542</x:v>
+        <x:v>6118.872</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>6501.86</x:v>
+        <x:v>6875.16</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45897.3190972222</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>8.73</x:v>
+        <x:v>12.57</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>5768.333</x:v>
+        <x:v>6118.871</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>6481.4</x:v>
+        <x:v>6875.17</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45957.30875</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>8.8</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>5768.425</x:v>
+        <x:v>6044.573</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>6481.38</x:v>
+        <x:v>6791.69</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>8.68</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>5754.683</x:v>
+        <x:v>6044.405</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>6465.94</x:v>
+        <x:v>6791.7</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>8.65</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>5754.395</x:v>
+        <x:v>5997.004</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>6465.94</x:v>
+        <x:v>6738.44</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45895.329375</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>8.35</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>5730.703</x:v>
+        <x:v>5997.125</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>6439.32</x:v>
+        <x:v>6738.42</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45953.3315277778</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>8.38</x:v>
+        <x:v>10.42</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>5730.903</x:v>
+        <x:v>5962.397</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>6439.32</x:v>
+        <x:v>6699.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>8.65</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>5755.458</x:v>
+        <x:v>5962.418</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>6466.91</x:v>
+        <x:v>6699.43</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45952.334837963</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>8.7</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>5755.356</x:v>
+        <x:v>5994.386</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>6466.91</x:v>
+        <x:v>6735.35</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>7.75</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>5669.258</x:v>
+        <x:v>5994.448</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>6370.17</x:v>
+        <x:v>6735.35</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45951.3246180556</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>7.77</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>5668.877</x:v>
+        <x:v>5994.253</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>6370.17</x:v>
+        <x:v>6735.13</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45890.3406944444</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>8.02</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>5691.67</x:v>
+        <x:v>5994.202</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>6395.78</x:v>
+        <x:v>6735.13</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>8.03</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>5692.129</x:v>
+        <x:v>5930.905</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>6395.78</x:v>
+        <x:v>6664.01</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45889.311087963</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>7.99</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>5706.004</x:v>
+        <x:v>5930.876</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>6411.37</x:v>
+        <x:v>6664.01</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45947.3413310185</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>8.19</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>5705.746</x:v>
+        <x:v>5899.779</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>6411.37</x:v>
+        <x:v>6629.07</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>8.46</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>5739.37</x:v>
+        <x:v>5899.862</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>6449.15</x:v>
+        <x:v>6629.07</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45946.3294907407</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>8.6</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>5739.399</x:v>
+        <x:v>5937.233</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>6449.15</x:v>
+        <x:v>6671.06</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>8.7</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>5739.978</x:v>
+        <x:v>5936.888</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>6449.8</x:v>
+        <x:v>6671.06</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45945.3264930556</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>8.63</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>5739.303</x:v>
+        <x:v>5913.081</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>6449.8</x:v>
+        <x:v>6644.31</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>9.01</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>5755.982</x:v>
+        <x:v>5913.365</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>6468.54</x:v>
+        <x:v>6644.31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45944.3350462963</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>8.84</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>5756.833</x:v>
+        <x:v>5922.63</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>6468.54</x:v>
+        <x:v>6654.72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45883.3327777778</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>8.72</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>5755.089</x:v>
+        <x:v>5922.701</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>6466.58</x:v>
+        <x:v>6654.72</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>8.82</x:v>
+        <x:v>8.87</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>5755.107</x:v>
+        <x:v>5831.135</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>6466.58</x:v>
+        <x:v>6552.52</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45882.3203819444</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>8.61</x:v>
+        <x:v>11.44</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>5736.578</x:v>
+        <x:v>5993.64</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>6445.76</x:v>
+        <x:v>6735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45939.3272685185</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>8.61</x:v>
+        <x:v>11.63</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>5736.592</x:v>
+        <x:v>6010.653</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>6445.76</x:v>
+        <x:v>6753.72</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45881.3727777778</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>8.02</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>5672.236</x:v>
+        <x:v>6010.811</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>6373.45</x:v>
+        <x:v>6753.72</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>7.9</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>5671.932</x:v>
+        <x:v>5975.948</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>6373.45</x:v>
+        <x:v>6714.59</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45937.3222569444</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>8.16</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>5686.172</x:v>
+        <x:v>5998.812</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>6389.45</x:v>
+        <x:v>6740.28</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>8.08</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>5686.2</x:v>
+        <x:v>5998.508</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>6389.45</x:v>
+        <x:v>6740.28</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45877.3108333333</x:v>
+        <x:v>45936.3349074074</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>7.77</x:v>
+        <x:v>11.39</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>5642.189</x:v>
+        <x:v>5976.712</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>6340</x:v>
+        <x:v>6715.79</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>7.61</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>5642.548</x:v>
+        <x:v>5976.568</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>6340</x:v>
+        <x:v>6715.79</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45876.3216782407</x:v>
+        <x:v>45933.3311111111</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>7.8</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>5647.051</x:v>
+        <x:v>5976.176</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>6345.06</x:v>
+        <x:v>6715.35</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>7.67</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>5647.096</x:v>
+        <x:v>5976.604</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>6345.06</x:v>
+        <x:v>6715.35</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45875.292650463</x:v>
+        <x:v>45932.3523958333</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>7.4</x:v>
+        <x:v>11.17</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>5606.271</x:v>
+        <x:v>5972.91</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>6299.19</x:v>
+        <x:v>6711.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>7.26</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>5606.217</x:v>
+        <x:v>5972.735</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>6299.19</x:v>
+        <x:v>6711.2</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45874.3206134259</x:v>
+        <x:v>45931.3342476852</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>7.68</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>5633.585</x:v>
+        <x:v>5952.497</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>6329.94</x:v>
+        <x:v>6688.46</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>7.56</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>5633.479</x:v>
+        <x:v>5952.264</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>6329.94</x:v>
+        <x:v>6688.46</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45873.3305555556</x:v>
+        <x:v>45930.3326851852</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>6.91</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>5641.89</x:v>
+        <x:v>5928.011</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>6339.39</x:v>
+        <x:v>6661.21</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45870.3093634259</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>7.61</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>5642.057</x:v>
+        <x:v>5928.437</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>6339.39</x:v>
+        <x:v>6661.21</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45929.3289467593</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>7.68</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>5641.709</x:v>
+        <x:v>5912.853</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>6339.39</x:v>
+        <x:v>6643.7</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45869.3149189815</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>8.52</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>5662.633</x:v>
+        <x:v>5912.764</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>6362.9</x:v>
+        <x:v>6643.7</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45926.3217939815</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>7.92</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>5662.953</x:v>
+        <x:v>5878.072</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>6362.9</x:v>
+        <x:v>6604.72</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45868.3284722222</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>8.14</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>5670.038</x:v>
+        <x:v>5878.147</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>6370.86</x:v>
+        <x:v>6604.72</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45925.315474537</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>8.01</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>5670.045</x:v>
+        <x:v>5907.739</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>6370.86</x:v>
+        <x:v>6637.97</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45867.3012731482</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>8.3</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>5686.874</x:v>
+        <x:v>5907.766</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>6389.77</x:v>
+        <x:v>6637.97</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45924.3777777778</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>8.21</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>5686.895</x:v>
+        <x:v>5924.632</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>6389.77</x:v>
+        <x:v>6656.92</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>8.23</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>5685.655</x:v>
+        <x:v>5924.659</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>6388.64</x:v>
+        <x:v>6656.92</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45863.3330671296</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>8.13</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>5663.147</x:v>
+        <x:v>5957.058</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>6363.35</x:v>
+        <x:v>6693.75</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>7.98</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>5663.345</x:v>
+        <x:v>5930.901</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>6363.35</x:v>
+        <x:v>6664.36</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45862.3205439815</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>7.99</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>5659.393</x:v>
+        <x:v>5931.268</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>6358.91</x:v>
+        <x:v>6664.36</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45919.3281018519</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>7.95</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>5659.41</x:v>
+        <x:v>5902.432</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>6358.95</x:v>
+        <x:v>6631.96</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45861.3266550926</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>7.65</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>5615.506</x:v>
+        <x:v>5902.367</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>6309.62</x:v>
+        <x:v>6631.95</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45918.3014583333</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>7.49</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>5615.472</x:v>
+        <x:v>5874.243</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>6309.62</x:v>
+        <x:v>6600.35</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45860.3213194444</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>7.42</x:v>
+        <x:v>9.91</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>5611.894</x:v>
+        <x:v>5874.239</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>6305.6</x:v>
+        <x:v>6600.35</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45917.3258564815</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>7.46</x:v>
+        <x:v>9.95</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>5611.876</x:v>
+        <x:v>5879.944</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>6305.6</x:v>
+        <x:v>6606.76</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45859.3186342593</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>7.44</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>5604.035</x:v>
+        <x:v>5879.851</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>6296.79</x:v>
+        <x:v>6606.76</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45916.314212963</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>7.4</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>5603.868</x:v>
+        <x:v>5887.434</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>6296.79</x:v>
+        <x:v>6615.28</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45856.3029398148</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>7.55</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>5604.376</x:v>
+        <x:v>5886.561</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>6297.36</x:v>
+        <x:v>6615.28</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>7.41</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>5604.606</x:v>
+        <x:v>5858.98</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>6297.36</x:v>
+        <x:v>6584.29</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45855.3328819444</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>7.08</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>5574.649</x:v>
+        <x:v>5859.83</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>6263.7</x:v>
+        <x:v>6584.29</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45912.3096527778</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>7.11</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>5574.693</x:v>
+        <x:v>5862.66</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>6263.7</x:v>
+        <x:v>6587.47</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>6.94</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>5556.534</x:v>
+        <x:v>5862.806</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>6243.76</x:v>
+        <x:v>6587.47</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45853.3148032407</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>7.34</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>5578.606</x:v>
+        <x:v>5813.473</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>6268.56</x:v>
+        <x:v>6532.04</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>7.17</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>5579.011</x:v>
+        <x:v>5813.389</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>6268.56</x:v>
+        <x:v>6532.04</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45852.3465277778</x:v>
+        <x:v>45910.2980671296</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>6.76</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>5571.17</x:v>
+        <x:v>5796.096</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>6259.75</x:v>
+        <x:v>6512.61</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>7.11</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>5571.173</x:v>
+        <x:v>5796.105</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>6259.75</x:v>
+        <x:v>6512.64</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45849.3223148148</x:v>
+        <x:v>45909.3354861111</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>7.18</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>5589.605</x:v>
+        <x:v>5780.539</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>6280.46</x:v>
+        <x:v>6495.15</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>7.32</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>5588.987</x:v>
+        <x:v>5780.444</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>6280.46</x:v>
+        <x:v>6495.15</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45848.341400463</x:v>
+        <x:v>45908.3013425926</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>7.01</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>5573.679</x:v>
+        <x:v>5768.296</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>6263.26</x:v>
+        <x:v>6481.5</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>7.16</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>5574.25</x:v>
+        <x:v>5767.904</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>6263.26</x:v>
+        <x:v>6481.5</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45847.3742592593</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>6.84</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>5540.662</x:v>
+        <x:v>5786.22</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>6225.52</x:v>
+        <x:v>6502.08</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>6.84</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>5540.692</x:v>
+        <x:v>5786.446</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>6225.52</x:v>
+        <x:v>6502.08</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45846.3252083333</x:v>
+        <x:v>45904.3202199074</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>6.88</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>5544.661</x:v>
+        <x:v>5738.546</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>6229.98</x:v>
+        <x:v>6448.26</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>6.86</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>5544.597</x:v>
+        <x:v>5738.867</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>6229.98</x:v>
+        <x:v>6448.26</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45845.3086921296</x:v>
+        <x:v>45903.3225231481</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>7.04</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>5588.536</x:v>
+        <x:v>5709.746</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>6279.35</x:v>
+        <x:v>6415.54</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>7.36</x:v>
+        <x:v>8.04</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>5587.934</x:v>
+        <x:v>5709.35</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>6279.35</x:v>
+        <x:v>6415.54</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45841.3248726852</x:v>
+        <x:v>45902.3291782407</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>6.96</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>5541.717</x:v>
+        <x:v>5749.15</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>6227.42</x:v>
+        <x:v>6460.26</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>6.9</x:v>
+        <x:v>8.55</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>5542.292</x:v>
+        <x:v>5749.23</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>6227.42</x:v>
+        <x:v>6460.26</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45840.3303472222</x:v>
+        <x:v>45898.3268402778</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>6.78</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>5516.118</x:v>
+        <x:v>5786.254</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>6198.01</x:v>
+        <x:v>6501.86</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>6.66</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>5516.126</x:v>
+        <x:v>5786.542</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>6198.01</x:v>
+        <x:v>6501.86</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45839.6668055556</x:v>
+        <x:v>45897.3190972222</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>6.66</x:v>
+        <x:v>8.73</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>5522.303</x:v>
+        <x:v>5768.333</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6481.4</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45839.4783912037</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>6.62</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>5522.303</x:v>
+        <x:v>5768.425</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6481.38</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45839.3819675926</x:v>
+        <x:v>45896.3337615741</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>6.66</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>5522.303</x:v>
+        <x:v>5754.683</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>6.73</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>5522.038</x:v>
+        <x:v>5754.395</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45838.3080671296</x:v>
+        <x:v>45895.329375</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>6.66</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>5493.691</x:v>
+        <x:v>5730.703</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>6173.1</x:v>
+        <x:v>6439.32</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>6.48</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>5493.747</x:v>
+        <x:v>5730.903</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>6173.1</x:v>
+        <x:v>6439.32</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45835.307025463</x:v>
+        <x:v>45894.3297685185</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>6.31</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>5465.196</x:v>
+        <x:v>5755.458</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>6141.02</x:v>
+        <x:v>6466.91</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>6.23</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>5465.455</x:v>
+        <x:v>5755.356</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>6141.02</x:v>
+        <x:v>6466.91</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45834.3176851852</x:v>
+        <x:v>45891.3279861111</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>5.94</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>5421.97</x:v>
+        <x:v>5669.258</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>6092.16</x:v>
+        <x:v>6370.17</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>5.86</x:v>
+        <x:v>7.77</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>5421.989</x:v>
+        <x:v>5668.877</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>6092.16</x:v>
+        <x:v>6370.17</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45833.3086921296</x:v>
+        <x:v>45890.3406944444</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>5.89</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>5422.042</x:v>
+        <x:v>5691.67</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>6092.22</x:v>
+        <x:v>6395.78</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>5.86</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>5421.982</x:v>
+        <x:v>5692.129</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>6092.22</x:v>
+        <x:v>6395.78</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45832.3006365741</x:v>
+        <x:v>45889.311087963</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>5.64</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>5362.307</x:v>
+        <x:v>5706.004</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>6025.17</x:v>
+        <x:v>6411.37</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>5.39</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>5362.329</x:v>
+        <x:v>5705.746</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>6025.17</x:v>
+        <x:v>6411.37</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45831.306875</x:v>
+        <x:v>45888.3193055556</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>4.92</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>5311.305</x:v>
+        <x:v>5739.37</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>5967.84</x:v>
+        <x:v>6449.15</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>5.02</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>5311.141</x:v>
+        <x:v>5739.399</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>5967.84</x:v>
+        <x:v>6449.15</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45828.3668634259</x:v>
+        <x:v>45887.3188773148</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>5.03</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>5322.738</x:v>
+        <x:v>5739.978</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>5980.87</x:v>
+        <x:v>6449.8</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45828.3146527778</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>5.02</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>5322.738</x:v>
+        <x:v>5739.303</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>5980.87</x:v>
+        <x:v>6449.8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45884.3109953704</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>5.12</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>5322.832</x:v>
+        <x:v>5755.982</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>5980.87</x:v>
+        <x:v>6468.54</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45826.3250925926</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>5.18</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>5324.478</x:v>
+        <x:v>5756.833</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>5982.72</x:v>
+        <x:v>6468.54</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45883.3327777778</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>5.14</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>5324.491</x:v>
+        <x:v>5755.089</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>5982.72</x:v>
+        <x:v>6466.58</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45825.3552199074</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>5.32</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>5369.338</x:v>
+        <x:v>5755.107</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>6033.11</x:v>
+        <x:v>6466.58</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45882.3203819444</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>5.52</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>5368.782</x:v>
+        <x:v>5736.578</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>6033.11</x:v>
+        <x:v>6445.76</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45824.3396064815</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>5.22</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>5318.817</x:v>
+        <x:v>5736.592</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>5976.97</x:v>
+        <x:v>6445.76</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45881.3727777778</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>5.14</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>5318.798</x:v>
+        <x:v>5672.236</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>5976.97</x:v>
+        <x:v>6373.45</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45821.3721064815</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>5.05</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>5379.576</x:v>
+        <x:v>5671.932</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>6045.26</x:v>
+        <x:v>6373.45</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45880.3183564815</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>5.65</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>5380.234</x:v>
+        <x:v>5686.172</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>6045.26</x:v>
+        <x:v>6389.45</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45820.3712384259</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>5.4</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>5359.8</x:v>
+        <x:v>5686.2</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>6022.3</x:v>
+        <x:v>6389.45</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45820.3363194444</x:v>
+        <x:v>45877.3108333333</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>5.38</x:v>
+        <x:v>7.77</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>5359.746</x:v>
+        <x:v>5642.189</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>6022.24</x:v>
+        <x:v>6340</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>5.49</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>5359.795</x:v>
+        <x:v>5642.548</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>6022.3</x:v>
+        <x:v>6340</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45819.3319907407</x:v>
+        <x:v>45876.3216782407</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>5.48</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>5374.489</x:v>
+        <x:v>5647.051</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>6038.81</x:v>
+        <x:v>6345.06</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>5.62</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>5374.397</x:v>
+        <x:v>5647.096</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>6038.81</x:v>
+        <x:v>6345.06</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45818.3301736111</x:v>
+        <x:v>45875.292650463</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>5.37</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>5340.177</x:v>
+        <x:v>5606.271</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>6000.36</x:v>
+        <x:v>6299.19</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45817.3307638889</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>5.28</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>5340.32</x:v>
+        <x:v>5606.217</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>6000.36</x:v>
+        <x:v>6299.19</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45874.3206134259</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>5.37</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>5339.832</x:v>
+        <x:v>5633.585</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>6000.36</x:v>
+        <x:v>6329.94</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45814.3348726852</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>5.11</x:v>
+        <x:v>7.56</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>5285.488</x:v>
+        <x:v>5633.479</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>5939.3</x:v>
+        <x:v>6329.94</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45813.9353356482</x:v>
+        <x:v>45873.3305555556</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>4.96</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>5285.639</x:v>
+        <x:v>5641.89</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>5939.3</x:v>
+        <x:v>6339.39</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45870.3093634259</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>4.96</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>5285.639</x:v>
+        <x:v>5642.057</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>5939.3</x:v>
+        <x:v>6339.39</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45813.3163773148</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>5.15</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>5313.683</x:v>
+        <x:v>5641.709</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>5970.81</x:v>
+        <x:v>6339.39</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45869.3149189815</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>5.19</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>5313.848</x:v>
+        <x:v>5662.633</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>5970.81</x:v>
+        <x:v>6362.9</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45812.3098611111</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>5.17</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>5313.456</x:v>
+        <x:v>5662.953</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>5970.37</x:v>
+        <x:v>6362.9</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45868.3284722222</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>5.19</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>5313.566</x:v>
+        <x:v>5670.038</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>5970.37</x:v>
+        <x:v>6370.86</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45811.3127430556</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>4.83</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>5282.923</x:v>
+        <x:v>5670.045</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>5935.94</x:v>
+        <x:v>6370.86</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45867.3012731482</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>4.96</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>5282.486</x:v>
+        <x:v>5686.874</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>5935.94</x:v>
+        <x:v>6389.77</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>4.23</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>5164.264</x:v>
+        <x:v>5686.895</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>5802.82</x:v>
+        <x:v>6389.77</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45800.3403125</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>4.42</x:v>
+        <x:v>8.23</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>5199.143</x:v>
+        <x:v>5685.655</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>5842.01</x:v>
+        <x:v>6388.64</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45863.3330671296</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>4.47</x:v>
+        <x:v>8.13</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>5199.302</x:v>
+        <x:v>5663.147</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>5842.01</x:v>
+        <x:v>6363.35</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45799.3380324074</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>4.54</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>5201.616</x:v>
+        <x:v>5663.345</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>5844.61</x:v>
+        <x:v>6363.35</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45862.3205439815</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>4.49</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>5201.57</x:v>
+        <x:v>5659.393</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>5844.61</x:v>
+        <x:v>6358.91</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45798.3289236111</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>4.99</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>5286.877</x:v>
+        <x:v>5659.41</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>5940.46</x:v>
+        <x:v>6358.95</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45861.3266550926</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>5.16</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>5286.924</x:v>
+        <x:v>5615.506</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>5940.46</x:v>
+        <x:v>6309.62</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45797.3326851852</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>5.21</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>5307.518</x:v>
+        <x:v>5615.472</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>5963.6</x:v>
+        <x:v>6309.62</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45860.3213194444</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>5.33</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>5307.004</x:v>
+        <x:v>5611.894</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>5963.6</x:v>
+        <x:v>6305.6</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45796.3431481481</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>4.87</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>5302.358</x:v>
+        <x:v>5611.876</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>5958.38</x:v>
+        <x:v>6305.6</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45859.3186342593</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>5.31</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>5302.411</x:v>
+        <x:v>5604.035</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>5958.38</x:v>
+        <x:v>6296.79</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45793.3222800926</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>5.01</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>5265.52</x:v>
+        <x:v>5603.868</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>5916.93</x:v>
+        <x:v>6296.79</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45856.3029398148</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>5.03</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>5265.036</x:v>
+        <x:v>5604.376</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>5916.93</x:v>
+        <x:v>6297.36</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45792.3632986111</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>4.7</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>5243.364</x:v>
+        <x:v>5604.606</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>5892.58</x:v>
+        <x:v>6297.36</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45855.3328819444</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>4.87</x:v>
+        <x:v>7.08</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>5244.208</x:v>
+        <x:v>5574.649</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>5892.58</x:v>
+        <x:v>6263.7</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45791.3168055556</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>4.86</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>5238.842</x:v>
+        <x:v>5574.693</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>5886.55</x:v>
+        <x:v>6263.7</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>4.83</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>5238.924</x:v>
+        <x:v>5556.534</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>5886.55</x:v>
+        <x:v>6243.76</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45790.3103935185</x:v>
+        <x:v>45853.3148032407</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>4.44</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>5201.224</x:v>
+        <x:v>5578.606</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>5844.19</x:v>
+        <x:v>6268.56</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>4.57</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>5200.858</x:v>
+        <x:v>5579.011</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>5844.19</x:v>
+        <x:v>6268.56</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45789.3140277778</x:v>
+        <x:v>45852.3465277778</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>4.04</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>5036.849</x:v>
+        <x:v>5571.17</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>5659.91</x:v>
+        <x:v>6259.75</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>3.63</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>5036.623</x:v>
+        <x:v>5571.173</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>5659.91</x:v>
+        <x:v>6259.75</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45786.3723148148</x:v>
+        <x:v>45849.3223148148</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>3.7</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>5040.21</x:v>
+        <x:v>5589.605</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>5663.94</x:v>
+        <x:v>6280.46</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45786.3470023148</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>3.69</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>5040.21</x:v>
+        <x:v>5588.987</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>5663.94</x:v>
+        <x:v>6280.46</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45848.341400463</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>3.65</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>5040.9</x:v>
+        <x:v>5573.679</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>5663.94</x:v>
+        <x:v>6263.26</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45785.3334027778</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>3.7</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>5011.833</x:v>
+        <x:v>5574.25</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>5631.28</x:v>
+        <x:v>6263.26</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45847.3742592593</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>3.5</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>5011.804</x:v>
+        <x:v>5540.662</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>5631.27</x:v>
+        <x:v>6225.52</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45784.3171759259</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>3.53</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>4990.123</x:v>
+        <x:v>5540.692</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>5606.91</x:v>
+        <x:v>6225.52</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45846.3252083333</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>3.38</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>4990.088</x:v>
+        <x:v>5544.661</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>5606.9</x:v>
+        <x:v>6229.98</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45783.3026273148</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>3.54</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>5028.785</x:v>
+        <x:v>5544.597</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>5650.38</x:v>
+        <x:v>6229.98</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45845.3086921296</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>3.61</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>5028.634</x:v>
+        <x:v>5588.536</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>5650.38</x:v>
+        <x:v>6279.35</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45782.330462963</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>3.59</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>5060.932</x:v>
+        <x:v>5587.934</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>5686.67</x:v>
+        <x:v>6279.35</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45841.3248726852</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>3.81</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>5061.013</x:v>
+        <x:v>5541.717</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>5686.67</x:v>
+        <x:v>6227.42</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45779.3399652778</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>3.58</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>4956.34</x:v>
+        <x:v>5542.292</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>5569.06</x:v>
+        <x:v>6227.42</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45778.4046412037</x:v>
+        <x:v>45840.3303472222</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>3.5</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>4956.463</x:v>
+        <x:v>5516.118</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>5569.06</x:v>
+        <x:v>6198.01</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>3.27</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>4956.157</x:v>
+        <x:v>5516.126</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>5569.06</x:v>
+        <x:v>6198.01</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45777.3307291667</x:v>
+        <x:v>45839.6668055556</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>3.11</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>4948.833</x:v>
+        <x:v>5522.303</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>5560.83</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45839.4783912037</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>3.23</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>4949.126</x:v>
+        <x:v>5522.303</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>5560.83</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45776.3338194444</x:v>
+        <x:v>45839.3819675926</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>3.11</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>4920.574</x:v>
+        <x:v>5522.303</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>5528.75</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>3.09</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>4920.518</x:v>
+        <x:v>5522.038</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>5528.75</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45775.3247222222</x:v>
+        <x:v>45838.3080671296</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>2.94</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>4917.367</x:v>
+        <x:v>5493.691</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>5525.21</x:v>
+        <x:v>6173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>3.09</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>4917.415</x:v>
+        <x:v>5493.747</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>5525.21</x:v>
+        <x:v>6173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45772.305625</x:v>
+        <x:v>45835.307025463</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>3.01</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>4881.423</x:v>
+        <x:v>5465.196</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>5484.77</x:v>
+        <x:v>6141.02</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>2.92</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>4881.445</x:v>
+        <x:v>5465.455</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>5484.77</x:v>
+        <x:v>6141.02</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45834.3176851852</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>2.51</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>4784.431</x:v>
+        <x:v>5421.97</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>5375.85</x:v>
+        <x:v>6092.16</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45770.3241898148</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>2.49</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>4706.031</x:v>
+        <x:v>5421.989</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>5287.76</x:v>
+        <x:v>6092.16</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45833.3086921296</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>2.22</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>4706.016</x:v>
+        <x:v>5422.042</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>5287.76</x:v>
+        <x:v>6092.22</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45769.3334722222</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>1.85</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>4701.513</x:v>
+        <x:v>5421.982</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>5282.7</x:v>
+        <x:v>6092.22</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45768.3754513889</x:v>
+        <x:v>45832.3006365741</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>2.06</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>4701.603</x:v>
+        <x:v>5362.307</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>5282.7</x:v>
+        <x:v>6025.17</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>2.21</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>4701.546</x:v>
+        <x:v>5362.329</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>5282.7</x:v>
+        <x:v>6025.17</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45764.3071527778</x:v>
+        <x:v>45831.306875</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>2.32</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>4695.316</x:v>
+        <x:v>5311.305</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>5275.7</x:v>
+        <x:v>5967.84</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>2.19</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>4695.275</x:v>
+        <x:v>5311.141</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>5275.7</x:v>
+        <x:v>5967.84</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45763.3015509259</x:v>
+        <x:v>45828.3668634259</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>2.46</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>4802.903</x:v>
+        <x:v>5322.738</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>5396.63</x:v>
+        <x:v>5980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45828.3146527778</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>2.68</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>4802.645</x:v>
+        <x:v>5322.738</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>5396.63</x:v>
+        <x:v>5980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45762.3053009259</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>2.69</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>4810.957</x:v>
+        <x:v>5322.832</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>5405.97</x:v>
+        <x:v>5980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45826.3250925926</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>2.71</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>4811.306</x:v>
+        <x:v>5324.478</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>5405.97</x:v>
+        <x:v>5982.72</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45761.3063773148</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>2.77</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>4773.383</x:v>
+        <x:v>5324.491</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>5363.36</x:v>
+        <x:v>5982.72</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45825.3552199074</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>2.56</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>4773.293</x:v>
+        <x:v>5369.338</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>5363.36</x:v>
+        <x:v>6033.11</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45758.3115740741</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>2.26</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>4688.467</x:v>
+        <x:v>5368.782</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>5268.05</x:v>
+        <x:v>6033.11</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45824.3396064815</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>2.24</x:v>
+        <x:v>5.22</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>4687.912</x:v>
+        <x:v>5318.817</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>5268.05</x:v>
+        <x:v>5976.97</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45757.3225925926</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>2.91</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>4855.989</x:v>
+        <x:v>5318.798</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>5456.9</x:v>
+        <x:v>5976.97</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45821.3721064815</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>3.1</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>4856.59</x:v>
+        <x:v>5379.576</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>5456.9</x:v>
+        <x:v>6045.26</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45756.3212847222</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>1.45</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>4434.614</x:v>
+        <x:v>5380.234</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>4982.77</x:v>
+        <x:v>6045.26</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45820.3712384259</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>1.76</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>4434.655</x:v>
+        <x:v>5359.8</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>4982.77</x:v>
+        <x:v>6022.3</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45755.3096064815</x:v>
+        <x:v>45820.3363194444</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>2.19</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>4505.392</x:v>
+        <x:v>5359.746</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>5062.25</x:v>
+        <x:v>6022.24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>2.01</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>4505.356</x:v>
+        <x:v>5359.795</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>5062.25</x:v>
+        <x:v>6022.3</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45754.3222916667</x:v>
+        <x:v>45819.3319907407</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>1.51</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>4515.885</x:v>
+        <x:v>5374.489</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>5074.08</x:v>
+        <x:v>6038.81</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>2.06</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>4515.43</x:v>
+        <x:v>5374.397</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>5074.08</x:v>
+        <x:v>6038.81</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45751.3357523148</x:v>
+        <x:v>45818.3301736111</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>3.85</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>4802.401</x:v>
+        <x:v>5340.177</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>5396.52</x:v>
+        <x:v>6000.36</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45817.3307638889</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>3.95</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>4802.717</x:v>
+        <x:v>5340.32</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>5396.52</x:v>
+        <x:v>6000.36</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45750.3403587963</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>4.95</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>5046.977</x:v>
+        <x:v>5339.832</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>5670.97</x:v>
+        <x:v>6000.36</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45749.3305787037</x:v>
+        <x:v>45814.3348726852</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>6.04</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>5013.32</x:v>
+        <x:v>5285.488</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>5633.07</x:v>
+        <x:v>5939.3</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45813.9353356482</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>6.13</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>5013.331</x:v>
+        <x:v>5285.639</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>5633.07</x:v>
+        <x:v>5939.3</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45748.3265856481</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>5.8</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>4994.446</x:v>
+        <x:v>5285.639</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>5611.85</x:v>
+        <x:v>5939.3</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45813.3163773148</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>5.95</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>4994.14</x:v>
+        <x:v>5313.683</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>5611.85</x:v>
+        <x:v>5970.81</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45747.3300578704</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>5.39</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>4966.63</x:v>
+        <x:v>5313.848</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>5580.94</x:v>
+        <x:v>5970.81</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45812.3098611111</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>5.72</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>4966.911</x:v>
+        <x:v>5313.456</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>5580.94</x:v>
+        <x:v>5970.37</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45744.3355555556</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>6.77</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>5066.921</x:v>
+        <x:v>5313.566</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>5693.31</x:v>
+        <x:v>5970.37</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45811.3127430556</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>6.79</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>5067.032</x:v>
+        <x:v>5282.923</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>5693.31</x:v>
+        <x:v>5935.94</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45743.3084837963</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>7.06</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>5083.844</x:v>
+        <x:v>5282.486</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>5712.2</x:v>
+        <x:v>5935.94</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>6.99</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>5083.858</x:v>
+        <x:v>5164.264</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>5712.2</x:v>
+        <x:v>5802.82</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45800.3403125</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>7.68</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>5141.06</x:v>
+        <x:v>5199.143</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>5776.65</x:v>
+        <x:v>5842.01</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45741.3256712963</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>7.46</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>5132.979</x:v>
+        <x:v>5199.302</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>5767.57</x:v>
+        <x:v>5842.01</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45799.3380324074</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>7.59</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>5133.106</x:v>
+        <x:v>5201.616</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>5767.57</x:v>
+        <x:v>5844.61</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45740.3152083333</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>7.02</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>5044.097</x:v>
+        <x:v>5201.57</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>5667.56</x:v>
+        <x:v>5844.61</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45798.3289236111</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>6.67</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>5044.022</x:v>
+        <x:v>5286.877</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>5667.56</x:v>
+        <x:v>5940.46</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45737.3250231482</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>6.6</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>5039.865</x:v>
+        <x:v>5286.924</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>5662.89</x:v>
+        <x:v>5940.46</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45797.3326851852</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>6.63</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>5039.49</x:v>
+        <x:v>5307.518</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>5662.89</x:v>
+        <x:v>5963.6</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45736.3183796296</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>7.01</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>5050.526</x:v>
+        <x:v>5307.004</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>5675.29</x:v>
+        <x:v>5963.6</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45796.3431481481</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>6.76</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>5050.974</x:v>
+        <x:v>5302.358</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>5675.29</x:v>
+        <x:v>5958.38</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45735.3342361111</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>6.28</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>4997.014</x:v>
+        <x:v>5302.411</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>5614.66</x:v>
+        <x:v>5958.38</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45793.3222800926</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>6.22</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>4996.907</x:v>
+        <x:v>5265.52</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>5614.66</x:v>
+        <x:v>5916.93</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45734.3080439815</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>6.64</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>5050.716</x:v>
+        <x:v>5265.036</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>5675.12</x:v>
+        <x:v>5916.93</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45792.3632986111</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>6.81</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>5050.575</x:v>
+        <x:v>5243.364</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>5675.12</x:v>
+        <x:v>5892.58</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45733.3035300926</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>6.18</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>5018.374</x:v>
+        <x:v>5244.208</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>5638.94</x:v>
+        <x:v>5892.58</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45791.3168055556</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>6.5</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>4913.358</x:v>
+        <x:v>5238.842</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>5638.94</x:v>
+        <x:v>5886.55</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45730.329212963</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>5.85</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>4913.358</x:v>
+        <x:v>5238.924</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>5521.52</x:v>
+        <x:v>5886.55</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45790.3103935185</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>5.55</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>4914.153</x:v>
+        <x:v>5201.224</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>0</x:v>
+        <x:v>5844.19</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45729.3311805556</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>6.05</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>4983.052</x:v>
+        <x:v>5200.858</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>5576.831</x:v>
+        <x:v>5844.19</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45789.3140277778</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>6.25</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>4983.377</x:v>
+        <x:v>5036.849</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>0</x:v>
+        <x:v>5659.91</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>6.13</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>4959.142</x:v>
+        <x:v>5036.623</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>0</x:v>
+        <x:v>5659.91</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45786.3723148148</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>6.13</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>4959.142</x:v>
+        <x:v>5040.21</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>5572.07</x:v>
+        <x:v>5663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45786.3470023148</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>6.02</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>4959.142</x:v>
+        <x:v>5040.21</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>5572.07</x:v>
+        <x:v>5663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45727.2981018519</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>6.47</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>4996.958</x:v>
+        <x:v>5040.9</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>5614.56</x:v>
+        <x:v>5663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45785.3334027778</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>6.42</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>5135.478</x:v>
+        <x:v>5011.833</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>5770.2</x:v>
+        <x:v>5631.28</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45726.3257407407</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>7.84</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>5135.478</x:v>
+        <x:v>5011.804</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>5770.2</x:v>
+        <x:v>5631.27</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45784.3171759259</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>8.21</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>5107.283</x:v>
+        <x:v>4990.123</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>5738.52</x:v>
+        <x:v>5606.91</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45723.3273032407</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>7.93</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>5107.283</x:v>
+        <x:v>4990.088</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>5738.52</x:v>
+        <x:v>5606.9</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45783.3026273148</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>7.86</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>5199.941</x:v>
+        <x:v>5028.785</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>5842.63</x:v>
+        <x:v>5650.38</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45722.3079166667</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>9.04</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>5199.941</x:v>
+        <x:v>5028.634</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>5842.63</x:v>
+        <x:v>5650.38</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45782.330462963</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>9.18</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>5142.554</x:v>
+        <x:v>5060.932</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>5778.15</x:v>
+        <x:v>5686.67</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45721.3042476852</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>8.88</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>5142.554</x:v>
+        <x:v>5061.013</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>5778.15</x:v>
+        <x:v>5686.67</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45779.3399652778</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>8.43</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>5206.251</x:v>
+        <x:v>4956.34</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>5849.72</x:v>
+        <x:v>5569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45720.3012962963</x:v>
+        <x:v>45778.4046412037</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>9.56</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>5206.251</x:v>
+        <x:v>4956.463</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>5849.72</x:v>
+        <x:v>5569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>9.36</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>5299.505</x:v>
+        <x:v>4956.157</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>5954.5</x:v>
+        <x:v>5569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45719.3276851852</x:v>
+        <x:v>45777.3307291667</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>11.01</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>5299.505</x:v>
+        <x:v>4948.833</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>5954.5</x:v>
+        <x:v>5560.83</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>10.93</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>5216.806</x:v>
+        <x:v>4949.126</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>5861.58</x:v>
+        <x:v>5560.83</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45716.3362731481</x:v>
+        <x:v>45776.3338194444</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>9.79</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>5216.806</x:v>
+        <x:v>4920.574</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>5861.58</x:v>
+        <x:v>5528.75</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>9.7</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>5300.893</x:v>
+        <x:v>4920.518</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>5956.06</x:v>
+        <x:v>5528.75</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45715.3300810185</x:v>
+        <x:v>45775.3247222222</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>11.46</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>5300.893</x:v>
+        <x:v>4917.367</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>5956.06</x:v>
+        <x:v>5525.21</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>11.12</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>5300.172</x:v>
+        <x:v>4917.415</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>5955.25</x:v>
+        <x:v>5525.21</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45714.3319212963</x:v>
+        <x:v>45772.305625</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>11.47</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>5300.172</x:v>
+        <x:v>4881.423</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>5955.25</x:v>
+        <x:v>5484.77</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>11.12</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>5325.101</x:v>
+        <x:v>4881.445</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>5983.26</x:v>
+        <x:v>5484.77</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45713.3260069444</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>11.7</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>5325.101</x:v>
+        <x:v>4784.431</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>5983.26</x:v>
+        <x:v>5375.85</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45770.3241898148</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>11.57</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>5351.686</x:v>
+        <x:v>4706.031</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>6013.13</x:v>
+        <x:v>5287.76</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45712.3301736111</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>12.56</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>5351.686</x:v>
+        <x:v>4706.016</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>6013.13</x:v>
+        <x:v>5287.76</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45769.3334722222</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>12.09</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>5444.593</x:v>
+        <x:v>4701.513</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>6117.52</x:v>
+        <x:v>5282.7</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45709.3341319444</x:v>
+        <x:v>45768.3754513889</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>14.04</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>5444.593</x:v>
+        <x:v>4701.603</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>6117.52</x:v>
+        <x:v>5282.7</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>14.01</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>5468.294</x:v>
+        <x:v>4701.546</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>6144.15</x:v>
+        <x:v>5282.7</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45708.3309606481</x:v>
+        <x:v>45764.3071527778</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>14.17</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>5468.294</x:v>
+        <x:v>4695.316</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>6144.15</x:v>
+        <x:v>5275.7</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>14.52</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>5455.326</x:v>
+        <x:v>4695.275</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>6129.58</x:v>
+        <x:v>5275.7</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45707.3252083333</x:v>
+        <x:v>45763.3015509259</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>14.38</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>5455.326</x:v>
+        <x:v>4802.903</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>6129.58</x:v>
+        <x:v>5396.63</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>14.26</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>5442.021</x:v>
+        <x:v>4802.645</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>6114.63</x:v>
+        <x:v>5396.63</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45706.3336226852</x:v>
+        <x:v>45762.3053009259</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>14.35</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>5442.021</x:v>
+        <x:v>4810.957</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>6114.63</x:v>
+        <x:v>5405.97</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>14.04</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>5442.412</x:v>
+        <x:v>4811.306</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>6115.07</x:v>
+        <x:v>5405.97</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45702.3050115741</x:v>
+        <x:v>45761.3063773148</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>14.15</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>5442.412</x:v>
+        <x:v>4773.383</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>6115.07</x:v>
+        <x:v>5363.36</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45701.3087268519</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>13.2</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>5386.253</x:v>
+        <x:v>4773.293</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>6051.97</x:v>
+        <x:v>5363.36</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45758.3115740741</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>12.98</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>5400.965</x:v>
+        <x:v>4688.467</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>6068.5</x:v>
+        <x:v>5268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45700.3382407407</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>13.24</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>5400.965</x:v>
+        <x:v>4687.912</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>6068.5</x:v>
+        <x:v>5268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45757.3225925926</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>13.27</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>5399.132</x:v>
+        <x:v>4855.989</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>6066.44</x:v>
+        <x:v>5456.9</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45699.3331828704</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>12.99</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>5399.132</x:v>
+        <x:v>4856.59</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>6066.44</x:v>
+        <x:v>5456.9</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45756.3212847222</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>13.25</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>5399.132</x:v>
+        <x:v>4434.614</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>6066.44</x:v>
+        <x:v>4982.77</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45698.3236458333</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>12.89</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>5363.131</x:v>
+        <x:v>4434.655</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>6025.99</x:v>
+        <x:v>4982.77</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45755.3096064815</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>12.61</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>5414.377</x:v>
+        <x:v>4505.392</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>6083.57</x:v>
+        <x:v>5062.25</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45695.3078819444</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>13.49</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>5414.377</x:v>
+        <x:v>4505.356</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>6083.57</x:v>
+        <x:v>5062.25</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45754.3222916667</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>13.65</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>5394.717</x:v>
+        <x:v>4515.885</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>6061.48</x:v>
+        <x:v>5074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>13.28</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>5394.717</x:v>
+        <x:v>4515.43</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>6061.48</x:v>
+        <x:v>5074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45693.3224421296</x:v>
+        <x:v>45751.3357523148</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>12.38</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>5373.713</x:v>
+        <x:v>4802.401</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>6037.88</x:v>
+        <x:v>5396.52</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>12.89</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>5373.713</x:v>
+        <x:v>4802.717</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>6037.88</x:v>
+        <x:v>5396.52</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45692.3038657407</x:v>
+        <x:v>45750.3403587963</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>12.06</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>5335.167</x:v>
+        <x:v>5046.977</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>5994.57</x:v>
+        <x:v>5670.97</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45749.3305787037</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>12.2</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>5335.167</x:v>
+        <x:v>5013.32</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>5994.57</x:v>
+        <x:v>5633.07</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45691.2980902778</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>11.03</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>5376.072</x:v>
+        <x:v>5013.331</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>6040.53</x:v>
+        <x:v>5633.07</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45748.3265856481</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>13.03</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>5376.072</x:v>
+        <x:v>4994.446</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>6040.53</x:v>
+        <x:v>5611.85</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45688.3275231481</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>13.93</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>5403.341</x:v>
+        <x:v>4994.14</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>6071.17</x:v>
+        <x:v>5611.85</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45747.3300578704</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>13.59</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>5403.341</x:v>
+        <x:v>4966.63</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>6071.17</x:v>
+        <x:v>5580.94</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45687.2884837963</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>13.4</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>5374.986</x:v>
+        <x:v>4966.911</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>6039.31</x:v>
+        <x:v>5580.94</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45744.3355555556</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>13.05</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>5374.986</x:v>
+        <x:v>5066.921</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>6039.31</x:v>
+        <x:v>5693.31</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45686.2993402778</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>13.75</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>5400.253</x:v>
+        <x:v>5067.032</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>6067.7</x:v>
+        <x:v>5693.31</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45743.3084837963</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>13.57</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>5400.253</x:v>
+        <x:v>5083.844</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>6067.7</x:v>
+        <x:v>5712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45684.3267708333</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>12.75</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>5430.104</x:v>
+        <x:v>5083.858</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>6101.24</x:v>
+        <x:v>5712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>14.38</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>5430.104</x:v>
+        <x:v>5141.06</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>6101.24</x:v>
+        <x:v>5776.65</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45681.3366203704</x:v>
+        <x:v>45741.3256712963</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>14.62</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>5445.652</x:v>
+        <x:v>5132.979</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>6118.71</x:v>
+        <x:v>5767.57</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45680.3001157407</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>13.98</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>5416.86</x:v>
+        <x:v>5133.106</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>6086.36</x:v>
+        <x:v>5767.57</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45740.3152083333</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>14.14</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>5416.86</x:v>
+        <x:v>5044.097</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>6086.36</x:v>
+        <x:v>5667.56</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45679.4487962963</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>13.97</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>5383.824</x:v>
+        <x:v>5044.022</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>6049.24</x:v>
+        <x:v>5667.56</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45679.3365162037</x:v>
+        <x:v>45737.3250231482</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>13.73</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>5383.824</x:v>
+        <x:v>5039.865</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>6049.24</x:v>
+        <x:v>5662.89</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>13.49</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>5383.824</x:v>
+        <x:v>5039.49</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>6049.24</x:v>
+        <x:v>5662.89</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45678.381412037</x:v>
+        <x:v>45736.3183796296</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>12.83</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>5337.027</x:v>
+        <x:v>5050.526</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>5996.66</x:v>
+        <x:v>5675.29</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>12.65</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>5337.027</x:v>
+        <x:v>5050.974</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>5996.66</x:v>
+        <x:v>5675.29</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45674.3320833333</x:v>
+        <x:v>45735.3342361111</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>11.9</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>5284.233</x:v>
+        <x:v>4997.014</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>5937.34</x:v>
+        <x:v>5614.66</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>11.73</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>5284.233</x:v>
+        <x:v>4996.907</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>5937.34</x:v>
+        <x:v>5614.66</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45673.4051967593</x:v>
+        <x:v>45734.3080439815</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>12.28</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>5295.42</x:v>
+        <x:v>5050.716</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>5949.91</x:v>
+        <x:v>5675.12</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>11.94</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>5295.42</x:v>
+        <x:v>5050.575</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>5949.91</x:v>
+        <x:v>5675.12</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45672.3295023148</x:v>
+        <x:v>45733.3035300926</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>10.47</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>5200.19</x:v>
+        <x:v>5018.374</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>5842.91</x:v>
+        <x:v>5638.94</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>10.42</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>5200.19</x:v>
+        <x:v>4913.358</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>5842.91</x:v>
+        <x:v>5638.94</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45671.3250115741</x:v>
+        <x:v>45730.329212963</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>10.62</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>5194.236</x:v>
+        <x:v>4913.358</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>5836.22</x:v>
+        <x:v>5521.52</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>10.34</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>5194.236</x:v>
+        <x:v>4914.153</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>5836.22</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45670.3234953704</x:v>
+        <x:v>45729.3311805556</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>9.89</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>5186.066</x:v>
+        <x:v>4983.052</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>5827.04</x:v>
+        <x:v>5576.831</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>10.24</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>5186.066</x:v>
+        <x:v>4983.377</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>5827.04</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45667.3069212963</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>11.46</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>5267.242</x:v>
+        <x:v>4959.142</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>5918.25</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>11.7</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>5267.225</x:v>
+        <x:v>4959.142</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>5918.23</x:v>
+        <x:v>5572.07</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45665.3223611111</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>11.85</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>5259.037</x:v>
+        <x:v>4959.142</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>5909.03</x:v>
+        <x:v>5572.07</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45727.2981018519</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>11.57</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>5259.037</x:v>
+        <x:v>4996.958</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>5909.03</x:v>
+        <x:v>5614.56</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45664.3059259259</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>12.62</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>5318.088</x:v>
+        <x:v>5135.478</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>5975.38</x:v>
+        <x:v>5770.2</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45726.3257407407</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>12.71</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>5318.088</x:v>
+        <x:v>5135.478</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>5975.38</x:v>
+        <x:v>5770.2</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45663.3329282407</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>12.25</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>5288.798</x:v>
+        <x:v>5107.283</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>5942.47</x:v>
+        <x:v>5738.52</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45723.3273032407</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>12.2</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>5288.798</x:v>
+        <x:v>5107.283</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>5942.47</x:v>
+        <x:v>5738.52</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45660.3227430556</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>11.27</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5199.941</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>5842.63</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45659.312025463</x:v>
+        <x:v>45722.3079166667</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>11.77</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5199.941</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>5842.63</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45657.3295949074</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>11.58</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5142.554</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>5778.15</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45721.3042476852</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>11.69</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5142.554</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>5778.15</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45656.3022453704</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>12.63</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>5314.048</x:v>
+        <x:v>5206.251</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>5970.84</x:v>
+        <x:v>5849.72</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45720.3012962963</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>12.83</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>5314.048</x:v>
+        <x:v>5206.251</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>5970.84</x:v>
+        <x:v>5849.72</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45653.3879976852</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>13.65</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>5316.922</x:v>
+        <x:v>5299.505</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>5974.07</x:v>
+        <x:v>5954.5</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45719.3276851852</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>12.94</x:v>
+        <x:v>11.01</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>5316.922</x:v>
+        <x:v>5299.505</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>5974.07</x:v>
+        <x:v>5954.5</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45649.315150463</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>12.8</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>5278.456</x:v>
+        <x:v>5216.806</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>5930.85</x:v>
+        <x:v>5861.58</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45716.3362731481</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>12.26</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>5278.456</x:v>
+        <x:v>5216.806</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>5930.85</x:v>
+        <x:v>5861.58</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>12.26</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>5278.456</x:v>
+        <x:v>5300.893</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>5930.85</x:v>
+        <x:v>5956.06</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45646.3145949074</x:v>
+        <x:v>45715.3300810185</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>11.08</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>5221.701</x:v>
+        <x:v>5300.893</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>5867.08</x:v>
+        <x:v>5956.06</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>11.29</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>5221.701</x:v>
+        <x:v>5300.172</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>5867.08</x:v>
+        <x:v>5955.25</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45645.3294791667</x:v>
+        <x:v>45714.3319212963</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>11.43</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>5226.222</x:v>
+        <x:v>5300.172</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>5872.16</x:v>
+        <x:v>5955.25</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>11.38</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>5226.222</x:v>
+        <x:v>5325.101</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>5872.16</x:v>
+        <x:v>5983.26</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45644.339375</x:v>
+        <x:v>45713.3260069444</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>15.06</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>5385.043</x:v>
+        <x:v>5325.101</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>6050.61</x:v>
+        <x:v>5983.26</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>14.92</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>5385.043</x:v>
+        <x:v>5351.686</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>6050.61</x:v>
+        <x:v>6013.13</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45643.3718634259</x:v>
+        <x:v>45712.3301736111</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>15.08</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>5405.931</x:v>
+        <x:v>5351.686</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>6074.08</x:v>
+        <x:v>6013.13</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>15.41</x:v>
+        <x:v>12.09</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>5405.931</x:v>
+        <x:v>5444.593</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>6074.08</x:v>
+        <x:v>6117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45642.3397685185</x:v>
+        <x:v>45709.3341319444</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>15.02</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>5385.47</x:v>
+        <x:v>5444.593</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>6051.09</x:v>
+        <x:v>6117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>15</x:v>
+        <x:v>14.01</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>5385.47</x:v>
+        <x:v>5468.294</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>6051.09</x:v>
+        <x:v>6144.15</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45639.3657407407</x:v>
+        <x:v>45708.3309606481</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>15.26</x:v>
+        <x:v>14.17</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>5385.612</x:v>
+        <x:v>5468.294</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>6051.25</x:v>
+        <x:v>6144.15</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>15.01</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>5385.612</x:v>
+        <x:v>5455.326</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>6051.25</x:v>
+        <x:v>6129.58</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45707.3252083333</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>15.71</x:v>
+        <x:v>14.38</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>5414.929</x:v>
+        <x:v>5455.326</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>6084.19</x:v>
+        <x:v>6129.58</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45637.3268402778</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>14.92</x:v>
+        <x:v>14.26</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>5371.07</x:v>
+        <x:v>5442.021</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>6034.91</x:v>
+        <x:v>6114.63</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45706.3336226852</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>14.76</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>5371.07</x:v>
+        <x:v>5442.021</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>6034.91</x:v>
+        <x:v>6114.63</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45636.3330902778</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>15.1</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>5387.036</x:v>
+        <x:v>5442.412</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>6052.85</x:v>
+        <x:v>6115.07</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45702.3050115741</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>15.13</x:v>
+        <x:v>14.15</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>5387.126</x:v>
+        <x:v>5442.412</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>6052.95</x:v>
+        <x:v>6115.07</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45635.3342939815</x:v>
+        <x:v>45701.3087268519</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>15.84</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>5420.34</x:v>
+        <x:v>5386.253</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>6090.27</x:v>
+        <x:v>6051.97</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>15.96</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>5420.34</x:v>
+        <x:v>5400.965</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>6090.27</x:v>
+        <x:v>6068.5</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45632.3303587963</x:v>
+        <x:v>45700.3382407407</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>15.66</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>5406.848</x:v>
+        <x:v>5400.965</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>6075.11</x:v>
+        <x:v>6068.5</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>15.66</x:v>
+        <x:v>13.27</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>5406.848</x:v>
+        <x:v>5399.132</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>6075.11</x:v>
+        <x:v>6066.44</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45631.3355671296</x:v>
+        <x:v>45699.3331828704</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>15.82</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>5416.976</x:v>
+        <x:v>5399.132</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>6086.49</x:v>
+        <x:v>6066.44</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>15.91</x:v>
+        <x:v>13.25</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>5416.976</x:v>
+        <x:v>5399.132</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>6086.49</x:v>
+        <x:v>6066.44</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45630.3720486111</x:v>
+        <x:v>45698.3236458333</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>15.34</x:v>
+        <x:v>12.89</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>5384.393</x:v>
+        <x:v>5363.131</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>6049.88</x:v>
+        <x:v>6025.99</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45630.3197800926</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>15.37</x:v>
+        <x:v>12.61</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>5384.393</x:v>
+        <x:v>5414.377</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>6049.88</x:v>
+        <x:v>6083.57</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45629.3090162037</x:v>
+        <x:v>45695.3078819444</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>15.24</x:v>
+        <x:v>13.49</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>5381.964</x:v>
+        <x:v>5414.377</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>6047.15</x:v>
+        <x:v>6083.57</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>15.15</x:v>
+        <x:v>13.65</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>5381.964</x:v>
+        <x:v>5394.717</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>6047.15</x:v>
+        <x:v>6061.48</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45628.3102199074</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>14.68</x:v>
+        <x:v>13.28</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>5368.818</x:v>
+        <x:v>5394.717</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>6032.38</x:v>
+        <x:v>6061.48</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45693.3224421296</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>14.9</x:v>
+        <x:v>12.38</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>5368.818</x:v>
+        <x:v>5373.713</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>6032.38</x:v>
+        <x:v>6037.88</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45625.3345601852</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>14.59</x:v>
+        <x:v>12.89</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>5338.879</x:v>
+        <x:v>5373.713</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>5998.74</x:v>
+        <x:v>6037.88</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45692.3038657407</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>14.28</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>5338.879</x:v>
+        <x:v>5335.167</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>5998.74</x:v>
+        <x:v>5994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45623.3308796296</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>14.73</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>5359.251</x:v>
+        <x:v>5335.167</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>6021.63</x:v>
+        <x:v>5994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45691.2980902778</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>14.74</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>5359.251</x:v>
+        <x:v>5376.072</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>6021.63</x:v>
+        <x:v>6040.53</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45622.3245717593</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>14.14</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>5328.759</x:v>
+        <x:v>5376.072</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>5987.37</x:v>
+        <x:v>6040.53</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45688.3275231481</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>14.11</x:v>
+        <x:v>13.93</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>5328.759</x:v>
+        <x:v>5403.341</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>5987.37</x:v>
+        <x:v>6071.17</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45621.327037037</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>14.23</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>5312.713</x:v>
+        <x:v>5403.341</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>5969.34</x:v>
+        <x:v>6071.17</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45687.2884837963</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>13.82</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>5312.713</x:v>
+        <x:v>5374.986</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>5969.34</x:v>
+        <x:v>6039.31</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45618.3145717593</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>13.47</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>5294.352</x:v>
+        <x:v>5374.986</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>5948.71</x:v>
+        <x:v>6039.31</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45686.2993402778</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>13.46</x:v>
+        <x:v>13.75</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>5294.352</x:v>
+        <x:v>5400.253</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>5948.71</x:v>
+        <x:v>6067.7</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45617.3206944444</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>12.69</x:v>
+        <x:v>13.57</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>5266.228</x:v>
+        <x:v>5400.253</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>5917.11</x:v>
+        <x:v>6067.7</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45684.3267708333</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>12.91</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>5266.228</x:v>
+        <x:v>5430.104</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>5917.11</x:v>
+        <x:v>6101.24</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45616.3339814815</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>13.17</x:v>
+        <x:v>14.38</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>5266.112</x:v>
+        <x:v>5430.104</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>5916.98</x:v>
+        <x:v>6101.24</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45616.3293865741</x:v>
+        <x:v>45681.3366203704</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>13.17</x:v>
+        <x:v>14.62</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>5266.112</x:v>
+        <x:v>5445.652</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>5916.98</x:v>
+        <x:v>6118.71</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45680.3001157407</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>12.92</x:v>
+        <x:v>13.98</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>5266.112</x:v>
+        <x:v>5416.86</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>5916.98</x:v>
+        <x:v>6086.36</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45615.3392592593</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>12.74</x:v>
+        <x:v>14.14</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>5245.322</x:v>
+        <x:v>5416.86</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>5893.62</x:v>
+        <x:v>6086.36</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45679.4487962963</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>12.54</x:v>
+        <x:v>13.97</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>5245.322</x:v>
+        <x:v>5383.824</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>5893.62</x:v>
+        <x:v>6049.24</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45679.3365162037</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>12.19</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>5224.852</x:v>
+        <x:v>5383.824</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>5870.62</x:v>
+        <x:v>6049.24</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45611.3089351852</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>13.31</x:v>
+        <x:v>13.49</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>5294.761</x:v>
+        <x:v>5383.824</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>5949.17</x:v>
+        <x:v>6049.24</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45678.381412037</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>13.63</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>5294.761</x:v>
+        <x:v>5337.027</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>5949.17</x:v>
+        <x:v>5996.66</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45610.33375</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>14.26</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>5326.988</x:v>
+        <x:v>5337.027</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>5985.38</x:v>
+        <x:v>5996.66</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45674.3320833333</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>14.34</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>5326.988</x:v>
+        <x:v>5284.233</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>5985.38</x:v>
+        <x:v>5937.34</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45609.3326967593</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>14.08</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>5325.751</x:v>
+        <x:v>5284.233</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>5983.99</x:v>
+        <x:v>5937.34</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45673.4051967593</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>14.32</x:v>
+        <x:v>12.28</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>5325.751</x:v>
+        <x:v>5295.42</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>5983.99</x:v>
+        <x:v>5949.91</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45608.3158333333</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>14.6</x:v>
+        <x:v>11.94</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>5341.202</x:v>
+        <x:v>5295.42</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>6001.35</x:v>
+        <x:v>5949.91</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45672.3295023148</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>14.67</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>5341.202</x:v>
+        <x:v>5200.19</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>6001.35</x:v>
+        <x:v>5842.91</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>14.61</x:v>
+        <x:v>10.42</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>5336.031</x:v>
+        <x:v>5200.19</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>5995.54</x:v>
+        <x:v>5842.91</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45604.3280439815</x:v>
+        <x:v>45671.3250115741</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>14.25</x:v>
+        <x:v>10.62</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>5316.059</x:v>
+        <x:v>5194.236</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>5973.1</x:v>
+        <x:v>5836.22</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>14.19</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>5316.059</x:v>
+        <x:v>5194.236</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>5973.1</x:v>
+        <x:v>5836.22</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45603.3279282407</x:v>
+        <x:v>45670.3234953704</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>13.58</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>5276.846</x:v>
+        <x:v>5186.066</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>5929.04</x:v>
+        <x:v>5827.04</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>13.4</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>5276.846</x:v>
+        <x:v>5186.066</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>5929.04</x:v>
+        <x:v>5827.04</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45602.2873148148</x:v>
+        <x:v>45667.3069212963</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>12.27</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>5146.656</x:v>
+        <x:v>5267.242</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>5782.76</x:v>
+        <x:v>5918.25</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>11.16</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>5146.656</x:v>
+        <x:v>5267.225</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>5782.76</x:v>
+        <x:v>5918.23</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45601.3076388889</x:v>
+        <x:v>45665.3223611111</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>10.25</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>5084.294</x:v>
+        <x:v>5259.037</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>5712.69</x:v>
+        <x:v>5909.03</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>10.17</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>5084.294</x:v>
+        <x:v>5259.037</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>5712.69</x:v>
+        <x:v>5909.03</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45600.300787037</x:v>
+        <x:v>45664.3059259259</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>10.6</x:v>
+        <x:v>12.62</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>5098.632</x:v>
+        <x:v>5318.088</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>5728.8</x:v>
+        <x:v>5975.38</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>10.44</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>5098.632</x:v>
+        <x:v>5318.088</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>5728.8</x:v>
+        <x:v>5975.38</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45597.332337963</x:v>
+        <x:v>45663.3329282407</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>10.28</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>5077.842</x:v>
+        <x:v>5288.798</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>5705.44</x:v>
+        <x:v>5942.47</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>10.12</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>5077.842</x:v>
+        <x:v>5288.798</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>5705.44</x:v>
+        <x:v>5942.47</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45596.3297569444</x:v>
+        <x:v>45660.3227430556</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>11.4</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>5174.166</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>5813.67</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45659.312025463</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>11.9</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>5174.166</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>5813.67</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45595.3305787037</x:v>
+        <x:v>45657.3295949074</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>12.51</x:v>
+        <x:v>11.58</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>5191.299</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>5832.92</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>12.24</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>5191.343</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>5832.97</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45656.3022453704</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>12.1</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>5182.933</x:v>
+        <x:v>5314.048</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>5823.52</x:v>
+        <x:v>5970.84</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45593.3395023148</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>12.34</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>5169.227</x:v>
+        <x:v>5314.048</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>5808.12</x:v>
+        <x:v>5970.84</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45653.3879976852</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>11.89</x:v>
+        <x:v>13.65</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>5169.227</x:v>
+        <x:v>5316.922</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>5808.12</x:v>
+        <x:v>5974.07</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45590.3330324074</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>11.96</x:v>
+        <x:v>12.94</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>5170.775</x:v>
+        <x:v>5316.922</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>5809.86</x:v>
+        <x:v>5974.07</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45649.315150463</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>11.93</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>5170.775</x:v>
+        <x:v>5278.456</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>5809.86</x:v>
+        <x:v>5930.85</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>11.74</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>5159.704</x:v>
+        <x:v>5278.456</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>5797.42</x:v>
+        <x:v>5930.85</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45588.3165046296</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>12.63</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>5207.568</x:v>
+        <x:v>5278.456</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>5851.2</x:v>
+        <x:v>5930.85</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45646.3145949074</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>12.69</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>5207.568</x:v>
+        <x:v>5221.701</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>5851.2</x:v>
+        <x:v>5867.08</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45587.326099537</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>12.6</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>5210.042</x:v>
+        <x:v>5221.701</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>5853.98</x:v>
+        <x:v>5867.08</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45645.3294791667</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>12.75</x:v>
+        <x:v>11.43</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>5210.042</x:v>
+        <x:v>5226.222</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>5853.98</x:v>
+        <x:v>5872.16</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45586.3304976852</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>12.91</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>5219.556</x:v>
+        <x:v>5226.222</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>5864.67</x:v>
+        <x:v>5872.16</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45581.3264351852</x:v>
+        <x:v>45644.339375</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>12.29</x:v>
+        <x:v>15.06</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>5175.581</x:v>
+        <x:v>5385.043</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>5815.26</x:v>
+        <x:v>6050.61</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>12.19</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>5175.581</x:v>
+        <x:v>5385.043</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>5815.26</x:v>
+        <x:v>6050.61</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45580.3263541667</x:v>
+        <x:v>45643.3718634259</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>13.07</x:v>
+        <x:v>15.08</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>5215.266</x:v>
+        <x:v>5405.931</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>5859.85</x:v>
+        <x:v>6074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>12.99</x:v>
+        <x:v>15.41</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>5215.266</x:v>
+        <x:v>5405.931</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>5859.85</x:v>
+        <x:v>6074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45642.3397685185</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>12.27</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>5175.377</x:v>
+        <x:v>5385.47</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>5815.03</x:v>
+        <x:v>6051.09</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45576.3246296296</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>11.74</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>5144.244</x:v>
+        <x:v>5385.47</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>5780.05</x:v>
+        <x:v>6051.09</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45639.3657407407</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>11.72</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>5144.244</x:v>
+        <x:v>5385.612</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>5780.05</x:v>
+        <x:v>6051.25</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45575.3252893519</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>11.9</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>5154.916</x:v>
+        <x:v>5385.612</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>5792.04</x:v>
+        <x:v>6051.25</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>11.92</x:v>
+        <x:v>15.71</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>5154.916</x:v>
+        <x:v>5414.929</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>5792.04</x:v>
+        <x:v>6084.19</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45574.3277314815</x:v>
+        <x:v>45637.3268402778</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>11.14</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>5118.506</x:v>
+        <x:v>5371.07</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>5751.13</x:v>
+        <x:v>6034.91</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>11.29</x:v>
+        <x:v>14.76</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>5118.506</x:v>
+        <x:v>5371.07</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>5751.13</x:v>
+        <x:v>6034.91</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45573.3288541667</x:v>
+        <x:v>45636.3330902778</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>10.46</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>5069.387</x:v>
+        <x:v>5387.036</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>5695.94</x:v>
+        <x:v>6052.85</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>10.49</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>5069.387</x:v>
+        <x:v>5387.126</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>5695.94</x:v>
+        <x:v>6052.95</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45572.3259375</x:v>
+        <x:v>45635.3342939815</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>11.23</x:v>
+        <x:v>15.84</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>5118.452</x:v>
+        <x:v>5420.34</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>5751.07</x:v>
+        <x:v>6090.27</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>11.41</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>5118.452</x:v>
+        <x:v>5420.34</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>5751.07</x:v>
+        <x:v>6090.27</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45569.3273958333</x:v>
+        <x:v>45632.3303587963</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>10.7</x:v>
+        <x:v>15.66</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>5072.947</x:v>
+        <x:v>5406.848</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>5699.94</x:v>
+        <x:v>6075.11</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>10.65</x:v>
+        <x:v>15.66</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>5072.947</x:v>
+        <x:v>5406.848</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>5699.94</x:v>
+        <x:v>6075.11</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45568.3090740741</x:v>
+        <x:v>45631.3355671296</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>10.64</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>5080.788</x:v>
+        <x:v>5416.976</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>5708.75</x:v>
+        <x:v>6086.49</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>10</x:v>
+        <x:v>15.91</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>5081.491</x:v>
+        <x:v>5416.976</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>5709.54</x:v>
+        <x:v>6086.49</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45567.3817939815</x:v>
+        <x:v>45630.3720486111</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>10.56</x:v>
+        <x:v>15.34</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>5128.607</x:v>
+        <x:v>5384.393</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>5762.48</x:v>
+        <x:v>6049.88</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45630.3197800926</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>10.8</x:v>
+        <x:v>15.37</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>5080.788</x:v>
+        <x:v>5384.393</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>5708.75</x:v>
+        <x:v>6049.88</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45566.3285648148</x:v>
+        <x:v>45629.3090162037</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>11.59</x:v>
+        <x:v>15.24</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>5128.607</x:v>
+        <x:v>5381.964</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>5762.48</x:v>
+        <x:v>6047.15</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>11.69</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>5128.58</x:v>
+        <x:v>5381.964</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>5762.45</x:v>
+        <x:v>6047.15</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45565.3313888889</x:v>
+        <x:v>45628.3102199074</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>11.24</x:v>
+        <x:v>14.68</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>5106.971</x:v>
+        <x:v>5368.818</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>5738.17</x:v>
+        <x:v>6032.38</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>11.34</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>5106.971</x:v>
+        <x:v>5368.818</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>5738.17</x:v>
+        <x:v>6032.38</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45562.3250578704</x:v>
+        <x:v>45625.3345601852</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>11.47</x:v>
+        <x:v>14.59</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>5113.379</x:v>
+        <x:v>5338.879</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>5745.37</x:v>
+        <x:v>5998.74</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>11.47</x:v>
+        <x:v>14.28</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>5113.379</x:v>
+        <x:v>5338.879</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>5745.37</x:v>
+        <x:v>5998.74</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45561.3341550926</x:v>
+        <x:v>45623.3308796296</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>11.66</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>5092.811</x:v>
+        <x:v>5359.251</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>5722.26</x:v>
+        <x:v>6021.63</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>11.12</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>5092.811</x:v>
+        <x:v>5359.251</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>5722.26</x:v>
+        <x:v>6021.63</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45560.3227083333</x:v>
+        <x:v>45622.3245717593</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>11.21</x:v>
+        <x:v>14.14</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>5102.308</x:v>
+        <x:v>5328.759</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>5732.93</x:v>
+        <x:v>5987.37</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>11.3</x:v>
+        <x:v>14.11</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>5102.308</x:v>
+        <x:v>5328.759</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>5732.93</x:v>
+        <x:v>5987.37</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45559.3215625</x:v>
+        <x:v>45621.327037037</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>11.11</x:v>
+        <x:v>14.23</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>5089.527</x:v>
+        <x:v>5312.713</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>5718.57</x:v>
+        <x:v>5969.34</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>11.09</x:v>
+        <x:v>13.82</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>5089.527</x:v>
+        <x:v>5312.713</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>5718.57</x:v>
+        <x:v>5969.34</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45558.3321990741</x:v>
+        <x:v>45618.3145717593</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>11.08</x:v>
+        <x:v>13.47</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>5075.27</x:v>
+        <x:v>5294.352</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>5702.55</x:v>
+        <x:v>5948.71</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>10.88</x:v>
+        <x:v>13.46</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>5075.27</x:v>
+        <x:v>5294.352</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>5702.55</x:v>
+        <x:v>5948.71</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45555.3192361111</x:v>
+        <x:v>45617.3206944444</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>10.97</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>5085.14</x:v>
+        <x:v>5266.228</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>5713.64</x:v>
+        <x:v>5917.11</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>11.07</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>5085.14</x:v>
+        <x:v>5266.228</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>5713.64</x:v>
+        <x:v>5917.11</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45554.3120949074</x:v>
+        <x:v>45616.3339814815</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>10.51</x:v>
+        <x:v>13.17</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>5000.251</x:v>
+        <x:v>5266.112</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>5618.26</x:v>
+        <x:v>5916.98</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45616.3293865741</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>9.75</x:v>
+        <x:v>13.17</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>5000.251</x:v>
+        <x:v>5266.112</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>5618.26</x:v>
+        <x:v>5916.98</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45553.3324305556</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>10.07</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>5014.776</x:v>
+        <x:v>5266.112</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>5634.58</x:v>
+        <x:v>5916.98</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45615.3392592593</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>10</x:v>
+        <x:v>12.74</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>5014.776</x:v>
+        <x:v>5245.322</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>5634.58</x:v>
+        <x:v>5893.62</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45552.3273032407</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>10</x:v>
+        <x:v>12.54</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>5013.45</x:v>
+        <x:v>5245.322</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>5633.09</x:v>
+        <x:v>5893.62</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>9.99</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>5013.45</x:v>
+        <x:v>5224.852</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>5633.09</x:v>
+        <x:v>5870.62</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45551.3323263889</x:v>
+        <x:v>45611.3089351852</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>9.89</x:v>
+        <x:v>13.31</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>5007.158</x:v>
+        <x:v>5294.761</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>5626.02</x:v>
+        <x:v>5949.17</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45548.3333333333</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>9.61</x:v>
+        <x:v>13.63</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>4980.226</x:v>
+        <x:v>5294.761</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>5595.76</x:v>
+        <x:v>5949.17</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45610.33375</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>9.51</x:v>
+        <x:v>14.26</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>4980.226</x:v>
+        <x:v>5326.988</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>5595.76</x:v>
+        <x:v>5985.38</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45547.3251273148</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>9.13</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>4943.176</x:v>
+        <x:v>5326.988</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>5554.13</x:v>
+        <x:v>5985.38</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45609.3326967593</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>8.98</x:v>
+        <x:v>14.08</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>4943.176</x:v>
+        <x:v>5325.751</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>5554.13</x:v>
+        <x:v>5983.99</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45546.3280092593</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>7.91</x:v>
+        <x:v>14.32</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>4891.013</x:v>
+        <x:v>5325.751</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>5495.52</x:v>
+        <x:v>5983.99</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45608.3158333333</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>8.28</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>4891.013</x:v>
+        <x:v>5341.202</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>5495.52</x:v>
+        <x:v>6001.35</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45545.311400463</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>7.93</x:v>
+        <x:v>14.67</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>4869.243</x:v>
+        <x:v>5341.202</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>5471.06</x:v>
+        <x:v>6001.35</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>8.01</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>4869.243</x:v>
+        <x:v>5336.031</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>5471.06</x:v>
+        <x:v>5995.54</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45544.3102662037</x:v>
+        <x:v>45604.3280439815</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>7.6</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>4813.494</x:v>
+        <x:v>5316.059</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>5408.42</x:v>
+        <x:v>5973.1</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>7.35</x:v>
+        <x:v>14.19</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>4813.494</x:v>
+        <x:v>5316.059</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>5408.42</x:v>
+        <x:v>5973.1</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45541.3326851852</x:v>
+        <x:v>45603.3279282407</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>8.43</x:v>
+        <x:v>13.58</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>4898.035</x:v>
+        <x:v>5276.846</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>5503.41</x:v>
+        <x:v>5929.04</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>8.53</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>4898.035</x:v>
+        <x:v>5276.846</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>5503.41</x:v>
+        <x:v>5929.04</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45540.3322569444</x:v>
+        <x:v>45602.2873148148</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>8.68</x:v>
+        <x:v>12.27</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>4912.862</x:v>
+        <x:v>5146.656</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>5520.07</x:v>
+        <x:v>5782.76</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>8.75</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>4912.862</x:v>
+        <x:v>5146.656</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>5520.07</x:v>
+        <x:v>5782.76</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45539.3312384259</x:v>
+        <x:v>45601.3076388889</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>8.48</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>4920.748</x:v>
+        <x:v>5084.294</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>5528.93</x:v>
+        <x:v>5712.69</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45538.3171296296</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>10.57</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>5027.076</x:v>
+        <x:v>5084.294</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>5648.4</x:v>
+        <x:v>5712.69</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45600.300787037</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>10.75</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>5027.076</x:v>
+        <x:v>5098.632</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>5648.4</x:v>
+        <x:v>5728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45534.3329050926</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>10.2</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>4976.844</x:v>
+        <x:v>5098.632</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>5591.96</x:v>
+        <x:v>5728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45597.332337963</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>9.95</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>4976.844</x:v>
+        <x:v>5077.842</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>5591.96</x:v>
+        <x:v>5705.44</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45533.3049074074</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>9.73</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>4977.04</x:v>
+        <x:v>5077.842</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>5592.18</x:v>
+        <x:v>5705.44</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45596.3297569444</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>9.96</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>4977.04</x:v>
+        <x:v>5174.166</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>5592.18</x:v>
+        <x:v>5813.67</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45532.3276736111</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>10.48</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>5006.962</x:v>
+        <x:v>5174.166</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>5625.8</x:v>
+        <x:v>5813.67</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45595.3305787037</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>10.47</x:v>
+        <x:v>12.51</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>5006.962</x:v>
+        <x:v>5191.299</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>5625.8</x:v>
+        <x:v>5832.92</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45531.3201273148</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>10.39</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>4998.988</x:v>
+        <x:v>5191.343</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>5616.84</x:v>
+        <x:v>5832.97</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>10.35</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>4998.988</x:v>
+        <x:v>5182.933</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>5616.84</x:v>
+        <x:v>5823.52</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45530.3180324074</x:v>
+        <x:v>45593.3395023148</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>10.55</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>5014.803</x:v>
+        <x:v>5169.227</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>5634.61</x:v>
+        <x:v>5808.12</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>10.66</x:v>
+        <x:v>11.89</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>5014.803</x:v>
+        <x:v>5169.227</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>5634.61</x:v>
+        <x:v>5808.12</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45527.3191203704</x:v>
+        <x:v>45590.3330324074</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>10.1</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>4957.87</x:v>
+        <x:v>5170.775</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>5570.64</x:v>
+        <x:v>5809.86</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>9.77</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>4957.87</x:v>
+        <x:v>5170.775</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>5570.64</x:v>
+        <x:v>5809.86</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45526.3317013889</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>10.47</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>5002.556</x:v>
+        <x:v>5159.704</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>5620.85</x:v>
+        <x:v>5797.42</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45588.3165046296</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>10.54</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>5002.556</x:v>
+        <x:v>5207.568</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>5620.85</x:v>
+        <x:v>5851.2</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45525.3258217593</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>10.33</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>4981.437</x:v>
+        <x:v>5207.568</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>5597.12</x:v>
+        <x:v>5851.2</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45587.326099537</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>10.21</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>4981.437</x:v>
+        <x:v>5210.042</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>5597.12</x:v>
+        <x:v>5853.98</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45524.3244212963</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>10.39</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>4991.342</x:v>
+        <x:v>5210.042</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>5608.25</x:v>
+        <x:v>5853.98</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45586.3304976852</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>10.38</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>4991.342</x:v>
+        <x:v>5219.556</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>5608.25</x:v>
+        <x:v>5864.67</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45523.3216203704</x:v>
+        <x:v>45581.3264351852</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>9.62</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>4943.282</x:v>
+        <x:v>5175.581</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>5554.25</x:v>
+        <x:v>5815.26</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>9.66</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>4943.282</x:v>
+        <x:v>5175.581</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>5554.25</x:v>
+        <x:v>5815.26</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45520.3310185185</x:v>
+        <x:v>45580.3263541667</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>9.68</x:v>
+        <x:v>13.07</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>4933.466</x:v>
+        <x:v>5215.266</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>5543.22</x:v>
+        <x:v>5859.85</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>9.52</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>4933.466</x:v>
+        <x:v>5215.266</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>5543.22</x:v>
+        <x:v>5859.85</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45519.3336226852</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
-        <x:v>8.5</x:v>
+        <x:v>12.27</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>4855.137</x:v>
+        <x:v>5175.377</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>5455.21</x:v>
+        <x:v>5815.03</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45576.3246296296</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>8.43</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>4855.137</x:v>
+        <x:v>5144.244</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>5455.21</x:v>
+        <x:v>5780.05</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45518.3261226852</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>8.18</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>4836.643</x:v>
+        <x:v>5144.244</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>5434.43</x:v>
+        <x:v>5780.05</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45575.3252893519</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>8.18</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>4836.643</x:v>
+        <x:v>5154.916</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>5434.43</x:v>
+        <x:v>5792.04</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45517.321412037</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>7.36</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>4756.507</x:v>
+        <x:v>5154.916</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>5344.39</x:v>
+        <x:v>5792.04</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45574.3277314815</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>7.22</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>4756.507</x:v>
+        <x:v>5118.506</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>5344.39</x:v>
+        <x:v>5751.13</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45516.3169097222</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>7.26</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>4756.302</x:v>
+        <x:v>5118.506</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>5344.16</x:v>
+        <x:v>5751.13</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45573.3288541667</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>7.24</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>4756.302</x:v>
+        <x:v>5069.387</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>5344.16</x:v>
+        <x:v>5695.94</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45513.3361458333</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>7</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>4734.186</x:v>
+        <x:v>5069.387</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>5319.31</x:v>
+        <x:v>5695.94</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45572.3259375</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>6.98</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>4734.186</x:v>
+        <x:v>5118.452</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>5319.31</x:v>
+        <x:v>5751.07</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45512.3364583333</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>5.82</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>4627.555</x:v>
+        <x:v>5118.452</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>5199.5</x:v>
+        <x:v>5751.07</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45569.3273958333</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>5.9</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>4627.564</x:v>
+        <x:v>5072.947</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>5199.51</x:v>
+        <x:v>5699.94</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45511.31625</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>6.71</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>4663.627</x:v>
+        <x:v>5072.947</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>5240.03</x:v>
+        <x:v>5699.94</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45568.3090740741</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>6.3</x:v>
+        <x:v>10.64</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>4663.627</x:v>
+        <x:v>5080.788</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>5240.03</x:v>
+        <x:v>5708.75</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45510.3258101852</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>6.57</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>4615.834</x:v>
+        <x:v>5081.491</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>5186.33</x:v>
+        <x:v>5709.54</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45567.3817939815</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>5.82</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>4615.834</x:v>
+        <x:v>5128.607</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>5186.33</x:v>
+        <x:v>5762.48</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45509.3203587963</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>6.58</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>4758.438</x:v>
+        <x:v>5080.788</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>5346.56</x:v>
+        <x:v>5708.75</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45566.3285648148</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>7.7</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>4758.438</x:v>
+        <x:v>5128.607</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>5346.56</x:v>
+        <x:v>5762.48</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45506.3229166667</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>8.56</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>4914.847</x:v>
+        <x:v>5128.58</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>5522.3</x:v>
+        <x:v>5762.45</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45505.3170601852</x:v>
+        <x:v>45565.3313888889</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>10.82</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>4914.847</x:v>
+        <x:v>5106.971</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>5522.3</x:v>
+        <x:v>5738.17</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>10.36</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>4914.847</x:v>
+        <x:v>5106.971</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>5522.3</x:v>
+        <x:v>5738.17</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45504.3250347222</x:v>
+        <x:v>45562.3250578704</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>9.55</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>4838.414</x:v>
+        <x:v>5113.379</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>5436.42</x:v>
+        <x:v>5745.37</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>9.21</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>4838.414</x:v>
+        <x:v>5113.379</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>5436.42</x:v>
+        <x:v>5745.37</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45503.3302199074</x:v>
+        <x:v>45561.3341550926</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>9.6</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>4862.551</x:v>
+        <x:v>5092.811</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>5463.54</x:v>
+        <x:v>5722.26</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>9.6</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>4862.551</x:v>
+        <x:v>5092.811</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>5463.54</x:v>
+        <x:v>5722.26</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45502.3150810185</x:v>
+        <x:v>45560.3227083333</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>9.92</x:v>
+        <x:v>11.21</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>4858.599</x:v>
+        <x:v>5102.308</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>5459.1</x:v>
+        <x:v>5732.93</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>9.58</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>4858.599</x:v>
+        <x:v>5102.308</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>5459.1</x:v>
+        <x:v>5732.93</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45499.3250115741</x:v>
+        <x:v>45559.3215625</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>9.2</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>4805.306</x:v>
+        <x:v>5089.527</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>5399.22</x:v>
+        <x:v>5718.57</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>8.8</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>4805.306</x:v>
+        <x:v>5089.527</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>5399.22</x:v>
+        <x:v>5718.57</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45498.3175694444</x:v>
+        <x:v>45558.3321990741</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>9.39</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>4830.146</x:v>
+        <x:v>5075.27</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>5427.13</x:v>
+        <x:v>5702.55</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>9.19</x:v>
+        <x:v>10.88</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>4830.146</x:v>
+        <x:v>5075.27</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>5427.13</x:v>
+        <x:v>5702.55</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45497.3237152778</x:v>
+        <x:v>45555.3192361111</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
-        <x:v>10.84</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>4944.609</x:v>
+        <x:v>5085.14</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>5555.74</x:v>
+        <x:v>5713.64</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>11.3</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>4944.582</x:v>
+        <x:v>5085.14</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>5555.71</x:v>
+        <x:v>5713.64</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45554.3120949074</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>11.46</x:v>
+        <x:v>10.51</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>4952.325</x:v>
+        <x:v>5000.251</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>5564.41</x:v>
+        <x:v>5618.26</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45495.3233449074</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>10.79</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>4899.45</x:v>
+        <x:v>5000.251</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>5505</x:v>
+        <x:v>5618.26</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45553.3324305556</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>10.58</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>4899.45</x:v>
+        <x:v>5014.776</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>5505</x:v>
+        <x:v>5634.58</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45492.3181365741</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>11.46</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>4934.685</x:v>
+        <x:v>5014.776</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>5544.59</x:v>
+        <x:v>5634.58</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45552.3273032407</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>11.24</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>4934.685</x:v>
+        <x:v>5013.45</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>5544.59</x:v>
+        <x:v>5633.09</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45491.298599537</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>12.22</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>4973.56</x:v>
+        <x:v>5013.45</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>5588.27</x:v>
+        <x:v>5633.09</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45551.3323263889</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>12</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>4973.56</x:v>
+        <x:v>5007.158</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>5588.27</x:v>
+        <x:v>5626.02</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45490.3273842593</x:v>
+        <x:v>45548.3333333333</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>13.31</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>5043.808</x:v>
+        <x:v>4980.226</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>5667.2</x:v>
+        <x:v>5595.76</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>13.53</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>5043.808</x:v>
+        <x:v>4980.226</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>5667.2</x:v>
+        <x:v>5595.76</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45547.3251273148</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>12.88</x:v>
+        <x:v>9.13</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>5011.786</x:v>
+        <x:v>4943.176</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>5631.22</x:v>
+        <x:v>5554.13</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45488.306875</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>12.78</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>4997.662</x:v>
+        <x:v>4943.176</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>5615.35</x:v>
+        <x:v>5554.13</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45546.3280092593</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>12.64</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>4997.662</x:v>
+        <x:v>4891.013</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>5615.35</x:v>
+        <x:v>5495.52</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45485.328599537</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
-        <x:v>12.22</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>4970.241</x:v>
+        <x:v>4891.013</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>5584.54</x:v>
+        <x:v>5495.52</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45545.311400463</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>12.12</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>4970.241</x:v>
+        <x:v>4869.243</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>5584.54</x:v>
+        <x:v>5471.06</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45484.3254861111</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
-        <x:v>13.01</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>5014.18</x:v>
+        <x:v>4869.243</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>5633.91</x:v>
+        <x:v>5471.06</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45544.3102662037</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>13.05</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>5014.18</x:v>
+        <x:v>4813.494</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>5633.91</x:v>
+        <x:v>5408.42</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
-        <x:v>45483.3252430556</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C583" s="0">
-        <x:v>12.12</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="D583" s="0">
-        <x:v>4963.512</x:v>
+        <x:v>4813.494</x:v>
       </x:c>
       <x:c r="E583" s="0">
-        <x:v>5576.98</x:v>
+        <x:v>5408.42</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5">
       <x:c r="A584" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45541.3326851852</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C584" s="0">
-        <x:v>12.07</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D584" s="0">
-        <x:v>4963.512</x:v>
+        <x:v>4898.035</x:v>
       </x:c>
       <x:c r="E584" s="0">
-        <x:v>5576.98</x:v>
+        <x:v>5503.41</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5">
       <x:c r="A585" s="1">
-        <x:v>45482.3311342593</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C585" s="0">
-        <x:v>12.2</x:v>
+        <x:v>8.53</x:v>
       </x:c>
       <x:c r="D585" s="0">
-        <x:v>4959.836</x:v>
+        <x:v>4898.035</x:v>
       </x:c>
       <x:c r="E585" s="0">
-        <x:v>5572.85</x:v>
+        <x:v>5503.41</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5">
       <x:c r="A586" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45540.3322569444</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C586" s="0">
-        <x:v>12.01</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="D586" s="0">
-        <x:v>4959.836</x:v>
+        <x:v>4912.862</x:v>
       </x:c>
       <x:c r="E586" s="0">
-        <x:v>5572.85</x:v>
+        <x:v>5520.07</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5">
       <x:c r="A587" s="1">
-        <x:v>45481.3294560185</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C587" s="0">
-        <x:v>11.75</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D587" s="0">
-        <x:v>4954.799</x:v>
+        <x:v>4912.862</x:v>
       </x:c>
       <x:c r="E587" s="0">
-        <x:v>5567.19</x:v>
+        <x:v>5520.07</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5">
       <x:c r="A588" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45539.3312384259</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C588" s="0">
-        <x:v>11.96</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D588" s="0">
-        <x:v>4954.799</x:v>
+        <x:v>4920.748</x:v>
       </x:c>
       <x:c r="E588" s="0">
-        <x:v>5567.19</x:v>
+        <x:v>5528.93</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5">
       <x:c r="A589" s="1">
-        <x:v>45478.3246412037</x:v>
+        <x:v>45538.3171296296</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C589" s="0">
-        <x:v>11.49</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="D589" s="0">
-        <x:v>4927.948</x:v>
+        <x:v>5027.076</x:v>
       </x:c>
       <x:c r="E589" s="0">
-        <x:v>5537.02</x:v>
+        <x:v>5648.4</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5">
       <x:c r="A590" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C590" s="0">
-        <x:v>11.48</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="D590" s="0">
-        <x:v>4927.948</x:v>
+        <x:v>5027.076</x:v>
       </x:c>
       <x:c r="E590" s="0">
-        <x:v>5537.02</x:v>
+        <x:v>5648.4</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5">
       <x:c r="A591" s="1">
-        <x:v>45476.3268518519</x:v>
+        <x:v>45534.3329050926</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C591" s="0">
-        <x:v>10.99</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D591" s="0">
-        <x:v>4903.019</x:v>
+        <x:v>4976.844</x:v>
       </x:c>
       <x:c r="E591" s="0">
-        <x:v>5509.01</x:v>
+        <x:v>5591.96</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5">
       <x:c r="A592" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C592" s="0">
-        <x:v>11.04</x:v>
+        <x:v>9.95</x:v>
       </x:c>
       <x:c r="D592" s="0">
-        <x:v>4903.019</x:v>
+        <x:v>4976.844</x:v>
       </x:c>
       <x:c r="E592" s="0">
-        <x:v>5509.01</x:v>
+        <x:v>5591.96</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5">
       <x:c r="A593" s="1">
-        <x:v>45475.3329398148</x:v>
+        <x:v>45533.3049074074</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C593" s="0">
-        <x:v>10.43</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="D593" s="0">
-        <x:v>4872.83</x:v>
+        <x:v>4977.04</x:v>
       </x:c>
       <x:c r="E593" s="0">
-        <x:v>5475.09</x:v>
+        <x:v>5592.18</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5">
       <x:c r="A594" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C594" s="0">
-        <x:v>10.54</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D594" s="0">
-        <x:v>4872.83</x:v>
+        <x:v>4977.04</x:v>
       </x:c>
       <x:c r="E594" s="0">
-        <x:v>5475.09</x:v>
+        <x:v>5592.18</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5">
       <x:c r="A595" s="1">
-        <x:v>45474.3295023148</x:v>
+        <x:v>45532.3276736111</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C595" s="0">
-        <x:v>10.59</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D595" s="0">
-        <x:v>4860.032</x:v>
+        <x:v>5006.962</x:v>
       </x:c>
       <x:c r="E595" s="0">
-        <x:v>5460.71</x:v>
+        <x:v>5625.8</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5">
       <x:c r="A596" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C596" s="0">
-        <x:v>10.36</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D596" s="0">
-        <x:v>4860.032</x:v>
+        <x:v>5006.962</x:v>
       </x:c>
       <x:c r="E596" s="0">
-        <x:v>5460.71</x:v>
+        <x:v>5625.8</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5">
       <x:c r="A597" s="1">
-        <x:v>45471.3466782407</x:v>
+        <x:v>45531.3201273148</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C597" s="0">
-        <x:v>10.98</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D597" s="0">
-        <x:v>4879.754</x:v>
+        <x:v>4998.988</x:v>
       </x:c>
       <x:c r="E597" s="0">
-        <x:v>5482.87</x:v>
+        <x:v>5616.84</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5">
       <x:c r="A598" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C598" s="0">
-        <x:v>10.71</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D598" s="0">
-        <x:v>4879.754</x:v>
+        <x:v>4998.988</x:v>
       </x:c>
       <x:c r="E598" s="0">
-        <x:v>5482.87</x:v>
+        <x:v>5616.84</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5">
       <x:c r="A599" s="1">
-        <x:v>45470.3229976852</x:v>
+        <x:v>45530.3180324074</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C599" s="0">
-        <x:v>10.46</x:v>
+        <x:v>10.55</x:v>
       </x:c>
       <x:c r="D599" s="0">
-        <x:v>4875.331</x:v>
+        <x:v>5014.803</x:v>
       </x:c>
       <x:c r="E599" s="0">
-        <x:v>5477.9</x:v>
+        <x:v>5634.61</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5">
       <x:c r="A600" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C600" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="D600" s="0">
-        <x:v>4875.331</x:v>
+        <x:v>5014.803</x:v>
       </x:c>
       <x:c r="E600" s="0">
-        <x:v>5477.9</x:v>
+        <x:v>5634.61</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5">
       <x:c r="A601" s="1">
-        <x:v>45469.3386342593</x:v>
+        <x:v>45527.3191203704</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C601" s="0">
-        <x:v>10.64</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D601" s="0">
-        <x:v>4867.677</x:v>
+        <x:v>4957.87</x:v>
       </x:c>
       <x:c r="E601" s="0">
-        <x:v>5469.3</x:v>
+        <x:v>5570.64</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5">
       <x:c r="A602" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C602" s="0">
-        <x:v>10.53</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="D602" s="0">
-        <x:v>4867.677</x:v>
+        <x:v>4957.87</x:v>
       </x:c>
       <x:c r="E602" s="0">
-        <x:v>5469.3</x:v>
+        <x:v>5570.64</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5">
       <x:c r="A603" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45526.3317013889</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C603" s="0">
-        <x:v>10.22</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D603" s="0">
-        <x:v>4848.604</x:v>
+        <x:v>5002.556</x:v>
       </x:c>
       <x:c r="E603" s="0">
-        <x:v>5447.87</x:v>
+        <x:v>5620.85</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5">
       <x:c r="A604" s="1">
-        <x:v>45467.3440509259</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C604" s="0">
-        <x:v>10.52</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D604" s="0">
-        <x:v>4863.512</x:v>
+        <x:v>5002.556</x:v>
       </x:c>
       <x:c r="E604" s="0">
-        <x:v>5464.62</x:v>
+        <x:v>5620.85</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5">
       <x:c r="A605" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45525.3258217593</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C605" s="0">
-        <x:v>10.51</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D605" s="0">
-        <x:v>4863.512</x:v>
+        <x:v>4981.437</x:v>
       </x:c>
       <x:c r="E605" s="0">
-        <x:v>5464.62</x:v>
+        <x:v>5597.12</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5">
       <x:c r="A606" s="1">
-        <x:v>45464.3312615741</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C606" s="0">
-        <x:v>10.77</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D606" s="0">
-        <x:v>4871.121</x:v>
+        <x:v>4981.437</x:v>
       </x:c>
       <x:c r="E606" s="0">
-        <x:v>5473.17</x:v>
+        <x:v>5597.12</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5">
       <x:c r="A607" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45524.3244212963</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C607" s="0">
-        <x:v>10.66</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D607" s="0">
-        <x:v>4871.121</x:v>
+        <x:v>4991.342</x:v>
       </x:c>
       <x:c r="E607" s="0">
-        <x:v>5473.17</x:v>
+        <x:v>5608.25</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5">
       <x:c r="A608" s="1">
-        <x:v>45463.327025463</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C608" s="0">
-        <x:v>11.2</x:v>
+        <x:v>10.38</x:v>
       </x:c>
       <x:c r="D608" s="0">
-        <x:v>4883.457</x:v>
+        <x:v>4991.342</x:v>
       </x:c>
       <x:c r="E608" s="0">
-        <x:v>5487.03</x:v>
+        <x:v>5608.25</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5">
       <x:c r="A609" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45523.3216203704</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C609" s="0">
-        <x:v>10.91</x:v>
+        <x:v>9.62</x:v>
       </x:c>
       <x:c r="D609" s="0">
-        <x:v>4883.457</x:v>
+        <x:v>4943.282</x:v>
       </x:c>
       <x:c r="E609" s="0">
-        <x:v>5487.03</x:v>
+        <x:v>5554.25</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5">
       <x:c r="A610" s="1">
-        <x:v>45461.3366203704</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C610" s="0">
-        <x:v>10.74</x:v>
+        <x:v>9.66</x:v>
       </x:c>
       <x:c r="D610" s="0">
-        <x:v>4871.175</x:v>
+        <x:v>4943.282</x:v>
       </x:c>
       <x:c r="E610" s="0">
-        <x:v>5473.23</x:v>
+        <x:v>5554.25</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5">
       <x:c r="A611" s="1">
-        <x:v>45461.3289583333</x:v>
+        <x:v>45520.3310185185</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C611" s="0">
-        <x:v>10.74</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="D611" s="0">
-        <x:v>4871.175</x:v>
+        <x:v>4933.466</x:v>
       </x:c>
       <x:c r="E611" s="0">
-        <x:v>5473.23</x:v>
+        <x:v>5543.22</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5">
       <x:c r="A612" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C612" s="0">
-        <x:v>10.7</x:v>
+        <x:v>9.52</x:v>
       </x:c>
       <x:c r="D612" s="0">
-        <x:v>4871.175</x:v>
+        <x:v>4933.466</x:v>
       </x:c>
       <x:c r="E612" s="0">
-        <x:v>5473.23</x:v>
+        <x:v>5543.22</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5">
       <x:c r="A613" s="1">
-        <x:v>45460.3274884259</x:v>
+        <x:v>45519.3336226852</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C613" s="0">
-        <x:v>10.1</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D613" s="0">
-        <x:v>4834.124</x:v>
+        <x:v>4855.137</x:v>
       </x:c>
       <x:c r="E613" s="0">
-        <x:v>5431.6</x:v>
+        <x:v>5455.21</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5">
       <x:c r="A614" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C614" s="0">
-        <x:v>10.11</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D614" s="0">
-        <x:v>4834.124</x:v>
+        <x:v>4855.137</x:v>
       </x:c>
       <x:c r="E614" s="0">
-        <x:v>5431.6</x:v>
+        <x:v>5455.21</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5">
       <x:c r="A615" s="1">
-        <x:v>45457.3176851852</x:v>
+        <x:v>45518.3261226852</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C615" s="0">
-        <x:v>10.17</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="D615" s="0">
-        <x:v>4836.029</x:v>
+        <x:v>4836.643</x:v>
       </x:c>
       <x:c r="E615" s="0">
-        <x:v>5433.74</x:v>
+        <x:v>5434.43</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5">
       <x:c r="A616" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C616" s="0">
-        <x:v>10.15</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="D616" s="0">
-        <x:v>4836.029</x:v>
+        <x:v>4836.643</x:v>
       </x:c>
       <x:c r="E616" s="0">
-        <x:v>5433.74</x:v>
+        <x:v>5434.43</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5">
       <x:c r="A617" s="1">
-        <x:v>45456.3235416667</x:v>
+        <x:v>45517.321412037</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C617" s="0">
-        <x:v>10.13</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D617" s="0">
-        <x:v>4824.646</x:v>
+        <x:v>4756.507</x:v>
       </x:c>
       <x:c r="E617" s="0">
-        <x:v>5420.95</x:v>
+        <x:v>5344.39</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5">
       <x:c r="A618" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C618" s="0">
-        <x:v>9.97</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D618" s="0">
-        <x:v>4824.646</x:v>
+        <x:v>4756.507</x:v>
       </x:c>
       <x:c r="E618" s="0">
-        <x:v>5420.95</x:v>
+        <x:v>5344.39</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5">
       <x:c r="A619" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45516.3169097222</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C619" s="0">
-        <x:v>9.35</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D619" s="0">
-        <x:v>4784.035</x:v>
+        <x:v>4756.302</x:v>
       </x:c>
       <x:c r="E619" s="0">
-        <x:v>5375.32</x:v>
+        <x:v>5344.16</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5">
       <x:c r="A620" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C620" s="0">
-        <x:v>9.16</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D620" s="0">
-        <x:v>4771.103</x:v>
+        <x:v>4756.302</x:v>
       </x:c>
       <x:c r="E620" s="0">
-        <x:v>5360.79</x:v>
+        <x:v>5344.16</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5">
       <x:c r="A621" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45513.3361458333</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C621" s="0">
-        <x:v>9</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D621" s="0">
-        <x:v>4758.821</x:v>
+        <x:v>4734.186</x:v>
       </x:c>
       <x:c r="E621" s="0">
-        <x:v>5346.99</x:v>
+        <x:v>5319.31</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5">
       <x:c r="A622" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C622" s="0">
-        <x:v>9.09</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="D622" s="0">
-        <x:v>4764.134</x:v>
+        <x:v>4734.186</x:v>
       </x:c>
       <x:c r="E622" s="0">
-        <x:v>5352.96</x:v>
+        <x:v>5319.31</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5">
       <x:c r="A623" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45512.3364583333</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C623" s="0">
-        <x:v>9.11</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D623" s="0">
-        <x:v>4765.087</x:v>
+        <x:v>4627.555</x:v>
       </x:c>
       <x:c r="E623" s="0">
-        <x:v>5354.03</x:v>
+        <x:v>5199.5</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5">
       <x:c r="A624" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C624" s="0">
-        <x:v>8.33</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D624" s="0">
-        <x:v>4709.293</x:v>
+        <x:v>4627.564</x:v>
       </x:c>
       <x:c r="E624" s="0">
-        <x:v>5291.34</x:v>
+        <x:v>5199.51</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5">
       <x:c r="A625" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45511.31625</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C625" s="0">
-        <x:v>8.24</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D625" s="0">
-        <x:v>4702.226</x:v>
+        <x:v>4663.627</x:v>
       </x:c>
       <x:c r="E625" s="0">
-        <x:v>5283.4</x:v>
+        <x:v>5240.03</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5">
       <x:c r="A626" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C626" s="0">
-        <x:v>8.2</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D626" s="0">
-        <x:v>4696.984</x:v>
+        <x:v>4663.627</x:v>
       </x:c>
       <x:c r="E626" s="0">
-        <x:v>5277.51</x:v>
+        <x:v>5240.03</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5">
       <x:c r="A627" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45510.3258101852</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C627" s="0">
-        <x:v>7.71</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D627" s="0">
-        <x:v>4659.577</x:v>
+        <x:v>4615.834</x:v>
       </x:c>
       <x:c r="E627" s="0">
-        <x:v>5235.48</x:v>
+        <x:v>5186.33</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5">
       <x:c r="A628" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C628" s="0">
-        <x:v>8.1</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D628" s="0">
-        <x:v>4687.586</x:v>
+        <x:v>4615.834</x:v>
       </x:c>
       <x:c r="E628" s="0">
-        <x:v>5266.95</x:v>
+        <x:v>5186.33</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5">
       <x:c r="A629" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45509.3203587963</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C629" s="0">
-        <x:v>8.62</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="D629" s="0">
-        <x:v>4722.376</x:v>
+        <x:v>4758.438</x:v>
       </x:c>
       <x:c r="E629" s="0">
-        <x:v>5306.04</x:v>
+        <x:v>5346.56</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5">
       <x:c r="A630" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C630" s="0">
-        <x:v>8.65</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D630" s="0">
-        <x:v>4721.201</x:v>
+        <x:v>4758.438</x:v>
       </x:c>
       <x:c r="E630" s="0">
-        <x:v>5304.72</x:v>
+        <x:v>5346.56</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5">
       <x:c r="A631" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45506.3229166667</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C631" s="0">
-        <x:v>8.2</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D631" s="0">
-        <x:v>4688.378</x:v>
+        <x:v>4914.847</x:v>
       </x:c>
       <x:c r="E631" s="0">
-        <x:v>5267.84</x:v>
+        <x:v>5522.3</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5">
       <x:c r="A632" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45505.3170601852</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C632" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D632" s="0">
-        <x:v>4723.23</x:v>
+        <x:v>4914.847</x:v>
       </x:c>
       <x:c r="E632" s="0">
-        <x:v>5307</x:v>
+        <x:v>5522.3</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5">
       <x:c r="A633" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C633" s="0">
-        <x:v>8.93</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="D633" s="0">
-        <x:v>4736.055</x:v>
+        <x:v>4914.847</x:v>
       </x:c>
       <x:c r="E633" s="0">
-        <x:v>5321.41</x:v>
+        <x:v>5522.3</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5">
       <x:c r="A634" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45504.3250347222</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C634" s="0">
-        <x:v>8.73</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D634" s="0">
-        <x:v>4719.91</x:v>
+        <x:v>4838.414</x:v>
       </x:c>
       <x:c r="E634" s="0">
-        <x:v>5303.27</x:v>
+        <x:v>5436.42</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5">
       <x:c r="A635" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C635" s="0">
-        <x:v>8.66</x:v>
+        <x:v>9.21</x:v>
       </x:c>
       <x:c r="D635" s="0">
-        <x:v>4714.419</x:v>
+        <x:v>4838.414</x:v>
       </x:c>
       <x:c r="E635" s="0">
-        <x:v>5297.1</x:v>
+        <x:v>5436.42</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5">
       <x:c r="A636" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45503.3302199074</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C636" s="0">
-        <x:v>8.81</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D636" s="0">
-        <x:v>4724.254</x:v>
+        <x:v>4862.551</x:v>
       </x:c>
       <x:c r="E636" s="0">
-        <x:v>5308.15</x:v>
+        <x:v>5463.54</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5">
       <x:c r="A637" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C637" s="0">
-        <x:v>8.05</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D637" s="0">
-        <x:v>4669.545</x:v>
+        <x:v>4862.551</x:v>
       </x:c>
       <x:c r="E637" s="0">
-        <x:v>5246.68</x:v>
+        <x:v>5463.54</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5">
       <x:c r="A638" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45502.3150810185</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C638" s="0">
-        <x:v>7.76</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="D638" s="0">
-        <x:v>4647.064</x:v>
+        <x:v>4858.599</x:v>
       </x:c>
       <x:c r="E638" s="0">
-        <x:v>5221.42</x:v>
+        <x:v>5459.1</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5">
       <x:c r="A639" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C639" s="0">
-        <x:v>7.8</x:v>
+        <x:v>9.58</x:v>
       </x:c>
       <x:c r="D639" s="0">
-        <x:v>4648.185</x:v>
+        <x:v>4858.599</x:v>
       </x:c>
       <x:c r="E639" s="0">
-        <x:v>5222.68</x:v>
+        <x:v>5459.1</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5">
       <x:c r="A640" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45499.3250115741</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C640" s="0">
-        <x:v>7.42</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D640" s="0">
-        <x:v>4617.026</x:v>
+        <x:v>4805.306</x:v>
       </x:c>
       <x:c r="E640" s="0">
-        <x:v>5187.67</x:v>
+        <x:v>5399.22</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5">
       <x:c r="A641" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C641" s="0">
-        <x:v>7.43</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="D641" s="0">
-        <x:v>4617.053</x:v>
+        <x:v>4805.306</x:v>
       </x:c>
       <x:c r="E641" s="0">
-        <x:v>5187.7</x:v>
+        <x:v>5399.22</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5">
       <x:c r="A642" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45498.3175694444</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C642" s="0">
-        <x:v>7.35</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D642" s="0">
-        <x:v>4610.859</x:v>
+        <x:v>4830.146</x:v>
       </x:c>
       <x:c r="E642" s="0">
-        <x:v>5180.74</x:v>
+        <x:v>5427.13</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5">
       <x:c r="A643" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C643" s="0">
-        <x:v>6.82</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D643" s="0">
-        <x:v>4563.733</x:v>
+        <x:v>4830.146</x:v>
       </x:c>
       <x:c r="E643" s="0">
-        <x:v>5127.79</x:v>
+        <x:v>5427.13</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5">
       <x:c r="A644" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45497.3237152778</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C644" s="0">
-        <x:v>6.2</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="D644" s="0">
-        <x:v>4507.138</x:v>
+        <x:v>4944.609</x:v>
       </x:c>
       <x:c r="E644" s="0">
-        <x:v>5064.2</x:v>
+        <x:v>5555.74</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5">
       <x:c r="A645" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C645" s="0">
-        <x:v>5.95</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D645" s="0">
-        <x:v>4481.755</x:v>
+        <x:v>4944.582</x:v>
       </x:c>
       <x:c r="E645" s="0">
-        <x:v>5035.68</x:v>
+        <x:v>5555.71</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5">
       <x:c r="A646" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C646" s="0">
-        <x:v>6.81</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D646" s="0">
-        <x:v>4553.391</x:v>
+        <x:v>4952.325</x:v>
       </x:c>
       <x:c r="E646" s="0">
-        <x:v>5116.17</x:v>
+        <x:v>5564.41</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5">
       <x:c r="A647" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45495.3233449074</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C647" s="0">
-        <x:v>6.66</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="D647" s="0">
-        <x:v>4538.964</x:v>
+        <x:v>4899.45</x:v>
       </x:c>
       <x:c r="E647" s="0">
-        <x:v>5099.96</x:v>
+        <x:v>5505</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5">
       <x:c r="A648" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C648" s="0">
-        <x:v>6.17</x:v>
+        <x:v>10.58</x:v>
       </x:c>
       <x:c r="D648" s="0">
-        <x:v>4493.094</x:v>
+        <x:v>4899.45</x:v>
       </x:c>
       <x:c r="E648" s="0">
-        <x:v>5048.42</x:v>
+        <x:v>5505</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5">
       <x:c r="A649" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45492.3181365741</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C649" s="0">
-        <x:v>6.41</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D649" s="0">
-        <x:v>4513.751</x:v>
+        <x:v>4934.685</x:v>
       </x:c>
       <x:c r="E649" s="0">
-        <x:v>5071.63</x:v>
+        <x:v>5544.59</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5">
       <x:c r="A650" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C650" s="0">
-        <x:v>6.41</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D650" s="0">
-        <x:v>4512.79</x:v>
+        <x:v>4934.685</x:v>
       </x:c>
       <x:c r="E650" s="0">
-        <x:v>5070.55</x:v>
+        <x:v>5544.59</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5">
       <x:c r="A651" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45491.298599537</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C651" s="0">
-        <x:v>5.85</x:v>
+        <x:v>12.22</x:v>
       </x:c>
       <x:c r="D651" s="0">
-        <x:v>4459.434</x:v>
+        <x:v>4973.56</x:v>
       </x:c>
       <x:c r="E651" s="0">
-        <x:v>5010.6</x:v>
+        <x:v>5588.27</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5">
       <x:c r="A652" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C652" s="0">
-        <x:v>5.49</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D652" s="0">
-        <x:v>4420.835</x:v>
+        <x:v>4973.56</x:v>
       </x:c>
       <x:c r="E652" s="0">
-        <x:v>4967.23</x:v>
+        <x:v>5588.27</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5">
       <x:c r="A653" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45490.3273842593</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C653" s="0">
-        <x:v>5.91</x:v>
+        <x:v>13.31</x:v>
       </x:c>
       <x:c r="D653" s="0">
-        <x:v>4459.897</x:v>
+        <x:v>5043.808</x:v>
       </x:c>
       <x:c r="E653" s="0">
-        <x:v>5011.12</x:v>
+        <x:v>5667.2</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5">
       <x:c r="A654" s="1">
-        <x:v>45399.9244560185</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C654" s="0">
-        <x:v>6.02</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D654" s="0">
-        <x:v>4469.767</x:v>
+        <x:v>5043.808</x:v>
       </x:c>
       <x:c r="E654" s="0">
-        <x:v>5022.21</x:v>
+        <x:v>5667.2</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5">
       <x:c r="A655" s="1">
-        <x:v>45398.9235763889</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C655" s="0">
-        <x:v>6.33</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D655" s="0">
-        <x:v>4495.755</x:v>
+        <x:v>5011.786</x:v>
       </x:c>
       <x:c r="E655" s="0">
-        <x:v>5051.41</x:v>
+        <x:v>5631.22</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5">
       <x:c r="A656" s="1">
-        <x:v>45397.9233680556</x:v>
+        <x:v>45488.306875</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C656" s="0">
-        <x:v>6.44</x:v>
+        <x:v>12.78</x:v>
       </x:c>
       <x:c r="D656" s="0">
-        <x:v>4505.02</x:v>
+        <x:v>4997.662</x:v>
       </x:c>
       <x:c r="E656" s="0">
-        <x:v>5061.82</x:v>
+        <x:v>5615.35</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5">
       <x:c r="A657" s="1">
-        <x:v>45394.9243518518</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C657" s="0">
-        <x:v>7.16</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="D657" s="0">
-        <x:v>4559.835</x:v>
+        <x:v>4997.662</x:v>
       </x:c>
       <x:c r="E657" s="0">
-        <x:v>5123.41</x:v>
+        <x:v>5615.35</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5">
       <x:c r="A658" s="1">
-        <x:v>45393.9239351852</x:v>
+        <x:v>45485.328599537</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C658" s="0">
-        <x:v>8.1</x:v>
+        <x:v>12.22</x:v>
       </x:c>
       <x:c r="D658" s="0">
-        <x:v>4627.163</x:v>
+        <x:v>4970.241</x:v>
       </x:c>
       <x:c r="E658" s="0">
-        <x:v>5199.06</x:v>
+        <x:v>5584.54</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5">
       <x:c r="A659" s="1">
-        <x:v>45392.9227314815</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C659" s="0">
-        <x:v>7.66</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D659" s="0">
-        <x:v>4592.97</x:v>
+        <x:v>4970.241</x:v>
       </x:c>
       <x:c r="E659" s="0">
-        <x:v>5160.64</x:v>
+        <x:v>5584.54</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5">
       <x:c r="A660" s="1">
-        <x:v>45391.926412037</x:v>
+        <x:v>45484.3254861111</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C660" s="0">
-        <x:v>8.29</x:v>
+        <x:v>13.01</x:v>
       </x:c>
       <x:c r="D660" s="0">
-        <x:v>4636.82</x:v>
+        <x:v>5014.18</x:v>
       </x:c>
       <x:c r="E660" s="0">
-        <x:v>5209.91</x:v>
+        <x:v>5633.91</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5">
       <x:c r="A661" s="1">
-        <x:v>45390.9248148148</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C661" s="0">
-        <x:v>8.2</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D661" s="0">
-        <x:v>4630.127</x:v>
+        <x:v>5014.18</x:v>
       </x:c>
       <x:c r="E661" s="0">
-        <x:v>5202.39</x:v>
+        <x:v>5633.91</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5">
       <x:c r="A662" s="1">
-        <x:v>45387.9232523148</x:v>
+        <x:v>45483.3252430556</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C662" s="0">
-        <x:v>8.26</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D662" s="0">
-        <x:v>4631.863</x:v>
+        <x:v>4963.512</x:v>
       </x:c>
       <x:c r="E662" s="0">
-        <x:v>5204.34</x:v>
+        <x:v>5576.98</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5">
       <x:c r="A663" s="1">
-        <x:v>45386.9251041667</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C663" s="0">
-        <x:v>7.59</x:v>
+        <x:v>12.07</x:v>
       </x:c>
       <x:c r="D663" s="0">
-        <x:v>4581.017</x:v>
+        <x:v>4963.512</x:v>
       </x:c>
       <x:c r="E663" s="0">
-        <x:v>5147.21</x:v>
+        <x:v>5576.98</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5">
       <x:c r="A664" s="1">
-        <x:v>45385.9234837963</x:v>
+        <x:v>45482.3311342593</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C664" s="0">
-        <x:v>8.43</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D664" s="0">
-        <x:v>4638.226</x:v>
+        <x:v>4959.836</x:v>
       </x:c>
       <x:c r="E664" s="0">
-        <x:v>5211.49</x:v>
+        <x:v>5572.85</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5">
       <x:c r="A665" s="1">
-        <x:v>45384.9259490741</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C665" s="0">
-        <x:v>8.37</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D665" s="0">
-        <x:v>4633.171</x:v>
+        <x:v>4959.836</x:v>
       </x:c>
       <x:c r="E665" s="0">
-        <x:v>5205.81</x:v>
+        <x:v>5572.85</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5">
       <x:c r="A666" s="1">
-        <x:v>45379.8836921296</x:v>
+        <x:v>45481.3294560185</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C666" s="0">
-        <x:v>9.1</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="D666" s="0">
-        <x:v>4676.372</x:v>
+        <x:v>4954.799</x:v>
       </x:c>
       <x:c r="E666" s="0">
-        <x:v>5254.35</x:v>
+        <x:v>5567.19</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5">
       <x:c r="A667" s="1">
-        <x:v>45378.8832407407</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C667" s="0">
-        <x:v>9.03</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D667" s="0">
-        <x:v>4671.165</x:v>
+        <x:v>4954.799</x:v>
       </x:c>
       <x:c r="E667" s="0">
-        <x:v>5248.5</x:v>
+        <x:v>5567.19</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5">
       <x:c r="A668" s="1">
-        <x:v>45377.8827199074</x:v>
+        <x:v>45478.3246412037</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C668" s="0">
-        <x:v>8.45</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="D668" s="0">
-        <x:v>4631.186</x:v>
+        <x:v>4927.948</x:v>
       </x:c>
       <x:c r="E668" s="0">
-        <x:v>5203.58</x:v>
+        <x:v>5537.02</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5">
       <x:c r="A669" s="1">
-        <x:v>45376.8828819444</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C669" s="0">
-        <x:v>8.65</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D669" s="0">
-        <x:v>4644.189</x:v>
+        <x:v>4927.948</x:v>
       </x:c>
       <x:c r="E669" s="0">
-        <x:v>5218.19</x:v>
+        <x:v>5537.02</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5">
       <x:c r="A670" s="1">
-        <x:v>45373.8830671296</x:v>
+        <x:v>45476.3268518519</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C670" s="0">
-        <x:v>8.91</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="D670" s="0">
-        <x:v>4658.42</x:v>
+        <x:v>4903.019</x:v>
       </x:c>
       <x:c r="E670" s="0">
-        <x:v>5234.18</x:v>
+        <x:v>5509.01</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5">
       <x:c r="A671" s="1">
-        <x:v>45372.8844444444</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C671" s="0">
-        <x:v>9.02</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="D671" s="0">
-        <x:v>4664.962</x:v>
+        <x:v>4903.019</x:v>
       </x:c>
       <x:c r="E671" s="0">
-        <x:v>5241.53</x:v>
+        <x:v>5509.01</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5">
       <x:c r="A672" s="1">
-        <x:v>45362.8935648148</x:v>
+        <x:v>45475.3329398148</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C672" s="0">
-        <x:v>7.59</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="D672" s="0">
-        <x:v>4554.967</x:v>
+        <x:v>4872.83</x:v>
       </x:c>
       <x:c r="E672" s="0">
-        <x:v>5117.94</x:v>
+        <x:v>5475.09</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5">
       <x:c r="A673" s="1">
-        <x:v>45359.9310648148</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C673" s="0">
-        <x:v>7.69</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D673" s="0">
-        <x:v>4560.084</x:v>
+        <x:v>4872.83</x:v>
       </x:c>
       <x:c r="E673" s="0">
-        <x:v>5123.69</x:v>
+        <x:v>5475.09</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5">
       <x:c r="A674" s="1">
-        <x:v>45358.9291087963</x:v>
+        <x:v>45474.3295023148</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C674" s="0">
-        <x:v>8.12</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D674" s="0">
-        <x:v>4590.05</x:v>
+        <x:v>4860.032</x:v>
       </x:c>
       <x:c r="E674" s="0">
-        <x:v>5157.36</x:v>
+        <x:v>5460.71</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5">
       <x:c r="A675" s="1">
-        <x:v>45357.9246296296</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C675" s="0">
-        <x:v>7.51</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="D675" s="0">
-        <x:v>4543.236</x:v>
+        <x:v>4860.032</x:v>
       </x:c>
       <x:c r="E675" s="0">
-        <x:v>5104.76</x:v>
+        <x:v>5460.71</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5">
       <x:c r="A676" s="1">
-        <x:v>45356.9297569444</x:v>
+        <x:v>45471.3466782407</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C676" s="0">
-        <x:v>7.22</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D676" s="0">
-        <x:v>4519.998</x:v>
+        <x:v>4879.754</x:v>
       </x:c>
       <x:c r="E676" s="0">
-        <x:v>5078.65</x:v>
+        <x:v>5482.87</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5">
       <x:c r="A677" s="1">
-        <x:v>45355.9261574074</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C677" s="0">
-        <x:v>7.87</x:v>
+        <x:v>10.71</x:v>
       </x:c>
       <x:c r="D677" s="0">
-        <x:v>4566.546</x:v>
+        <x:v>4879.754</x:v>
       </x:c>
       <x:c r="E677" s="0">
-        <x:v>5130.95</x:v>
+        <x:v>5482.87</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5">
       <x:c r="A678" s="1">
-        <x:v>45351.925787037</x:v>
+        <x:v>45470.3229976852</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C678" s="0">
-        <x:v>7.5</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D678" s="0">
-        <x:v>4535.68</x:v>
+        <x:v>4875.331</x:v>
       </x:c>
       <x:c r="E678" s="0">
-        <x:v>5096.27</x:v>
+        <x:v>5477.9</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5">
       <x:c r="A679" s="1">
-        <x:v>45350.9235763889</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C679" s="0">
-        <x:v>7.2</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D679" s="0">
-        <x:v>4512.086</x:v>
+        <x:v>4875.331</x:v>
       </x:c>
       <x:c r="E679" s="0">
-        <x:v>5069.76</x:v>
+        <x:v>5477.9</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5">
       <x:c r="A680" s="1">
-        <x:v>45349.922337963</x:v>
+        <x:v>45469.3386342593</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C680" s="0">
-        <x:v>7.3</x:v>
+        <x:v>10.64</x:v>
       </x:c>
       <x:c r="D680" s="0">
-        <x:v>4511.882</x:v>
+        <x:v>4867.677</x:v>
       </x:c>
       <x:c r="E680" s="0">
-        <x:v>5069.53</x:v>
+        <x:v>5469.3</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5">
       <x:c r="A681" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C681" s="0">
-        <x:v>7.21</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D681" s="0">
-        <x:v>4529.032</x:v>
+        <x:v>4867.677</x:v>
       </x:c>
       <x:c r="E681" s="0">
-        <x:v>5088.8</x:v>
+        <x:v>5469.3</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5">
       <x:c r="A682" s="1">
-        <x:v>45345.9262384259</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C682" s="0">
-        <x:v>7.47</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D682" s="0">
-        <x:v>4529.032</x:v>
+        <x:v>4848.604</x:v>
       </x:c>
       <x:c r="E682" s="0">
-        <x:v>5088.8</x:v>
+        <x:v>5447.87</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5">
       <x:c r="A683" s="1">
-        <x:v>45344.9258217593</x:v>
+        <x:v>45467.3440509259</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C683" s="0">
-        <x:v>7.46</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D683" s="0">
-        <x:v>4527.457</x:v>
+        <x:v>4863.512</x:v>
       </x:c>
       <x:c r="E683" s="0">
-        <x:v>5087.03</x:v>
+        <x:v>5464.62</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5">
       <x:c r="A684" s="1">
-        <x:v>45343.9246412037</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C684" s="0">
-        <x:v>6.38</x:v>
+        <x:v>10.51</x:v>
       </x:c>
       <x:c r="D684" s="0">
-        <x:v>4433.802</x:v>
+        <x:v>4863.512</x:v>
       </x:c>
       <x:c r="E684" s="0">
-        <x:v>4981.8</x:v>
+        <x:v>5464.62</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5">
       <x:c r="A685" s="1">
-        <x:v>45342.9240162037</x:v>
+        <x:v>45464.3312615741</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C685" s="0">
-        <x:v>6.33</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="D685" s="0">
-        <x:v>4428.204</x:v>
+        <x:v>4871.121</x:v>
       </x:c>
       <x:c r="E685" s="0">
-        <x:v>4975.51</x:v>
+        <x:v>5473.17</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5">
       <x:c r="A686" s="1">
-        <x:v>45338.9307986111</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C686" s="0">
-        <x:v>6.68</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="D686" s="0">
-        <x:v>4454.957</x:v>
+        <x:v>4871.121</x:v>
       </x:c>
       <x:c r="E686" s="0">
-        <x:v>5005.57</x:v>
+        <x:v>5473.17</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5">
       <x:c r="A687" s="1">
-        <x:v>45337.9414699074</x:v>
+        <x:v>45463.327025463</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C687" s="0">
-        <x:v>6.95</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="D687" s="0">
-        <x:v>4476.46</x:v>
+        <x:v>4883.457</x:v>
       </x:c>
       <x:c r="E687" s="0">
-        <x:v>5029.73</x:v>
+        <x:v>5487.03</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5">
       <x:c r="A688" s="1">
-        <x:v>45336.9321412037</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C688" s="0">
-        <x:v>6.64</x:v>
+        <x:v>10.91</x:v>
       </x:c>
       <x:c r="D688" s="0">
-        <x:v>4450.552</x:v>
+        <x:v>4883.457</x:v>
       </x:c>
       <x:c r="E688" s="0">
-        <x:v>5000.62</x:v>
+        <x:v>5487.03</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5">
       <x:c r="A689" s="1">
-        <x:v>45335.9339814815</x:v>
+        <x:v>45461.3366203704</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C689" s="0">
-        <x:v>6.17</x:v>
+        <x:v>10.74</x:v>
       </x:c>
       <x:c r="D689" s="0">
-        <x:v>4408.321</x:v>
+        <x:v>4871.175</x:v>
       </x:c>
       <x:c r="E689" s="0">
-        <x:v>4953.17</x:v>
+        <x:v>5473.23</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5">
       <x:c r="A690" s="1">
-        <x:v>45334.9284375</x:v>
+        <x:v>45461.3289583333</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C690" s="0">
-        <x:v>6.93</x:v>
+        <x:v>10.74</x:v>
       </x:c>
       <x:c r="D690" s="0">
-        <x:v>4469.438</x:v>
+        <x:v>4871.175</x:v>
       </x:c>
       <x:c r="E690" s="0">
-        <x:v>5021.84</x:v>
+        <x:v>5473.23</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5">
       <x:c r="A691" s="1">
-        <x:v>45331.9229976852</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C691" s="0">
-        <x:v>7.01</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D691" s="0">
-        <x:v>4473.683</x:v>
+        <x:v>4871.175</x:v>
       </x:c>
       <x:c r="E691" s="0">
-        <x:v>5026.61</x:v>
+        <x:v>5473.23</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5">
       <x:c r="A692" s="1">
-        <x:v>45330.9228356481</x:v>
+        <x:v>45460.3274884259</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C692" s="0">
-        <x:v>6.71</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D692" s="0">
-        <x:v>4448.193</x:v>
+        <x:v>4834.124</x:v>
       </x:c>
       <x:c r="E692" s="0">
-        <x:v>4997.97</x:v>
+        <x:v>5431.6</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5">
       <x:c r="A693" s="1">
-        <x:v>45329.9233912037</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C693" s="0">
-        <x:v>6.68</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D693" s="0">
-        <x:v>4445.603</x:v>
+        <x:v>4834.124</x:v>
       </x:c>
       <x:c r="E693" s="0">
-        <x:v>4995.06</x:v>
+        <x:v>5431.6</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5">
       <x:c r="A694" s="1">
-        <x:v>45328.9222800926</x:v>
+        <x:v>45457.3176851852</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C694" s="0">
-        <x:v>6.27</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D694" s="0">
-        <x:v>4409.265</x:v>
+        <x:v>4836.029</x:v>
       </x:c>
       <x:c r="E694" s="0">
-        <x:v>4954.23</x:v>
+        <x:v>5433.74</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5">
       <x:c r="A695" s="1">
-        <x:v>45327.9236689815</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C695" s="0">
-        <x:v>6.16</x:v>
+        <x:v>10.15</x:v>
       </x:c>
       <x:c r="D695" s="0">
-        <x:v>4399.101</x:v>
+        <x:v>4836.029</x:v>
       </x:c>
       <x:c r="E695" s="0">
-        <x:v>4942.81</x:v>
+        <x:v>5433.74</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5">
       <x:c r="A696" s="1">
-        <x:v>45324.9259837963</x:v>
+        <x:v>45456.3235416667</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C696" s="0">
-        <x:v>6.35</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D696" s="0">
-        <x:v>4413.163</x:v>
+        <x:v>4824.646</x:v>
       </x:c>
       <x:c r="E696" s="0">
-        <x:v>4958.61</x:v>
+        <x:v>5420.95</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5">
       <x:c r="A697" s="1">
-        <x:v>45323.9259606482</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C697" s="0">
-        <x:v>5.86</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="D697" s="0">
-        <x:v>4366.527</x:v>
+        <x:v>4824.646</x:v>
       </x:c>
       <x:c r="E697" s="0">
-        <x:v>4906.21</x:v>
+        <x:v>5420.95</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5">
       <x:c r="A698" s="1">
-        <x:v>45322.9228935185</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C698" s="0">
-        <x:v>5.33</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D698" s="0">
-        <x:v>4312.628</x:v>
+        <x:v>4784.035</x:v>
       </x:c>
       <x:c r="E698" s="0">
-        <x:v>4845.65</x:v>
+        <x:v>5375.32</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5">
       <x:c r="A699" s="1">
-        <x:v>45321.9409490741</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C699" s="0">
-        <x:v>6.12</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D699" s="0">
-        <x:v>4383.223</x:v>
+        <x:v>4771.103</x:v>
       </x:c>
       <x:c r="E699" s="0">
-        <x:v>4924.97</x:v>
+        <x:v>5360.79</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5">
       <x:c r="A700" s="1">
-        <x:v>45320.9269675926</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C700" s="0">
-        <x:v>6.16</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D700" s="0">
-        <x:v>4385.858</x:v>
+        <x:v>4758.821</x:v>
       </x:c>
       <x:c r="E700" s="0">
-        <x:v>4927.93</x:v>
+        <x:v>5346.99</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5">
       <x:c r="A701" s="1">
-        <x:v>45317.9266319444</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C701" s="0">
-        <x:v>5.83</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="D701" s="0">
-        <x:v>4352.963</x:v>
+        <x:v>4764.134</x:v>
       </x:c>
       <x:c r="E701" s="0">
-        <x:v>4890.97</x:v>
+        <x:v>5352.96</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5">
       <x:c r="A702" s="1">
-        <x:v>45316.926099537</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C702" s="0">
-        <x:v>5.86</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="D702" s="0">
-        <x:v>4355.802</x:v>
+        <x:v>4765.087</x:v>
       </x:c>
       <x:c r="E702" s="0">
-        <x:v>4894.16</x:v>
+        <x:v>5354.03</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5">
       <x:c r="A703" s="1">
-        <x:v>45315.9284490741</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C703" s="0">
-        <x:v>5.63</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D703" s="0">
-        <x:v>4333.01</x:v>
+        <x:v>4709.293</x:v>
       </x:c>
       <x:c r="E703" s="0">
-        <x:v>4868.55</x:v>
+        <x:v>5291.34</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5">
       <x:c r="A704" s="1">
-        <x:v>45314.9280902778</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C704" s="0">
-        <x:v>5.6</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D704" s="0">
-        <x:v>4329.494</x:v>
+        <x:v>4702.226</x:v>
       </x:c>
       <x:c r="E704" s="0">
-        <x:v>4864.6</x:v>
+        <x:v>5283.4</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5">
       <x:c r="A705" s="1">
-        <x:v>45313.9286111111</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C705" s="0">
-        <x:v>5.48</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D705" s="0">
-        <x:v>4316.883</x:v>
+        <x:v>4696.984</x:v>
       </x:c>
       <x:c r="E705" s="0">
-        <x:v>4850.43</x:v>
+        <x:v>5277.51</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5">
       <x:c r="A706" s="1">
-        <x:v>45310.9221875</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C706" s="0">
-        <x:v>5.41</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D706" s="0">
-        <x:v>4307.431</x:v>
+        <x:v>4659.577</x:v>
       </x:c>
       <x:c r="E706" s="0">
-        <x:v>4839.81</x:v>
+        <x:v>5235.48</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5">
       <x:c r="A707" s="1">
-        <x:v>45309.922662037</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C707" s="0">
-        <x:v>4.93</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D707" s="0">
-        <x:v>4255.037</x:v>
+        <x:v>4687.586</x:v>
       </x:c>
       <x:c r="E707" s="0">
-        <x:v>4780.94</x:v>
+        <x:v>5266.95</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5">
       <x:c r="A708" s="1">
-        <x:v>45308.9233449074</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C708" s="0">
-        <x:v>4.6</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D708" s="0">
-        <x:v>4217.897</x:v>
+        <x:v>4722.376</x:v>
       </x:c>
       <x:c r="E708" s="0">
-        <x:v>4739.21</x:v>
+        <x:v>5306.04</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5">
       <x:c r="A709" s="1">
-        <x:v>45307.9221990741</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C709" s="0">
-        <x:v>4.83</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D709" s="0">
-        <x:v>4241.722</x:v>
+        <x:v>4721.201</x:v>
       </x:c>
       <x:c r="E709" s="0">
-        <x:v>4765.98</x:v>
+        <x:v>5304.72</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5">
       <x:c r="A710" s="1">
-        <x:v>45303.9228240741</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C710" s="0">
-        <x:v>5</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D710" s="0">
-        <x:v>4257.609</x:v>
+        <x:v>4688.378</x:v>
       </x:c>
       <x:c r="E710" s="0">
-        <x:v>4783.83</x:v>
+        <x:v>5267.84</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5">
       <x:c r="A711" s="1">
-        <x:v>45302.9370138889</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C711" s="0">
-        <x:v>4.98</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D711" s="0">
-        <x:v>4254.414</x:v>
+        <x:v>4723.23</x:v>
       </x:c>
       <x:c r="E711" s="0">
-        <x:v>4780.24</x:v>
+        <x:v>5307</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5">
       <x:c r="A712" s="1">
-        <x:v>45301.926712963</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C712" s="0">
-        <x:v>5.01</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="D712" s="0">
-        <x:v>4257.27</x:v>
+        <x:v>4736.055</x:v>
       </x:c>
       <x:c r="E712" s="0">
-        <x:v>4783.45</x:v>
+        <x:v>5321.41</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5">
       <x:c r="A713" s="1">
-        <x:v>45300.9303356481</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C713" s="0">
-        <x:v>4.8</x:v>
+        <x:v>8.73</x:v>
       </x:c>
       <x:c r="D713" s="0">
-        <x:v>4233.285</x:v>
+        <x:v>4719.91</x:v>
       </x:c>
       <x:c r="E713" s="0">
-        <x:v>4756.5</x:v>
+        <x:v>5303.27</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5">
       <x:c r="A714" s="1">
-        <x:v>45299.9238194444</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C714" s="0">
-        <x:v>4.85</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D714" s="0">
-        <x:v>4239.551</x:v>
+        <x:v>4714.419</x:v>
       </x:c>
       <x:c r="E714" s="0">
-        <x:v>4763.54</x:v>
+        <x:v>5297.1</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5">
       <x:c r="A715" s="1">
-        <x:v>45296.9255208333</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C715" s="0">
-        <x:v>4.38</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D715" s="0">
-        <x:v>4180.544</x:v>
+        <x:v>4724.254</x:v>
       </x:c>
       <x:c r="E715" s="0">
-        <x:v>4697.24</x:v>
+        <x:v>5308.15</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5">
       <x:c r="A716" s="1">
-        <x:v>45295.9240277778</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C716" s="0">
-        <x:v>4.32</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="D716" s="0">
-        <x:v>4172.925</x:v>
+        <x:v>4669.545</x:v>
       </x:c>
       <x:c r="E716" s="0">
-        <x:v>4688.68</x:v>
+        <x:v>5246.68</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5">
       <x:c r="A717" s="1">
-        <x:v>45294.9246527778</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C717" s="0">
-        <x:v>4.44</x:v>
+        <x:v>7.76</x:v>
       </x:c>
       <x:c r="D717" s="0">
-        <x:v>4187.281</x:v>
+        <x:v>4647.064</x:v>
       </x:c>
       <x:c r="E717" s="0">
-        <x:v>4704.81</x:v>
+        <x:v>5221.42</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5">
       <x:c r="A718" s="1">
-        <x:v>45289.9231134259</x:v>
+        <x:v>45422.9236689815</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C718" s="0">
-        <x:v>5.02</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D718" s="0">
-        <x:v>4245.149</x:v>
+        <x:v>4648.185</x:v>
       </x:c>
       <x:c r="E718" s="0">
-        <x:v>4769.83</x:v>
+        <x:v>5222.68</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5">
       <x:c r="A719" s="1">
-        <x:v>45288.9222453704</x:v>
+        <x:v>45420.9241782407</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C719" s="0">
-        <x:v>5.18</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D719" s="0">
-        <x:v>4261.489</x:v>
+        <x:v>4617.026</x:v>
       </x:c>
       <x:c r="E719" s="0">
-        <x:v>4788.19</x:v>
+        <x:v>5187.67</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5">
       <x:c r="A720" s="1">
-        <x:v>45287.9289930556</x:v>
+        <x:v>45419.9259953704</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C720" s="0">
-        <x:v>5.13</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="D720" s="0">
-        <x:v>4255.606</x:v>
+        <x:v>4617.053</x:v>
       </x:c>
       <x:c r="E720" s="0">
-        <x:v>4781.58</x:v>
+        <x:v>5187.7</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5">
       <x:c r="A721" s="1">
-        <x:v>45282.9305671296</x:v>
+        <x:v>45418.9291087963</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C721" s="0">
-        <x:v>4.93</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="D721" s="0">
-        <x:v>4231.621</x:v>
+        <x:v>4610.859</x:v>
       </x:c>
       <x:c r="E721" s="0">
-        <x:v>4754.63</x:v>
+        <x:v>5180.74</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5">
       <x:c r="A722" s="1">
-        <x:v>45281.9287615741</x:v>
+        <x:v>45415.9287847222</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C722" s="0">
-        <x:v>4.88</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D722" s="0">
-        <x:v>4224.608</x:v>
+        <x:v>4563.733</x:v>
       </x:c>
       <x:c r="E722" s="0">
-        <x:v>4746.75</x:v>
+        <x:v>5127.79</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5">
       <x:c r="A723" s="1">
-        <x:v>45280.9229282407</x:v>
+        <x:v>45414.9243981481</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C723" s="0">
-        <x:v>4.51</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D723" s="0">
-        <x:v>4181.532</x:v>
+        <x:v>4507.138</x:v>
       </x:c>
       <x:c r="E723" s="0">
-        <x:v>4698.35</x:v>
+        <x:v>5064.2</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5">
       <x:c r="A724" s="1">
-        <x:v>45279.9272222222</x:v>
+        <x:v>45412.9265625</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C724" s="0">
-        <x:v>5.11</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D724" s="0">
-        <x:v>4243.849</x:v>
+        <x:v>4481.755</x:v>
       </x:c>
       <x:c r="E724" s="0">
-        <x:v>4768.37</x:v>
+        <x:v>5035.68</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5">
       <x:c r="A725" s="1">
-        <x:v>45278.9284953704</x:v>
+        <x:v>45411.9246643518</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C725" s="0">
-        <x:v>4.89</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D725" s="0">
-        <x:v>4219.098</x:v>
+        <x:v>4553.391</x:v>
       </x:c>
       <x:c r="E725" s="0">
-        <x:v>4740.56</x:v>
+        <x:v>5116.17</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5">
       <x:c r="A726" s="1">
-        <x:v>45275.9232638889</x:v>
+        <x:v>45408.9315393519</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C726" s="0">
-        <x:v>4.73</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D726" s="0">
-        <x:v>4200.079</x:v>
+        <x:v>4538.964</x:v>
       </x:c>
       <x:c r="E726" s="0">
-        <x:v>4719.19</x:v>
+        <x:v>5099.96</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5">
       <x:c r="A727" s="1">
-        <x:v>45274.9233680556</x:v>
+        <x:v>45407.9436458333</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C727" s="0">
-        <x:v>4.74</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D727" s="0">
-        <x:v>4200.4</x:v>
+        <x:v>4493.094</x:v>
       </x:c>
       <x:c r="E727" s="0">
-        <x:v>4719.55</x:v>
+        <x:v>5048.42</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5">
       <x:c r="A728" s="1">
-        <x:v>45273.9260416667</x:v>
+        <x:v>45406.9296759259</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C728" s="0">
-        <x:v>4.64</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D728" s="0">
-        <x:v>4189.31</x:v>
+        <x:v>4513.751</x:v>
       </x:c>
       <x:c r="E728" s="0">
-        <x:v>4707.09</x:v>
+        <x:v>5071.63</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5">
       <x:c r="A729" s="1">
-        <x:v>45272.9224537037</x:v>
+        <x:v>45405.9324537037</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C729" s="0">
-        <x:v>4.19</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D729" s="0">
-        <x:v>4132.893</x:v>
+        <x:v>4512.79</x:v>
       </x:c>
       <x:c r="E729" s="0">
-        <x:v>4643.7</x:v>
+        <x:v>5070.55</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5">
       <x:c r="A730" s="1">
-        <x:v>45271.9244675926</x:v>
+        <x:v>45404.9329861111</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C730" s="0">
-        <x:v>4.04</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D730" s="0">
-        <x:v>4113.972</x:v>
+        <x:v>4459.434</x:v>
       </x:c>
       <x:c r="E730" s="0">
-        <x:v>4622.44</x:v>
+        <x:v>5010.6</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5">
       <x:c r="A731" s="1">
-        <x:v>45268.9356134259</x:v>
+        <x:v>45401.9232060185</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C731" s="0">
-        <x:v>3.94</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D731" s="0">
-        <x:v>4097.889</x:v>
+        <x:v>4420.835</x:v>
       </x:c>
       <x:c r="E731" s="0">
-        <x:v>4604.37</x:v>
+        <x:v>4967.23</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5">
       <x:c r="A732" s="1">
-        <x:v>45267.9261805556</x:v>
+        <x:v>45400.9237615741</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C732" s="0">
-        <x:v>3.82</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D732" s="0">
-        <x:v>4081.175</x:v>
+        <x:v>4459.897</x:v>
       </x:c>
       <x:c r="E732" s="0">
-        <x:v>4585.59</x:v>
+        <x:v>5011.12</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5">
       <x:c r="A733" s="1">
-        <x:v>45266.9284027778</x:v>
+        <x:v>45399.9244560185</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C733" s="0">
-        <x:v>3.59</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D733" s="0">
-        <x:v>4048.913</x:v>
+        <x:v>4469.767</x:v>
       </x:c>
       <x:c r="E733" s="0">
-        <x:v>4549.34</x:v>
+        <x:v>5022.21</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5">
       <x:c r="A734" s="1">
-        <x:v>45265.9406944444</x:v>
+        <x:v>45398.9235763889</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C734" s="0">
-        <x:v>3.71</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D734" s="0">
-        <x:v>4064.79</x:v>
+        <x:v>4495.755</x:v>
       </x:c>
       <x:c r="E734" s="0">
-        <x:v>4567.18</x:v>
+        <x:v>5051.41</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5">
       <x:c r="A735" s="1">
-        <x:v>45261.9243865741</x:v>
+        <x:v>45397.9233680556</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C735" s="0">
-        <x:v>3.91</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D735" s="0">
-        <x:v>4089.23</x:v>
+        <x:v>4505.02</x:v>
       </x:c>
       <x:c r="E735" s="0">
-        <x:v>4594.64</x:v>
+        <x:v>5061.82</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5">
       <x:c r="A736" s="1">
-        <x:v>45260.9313425926</x:v>
+        <x:v>45394.9243518518</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C736" s="0">
-        <x:v>3.74</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="D736" s="0">
-        <x:v>4065.315</x:v>
+        <x:v>4559.835</x:v>
       </x:c>
       <x:c r="E736" s="0">
-        <x:v>4567.77</x:v>
+        <x:v>5123.41</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5">
       <x:c r="A737" s="1">
-        <x:v>45259.9292592593</x:v>
+        <x:v>45393.9239351852</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C737" s="0">
-        <x:v>3.62</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D737" s="0">
-        <x:v>4050.025</x:v>
+        <x:v>4627.163</x:v>
       </x:c>
       <x:c r="E737" s="0">
-        <x:v>4550.59</x:v>
+        <x:v>5199.06</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5">
       <x:c r="A738" s="1">
-        <x:v>45258.9273958333</x:v>
+        <x:v>45392.9227314815</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C738" s="0">
-        <x:v>3.65</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D738" s="0">
-        <x:v>4053.852</x:v>
+        <x:v>4592.97</x:v>
       </x:c>
       <x:c r="E738" s="0">
-        <x:v>4554.89</x:v>
+        <x:v>5160.64</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5">
       <x:c r="A739" s="1">
-        <x:v>45257.9259143519</x:v>
+        <x:v>45391.926412037</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C739" s="0">
-        <x:v>3.63</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="D739" s="0">
-        <x:v>4049.883</x:v>
+        <x:v>4636.82</x:v>
       </x:c>
       <x:c r="E739" s="0">
-        <x:v>4550.43</x:v>
+        <x:v>5209.91</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5">
       <x:c r="A740" s="1">
-        <x:v>45254.8080324074</x:v>
+        <x:v>45390.9248148148</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C740" s="0">
-        <x:v>3.7</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D740" s="0">
-        <x:v>4057.813</x:v>
+        <x:v>4630.127</x:v>
       </x:c>
       <x:c r="E740" s="0">
-        <x:v>4559.34</x:v>
+        <x:v>5202.39</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5">
       <x:c r="A741" s="1">
-        <x:v>45252.926412037</x:v>
+        <x:v>45387.9232523148</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C741" s="0">
-        <x:v>3.69</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="D741" s="0">
-        <x:v>4055.392</x:v>
+        <x:v>4631.863</x:v>
       </x:c>
       <x:c r="E741" s="0">
-        <x:v>4556.62</x:v>
+        <x:v>5204.34</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5">
       <x:c r="A742" s="1">
-        <x:v>45251.9299652778</x:v>
+        <x:v>45386.9251041667</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C742" s="0">
-        <x:v>3.58</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D742" s="0">
-        <x:v>4038.989</x:v>
+        <x:v>4581.017</x:v>
       </x:c>
       <x:c r="E742" s="0">
-        <x:v>4538.19</x:v>
+        <x:v>5147.21</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5">
       <x:c r="A743" s="1">
-        <x:v>45250.924525463</x:v>
+        <x:v>45385.9234837963</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C743" s="0">
-        <x:v>3.64</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D743" s="0">
-        <x:v>4047.168</x:v>
+        <x:v>4638.226</x:v>
       </x:c>
       <x:c r="E743" s="0">
-        <x:v>4547.38</x:v>
+        <x:v>5211.49</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5">
       <x:c r="A744" s="1">
-        <x:v>45247.9285648148</x:v>
+        <x:v>45384.9259490741</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C744" s="0">
-        <x:v>3.45</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="D744" s="0">
-        <x:v>4017.478</x:v>
+        <x:v>4633.171</x:v>
       </x:c>
       <x:c r="E744" s="0">
-        <x:v>4514.02</x:v>
+        <x:v>5205.81</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5">
       <x:c r="A745" s="1">
-        <x:v>45246.9284490741</x:v>
+        <x:v>45379.8836921296</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C745" s="0">
-        <x:v>3.42</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D745" s="0">
-        <x:v>4012.334</x:v>
+        <x:v>4676.372</x:v>
       </x:c>
       <x:c r="E745" s="0">
-        <x:v>4508.24</x:v>
+        <x:v>5254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5">
       <x:c r="A746" s="1">
-        <x:v>45245.9254976852</x:v>
+        <x:v>45378.8832407407</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C746" s="0">
-        <x:v>3.38</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D746" s="0">
-        <x:v>4007.563</x:v>
+        <x:v>4671.165</x:v>
       </x:c>
       <x:c r="E746" s="0">
-        <x:v>4502.88</x:v>
+        <x:v>5248.5</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5">
       <x:c r="A747" s="1">
-        <x:v>45244.9246064815</x:v>
+        <x:v>45377.8827199074</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C747" s="0">
-        <x:v>3.34</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="D747" s="0">
-        <x:v>4001.173</x:v>
+        <x:v>4631.186</x:v>
       </x:c>
       <x:c r="E747" s="0">
-        <x:v>4495.7</x:v>
+        <x:v>5203.58</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5">
       <x:c r="A748" s="1">
-        <x:v>45243.9235532407</x:v>
+        <x:v>45376.8828819444</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C748" s="0">
-        <x:v>2.9</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D748" s="0">
-        <x:v>3926.28</x:v>
+        <x:v>4644.189</x:v>
       </x:c>
       <x:c r="E748" s="0">
-        <x:v>4411.55</x:v>
+        <x:v>5218.19</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5">
       <x:c r="A749" s="1">
-        <x:v>45240.9228125</x:v>
+        <x:v>45373.8830671296</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C749" s="0">
-        <x:v>2.93</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D749" s="0">
-        <x:v>3929.564</x:v>
+        <x:v>4658.42</x:v>
       </x:c>
       <x:c r="E749" s="0">
-        <x:v>4415.24</x:v>
+        <x:v>5234.18</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5">
       <x:c r="A750" s="1">
-        <x:v>45239.923587963</x:v>
+        <x:v>45372.8844444444</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C750" s="0">
-        <x:v>2.6</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D750" s="0">
-        <x:v>3869.142</x:v>
+        <x:v>4664.962</x:v>
       </x:c>
       <x:c r="E750" s="0">
-        <x:v>4347.35</x:v>
+        <x:v>5241.53</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5">
       <x:c r="A751" s="1">
-        <x:v>45238.9256134259</x:v>
+        <x:v>45362.8935648148</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C751" s="0">
-        <x:v>2.78</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D751" s="0">
-        <x:v>3900.692</x:v>
+        <x:v>4554.967</x:v>
       </x:c>
       <x:c r="E751" s="0">
-        <x:v>4382.8</x:v>
+        <x:v>5117.94</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5">
       <x:c r="A752" s="1">
-        <x:v>45237.9230324074</x:v>
+        <x:v>45359.9310648148</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C752" s="0">
-        <x:v>2.76</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D752" s="0">
-        <x:v>3896.758</x:v>
+        <x:v>4560.084</x:v>
       </x:c>
       <x:c r="E752" s="0">
-        <x:v>4378.38</x:v>
+        <x:v>5123.69</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5">
       <x:c r="A753" s="1">
-        <x:v>45236.922337963</x:v>
+        <x:v>45358.9291087963</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C753" s="0">
-        <x:v>2.7</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D753" s="0">
-        <x:v>3885.722</x:v>
+        <x:v>4590.05</x:v>
       </x:c>
       <x:c r="E753" s="0">
-        <x:v>4365.98</x:v>
+        <x:v>5157.36</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5">
       <x:c r="A754" s="1">
-        <x:v>45233.880150463</x:v>
+        <x:v>45357.9246296296</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C754" s="0">
-        <x:v>2.67</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="D754" s="0">
-        <x:v>3878.923</x:v>
+        <x:v>4543.236</x:v>
       </x:c>
       <x:c r="E754" s="0">
-        <x:v>4358.34</x:v>
+        <x:v>5104.76</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5">
       <x:c r="A755" s="1">
-        <x:v>45233.880150463</x:v>
+        <x:v>45356.9297569444</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C755" s="0">
-        <x:v>2.67</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D755" s="0">
-        <x:v>3878.923</x:v>
+        <x:v>4519.998</x:v>
       </x:c>
       <x:c r="E755" s="0">
-        <x:v>4358.34</x:v>
+        <x:v>5078.65</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5">
       <x:c r="A756" s="1">
-        <x:v>45232.8820486111</x:v>
+        <x:v>45355.9261574074</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C756" s="0">
-        <x:v>2.49</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D756" s="0">
-        <x:v>3842.824</x:v>
+        <x:v>4566.546</x:v>
       </x:c>
       <x:c r="E756" s="0">
-        <x:v>4317.78</x:v>
+        <x:v>5130.95</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5">
       <x:c r="A757" s="1">
-        <x:v>45231.8818634259</x:v>
+        <x:v>45351.925787037</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C757" s="0">
-        <x:v>2.16</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="D757" s="0">
-        <x:v>3771.695</x:v>
+        <x:v>4535.68</x:v>
       </x:c>
       <x:c r="E757" s="0">
-        <x:v>4237.86</x:v>
+        <x:v>5096.27</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5">
       <x:c r="A758" s="1">
-        <x:v>45230.8849884259</x:v>
+        <x:v>45350.9235763889</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C758" s="0">
-        <x:v>2</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D758" s="0">
-        <x:v>3732.482</x:v>
+        <x:v>4512.086</x:v>
       </x:c>
       <x:c r="E758" s="0">
-        <x:v>4193.8</x:v>
+        <x:v>5069.76</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5">
       <x:c r="A759" s="1">
-        <x:v>45229.881724537</x:v>
+        <x:v>45349.922337963</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C759" s="0">
-        <x:v>1.9</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D759" s="0">
-        <x:v>3708.47</x:v>
+        <x:v>4511.882</x:v>
       </x:c>
       <x:c r="E759" s="0">
-        <x:v>4166.82</x:v>
+        <x:v>5069.53</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5">
       <x:c r="A760" s="1">
-        <x:v>45226.9269675926</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C760" s="0">
-        <x:v>1.74</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D760" s="0">
-        <x:v>3664.459</x:v>
+        <x:v>4529.032</x:v>
       </x:c>
       <x:c r="E760" s="0">
-        <x:v>4117.37</x:v>
+        <x:v>5088.8</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5">
       <x:c r="A761" s="1">
-        <x:v>45225.9248726852</x:v>
+        <x:v>45345.9262384259</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C761" s="0">
-        <x:v>1.81</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D761" s="0">
-        <x:v>3682.135</x:v>
+        <x:v>4529.032</x:v>
       </x:c>
       <x:c r="E761" s="0">
-        <x:v>4137.23</x:v>
+        <x:v>5088.8</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5">
       <x:c r="A762" s="1">
-        <x:v>45224.9293402778</x:v>
+        <x:v>45344.9258217593</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C762" s="0">
-        <x:v>2</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D762" s="0">
-        <x:v>3726.225</x:v>
+        <x:v>4527.457</x:v>
       </x:c>
       <x:c r="E762" s="0">
-        <x:v>4186.77</x:v>
+        <x:v>5087.03</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5">
       <x:c r="A763" s="1">
-        <x:v>45223.9281018519</x:v>
+        <x:v>45343.9246412037</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C763" s="0">
-        <x:v>2.27</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D763" s="0">
-        <x:v>3780.426</x:v>
+        <x:v>4433.802</x:v>
       </x:c>
       <x:c r="E763" s="0">
-        <x:v>4247.67</x:v>
+        <x:v>4981.8</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5">
       <x:c r="A764" s="1">
-        <x:v>45222.9263541667</x:v>
+        <x:v>45342.9240162037</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C764" s="0">
-        <x:v>2.15</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D764" s="0">
-        <x:v>3753.166</x:v>
+        <x:v>4428.204</x:v>
       </x:c>
       <x:c r="E764" s="0">
-        <x:v>4217.04</x:v>
+        <x:v>4975.51</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5">
       <x:c r="A765" s="1">
-        <x:v>45219.9264814815</x:v>
+        <x:v>45338.9307986111</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C765" s="0">
-        <x:v>2.18</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D765" s="0">
-        <x:v>3759.502</x:v>
+        <x:v>4454.957</x:v>
       </x:c>
       <x:c r="E765" s="0">
-        <x:v>4224.16</x:v>
+        <x:v>5005.57</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5">
       <x:c r="A766" s="1">
-        <x:v>45218.9218055556</x:v>
+        <x:v>45337.9414699074</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C766" s="0">
-        <x:v>2.43</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D766" s="0">
-        <x:v>3807.42</x:v>
+        <x:v>4476.46</x:v>
       </x:c>
       <x:c r="E766" s="0">
-        <x:v>4278</x:v>
+        <x:v>5029.73</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5">
       <x:c r="A767" s="1">
-        <x:v>45217.9234606481</x:v>
+        <x:v>45336.9321412037</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C767" s="0">
-        <x:v>2.61</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D767" s="0">
-        <x:v>3839.994</x:v>
+        <x:v>4450.552</x:v>
       </x:c>
       <x:c r="E767" s="0">
-        <x:v>4314.6</x:v>
+        <x:v>5000.62</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5">
       <x:c r="A768" s="1">
-        <x:v>45216.9224537037</x:v>
+        <x:v>45335.9339814815</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C768" s="0">
-        <x:v>2.93</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D768" s="0">
-        <x:v>3892.148</x:v>
+        <x:v>4408.321</x:v>
       </x:c>
       <x:c r="E768" s="0">
-        <x:v>4373.2</x:v>
+        <x:v>4953.17</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5">
       <x:c r="A769" s="1">
-        <x:v>45215.9262152778</x:v>
+        <x:v>45334.9284375</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C769" s="0">
-        <x:v>2.93</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D769" s="0">
-        <x:v>3892.531</x:v>
+        <x:v>4469.438</x:v>
       </x:c>
       <x:c r="E769" s="0">
-        <x:v>4373.63</x:v>
+        <x:v>5021.84</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5">
       <x:c r="A770" s="1">
-        <x:v>45212.9247222222</x:v>
+        <x:v>45331.9229976852</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C770" s="0">
-        <x:v>2.71</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D770" s="0">
-        <x:v>3851.724</x:v>
+        <x:v>4473.683</x:v>
       </x:c>
       <x:c r="E770" s="0">
-        <x:v>4327.78</x:v>
+        <x:v>5026.61</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5">
       <x:c r="A771" s="1">
-        <x:v>45211.9241666667</x:v>
+        <x:v>45330.9228356481</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C771" s="0">
-        <x:v>2.83</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D771" s="0">
-        <x:v>3871.153</x:v>
+        <x:v>4448.193</x:v>
       </x:c>
       <x:c r="E771" s="0">
-        <x:v>4349.61</x:v>
+        <x:v>4997.97</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5">
       <x:c r="A772" s="1">
-        <x:v>45210.926712963</x:v>
+        <x:v>45329.9233912037</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C772" s="0">
-        <x:v>2.98</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D772" s="0">
-        <x:v>3895.486</x:v>
+        <x:v>4445.603</x:v>
       </x:c>
       <x:c r="E772" s="0">
-        <x:v>4376.95</x:v>
+        <x:v>4995.06</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5">
       <x:c r="A773" s="1">
-        <x:v>45209.9225462963</x:v>
+        <x:v>45328.9222800926</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C773" s="0">
-        <x:v>2.88</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D773" s="0">
-        <x:v>3878.834</x:v>
+        <x:v>4409.265</x:v>
       </x:c>
       <x:c r="E773" s="0">
-        <x:v>4358.24</x:v>
+        <x:v>4954.23</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5">
       <x:c r="A774" s="1">
-        <x:v>45208.9235763889</x:v>
+        <x:v>45327.9236689815</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C774" s="0">
-        <x:v>2.77</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D774" s="0">
-        <x:v>3858.737</x:v>
+        <x:v>4399.101</x:v>
       </x:c>
       <x:c r="E774" s="0">
-        <x:v>4335.66</x:v>
+        <x:v>4942.81</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:5">
       <x:c r="A775" s="1">
-        <x:v>45205.9328935185</x:v>
+        <x:v>45324.9259837963</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C775" s="0">
-        <x:v>2.65</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D775" s="0">
-        <x:v>3834.565</x:v>
+        <x:v>4413.163</x:v>
       </x:c>
       <x:c r="E775" s="0">
-        <x:v>4308.5</x:v>
+        <x:v>4958.61</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:5">
       <x:c r="A776" s="1">
-        <x:v>45204.930474537</x:v>
+        <x:v>45323.9259606482</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C776" s="0">
-        <x:v>2.42</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D776" s="0">
-        <x:v>3789.78</x:v>
+        <x:v>4366.527</x:v>
       </x:c>
       <x:c r="E776" s="0">
-        <x:v>4258.18</x:v>
+        <x:v>4906.21</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:5">
       <x:c r="A777" s="1">
-        <x:v>45203.927662037</x:v>
+        <x:v>45322.9228935185</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C777" s="0">
-        <x:v>2.44</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D777" s="0">
-        <x:v>3794.738</x:v>
+        <x:v>4312.628</x:v>
       </x:c>
       <x:c r="E777" s="0">
-        <x:v>4263.75</x:v>
+        <x:v>4845.65</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:5">
       <x:c r="A778" s="1">
-        <x:v>45202.9255092593</x:v>
+        <x:v>45321.9409490741</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C778" s="0">
-        <x:v>2.3</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="D778" s="0">
-        <x:v>3764.21</x:v>
+        <x:v>4383.223</x:v>
       </x:c>
       <x:c r="E778" s="0">
-        <x:v>4229.45</x:v>
+        <x:v>4924.97</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:5">
       <x:c r="A779" s="1">
-        <x:v>45201.9270833333</x:v>
+        <x:v>45320.9269675926</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C779" s="0">
-        <x:v>2.58</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D779" s="0">
-        <x:v>3816.667</x:v>
+        <x:v>4385.858</x:v>
       </x:c>
       <x:c r="E779" s="0">
-        <x:v>4288.39</x:v>
+        <x:v>4927.93</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:5">
       <x:c r="A780" s="1">
-        <x:v>45198.9240393518</x:v>
+        <x:v>45317.9266319444</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C780" s="0">
-        <x:v>2.59</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D780" s="0">
-        <x:v>3816.373</x:v>
+        <x:v>4352.963</x:v>
       </x:c>
       <x:c r="E780" s="0">
-        <x:v>4288.06</x:v>
+        <x:v>4890.97</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:5">
       <x:c r="A781" s="1">
-        <x:v>45197.9236921296</x:v>
+        <x:v>45316.926099537</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C781" s="0">
-        <x:v>2.65</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D781" s="0">
-        <x:v>3826.742</x:v>
+        <x:v>4355.802</x:v>
       </x:c>
       <x:c r="E781" s="0">
-        <x:v>4299.71</x:v>
+        <x:v>4894.16</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:5">
       <x:c r="A782" s="1">
-        <x:v>45196.9242592593</x:v>
+        <x:v>45315.9284490741</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C782" s="0">
-        <x:v>2.53</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D782" s="0">
-        <x:v>3804.314</x:v>
+        <x:v>4333.01</x:v>
       </x:c>
       <x:c r="E782" s="0">
-        <x:v>4274.51</x:v>
+        <x:v>4868.55</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:5">
       <x:c r="A783" s="1">
-        <x:v>45195.923275463</x:v>
+        <x:v>45314.9280902778</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C783" s="0">
-        <x:v>2.53</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D783" s="0">
-        <x:v>3803.442</x:v>
+        <x:v>4329.494</x:v>
       </x:c>
       <x:c r="E783" s="0">
-        <x:v>4273.53</x:v>
+        <x:v>4864.6</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:5">
       <x:c r="A784" s="1">
-        <x:v>45194.9357638889</x:v>
+        <x:v>45313.9286111111</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C784" s="0">
-        <x:v>2.87</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D784" s="0">
-        <x:v>3860.322</x:v>
+        <x:v>4316.883</x:v>
       </x:c>
       <x:c r="E784" s="0">
-        <x:v>4337.44</x:v>
+        <x:v>4850.43</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:5">
       <x:c r="A785" s="1">
-        <x:v>45191.9258333333</x:v>
+        <x:v>45310.9221875</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C785" s="0">
-        <x:v>2.79</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D785" s="0">
-        <x:v>3844.853</x:v>
+        <x:v>4307.431</x:v>
       </x:c>
       <x:c r="E785" s="0">
-        <x:v>4320.06</x:v>
+        <x:v>4839.81</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:5">
       <x:c r="A786" s="1">
-        <x:v>45190.9233912037</x:v>
+        <x:v>45309.922662037</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C786" s="0">
-        <x:v>2.85</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D786" s="0">
-        <x:v>3853.7</x:v>
+        <x:v>4255.037</x:v>
       </x:c>
       <x:c r="E786" s="0">
-        <x:v>4330</x:v>
+        <x:v>4780.94</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:5">
       <x:c r="A787" s="1">
-        <x:v>45189.9258217593</x:v>
+        <x:v>45308.9233449074</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C787" s="0">
-        <x:v>3.28</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D787" s="0">
-        <x:v>3917.967</x:v>
+        <x:v>4217.897</x:v>
       </x:c>
       <x:c r="E787" s="0">
-        <x:v>4402.21</x:v>
+        <x:v>4739.21</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:5">
       <x:c r="A788" s="1">
-        <x:v>45188.9231712963</x:v>
+        <x:v>45307.9221990741</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C788" s="0">
-        <x:v>3.55</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="D788" s="0">
-        <x:v>3955.116</x:v>
+        <x:v>4241.722</x:v>
       </x:c>
       <x:c r="E788" s="0">
-        <x:v>4443.95</x:v>
+        <x:v>4765.98</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:5">
       <x:c r="A789" s="1">
-        <x:v>45187.9255671296</x:v>
+        <x:v>45303.9228240741</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C789" s="0">
-        <x:v>3.62</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D789" s="0">
-        <x:v>3963.642</x:v>
+        <x:v>4257.609</x:v>
       </x:c>
       <x:c r="E789" s="0">
-        <x:v>4453.53</x:v>
+        <x:v>4783.83</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:5">
       <x:c r="A790" s="1">
-        <x:v>45184.9348726852</x:v>
+        <x:v>45302.9370138889</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C790" s="0">
-        <x:v>3.61</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D790" s="0">
-        <x:v>3960.785</x:v>
+        <x:v>4254.414</x:v>
       </x:c>
       <x:c r="E790" s="0">
-        <x:v>4450.32</x:v>
+        <x:v>4780.24</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:5">
       <x:c r="A791" s="1">
-        <x:v>45183.9222685185</x:v>
+        <x:v>45301.926712963</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C791" s="0">
-        <x:v>4.01</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D791" s="0">
-        <x:v>4009.539</x:v>
+        <x:v>4257.27</x:v>
       </x:c>
       <x:c r="E791" s="0">
-        <x:v>4505.1</x:v>
+        <x:v>4783.45</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:5">
       <x:c r="A792" s="1">
-        <x:v>45182.9261921296</x:v>
+        <x:v>45300.9303356481</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C792" s="0">
-        <x:v>3.75</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D792" s="0">
-        <x:v>3976.022</x:v>
+        <x:v>4233.285</x:v>
       </x:c>
       <x:c r="E792" s="0">
-        <x:v>4467.44</x:v>
+        <x:v>4756.5</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:5">
       <x:c r="A793" s="1">
-        <x:v>45181.9272222222</x:v>
+        <x:v>45299.9238194444</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C793" s="0">
-        <x:v>3.72</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D793" s="0">
-        <x:v>3971.1</x:v>
+        <x:v>4239.551</x:v>
       </x:c>
       <x:c r="E793" s="0">
-        <x:v>4461.91</x:v>
+        <x:v>4763.54</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:5">
       <x:c r="A794" s="1">
-        <x:v>45180.9247106481</x:v>
+        <x:v>45296.9255208333</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C794" s="0">
-        <x:v>3.9</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D794" s="0">
-        <x:v>3993.848</x:v>
+        <x:v>4180.544</x:v>
       </x:c>
       <x:c r="E794" s="0">
-        <x:v>4487.47</x:v>
+        <x:v>4697.24</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:5">
       <x:c r="A795" s="1">
-        <x:v>45177.925787037</x:v>
+        <x:v>45295.9240277778</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C795" s="0">
-        <x:v>3.72</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D795" s="0">
-        <x:v>3967.175</x:v>
+        <x:v>4172.925</x:v>
       </x:c>
       <x:c r="E795" s="0">
-        <x:v>4457.5</x:v>
+        <x:v>4688.68</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:5">
       <x:c r="A796" s="1">
-        <x:v>45176.9232407407</x:v>
+        <x:v>45294.9246527778</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C796" s="0">
-        <x:v>3.68</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D796" s="0">
-        <x:v>3961.515</x:v>
+        <x:v>4187.281</x:v>
       </x:c>
       <x:c r="E796" s="0">
-        <x:v>4451.14</x:v>
+        <x:v>4704.81</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:5">
       <x:c r="A797" s="1">
-        <x:v>45175.9269212963</x:v>
+        <x:v>45289.9231134259</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C797" s="0">
-        <x:v>3.77</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D797" s="0">
-        <x:v>3974.277</x:v>
+        <x:v>4245.149</x:v>
       </x:c>
       <x:c r="E797" s="0">
-        <x:v>4465.48</x:v>
+        <x:v>4769.83</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:5">
       <x:c r="A798" s="1">
-        <x:v>45174.9250115741</x:v>
+        <x:v>45288.9222453704</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C798" s="0">
-        <x:v>4</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D798" s="0">
-        <x:v>4002.179</x:v>
+        <x:v>4261.489</x:v>
       </x:c>
       <x:c r="E798" s="0">
-        <x:v>4496.83</x:v>
+        <x:v>4788.19</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:5">
       <x:c r="A799" s="1">
-        <x:v>45170.9235648148</x:v>
+        <x:v>45287.9289930556</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C799" s="0">
-        <x:v>4.16</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D799" s="0">
-        <x:v>4019.035</x:v>
+        <x:v>4255.606</x:v>
       </x:c>
       <x:c r="E799" s="0">
-        <x:v>4515.77</x:v>
+        <x:v>4781.58</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:5">
       <x:c r="A800" s="1">
-        <x:v>45169.9249305556</x:v>
+        <x:v>45282.9305671296</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C800" s="0">
-        <x:v>4.11</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D800" s="0">
-        <x:v>4011.791</x:v>
+        <x:v>4231.621</x:v>
       </x:c>
       <x:c r="E800" s="0">
-        <x:v>4507.63</x:v>
+        <x:v>4754.63</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:5">
       <x:c r="A801" s="1">
-        <x:v>45168.9228935185</x:v>
+        <x:v>45281.9287615741</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C801" s="0">
-        <x:v>4.16</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D801" s="0">
-        <x:v>4018.234</x:v>
+        <x:v>4224.608</x:v>
       </x:c>
       <x:c r="E801" s="0">
-        <x:v>4514.87</x:v>
+        <x:v>4746.75</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:5">
       <x:c r="A802" s="1">
-        <x:v>45167.9230671296</x:v>
+        <x:v>45280.9229282407</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C802" s="0">
-        <x:v>4.03</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D802" s="0">
-        <x:v>4002.9</x:v>
+        <x:v>4181.532</x:v>
       </x:c>
       <x:c r="E802" s="0">
-        <x:v>4497.64</x:v>
+        <x:v>4698.35</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:5">
       <x:c r="A803" s="1">
-        <x:v>45166.9299305556</x:v>
+        <x:v>45279.9272222222</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C803" s="0">
-        <x:v>3.62</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D803" s="0">
-        <x:v>3945.646</x:v>
+        <x:v>4243.849</x:v>
       </x:c>
       <x:c r="E803" s="0">
-        <x:v>4433.31</x:v>
+        <x:v>4768.37</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:5">
       <x:c r="A804" s="1">
-        <x:v>45163.9260069444</x:v>
+        <x:v>45278.9284953704</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C804" s="0">
-        <x:v>3.46</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D804" s="0">
-        <x:v>3921.082</x:v>
+        <x:v>4219.098</x:v>
       </x:c>
       <x:c r="E804" s="0">
-        <x:v>4405.71</x:v>
+        <x:v>4740.56</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:5">
       <x:c r="A805" s="1">
-        <x:v>45162.9230671296</x:v>
+        <x:v>45275.9232638889</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C805" s="0">
-        <x:v>3.28</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D805" s="0">
-        <x:v>3894.925</x:v>
+        <x:v>4200.079</x:v>
       </x:c>
       <x:c r="E805" s="0">
-        <x:v>4376.32</x:v>
+        <x:v>4719.19</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:5">
       <x:c r="A806" s="1">
-        <x:v>45161.9244560185</x:v>
+        <x:v>45274.9233680556</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C806" s="0">
-        <x:v>3.68</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D806" s="0">
-        <x:v>3948.084</x:v>
+        <x:v>4200.4</x:v>
       </x:c>
       <x:c r="E806" s="0">
-        <x:v>4436.05</x:v>
+        <x:v>4719.55</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:5">
       <x:c r="A807" s="1">
-        <x:v>45160.9242013889</x:v>
+        <x:v>45273.9260416667</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C807" s="0">
-        <x:v>3.39</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D807" s="0">
-        <x:v>3904.92</x:v>
+        <x:v>4189.31</x:v>
       </x:c>
       <x:c r="E807" s="0">
-        <x:v>4387.55</x:v>
+        <x:v>4707.09</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:5">
       <x:c r="A808" s="1">
-        <x:v>45159.9246643518</x:v>
+        <x:v>45272.9224537037</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C808" s="0">
-        <x:v>3.47</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D808" s="0">
-        <x:v>3915.804</x:v>
+        <x:v>4132.893</x:v>
       </x:c>
       <x:c r="E808" s="0">
-        <x:v>4399.78</x:v>
+        <x:v>4643.7</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:5">
       <x:c r="A809" s="1">
-        <x:v>45156.9241435185</x:v>
+        <x:v>45271.9244675926</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C809" s="0">
-        <x:v>3.3</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D809" s="0">
-        <x:v>3889.113</x:v>
+        <x:v>4113.972</x:v>
       </x:c>
       <x:c r="E809" s="0">
-        <x:v>4369.79</x:v>
+        <x:v>4622.44</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:5">
       <x:c r="A810" s="1">
-        <x:v>45155.9269444444</x:v>
+        <x:v>45268.9356134259</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C810" s="0">
-        <x:v>3.3</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D810" s="0">
-        <x:v>3889.558</x:v>
+        <x:v>4097.889</x:v>
       </x:c>
       <x:c r="E810" s="0">
-        <x:v>4370.29</x:v>
+        <x:v>4604.37</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:5">
       <x:c r="A811" s="1">
-        <x:v>45154.9236689815</x:v>
+        <x:v>45267.9261805556</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C811" s="0">
-        <x:v>3.52</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D811" s="0">
-        <x:v>3919.854</x:v>
+        <x:v>4081.175</x:v>
       </x:c>
       <x:c r="E811" s="0">
-        <x:v>4404.33</x:v>
+        <x:v>4585.59</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:5">
       <x:c r="A812" s="1">
-        <x:v>45153.9260300926</x:v>
+        <x:v>45266.9284027778</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C812" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D812" s="0">
-        <x:v>3949.678</x:v>
+        <x:v>4048.913</x:v>
       </x:c>
       <x:c r="E812" s="0">
-        <x:v>4437.84</x:v>
+        <x:v>4549.34</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:5">
       <x:c r="A813" s="1">
-        <x:v>45152.9223958333</x:v>
+        <x:v>45265.9406944444</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C813" s="0">
-        <x:v>4.13</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D813" s="0">
-        <x:v>3995.851</x:v>
+        <x:v>4064.79</x:v>
       </x:c>
       <x:c r="E813" s="0">
-        <x:v>4489.72</x:v>
+        <x:v>4567.18</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:5">
       <x:c r="A814" s="1">
-        <x:v>45149.9282986111</x:v>
+        <x:v>45261.9243865741</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C814" s="0">
-        <x:v>3.96</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D814" s="0">
-        <x:v>3973.004</x:v>
+        <x:v>4089.23</x:v>
       </x:c>
       <x:c r="E814" s="0">
-        <x:v>4464.05</x:v>
+        <x:v>4594.64</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:5">
       <x:c r="A815" s="1">
-        <x:v>45148.9247222222</x:v>
+        <x:v>45260.9313425926</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C815" s="0">
-        <x:v>4</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D815" s="0">
-        <x:v>3977.268</x:v>
+        <x:v>4065.315</x:v>
       </x:c>
       <x:c r="E815" s="0">
-        <x:v>4468.84</x:v>
+        <x:v>4567.77</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:5">
       <x:c r="A816" s="1">
-        <x:v>45147.9264467593</x:v>
+        <x:v>45259.9292592593</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C816" s="0">
-        <x:v>3.99</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D816" s="0">
-        <x:v>3976.289</x:v>
+        <x:v>4050.025</x:v>
       </x:c>
       <x:c r="E816" s="0">
-        <x:v>4467.74</x:v>
+        <x:v>4550.59</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:5">
       <x:c r="A817" s="1">
-        <x:v>45146.9298148148</x:v>
+        <x:v>45258.9273958333</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C817" s="0">
-        <x:v>4.23</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D817" s="0">
-        <x:v>4004.448</x:v>
+        <x:v>4053.852</x:v>
       </x:c>
       <x:c r="E817" s="0">
-        <x:v>4499.38</x:v>
+        <x:v>4554.89</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:5">
       <x:c r="A818" s="1">
-        <x:v>45145.9271759259</x:v>
+        <x:v>45257.9259143519</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C818" s="0">
-        <x:v>4.38</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D818" s="0">
-        <x:v>4021.42</x:v>
+        <x:v>4049.883</x:v>
       </x:c>
       <x:c r="E818" s="0">
-        <x:v>4518.45</x:v>
+        <x:v>4550.43</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:5">
       <x:c r="A819" s="1">
-        <x:v>45142.9240162037</x:v>
+        <x:v>45254.8080324074</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C819" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D819" s="0">
-        <x:v>3985.447</x:v>
+        <x:v>4057.813</x:v>
       </x:c>
       <x:c r="E819" s="0">
-        <x:v>4478.03</x:v>
+        <x:v>4559.34</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:5">
       <x:c r="A820" s="1">
-        <x:v>45141.9269907407</x:v>
+        <x:v>45252.926412037</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C820" s="0">
-        <x:v>4.29</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D820" s="0">
-        <x:v>4006.62</x:v>
+        <x:v>4055.392</x:v>
       </x:c>
       <x:c r="E820" s="0">
-        <x:v>4501.82</x:v>
+        <x:v>4556.62</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:5">
       <x:c r="A821" s="1">
-        <x:v>45140.9285532407</x:v>
+        <x:v>45251.9299652778</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C821" s="0">
-        <x:v>4.38</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D821" s="0">
-        <x:v>4016.899</x:v>
+        <x:v>4038.989</x:v>
       </x:c>
       <x:c r="E821" s="0">
-        <x:v>4513.37</x:v>
+        <x:v>4538.19</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:5">
       <x:c r="A822" s="1">
-        <x:v>45138.9233796296</x:v>
+        <x:v>45250.924525463</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C822" s="0">
-        <x:v>5.06</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D822" s="0">
-        <x:v>4084.21</x:v>
+        <x:v>4047.168</x:v>
       </x:c>
       <x:c r="E822" s="0">
-        <x:v>4589</x:v>
+        <x:v>4547.38</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:5">
       <x:c r="A823" s="1">
-        <x:v>45135.9240740741</x:v>
+        <x:v>45247.9285648148</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C823" s="0">
-        <x:v>5.02</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D823" s="0">
-        <x:v>4078.185</x:v>
+        <x:v>4017.478</x:v>
       </x:c>
       <x:c r="E823" s="0">
-        <x:v>4582.23</x:v>
+        <x:v>4514.02</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:5">
       <x:c r="A824" s="1">
-        <x:v>45134.9268402778</x:v>
+        <x:v>45246.9284490741</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C824" s="0">
-        <x:v>4.65</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D824" s="0">
-        <x:v>4038.339</x:v>
+        <x:v>4012.334</x:v>
       </x:c>
       <x:c r="E824" s="0">
-        <x:v>4537.46</x:v>
+        <x:v>4508.24</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:5">
       <x:c r="A825" s="1">
-        <x:v>45133.9234143519</x:v>
+        <x:v>45245.9254976852</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C825" s="0">
-        <x:v>4.91</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D825" s="0">
-        <x:v>4064.416</x:v>
+        <x:v>4007.563</x:v>
       </x:c>
       <x:c r="E825" s="0">
-        <x:v>4566.76</x:v>
+        <x:v>4502.88</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:5">
       <x:c r="A826" s="1">
-        <x:v>45132.9250115741</x:v>
+        <x:v>45244.9246064815</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C826" s="0">
-        <x:v>4.92</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D826" s="0">
-        <x:v>4065.066</x:v>
+        <x:v>4001.173</x:v>
       </x:c>
       <x:c r="E826" s="0">
-        <x:v>4567.49</x:v>
+        <x:v>4495.7</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:5">
       <x:c r="A827" s="1">
-        <x:v>45131.924212963</x:v>
+        <x:v>45243.9235532407</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C827" s="0">
-        <x:v>4.82</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D827" s="0">
-        <x:v>4053.63</x:v>
+        <x:v>3926.28</x:v>
       </x:c>
       <x:c r="E827" s="0">
-        <x:v>4554.64</x:v>
+        <x:v>4411.55</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:5">
       <x:c r="A828" s="1">
-        <x:v>45128.9254861111</x:v>
+        <x:v>45240.9228125</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C828" s="0">
-        <x:v>4.68</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D828" s="0">
-        <x:v>4037.334</x:v>
+        <x:v>3929.564</x:v>
       </x:c>
       <x:c r="E828" s="0">
-        <x:v>4536.33</x:v>
+        <x:v>4415.24</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:5">
       <x:c r="A829" s="1">
-        <x:v>45127.9288078704</x:v>
+        <x:v>45239.923587963</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C829" s="0">
-        <x:v>4.68</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D829" s="0">
-        <x:v>4036.034</x:v>
+        <x:v>3869.142</x:v>
       </x:c>
       <x:c r="E829" s="0">
-        <x:v>4534.87</x:v>
+        <x:v>4347.35</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:5">
       <x:c r="A830" s="1">
-        <x:v>45126.9250810185</x:v>
+        <x:v>45238.9256134259</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C830" s="0">
-        <x:v>4.95</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D830" s="0">
-        <x:v>4063.455</x:v>
+        <x:v>3900.692</x:v>
       </x:c>
       <x:c r="E830" s="0">
-        <x:v>4565.68</x:v>
+        <x:v>4382.8</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:5">
       <x:c r="A831" s="1">
-        <x:v>45125.9418518519</x:v>
+        <x:v>45237.9230324074</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C831" s="0">
-        <x:v>4.86</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D831" s="0">
-        <x:v>4053.932</x:v>
+        <x:v>3896.758</x:v>
       </x:c>
       <x:c r="E831" s="0">
-        <x:v>4554.98</x:v>
+        <x:v>4378.38</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:5">
       <x:c r="A832" s="1">
-        <x:v>45124.922037037</x:v>
+        <x:v>45236.922337963</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C832" s="0">
-        <x:v>4.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D832" s="0">
-        <x:v>4025.283</x:v>
+        <x:v>3885.722</x:v>
       </x:c>
       <x:c r="E832" s="0">
-        <x:v>4522.79</x:v>
+        <x:v>4365.98</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:5">
       <x:c r="A833" s="1">
-        <x:v>45121.9280671296</x:v>
+        <x:v>45233.880150463</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C833" s="0">
-        <x:v>4.48</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D833" s="0">
-        <x:v>4009.85</x:v>
+        <x:v>3878.923</x:v>
       </x:c>
       <x:c r="E833" s="0">
-        <x:v>4505.45</x:v>
+        <x:v>4358.34</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:5">
       <x:c r="A834" s="1">
-        <x:v>45120.9246296296</x:v>
+        <x:v>45233.880150463</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C834" s="0">
-        <x:v>4.52</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D834" s="0">
-        <x:v>4013.936</x:v>
+        <x:v>3878.923</x:v>
       </x:c>
       <x:c r="E834" s="0">
-        <x:v>4510.04</x:v>
+        <x:v>4358.34</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:5">
       <x:c r="A835" s="1">
-        <x:v>45119.9228587963</x:v>
+        <x:v>45232.8820486111</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C835" s="0">
-        <x:v>4.24</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D835" s="0">
-        <x:v>3980.231</x:v>
+        <x:v>3842.824</x:v>
       </x:c>
       <x:c r="E835" s="0">
-        <x:v>4472.17</x:v>
+        <x:v>4317.78</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:5">
       <x:c r="A836" s="1">
-        <x:v>45118.9245023148</x:v>
+        <x:v>45231.8818634259</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C836" s="0">
-        <x:v>4.01</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D836" s="0">
-        <x:v>3950.941</x:v>
+        <x:v>3771.695</x:v>
       </x:c>
       <x:c r="E836" s="0">
-        <x:v>4439.26</x:v>
+        <x:v>4237.86</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:5">
       <x:c r="A837" s="1">
-        <x:v>45114.9237731481</x:v>
+        <x:v>45230.8849884259</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C837" s="0">
-        <x:v>3.75</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D837" s="0">
-        <x:v>3915.066</x:v>
+        <x:v>3732.482</x:v>
       </x:c>
       <x:c r="E837" s="0">
-        <x:v>4398.95</x:v>
+        <x:v>4193.8</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:5">
       <x:c r="A838" s="1">
-        <x:v>45113.9230555556</x:v>
+        <x:v>45229.881724537</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C838" s="0">
-        <x:v>3.83</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D838" s="0">
-        <x:v>3926.315</x:v>
+        <x:v>3708.47</x:v>
       </x:c>
       <x:c r="E838" s="0">
-        <x:v>4411.59</x:v>
+        <x:v>4166.82</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:5">
       <x:c r="A839" s="1">
-        <x:v>45112.9231944444</x:v>
+        <x:v>45226.9269675926</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C839" s="0">
-        <x:v>4.1</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D839" s="0">
-        <x:v>3957.67</x:v>
+        <x:v>3664.459</x:v>
       </x:c>
       <x:c r="E839" s="0">
-        <x:v>4446.82</x:v>
+        <x:v>4117.37</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:5">
       <x:c r="A840" s="1">
-        <x:v>45110.8096412037</x:v>
+        <x:v>45225.9248726852</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C840" s="0">
-        <x:v>4.17</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D840" s="0">
-        <x:v>3965.475</x:v>
+        <x:v>3682.135</x:v>
       </x:c>
       <x:c r="E840" s="0">
-        <x:v>4455.59</x:v>
+        <x:v>4137.23</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:5">
       <x:c r="A841" s="1">
-        <x:v>45107.9253240741</x:v>
+        <x:v>45224.9293402778</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C841" s="0">
-        <x:v>4.14</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D841" s="0">
-        <x:v>3960.829</x:v>
+        <x:v>3726.225</x:v>
       </x:c>
       <x:c r="E841" s="0">
-        <x:v>4450.37</x:v>
+        <x:v>4186.77</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:5">
       <x:c r="A842" s="1">
-        <x:v>45106.9274421296</x:v>
+        <x:v>45223.9281018519</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C842" s="0">
-        <x:v>3.78</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D842" s="0">
-        <x:v>3912.832</x:v>
+        <x:v>3780.426</x:v>
       </x:c>
       <x:c r="E842" s="0">
-        <x:v>4396.44</x:v>
+        <x:v>4247.67</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:5">
       <x:c r="A843" s="1">
-        <x:v>45105.9277777778</x:v>
+        <x:v>45222.9263541667</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C843" s="0">
-        <x:v>3.65</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D843" s="0">
-        <x:v>3895.414</x:v>
+        <x:v>3753.166</x:v>
       </x:c>
       <x:c r="E843" s="0">
-        <x:v>4376.87</x:v>
+        <x:v>4217.04</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:5">
       <x:c r="A844" s="1">
-        <x:v>45104.925474537</x:v>
+        <x:v>45219.9264814815</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C844" s="0">
-        <x:v>3.66</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D844" s="0">
-        <x:v>3896.785</x:v>
+        <x:v>3759.502</x:v>
       </x:c>
       <x:c r="E844" s="0">
-        <x:v>4378.41</x:v>
+        <x:v>4224.16</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:5">
       <x:c r="A845" s="1">
-        <x:v>45103.9273611111</x:v>
+        <x:v>45218.9218055556</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C845" s="0">
-        <x:v>3.36</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D845" s="0">
-        <x:v>3852.65</x:v>
+        <x:v>3807.42</x:v>
       </x:c>
       <x:c r="E845" s="0">
-        <x:v>4328.82</x:v>
+        <x:v>4278</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:5">
       <x:c r="A846" s="1">
-        <x:v>45100.9375694444</x:v>
+        <x:v>45217.9234606481</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C846" s="0">
-        <x:v>3.5</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D846" s="0">
-        <x:v>3870.014</x:v>
+        <x:v>3839.994</x:v>
       </x:c>
       <x:c r="E846" s="0">
-        <x:v>4348.33</x:v>
+        <x:v>4314.6</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:5">
       <x:c r="A847" s="1">
-        <x:v>45099.9302199074</x:v>
+        <x:v>45216.9224537037</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C847" s="0">
-        <x:v>3.73</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D847" s="0">
-        <x:v>3899.882</x:v>
+        <x:v>3892.148</x:v>
       </x:c>
       <x:c r="E847" s="0">
-        <x:v>4381.89</x:v>
+        <x:v>4373.2</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:5">
       <x:c r="A848" s="1">
-        <x:v>45098.9288541667</x:v>
+        <x:v>45215.9262152778</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C848" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D848" s="0">
-        <x:v>3885.464</x:v>
+        <x:v>3892.531</x:v>
       </x:c>
       <x:c r="E848" s="0">
-        <x:v>4365.69</x:v>
+        <x:v>4373.63</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:5">
       <x:c r="A849" s="1">
-        <x:v>45097.9232060185</x:v>
+        <x:v>45212.9247222222</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C849" s="0">
-        <x:v>3.79</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D849" s="0">
-        <x:v>3905.97</x:v>
+        <x:v>3851.724</x:v>
       </x:c>
       <x:c r="E849" s="0">
-        <x:v>4388.73</x:v>
+        <x:v>4327.78</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:5">
       <x:c r="A850" s="1">
-        <x:v>45093.9228472222</x:v>
+        <x:v>45211.9241666667</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C850" s="0">
-        <x:v>3.96</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D850" s="0">
-        <x:v>3924.535</x:v>
+        <x:v>3871.153</x:v>
       </x:c>
       <x:c r="E850" s="0">
-        <x:v>4409.59</x:v>
+        <x:v>4349.61</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:5">
       <x:c r="A851" s="1">
-        <x:v>45092.9212037037</x:v>
+        <x:v>45210.926712963</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C851" s="0">
-        <x:v>4.08</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D851" s="0">
-        <x:v>3939.006</x:v>
+        <x:v>3895.486</x:v>
       </x:c>
       <x:c r="E851" s="0">
-        <x:v>4425.85</x:v>
+        <x:v>4376.95</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:5">
       <x:c r="A852" s="1">
-        <x:v>45091.9230555556</x:v>
+        <x:v>45209.9225462963</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C852" s="0">
-        <x:v>3.72</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D852" s="0">
-        <x:v>3891.561</x:v>
+        <x:v>3878.834</x:v>
       </x:c>
       <x:c r="E852" s="0">
-        <x:v>4372.54</x:v>
+        <x:v>4358.24</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:5">
       <x:c r="A853" s="1">
-        <x:v>45090.9231018519</x:v>
+        <x:v>45208.9235763889</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C853" s="0">
-        <x:v>3.69</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D853" s="0">
-        <x:v>3888.419</x:v>
+        <x:v>3858.737</x:v>
       </x:c>
       <x:c r="E853" s="0">
-        <x:v>4369.01</x:v>
+        <x:v>4335.66</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:5">
       <x:c r="A854" s="1">
-        <x:v>45089.9227430556</x:v>
+        <x:v>45205.9328935185</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C854" s="0">
-        <x:v>3.5</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D854" s="0">
-        <x:v>3861.719</x:v>
+        <x:v>3834.565</x:v>
       </x:c>
       <x:c r="E854" s="0">
-        <x:v>4339.01</x:v>
+        <x:v>4308.5</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:5">
       <x:c r="A855" s="1">
-        <x:v>45086.922037037</x:v>
+        <x:v>45204.930474537</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C855" s="0">
-        <x:v>3.27</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D855" s="0">
-        <x:v>3825.985</x:v>
+        <x:v>3789.78</x:v>
       </x:c>
       <x:c r="E855" s="0">
-        <x:v>4298.86</x:v>
+        <x:v>4258.18</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:5">
       <x:c r="A856" s="1">
-        <x:v>45085.9233680556</x:v>
+        <x:v>45203.927662037</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C856" s="0">
-        <x:v>3.24</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D856" s="0">
-        <x:v>3821.598</x:v>
+        <x:v>3794.738</x:v>
       </x:c>
       <x:c r="E856" s="0">
-        <x:v>4293.93</x:v>
+        <x:v>4263.75</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:5">
       <x:c r="A857" s="1">
-        <x:v>45084.9221759259</x:v>
+        <x:v>45202.9255092593</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C857" s="0">
-        <x:v>3.09</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D857" s="0">
-        <x:v>3798.093</x:v>
+        <x:v>3764.21</x:v>
       </x:c>
       <x:c r="E857" s="0">
-        <x:v>4267.52</x:v>
+        <x:v>4229.45</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:5">
       <x:c r="A858" s="1">
-        <x:v>45083.9225694444</x:v>
+        <x:v>45201.9270833333</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C858" s="0">
-        <x:v>3.19</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D858" s="0">
-        <x:v>3812.618</x:v>
+        <x:v>3816.667</x:v>
       </x:c>
       <x:c r="E858" s="0">
-        <x:v>4283.84</x:v>
+        <x:v>4288.39</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:5">
       <x:c r="A859" s="1">
-        <x:v>45082.9218055556</x:v>
+        <x:v>45198.9240393518</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C859" s="0">
-        <x:v>3.13</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D859" s="0">
-        <x:v>3803.682</x:v>
+        <x:v>3816.373</x:v>
       </x:c>
       <x:c r="E859" s="0">
-        <x:v>4273.8</x:v>
+        <x:v>4288.06</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:5">
       <x:c r="A860" s="1">
-        <x:v>45079.9268171296</x:v>
+        <x:v>45197.9236921296</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C860" s="0">
-        <x:v>3.2</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D860" s="0">
-        <x:v>3811.309</x:v>
+        <x:v>3826.742</x:v>
       </x:c>
       <x:c r="E860" s="0">
-        <x:v>4282.37</x:v>
+        <x:v>4299.71</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:5">
       <x:c r="A861" s="1">
-        <x:v>45077.923599537</x:v>
+        <x:v>45196.9242592593</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C861" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D861" s="0">
-        <x:v>3720.093</x:v>
+        <x:v>3804.314</x:v>
       </x:c>
       <x:c r="E861" s="0">
-        <x:v>4179.88</x:v>
+        <x:v>4274.51</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:5">
       <x:c r="A862" s="1">
-        <x:v>45076.9226388889</x:v>
+        <x:v>45195.923275463</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C862" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D862" s="0">
-        <x:v>3742.913</x:v>
+        <x:v>3803.442</x:v>
       </x:c>
       <x:c r="E862" s="0">
-        <x:v>4205.52</x:v>
+        <x:v>4273.53</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:5">
       <x:c r="A863" s="1">
-        <x:v>45072.9289814815</x:v>
+        <x:v>45194.9357638889</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C863" s="0">
-        <x:v>2.8</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D863" s="0">
-        <x:v>3742.85</x:v>
+        <x:v>3860.322</x:v>
       </x:c>
       <x:c r="E863" s="0">
-        <x:v>4205.45</x:v>
+        <x:v>4337.44</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:5">
       <x:c r="A864" s="1">
-        <x:v>45071.9262962963</x:v>
+        <x:v>45191.9258333333</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C864" s="0">
-        <x:v>2.54</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D864" s="0">
-        <x:v>3694.639</x:v>
+        <x:v>3844.853</x:v>
       </x:c>
       <x:c r="E864" s="0">
-        <x:v>4151.28</x:v>
+        <x:v>4320.06</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:5">
       <x:c r="A865" s="1">
-        <x:v>45070.9252430556</x:v>
+        <x:v>45190.9233912037</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C865" s="0">
-        <x:v>2.38</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D865" s="0">
-        <x:v>3662.564</x:v>
+        <x:v>3853.7</x:v>
       </x:c>
       <x:c r="E865" s="0">
-        <x:v>4115.24</x:v>
+        <x:v>4330</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:5">
       <x:c r="A866" s="1">
-        <x:v>45069.9265393519</x:v>
+        <x:v>45189.9258217593</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C866" s="0">
-        <x:v>2.53</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D866" s="0">
-        <x:v>3689.566</x:v>
+        <x:v>3917.967</x:v>
       </x:c>
       <x:c r="E866" s="0">
-        <x:v>4145.58</x:v>
+        <x:v>4402.21</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:5">
       <x:c r="A867" s="1">
-        <x:v>45068.9245949074</x:v>
+        <x:v>45188.9231712963</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C867" s="0">
-        <x:v>2.78</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D867" s="0">
-        <x:v>3731.458</x:v>
+        <x:v>3955.116</x:v>
       </x:c>
       <x:c r="E867" s="0">
-        <x:v>4192.65</x:v>
+        <x:v>4443.95</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:5">
       <x:c r="A868" s="1">
-        <x:v>45065.9233101852</x:v>
+        <x:v>45187.9255671296</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C868" s="0">
-        <x:v>2.78</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D868" s="0">
-        <x:v>3730.853</x:v>
+        <x:v>3963.642</x:v>
       </x:c>
       <x:c r="E868" s="0">
-        <x:v>4191.97</x:v>
+        <x:v>4453.53</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:5">
       <x:c r="A869" s="1">
-        <x:v>45063.9257291667</x:v>
+        <x:v>45184.9348726852</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C869" s="0">
-        <x:v>2.62</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D869" s="0">
-        <x:v>3701.305</x:v>
+        <x:v>3960.785</x:v>
       </x:c>
       <x:c r="E869" s="0">
-        <x:v>4158.77</x:v>
+        <x:v>4450.32</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:5">
       <x:c r="A870" s="1">
-        <x:v>45062.9220601852</x:v>
+        <x:v>45183.9222685185</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C870" s="0">
-        <x:v>2.39</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D870" s="0">
-        <x:v>3657.802</x:v>
+        <x:v>4009.539</x:v>
       </x:c>
       <x:c r="E870" s="0">
-        <x:v>4109.89</x:v>
+        <x:v>4505.1</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:5">
       <x:c r="A871" s="1">
-        <x:v>45061.9232291667</x:v>
+        <x:v>45182.9261921296</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C871" s="0">
-        <x:v>2.53</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D871" s="0">
-        <x:v>3681.307</x:v>
+        <x:v>3976.022</x:v>
       </x:c>
       <x:c r="E871" s="0">
-        <x:v>4136.3</x:v>
+        <x:v>4467.44</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:5">
       <x:c r="A872" s="1">
-        <x:v>45058.9222685185</x:v>
+        <x:v>45181.9272222222</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C872" s="0">
-        <x:v>2.47</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D872" s="0">
-        <x:v>3670.44</x:v>
+        <x:v>3971.1</x:v>
       </x:c>
       <x:c r="E872" s="0">
-        <x:v>4124.09</x:v>
+        <x:v>4461.91</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:5">
       <x:c r="A873" s="1">
-        <x:v>45057.9220949074</x:v>
+        <x:v>45180.9247106481</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C873" s="0">
-        <x:v>2.5</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D873" s="0">
-        <x:v>3676.261</x:v>
+        <x:v>3993.848</x:v>
       </x:c>
       <x:c r="E873" s="0">
-        <x:v>4130.63</x:v>
+        <x:v>4487.47</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:5">
       <x:c r="A874" s="1">
-        <x:v>45056.9215162037</x:v>
+        <x:v>45177.925787037</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C874" s="0">
-        <x:v>2.54</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D874" s="0">
-        <x:v>3682.5</x:v>
+        <x:v>3967.175</x:v>
       </x:c>
       <x:c r="E874" s="0">
-        <x:v>4137.64</x:v>
+        <x:v>4457.5</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:5">
       <x:c r="A875" s="1">
-        <x:v>45055.9236921296</x:v>
+        <x:v>45176.9232407407</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C875" s="0">
-        <x:v>2.45</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D875" s="0">
-        <x:v>3666.061</x:v>
+        <x:v>3961.515</x:v>
       </x:c>
       <x:c r="E875" s="0">
-        <x:v>4119.17</x:v>
+        <x:v>4451.14</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:5">
       <x:c r="A876" s="1">
-        <x:v>45054.9234143519</x:v>
+        <x:v>45175.9269212963</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C876" s="0">
-        <x:v>2.55</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D876" s="0">
-        <x:v>3682.927</x:v>
+        <x:v>3974.277</x:v>
       </x:c>
       <x:c r="E876" s="0">
-        <x:v>4138.12</x:v>
+        <x:v>4465.48</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:5">
       <x:c r="A877" s="1">
-        <x:v>45051.9233101852</x:v>
+        <x:v>45174.9250115741</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C877" s="0">
-        <x:v>2.55</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D877" s="0">
-        <x:v>3681.28</x:v>
+        <x:v>4002.179</x:v>
       </x:c>
       <x:c r="E877" s="0">
-        <x:v>4136.27</x:v>
+        <x:v>4496.83</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:5">
       <x:c r="A878" s="1">
-        <x:v>45050.9222916667</x:v>
+        <x:v>45170.9235648148</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C878" s="0">
-        <x:v>2.22</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D878" s="0">
-        <x:v>3614.495</x:v>
+        <x:v>4019.035</x:v>
       </x:c>
       <x:c r="E878" s="0">
-        <x:v>4061.23</x:v>
+        <x:v>4515.77</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:5">
       <x:c r="A879" s="1">
-        <x:v>45049.9214467593</x:v>
+        <x:v>45169.9249305556</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C879" s="0">
-        <x:v>2.36</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D879" s="0">
-        <x:v>3640.785</x:v>
+        <x:v>4011.791</x:v>
       </x:c>
       <x:c r="E879" s="0">
-        <x:v>4090.77</x:v>
+        <x:v>4507.63</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:5">
       <x:c r="A880" s="1">
-        <x:v>45048.9297106481</x:v>
+        <x:v>45168.9228935185</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C880" s="0">
-        <x:v>2.5</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D880" s="0">
-        <x:v>3666.426</x:v>
+        <x:v>4018.234</x:v>
       </x:c>
       <x:c r="E880" s="0">
-        <x:v>4119.58</x:v>
+        <x:v>4514.87</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:5">
       <x:c r="A881" s="1">
-        <x:v>45044.9277314815</x:v>
+        <x:v>45167.9230671296</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C881" s="0">
-        <x:v>2.78</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D881" s="0">
-        <x:v>3710.855</x:v>
+        <x:v>4002.9</x:v>
       </x:c>
       <x:c r="E881" s="0">
-        <x:v>4169.5</x:v>
+        <x:v>4497.64</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:5">
       <x:c r="A882" s="1">
-        <x:v>45043.9243287037</x:v>
+        <x:v>45166.9299305556</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C882" s="0">
-        <x:v>2.61</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D882" s="0">
-        <x:v>3680.488</x:v>
+        <x:v>3945.646</x:v>
       </x:c>
       <x:c r="E882" s="0">
-        <x:v>4135.38</x:v>
+        <x:v>4433.31</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:5">
       <x:c r="A883" s="1">
-        <x:v>45042.9278009259</x:v>
+        <x:v>45163.9260069444</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C883" s="0">
-        <x:v>2.26</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D883" s="0">
-        <x:v>3609.813</x:v>
+        <x:v>3921.082</x:v>
       </x:c>
       <x:c r="E883" s="0">
-        <x:v>4055.97</x:v>
+        <x:v>4405.71</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:5">
       <x:c r="A884" s="1">
-        <x:v>45041.9269675926</x:v>
+        <x:v>45162.9230671296</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C884" s="0">
-        <x:v>2.33</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D884" s="0">
-        <x:v>3623.76</x:v>
+        <x:v>3894.925</x:v>
       </x:c>
       <x:c r="E884" s="0">
-        <x:v>4071.64</x:v>
+        <x:v>4376.32</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:5">
       <x:c r="A885" s="1">
-        <x:v>45040.927650463</x:v>
+        <x:v>45161.9244560185</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C885" s="0">
-        <x:v>2.67</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D885" s="0">
-        <x:v>3681.966</x:v>
+        <x:v>3948.084</x:v>
       </x:c>
       <x:c r="E885" s="0">
-        <x:v>4137.04</x:v>
+        <x:v>4436.05</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:5">
       <x:c r="A886" s="1">
-        <x:v>45037.9261226852</x:v>
+        <x:v>45160.9242013889</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C886" s="0">
-        <x:v>2.66</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D886" s="0">
-        <x:v>3678.833</x:v>
+        <x:v>3904.92</x:v>
       </x:c>
       <x:c r="E886" s="0">
-        <x:v>4133.52</x:v>
+        <x:v>4387.55</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:5">
       <x:c r="A887" s="1">
-        <x:v>45036.9329398148</x:v>
+        <x:v>45159.9246643518</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C887" s="0">
-        <x:v>2.65</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D887" s="0">
-        <x:v>3675.513</x:v>
+        <x:v>3915.804</x:v>
       </x:c>
       <x:c r="E887" s="0">
-        <x:v>4129.79</x:v>
+        <x:v>4399.78</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:5">
       <x:c r="A888" s="1">
-        <x:v>45035.9238310185</x:v>
+        <x:v>45156.9241435185</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C888" s="0">
-        <x:v>2.78</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D888" s="0">
-        <x:v>3697.523</x:v>
+        <x:v>3889.113</x:v>
       </x:c>
       <x:c r="E888" s="0">
-        <x:v>4154.52</x:v>
+        <x:v>4369.79</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:5">
       <x:c r="A889" s="1">
-        <x:v>45034.9304398148</x:v>
+        <x:v>45155.9269444444</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C889" s="0">
-        <x:v>2.79</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D889" s="0">
-        <x:v>3697.834</x:v>
+        <x:v>3889.558</x:v>
       </x:c>
       <x:c r="E889" s="0">
-        <x:v>4154.87</x:v>
+        <x:v>4370.29</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:5">
       <x:c r="A890" s="1">
-        <x:v>45033.9289930556</x:v>
+        <x:v>45154.9236689815</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C890" s="0">
-        <x:v>2.77</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D890" s="0">
-        <x:v>3694.675</x:v>
+        <x:v>3919.854</x:v>
       </x:c>
       <x:c r="E890" s="0">
-        <x:v>4151.32</x:v>
+        <x:v>4404.33</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:5">
       <x:c r="A891" s="1">
-        <x:v>45030.9255092593</x:v>
+        <x:v>45153.9260300926</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C891" s="0">
-        <x:v>2.71</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D891" s="0">
-        <x:v>3682.491</x:v>
+        <x:v>3949.678</x:v>
       </x:c>
       <x:c r="E891" s="0">
-        <x:v>4137.63</x:v>
+        <x:v>4437.84</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:5">
       <x:c r="A892" s="1">
-        <x:v>45029.9221643519</x:v>
+        <x:v>45152.9223958333</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C892" s="0">
-        <x:v>2.76</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D892" s="0">
-        <x:v>3690.154</x:v>
+        <x:v>3995.851</x:v>
       </x:c>
       <x:c r="E892" s="0">
-        <x:v>4146.24</x:v>
+        <x:v>4489.72</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:5">
       <x:c r="A893" s="1">
-        <x:v>45028.9209375</x:v>
+        <x:v>45149.9282986111</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C893" s="0">
-        <x:v>2.49</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D893" s="0">
-        <x:v>3641.88</x:v>
+        <x:v>3973.004</x:v>
       </x:c>
       <x:c r="E893" s="0">
-        <x:v>4092</x:v>
+        <x:v>4464.05</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:5">
       <x:c r="A894" s="1">
-        <x:v>45027.92125</x:v>
+        <x:v>45148.9247222222</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C894" s="0">
-        <x:v>2.58</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D894" s="0">
-        <x:v>3656.974</x:v>
+        <x:v>3977.268</x:v>
       </x:c>
       <x:c r="E894" s="0">
-        <x:v>4108.96</x:v>
+        <x:v>4468.84</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:5">
       <x:c r="A895" s="1">
-        <x:v>45022.9265046296</x:v>
+        <x:v>45147.9264467593</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C895" s="0">
-        <x:v>2.58</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D895" s="0">
-        <x:v>3653.468</x:v>
+        <x:v>3976.289</x:v>
       </x:c>
       <x:c r="E895" s="0">
-        <x:v>4105.02</x:v>
+        <x:v>4467.74</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:5">
       <x:c r="A896" s="1">
-        <x:v>45021.9241319444</x:v>
+        <x:v>45146.9298148148</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C896" s="0">
-        <x:v>2.5</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D896" s="0">
-        <x:v>3640.438</x:v>
+        <x:v>4004.448</x:v>
       </x:c>
       <x:c r="E896" s="0">
-        <x:v>4090.38</x:v>
+        <x:v>4499.38</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:5">
       <x:c r="A897" s="1">
-        <x:v>45020.9227430556</x:v>
+        <x:v>45145.9271759259</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C897" s="0">
-        <x:v>2.56</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D897" s="0">
-        <x:v>3649.543</x:v>
+        <x:v>4021.42</x:v>
       </x:c>
       <x:c r="E897" s="0">
-        <x:v>4100.61</x:v>
+        <x:v>4518.45</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:5">
       <x:c r="A898" s="1">
-        <x:v>45019.9213657407</x:v>
+        <x:v>45142.9240162037</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C898" s="0">
-        <x:v>2.68</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D898" s="0">
-        <x:v>3670.769</x:v>
+        <x:v>3985.447</x:v>
       </x:c>
       <x:c r="E898" s="0">
-        <x:v>4124.46</x:v>
+        <x:v>4478.03</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:5">
       <x:c r="A899" s="1">
-        <x:v>45016.9238773148</x:v>
+        <x:v>45141.9269907407</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C899" s="0">
-        <x:v>2.61</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D899" s="0">
-        <x:v>3657.179</x:v>
+        <x:v>4006.62</x:v>
       </x:c>
       <x:c r="E899" s="0">
-        <x:v>4109.19</x:v>
+        <x:v>4501.82</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:5">
       <x:c r="A900" s="1">
-        <x:v>45015.9232175926</x:v>
+        <x:v>45140.9285532407</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C900" s="0">
-        <x:v>2.35</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D900" s="0">
-        <x:v>3605.239</x:v>
+        <x:v>4016.899</x:v>
       </x:c>
       <x:c r="E900" s="0">
-        <x:v>4050.83</x:v>
+        <x:v>4513.37</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:5">
       <x:c r="A901" s="1">
-        <x:v>45014.9221875</x:v>
+        <x:v>45138.9233796296</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C901" s="0">
-        <x:v>2.24</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D901" s="0">
-        <x:v>3584.76</x:v>
+        <x:v>4084.21</x:v>
       </x:c>
       <x:c r="E901" s="0">
-        <x:v>4027.82</x:v>
+        <x:v>4589</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:5">
       <x:c r="A902" s="1">
-        <x:v>45013.9242824074</x:v>
+        <x:v>45135.9240740741</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C902" s="0">
-        <x:v>2.02</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D902" s="0">
-        <x:v>3534.43</x:v>
+        <x:v>4078.185</x:v>
       </x:c>
       <x:c r="E902" s="0">
-        <x:v>3971.27</x:v>
+        <x:v>4582.23</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:5">
       <x:c r="A903" s="1">
-        <x:v>45012.9248611111</x:v>
+        <x:v>45134.9268402778</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C903" s="0">
-        <x:v>2.05</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D903" s="0">
-        <x:v>3540.028</x:v>
+        <x:v>4038.339</x:v>
       </x:c>
       <x:c r="E903" s="0">
-        <x:v>3977.56</x:v>
+        <x:v>4537.46</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:5">
       <x:c r="A904" s="1">
-        <x:v>45009.8962731482</x:v>
+        <x:v>45133.9234143519</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C904" s="0">
-        <x:v>2.03</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D904" s="0">
-        <x:v>3534.181</x:v>
+        <x:v>4064.416</x:v>
       </x:c>
       <x:c r="E904" s="0">
-        <x:v>3970.99</x:v>
+        <x:v>4566.76</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:5">
       <x:c r="A905" s="1">
-        <x:v>45008.8931712963</x:v>
+        <x:v>45132.9250115741</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C905" s="0">
-        <x:v>1.94</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D905" s="0">
-        <x:v>3514.361</x:v>
+        <x:v>4065.066</x:v>
       </x:c>
       <x:c r="E905" s="0">
-        <x:v>3948.72</x:v>
+        <x:v>4567.49</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:5">
       <x:c r="A906" s="1">
-        <x:v>45007.8898958333</x:v>
+        <x:v>45131.924212963</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C906" s="0">
-        <x:v>1.9</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D906" s="0">
-        <x:v>3503.903</x:v>
+        <x:v>4053.63</x:v>
       </x:c>
       <x:c r="E906" s="0">
-        <x:v>3936.97</x:v>
+        <x:v>4554.64</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:5">
       <x:c r="A907" s="1">
-        <x:v>45006.8943171296</x:v>
+        <x:v>45128.9254861111</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C907" s="0">
-        <x:v>2.19</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D907" s="0">
-        <x:v>3562.554</x:v>
+        <x:v>4037.334</x:v>
       </x:c>
       <x:c r="E907" s="0">
-        <x:v>4002.87</x:v>
+        <x:v>4536.33</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:5">
       <x:c r="A908" s="1">
-        <x:v>45005.8973032407</x:v>
+        <x:v>45127.9288078704</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C908" s="0">
-        <x:v>1.81</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D908" s="0">
-        <x:v>3516.897</x:v>
+        <x:v>4036.034</x:v>
       </x:c>
       <x:c r="E908" s="0">
-        <x:v>3951.57</x:v>
+        <x:v>4534.87</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:5">
       <x:c r="A909" s="1">
-        <x:v>45001.8895486111</x:v>
+        <x:v>45126.9250810185</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C909" s="0">
-        <x:v>2.03</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D909" s="0">
-        <x:v>3524.649</x:v>
+        <x:v>4063.455</x:v>
       </x:c>
       <x:c r="E909" s="0">
-        <x:v>3960.28</x:v>
+        <x:v>4565.68</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:5">
       <x:c r="A910" s="1">
-        <x:v>45000.8959953704</x:v>
+        <x:v>45125.9418518519</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C910" s="0">
-        <x:v>1.78</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D910" s="0">
-        <x:v>3463.818</x:v>
+        <x:v>4053.932</x:v>
       </x:c>
       <x:c r="E910" s="0">
-        <x:v>3891.93</x:v>
+        <x:v>4554.98</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:5">
       <x:c r="A911" s="1">
-        <x:v>44999.9181134259</x:v>
+        <x:v>45124.922037037</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C911" s="0">
-        <x:v>1.89</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D911" s="0">
-        <x:v>3489.298</x:v>
+        <x:v>4025.283</x:v>
       </x:c>
       <x:c r="E911" s="0">
-        <x:v>3920.56</x:v>
+        <x:v>4522.79</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:5">
       <x:c r="A912" s="1">
-        <x:v>44998.8910763889</x:v>
+        <x:v>45121.9280671296</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C912" s="0">
-        <x:v>1.66</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D912" s="0">
-        <x:v>3431.626</x:v>
+        <x:v>4009.85</x:v>
       </x:c>
       <x:c r="E912" s="0">
-        <x:v>3855.76</x:v>
+        <x:v>4505.45</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:5">
       <x:c r="A913" s="1">
-        <x:v>44995.9238657407</x:v>
+        <x:v>45120.9246296296</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C913" s="0">
-        <x:v>1.69</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D913" s="0">
-        <x:v>3436.833</x:v>
+        <x:v>4013.936</x:v>
       </x:c>
       <x:c r="E913" s="0">
-        <x:v>3861.61</x:v>
+        <x:v>4510.04</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:5">
       <x:c r="A914" s="1">
-        <x:v>44994.9312037037</x:v>
+        <x:v>45119.9228587963</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C914" s="0">
-        <x:v>1.91</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D914" s="0">
-        <x:v>3487.305</x:v>
+        <x:v>3980.231</x:v>
       </x:c>
       <x:c r="E914" s="0">
-        <x:v>3918.32</x:v>
+        <x:v>4472.17</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:5">
       <x:c r="A915" s="1">
-        <x:v>44993.9227546296</x:v>
+        <x:v>45118.9245023148</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C915" s="0">
-        <x:v>2.24</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D915" s="0">
-        <x:v>3552.889</x:v>
+        <x:v>3950.941</x:v>
       </x:c>
       <x:c r="E915" s="0">
-        <x:v>3992.01</x:v>
+        <x:v>4439.26</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:5">
       <x:c r="A916" s="1">
-        <x:v>44992.9296527778</x:v>
+        <x:v>45114.9237731481</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C916" s="0">
-        <x:v>2.22</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D916" s="0">
-        <x:v>3547.869</x:v>
+        <x:v>3915.066</x:v>
       </x:c>
       <x:c r="E916" s="0">
-        <x:v>3986.37</x:v>
+        <x:v>4398.95</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:5">
       <x:c r="A917" s="1">
-        <x:v>44991.921099537</x:v>
+        <x:v>45113.9230555556</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C917" s="0">
-        <x:v>2.53</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D917" s="0">
-        <x:v>3603.094</x:v>
+        <x:v>3926.315</x:v>
       </x:c>
       <x:c r="E917" s="0">
-        <x:v>4048.42</x:v>
+        <x:v>4411.59</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:5">
       <x:c r="A918" s="1">
-        <x:v>44988.9252893518</x:v>
+        <x:v>45112.9231944444</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C918" s="0">
-        <x:v>2.53</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D918" s="0">
-        <x:v>3600.611</x:v>
+        <x:v>3957.67</x:v>
       </x:c>
       <x:c r="E918" s="0">
-        <x:v>4045.63</x:v>
+        <x:v>4446.82</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:5">
       <x:c r="A919" s="1">
-        <x:v>44987.9282175926</x:v>
+        <x:v>45110.8096412037</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C919" s="0">
-        <x:v>2.24</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D919" s="0">
-        <x:v>3543.419</x:v>
+        <x:v>3965.475</x:v>
       </x:c>
       <x:c r="E919" s="0">
-        <x:v>3981.37</x:v>
+        <x:v>4455.59</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:5">
       <x:c r="A920" s="1">
-        <x:v>44986.9265046296</x:v>
+        <x:v>45107.9253240741</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C920" s="0">
-        <x:v>2.11</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D920" s="0">
-        <x:v>3516.764</x:v>
+        <x:v>3960.829</x:v>
       </x:c>
       <x:c r="E920" s="0">
-        <x:v>3951.42</x:v>
+        <x:v>4450.37</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:5">
       <x:c r="A921" s="1">
-        <x:v>44985.9231944444</x:v>
+        <x:v>45106.9274421296</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C921" s="0">
-        <x:v>2.2</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D921" s="0">
-        <x:v>3533.389</x:v>
+        <x:v>3912.832</x:v>
       </x:c>
       <x:c r="E921" s="0">
-        <x:v>3970.1</x:v>
+        <x:v>4396.44</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:5">
       <x:c r="A922" s="1">
-        <x:v>44984.9240393518</x:v>
+        <x:v>45105.9277777778</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C922" s="0">
-        <x:v>2.25</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D922" s="0">
-        <x:v>3544.202</x:v>
+        <x:v>3895.414</x:v>
       </x:c>
       <x:c r="E922" s="0">
-        <x:v>3982.25</x:v>
+        <x:v>4376.87</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:5">
       <x:c r="A923" s="1">
-        <x:v>44981.9257175926</x:v>
+        <x:v>45104.925474537</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C923" s="0">
-        <x:v>2.2</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D923" s="0">
-        <x:v>3533.327</x:v>
+        <x:v>3896.785</x:v>
       </x:c>
       <x:c r="E923" s="0">
-        <x:v>3970.03</x:v>
+        <x:v>4378.41</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:5">
       <x:c r="A924" s="1">
-        <x:v>44980.9228587963</x:v>
+        <x:v>45103.9273611111</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C924" s="0">
-        <x:v>2.41</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D924" s="0">
-        <x:v>3570.983</x:v>
+        <x:v>3852.65</x:v>
       </x:c>
       <x:c r="E924" s="0">
-        <x:v>4012.34</x:v>
+        <x:v>4328.82</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:5">
       <x:c r="A925" s="1">
-        <x:v>44979.9263310185</x:v>
+        <x:v>45100.9375694444</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C925" s="0">
-        <x:v>2.31</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D925" s="0">
-        <x:v>3552.052</x:v>
+        <x:v>3870.014</x:v>
       </x:c>
       <x:c r="E925" s="0">
-        <x:v>3991.07</x:v>
+        <x:v>4348.33</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:5">
       <x:c r="A926" s="1">
-        <x:v>44978.9236689815</x:v>
+        <x:v>45099.9302199074</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C926" s="0">
-        <x:v>2.34</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D926" s="0">
-        <x:v>3557.633</x:v>
+        <x:v>3899.882</x:v>
       </x:c>
       <x:c r="E926" s="0">
-        <x:v>3997.34</x:v>
+        <x:v>4381.89</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:5">
       <x:c r="A927" s="1">
-        <x:v>44974.9216087963</x:v>
+        <x:v>45098.9288541667</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C927" s="0">
-        <x:v>2.81</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D927" s="0">
-        <x:v>3630.408</x:v>
+        <x:v>3885.464</x:v>
       </x:c>
       <x:c r="E927" s="0">
-        <x:v>4079.11</x:v>
+        <x:v>4365.69</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:5">
       <x:c r="A928" s="1">
-        <x:v>44973.9258680556</x:v>
+        <x:v>45097.9232060185</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C928" s="0">
-        <x:v>2.87</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D928" s="0">
-        <x:v>3691.364</x:v>
+        <x:v>3905.97</x:v>
       </x:c>
       <x:c r="E928" s="0">
-        <x:v>4147.6</x:v>
+        <x:v>4388.73</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:5">
       <x:c r="A929" s="1">
-        <x:v>44972.9219212963</x:v>
+        <x:v>45093.9228472222</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C929" s="0">
-        <x:v>3.23</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D929" s="0">
-        <x:v>3691.373</x:v>
+        <x:v>3924.535</x:v>
       </x:c>
       <x:c r="E929" s="0">
-        <x:v>4147.61</x:v>
+        <x:v>4409.59</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:5">
       <x:c r="A930" s="1">
-        <x:v>44971.9231712963</x:v>
+        <x:v>45092.9212037037</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C930" s="0">
-        <x:v>3.16</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D930" s="0">
-        <x:v>3681.165</x:v>
+        <x:v>3939.006</x:v>
       </x:c>
       <x:c r="E930" s="0">
-        <x:v>4136.14</x:v>
+        <x:v>4425.85</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:5">
       <x:c r="A931" s="1">
-        <x:v>44970.9232523148</x:v>
+        <x:v>45091.9230555556</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C931" s="0">
-        <x:v>3.16</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D931" s="0">
-        <x:v>3682.197</x:v>
+        <x:v>3891.561</x:v>
       </x:c>
       <x:c r="E931" s="0">
-        <x:v>4137.3</x:v>
+        <x:v>4372.54</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:5">
       <x:c r="A932" s="1">
-        <x:v>44967.924837963</x:v>
+        <x:v>45090.9231018519</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C932" s="0">
-        <x:v>2.9</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D932" s="0">
-        <x:v>3640.509</x:v>
+        <x:v>3888.419</x:v>
       </x:c>
       <x:c r="E932" s="0">
-        <x:v>4090.46</x:v>
+        <x:v>4369.01</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:5">
       <x:c r="A933" s="1">
-        <x:v>44966.9238657407</x:v>
+        <x:v>45089.9227430556</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C933" s="0">
-        <x:v>2.86</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D933" s="0">
-        <x:v>3632.562</x:v>
+        <x:v>3861.719</x:v>
       </x:c>
       <x:c r="E933" s="0">
-        <x:v>4081.53</x:v>
+        <x:v>4339.01</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:5">
       <x:c r="A934" s="1">
-        <x:v>44965.926400463</x:v>
+        <x:v>45086.922037037</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C934" s="0">
-        <x:v>3.07</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D934" s="0">
-        <x:v>3664.913</x:v>
+        <x:v>3825.985</x:v>
       </x:c>
       <x:c r="E934" s="0">
-        <x:v>4117.88</x:v>
+        <x:v>4298.86</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:5">
       <x:c r="A935" s="1">
-        <x:v>44964.9234143519</x:v>
+        <x:v>45085.9233680556</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C935" s="0">
-        <x:v>3.37</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D935" s="0">
-        <x:v>3705.951</x:v>
+        <x:v>3821.598</x:v>
       </x:c>
       <x:c r="E935" s="0">
-        <x:v>4163.99</x:v>
+        <x:v>4293.93</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:5">
       <x:c r="A936" s="1">
-        <x:v>44963.9231944444</x:v>
+        <x:v>45084.9221759259</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C936" s="0">
-        <x:v>3.06</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D936" s="0">
-        <x:v>3658.843</x:v>
+        <x:v>3798.093</x:v>
       </x:c>
       <x:c r="E936" s="0">
-        <x:v>4111.06</x:v>
+        <x:v>4267.52</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:5">
       <x:c r="A937" s="1">
-        <x:v>44960.9237731481</x:v>
+        <x:v>45083.9225694444</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C937" s="0">
-        <x:v>3.23</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D937" s="0">
-        <x:v>3681.467</x:v>
+        <x:v>3812.618</x:v>
       </x:c>
       <x:c r="E937" s="0">
-        <x:v>4136.48</x:v>
+        <x:v>4283.84</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:5">
       <x:c r="A938" s="1">
-        <x:v>44959.922337963</x:v>
+        <x:v>45082.9218055556</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C938" s="0">
-        <x:v>3.53</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D938" s="0">
-        <x:v>3719.986</x:v>
+        <x:v>3803.682</x:v>
       </x:c>
       <x:c r="E938" s="0">
-        <x:v>4179.76</x:v>
+        <x:v>4273.8</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:5">
       <x:c r="A939" s="1">
-        <x:v>44958.922662037</x:v>
+        <x:v>45079.9268171296</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C939" s="0">
-        <x:v>3.16</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D939" s="0">
-        <x:v>3666.132</x:v>
+        <x:v>3811.309</x:v>
       </x:c>
       <x:c r="E939" s="0">
-        <x:v>4119.25</x:v>
+        <x:v>4282.37</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:5">
       <x:c r="A940" s="1">
-        <x:v>44957.9230902778</x:v>
+        <x:v>45077.923599537</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C940" s="0">
-        <x:v>2.92</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D940" s="0">
-        <x:v>3628.192</x:v>
+        <x:v>3720.093</x:v>
       </x:c>
       <x:c r="E940" s="0">
-        <x:v>4076.62</x:v>
+        <x:v>4179.88</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:5">
       <x:c r="A941" s="1">
-        <x:v>44956.9344444444</x:v>
+        <x:v>45076.9226388889</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C941" s="0">
-        <x:v>2.61</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D941" s="0">
-        <x:v>3575.815</x:v>
+        <x:v>3742.913</x:v>
       </x:c>
       <x:c r="E941" s="0">
-        <x:v>4017.77</x:v>
+        <x:v>4205.52</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:5">
       <x:c r="A942" s="1">
-        <x:v>44953.9223726852</x:v>
+        <x:v>45072.9289814815</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C942" s="0">
-        <x:v>2.92</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D942" s="0">
-        <x:v>3622.79</x:v>
+        <x:v>3742.85</x:v>
       </x:c>
       <x:c r="E942" s="0">
-        <x:v>4070.55</x:v>
+        <x:v>4205.45</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:5">
       <x:c r="A943" s="1">
-        <x:v>44952.9218518519</x:v>
+        <x:v>45071.9262962963</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C943" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D943" s="0">
-        <x:v>3613.774</x:v>
+        <x:v>3694.639</x:v>
       </x:c>
       <x:c r="E943" s="0">
-        <x:v>4060.42</x:v>
+        <x:v>4151.28</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:5">
       <x:c r="A944" s="1">
-        <x:v>44951.9215625</x:v>
+        <x:v>45070.9252430556</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C944" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D944" s="0">
-        <x:v>3574.436</x:v>
+        <x:v>3662.564</x:v>
       </x:c>
       <x:c r="E944" s="0">
-        <x:v>4016.22</x:v>
+        <x:v>4115.24</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:5">
       <x:c r="A945" s="1">
-        <x:v>44950.9215046296</x:v>
+        <x:v>45069.9265393519</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C945" s="0">
-        <x:v>2.65</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D945" s="0">
-        <x:v>3575.068</x:v>
+        <x:v>3689.566</x:v>
       </x:c>
       <x:c r="E945" s="0">
-        <x:v>4016.93</x:v>
+        <x:v>4145.58</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:5">
       <x:c r="A946" s="1">
-        <x:v>44946.9222800926</x:v>
+        <x:v>45068.9245949074</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C946" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D946" s="0">
-        <x:v>3577.631</x:v>
+        <x:v>3731.458</x:v>
       </x:c>
       <x:c r="E946" s="0">
-        <x:v>4019.81</x:v>
+        <x:v>4192.65</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:5">
       <x:c r="A947" s="1">
-        <x:v>44945.9219212963</x:v>
+        <x:v>45065.9233101852</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C947" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D947" s="0">
-        <x:v>3470.012</x:v>
+        <x:v>3730.853</x:v>
       </x:c>
       <x:c r="E947" s="0">
-        <x:v>3898.89</x:v>
+        <x:v>4191.97</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:5">
       <x:c r="A948" s="1">
-        <x:v>44944.9220486111</x:v>
+        <x:v>45063.9257291667</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C948" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D948" s="0">
-        <x:v>3496.676</x:v>
+        <x:v>3701.305</x:v>
       </x:c>
       <x:c r="E948" s="0">
-        <x:v>3928.85</x:v>
+        <x:v>4158.77</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:5">
       <x:c r="A949" s="1">
-        <x:v>44943.9232175926</x:v>
+        <x:v>45062.9220601852</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C949" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D949" s="0">
-        <x:v>3551.954</x:v>
+        <x:v>3657.802</x:v>
       </x:c>
       <x:c r="E949" s="0">
-        <x:v>3990.96</x:v>
+        <x:v>4109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:5">
       <x:c r="A950" s="1">
-        <x:v>44939.9220601852</x:v>
+        <x:v>45061.9232291667</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C950" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D950" s="0">
-        <x:v>3559.19</x:v>
+        <x:v>3681.307</x:v>
       </x:c>
       <x:c r="E950" s="0">
-        <x:v>3999.09</x:v>
+        <x:v>4136.3</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:5">
       <x:c r="A951" s="1">
-        <x:v>44938.9234490741</x:v>
+        <x:v>45058.9222685185</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C951" s="0">
-        <x:v>2.56</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D951" s="0">
-        <x:v>3545.021</x:v>
+        <x:v>3670.44</x:v>
       </x:c>
       <x:c r="E951" s="0">
-        <x:v>3983.17</x:v>
+        <x:v>4124.09</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:5">
       <x:c r="A952" s="1">
-        <x:v>44937.9233564815</x:v>
+        <x:v>45057.9220949074</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C952" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D952" s="0">
-        <x:v>3532.953</x:v>
+        <x:v>3676.261</x:v>
       </x:c>
       <x:c r="E952" s="0">
-        <x:v>3969.61</x:v>
+        <x:v>4130.63</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:5">
       <x:c r="A953" s="1">
-        <x:v>44936.9220717593</x:v>
+        <x:v>45056.9215162037</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C953" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D953" s="0">
-        <x:v>3488.168</x:v>
+        <x:v>3682.5</x:v>
       </x:c>
       <x:c r="E953" s="0">
-        <x:v>3919.29</x:v>
+        <x:v>4137.64</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:5">
       <x:c r="A954" s="1">
-        <x:v>44935.9264583333</x:v>
+        <x:v>45055.9236921296</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C954" s="0">
-        <x:v>2.14</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D954" s="0">
-        <x:v>3463.96</x:v>
+        <x:v>3666.061</x:v>
       </x:c>
       <x:c r="E954" s="0">
-        <x:v>3892.09</x:v>
+        <x:v>4119.17</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:5">
       <x:c r="A955" s="1">
-        <x:v>44932.9228472222</x:v>
+        <x:v>45054.9234143519</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C955" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D955" s="0">
-        <x:v>3466.594</x:v>
+        <x:v>3682.927</x:v>
       </x:c>
       <x:c r="E955" s="0">
-        <x:v>3895.05</x:v>
+        <x:v>4138.12</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:5">
       <x:c r="A956" s="1">
-        <x:v>44931.9231018519</x:v>
+        <x:v>45051.9233101852</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C956" s="0">
-        <x:v>1.83</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D956" s="0">
-        <x:v>3389.191</x:v>
+        <x:v>3681.28</x:v>
       </x:c>
       <x:c r="E956" s="0">
-        <x:v>3808.08</x:v>
+        <x:v>4136.27</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:5">
       <x:c r="A957" s="1">
-        <x:v>44930.9267476852</x:v>
+        <x:v>45050.9222916667</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C957" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D957" s="0">
-        <x:v>3429.117</x:v>
+        <x:v>3614.495</x:v>
       </x:c>
       <x:c r="E957" s="0">
-        <x:v>3852.94</x:v>
+        <x:v>4061.23</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:5">
       <x:c r="A958" s="1">
-        <x:v>44929.9236574074</x:v>
+        <x:v>45049.9214467593</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C958" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D958" s="0">
-        <x:v>3403.458</x:v>
+        <x:v>3640.785</x:v>
       </x:c>
       <x:c r="E958" s="0">
-        <x:v>3824.11</x:v>
+        <x:v>4090.77</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:5">
       <x:c r="A959" s="1">
-        <x:v>44925.9210300926</x:v>
+        <x:v>45048.9297106481</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C959" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D959" s="0">
-        <x:v>3417.155</x:v>
+        <x:v>3666.426</x:v>
       </x:c>
       <x:c r="E959" s="0">
-        <x:v>3839.5</x:v>
+        <x:v>4119.58</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:5">
       <x:c r="A960" s="1">
-        <x:v>44924.92125</x:v>
+        <x:v>45044.9277314815</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C960" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D960" s="0">
-        <x:v>3425.877</x:v>
+        <x:v>3710.855</x:v>
       </x:c>
       <x:c r="E960" s="0">
-        <x:v>3849.3</x:v>
+        <x:v>4169.5</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:5">
       <x:c r="A961" s="1">
-        <x:v>44923.9214930556</x:v>
+        <x:v>45043.9243287037</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C961" s="0">
-        <x:v>1.77</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D961" s="0">
-        <x:v>3367.048</x:v>
+        <x:v>3680.488</x:v>
       </x:c>
       <x:c r="E961" s="0">
-        <x:v>3783.2</x:v>
+        <x:v>4135.38</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:5">
       <x:c r="A962" s="1">
-        <x:v>44922.9215277778</x:v>
+        <x:v>45042.9278009259</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C962" s="0">
-        <x:v>1.96</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D962" s="0">
-        <x:v>3408.041</x:v>
+        <x:v>3609.813</x:v>
       </x:c>
       <x:c r="E962" s="0">
-        <x:v>3829.26</x:v>
+        <x:v>4055.97</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:5">
       <x:c r="A963" s="1">
-        <x:v>44918.9237152778</x:v>
+        <x:v>45041.9269675926</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C963" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D963" s="0">
-        <x:v>3421.89</x:v>
+        <x:v>3623.76</x:v>
       </x:c>
       <x:c r="E963" s="0">
-        <x:v>3844.82</x:v>
+        <x:v>4071.64</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:5">
       <x:c r="A964" s="1">
-        <x:v>44917.9228356481</x:v>
+        <x:v>45040.927650463</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C964" s="0">
-        <x:v>1.95</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D964" s="0">
-        <x:v>3401.954</x:v>
+        <x:v>3681.966</x:v>
       </x:c>
       <x:c r="E964" s="0">
-        <x:v>3822.42</x:v>
+        <x:v>4137.04</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:5">
       <x:c r="A965" s="1">
-        <x:v>44916.9286689815</x:v>
+        <x:v>45037.9261226852</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C965" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D965" s="0">
-        <x:v>3451.812</x:v>
+        <x:v>3678.833</x:v>
       </x:c>
       <x:c r="E965" s="0">
-        <x:v>3878.44</x:v>
+        <x:v>4133.52</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:5">
       <x:c r="A966" s="1">
-        <x:v>44915.9294097222</x:v>
+        <x:v>45036.9329398148</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C966" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D966" s="0">
-        <x:v>3401.242</x:v>
+        <x:v>3675.513</x:v>
       </x:c>
       <x:c r="E966" s="0">
-        <x:v>3821.62</x:v>
+        <x:v>4129.79</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:5">
       <x:c r="A967" s="1">
-        <x:v>44914.9256712963</x:v>
+        <x:v>45035.9238310185</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C967" s="0">
-        <x:v>1.95</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D967" s="0">
-        <x:v>3397.682</x:v>
+        <x:v>3697.523</x:v>
       </x:c>
       <x:c r="E967" s="0">
-        <x:v>3817.62</x:v>
+        <x:v>4154.52</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:5">
       <x:c r="A968" s="1">
-        <x:v>44911.9283796296</x:v>
+        <x:v>45034.9304398148</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C968" s="0">
-        <x:v>2.11</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D968" s="0">
-        <x:v>3428.6</x:v>
+        <x:v>3697.834</x:v>
       </x:c>
       <x:c r="E968" s="0">
-        <x:v>3852.36</x:v>
+        <x:v>4154.87</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:5">
       <x:c r="A969" s="1">
-        <x:v>44910.921087963</x:v>
+        <x:v>45033.9289930556</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C969" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D969" s="0">
-        <x:v>3467.289</x:v>
+        <x:v>3694.675</x:v>
       </x:c>
       <x:c r="E969" s="0">
-        <x:v>3895.83</x:v>
+        <x:v>4151.32</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:5">
       <x:c r="A970" s="1">
-        <x:v>44909.9281481481</x:v>
+        <x:v>45030.9255092593</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C970" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D970" s="0">
-        <x:v>3555.808</x:v>
+        <x:v>3682.491</x:v>
       </x:c>
       <x:c r="E970" s="0">
-        <x:v>3995.29</x:v>
+        <x:v>4137.63</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:5">
       <x:c r="A971" s="1">
-        <x:v>44908.9209953704</x:v>
+        <x:v>45029.9221643519</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C971" s="0">
-        <x:v>3.05</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D971" s="0">
-        <x:v>3577.586</x:v>
+        <x:v>3690.154</x:v>
       </x:c>
       <x:c r="E971" s="0">
-        <x:v>4019.76</x:v>
+        <x:v>4146.24</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:5">
       <x:c r="A972" s="1">
-        <x:v>44907.9230671296</x:v>
+        <x:v>45028.9209375</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C972" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D972" s="0">
-        <x:v>3551.598</x:v>
+        <x:v>3641.88</x:v>
       </x:c>
       <x:c r="E972" s="0">
-        <x:v>3990.56</x:v>
+        <x:v>4092</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:5">
       <x:c r="A973" s="1">
-        <x:v>44904.9255787037</x:v>
+        <x:v>45027.92125</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C973" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D973" s="0">
-        <x:v>3501.598</x:v>
+        <x:v>3656.974</x:v>
       </x:c>
       <x:c r="E973" s="0">
-        <x:v>3934.38</x:v>
+        <x:v>4108.96</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:5">
       <x:c r="A974" s="1">
-        <x:v>44903.9210069444</x:v>
+        <x:v>45022.9265046296</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C974" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D974" s="0">
-        <x:v>3527.533</x:v>
+        <x:v>3653.468</x:v>
       </x:c>
       <x:c r="E974" s="0">
-        <x:v>3963.52</x:v>
+        <x:v>4105.02</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:5">
       <x:c r="A975" s="1">
-        <x:v>44902.9221296296</x:v>
+        <x:v>45021.9241319444</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C975" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D975" s="0">
-        <x:v>3501.189</x:v>
+        <x:v>3640.438</x:v>
       </x:c>
       <x:c r="E975" s="0">
-        <x:v>3933.92</x:v>
+        <x:v>4090.38</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:5">
       <x:c r="A976" s="1">
-        <x:v>44901.9287731481</x:v>
+        <x:v>45020.9227430556</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C976" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D976" s="0">
-        <x:v>3507.721</x:v>
+        <x:v>3649.543</x:v>
       </x:c>
       <x:c r="E976" s="0">
-        <x:v>3941.26</x:v>
+        <x:v>4100.61</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:5">
       <x:c r="A977" s="1">
-        <x:v>44900.930474537</x:v>
+        <x:v>45019.9213657407</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C977" s="0">
-        <x:v>2.99</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D977" s="0">
-        <x:v>3558.968</x:v>
+        <x:v>3670.769</x:v>
       </x:c>
       <x:c r="E977" s="0">
-        <x:v>3998.84</x:v>
+        <x:v>4124.46</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:5">
       <x:c r="A978" s="1">
-        <x:v>44897.9215509259</x:v>
+        <x:v>45016.9238773148</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C978" s="0">
-        <x:v>3.5</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D978" s="0">
-        <x:v>3623.822</x:v>
+        <x:v>3657.179</x:v>
       </x:c>
       <x:c r="E978" s="0">
-        <x:v>4071.71</x:v>
+        <x:v>4109.19</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:5">
       <x:c r="A979" s="1">
-        <x:v>44896.921087963</x:v>
+        <x:v>45015.9232175926</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C979" s="0">
-        <x:v>3.54</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D979" s="0">
-        <x:v>3628.156</x:v>
+        <x:v>3605.239</x:v>
       </x:c>
       <x:c r="E979" s="0">
-        <x:v>4076.58</x:v>
+        <x:v>4050.83</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:5">
       <x:c r="A980" s="1">
-        <x:v>44895.9227314815</x:v>
+        <x:v>45014.9221875</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C980" s="0">
-        <x:v>3.56</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D980" s="0">
-        <x:v>3631.182</x:v>
+        <x:v>3584.76</x:v>
       </x:c>
       <x:c r="E980" s="0">
-        <x:v>4079.98</x:v>
+        <x:v>4027.82</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:5">
       <x:c r="A981" s="1">
-        <x:v>44894.9210648148</x:v>
+        <x:v>45013.9242824074</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C981" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D981" s="0">
-        <x:v>3522.255</x:v>
+        <x:v>3534.43</x:v>
       </x:c>
       <x:c r="E981" s="0">
-        <x:v>3957.59</x:v>
+        <x:v>3971.27</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:5">
       <x:c r="A982" s="1">
-        <x:v>44893.9217824074</x:v>
+        <x:v>45012.9248611111</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C982" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D982" s="0">
-        <x:v>3527.916</x:v>
+        <x:v>3540.028</x:v>
       </x:c>
       <x:c r="E982" s="0">
-        <x:v>3963.95</x:v>
+        <x:v>3977.56</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:5">
       <x:c r="A983" s="1">
-        <x:v>44890.9214583333</x:v>
+        <x:v>45009.8962731482</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C983" s="0">
-        <x:v>3.31</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D983" s="0">
-        <x:v>3583.247</x:v>
+        <x:v>3534.181</x:v>
       </x:c>
       <x:c r="E983" s="0">
-        <x:v>4026.12</x:v>
+        <x:v>3970.99</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:5">
       <x:c r="A984" s="1">
-        <x:v>44888.9222453704</x:v>
+        <x:v>45008.8931712963</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C984" s="0">
-        <x:v>3.32</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D984" s="0">
-        <x:v>3584.279</x:v>
+        <x:v>3514.361</x:v>
       </x:c>
       <x:c r="E984" s="0">
-        <x:v>4027.28</x:v>
+        <x:v>3948.72</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:5">
       <x:c r="A985" s="1">
-        <x:v>44887.923599537</x:v>
+        <x:v>45007.8898958333</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C985" s="0">
-        <x:v>3.18</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D985" s="0">
-        <x:v>3563.186</x:v>
+        <x:v>3503.903</x:v>
       </x:c>
       <x:c r="E985" s="0">
-        <x:v>4003.58</x:v>
+        <x:v>3936.97</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:5">
       <x:c r="A986" s="1">
-        <x:v>44886.9219328704</x:v>
+        <x:v>45006.8943171296</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C986" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D986" s="0">
-        <x:v>3515.456</x:v>
+        <x:v>3562.554</x:v>
       </x:c>
       <x:c r="E986" s="0">
-        <x:v>3949.95</x:v>
+        <x:v>4002.87</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:5">
       <x:c r="A987" s="1">
-        <x:v>44883.9215393519</x:v>
+        <x:v>45005.8973032407</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C987" s="0">
-        <x:v>2.97</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D987" s="0">
-        <x:v>3529.215</x:v>
+        <x:v>3516.897</x:v>
       </x:c>
       <x:c r="E987" s="0">
-        <x:v>3965.41</x:v>
+        <x:v>3951.57</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:5">
       <x:c r="A988" s="1">
-        <x:v>44882.9211574074</x:v>
+        <x:v>45001.8895486111</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C988" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D988" s="0">
-        <x:v>3512.572</x:v>
+        <x:v>3524.649</x:v>
       </x:c>
       <x:c r="E988" s="0">
-        <x:v>3946.71</x:v>
+        <x:v>3960.28</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:5">
       <x:c r="A989" s="1">
-        <x:v>44881.9223726852</x:v>
+        <x:v>45000.8959953704</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C989" s="0">
-        <x:v>2.93</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D989" s="0">
-        <x:v>3523.412</x:v>
+        <x:v>3463.818</x:v>
       </x:c>
       <x:c r="E989" s="0">
-        <x:v>3958.89</x:v>
+        <x:v>3891.93</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:5">
       <x:c r="A990" s="1">
-        <x:v>44880.9223958333</x:v>
+        <x:v>44999.9181134259</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C990" s="0">
-        <x:v>3.14</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D990" s="0">
-        <x:v>3552.64</x:v>
+        <x:v>3489.298</x:v>
       </x:c>
       <x:c r="E990" s="0">
-        <x:v>3991.73</x:v>
+        <x:v>3920.56</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:5">
       <x:c r="A991" s="1">
-        <x:v>44879.9273148148</x:v>
+        <x:v>44998.8910763889</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C991" s="0">
-        <x:v>2.93</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D991" s="0">
-        <x:v>3522.024</x:v>
+        <x:v>3431.626</x:v>
       </x:c>
       <x:c r="E991" s="0">
-        <x:v>3957.33</x:v>
+        <x:v>3855.76</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:5">
       <x:c r="A992" s="1">
-        <x:v>44876.922349537</x:v>
+        <x:v>44995.9238657407</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C992" s="0">
-        <x:v>3.16</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D992" s="0">
-        <x:v>3553.743</x:v>
+        <x:v>3436.833</x:v>
       </x:c>
       <x:c r="E992" s="0">
-        <x:v>3992.97</x:v>
+        <x:v>3861.61</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:5">
       <x:c r="A993" s="1">
-        <x:v>44875.9260069444</x:v>
+        <x:v>44994.9312037037</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C993" s="0">
-        <x:v>2.95</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D993" s="0">
-        <x:v>3521.071</x:v>
+        <x:v>3487.305</x:v>
       </x:c>
       <x:c r="E993" s="0">
-        <x:v>3956.26</x:v>
+        <x:v>3918.32</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:5">
       <x:c r="A994" s="1">
-        <x:v>44874.9211574074</x:v>
+        <x:v>44993.9227546296</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C994" s="0">
-        <x:v>2.04</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D994" s="0">
-        <x:v>3336.245</x:v>
+        <x:v>3552.889</x:v>
       </x:c>
       <x:c r="E994" s="0">
-        <x:v>3748.59</x:v>
+        <x:v>3992.01</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:5">
       <x:c r="A995" s="1">
-        <x:v>44873.9225462963</x:v>
+        <x:v>44992.9296527778</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C995" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D995" s="0">
-        <x:v>3407.045</x:v>
+        <x:v>3547.869</x:v>
       </x:c>
       <x:c r="E995" s="0">
-        <x:v>3828.14</x:v>
+        <x:v>3986.37</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:5">
       <x:c r="A996" s="1">
-        <x:v>44872.921400463</x:v>
+        <x:v>44991.921099537</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C996" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D996" s="0">
-        <x:v>3388.079</x:v>
+        <x:v>3603.094</x:v>
       </x:c>
       <x:c r="E996" s="0">
-        <x:v>3806.83</x:v>
+        <x:v>4048.42</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:5">
       <x:c r="A997" s="1">
-        <x:v>44869.8940740741</x:v>
+        <x:v>44988.9252893518</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C997" s="0">
-        <x:v>2.18</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D997" s="0">
-        <x:v>3355.79</x:v>
+        <x:v>3600.611</x:v>
       </x:c>
       <x:c r="E997" s="0">
-        <x:v>3770.55</x:v>
+        <x:v>4045.63</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:5">
       <x:c r="A998" s="1">
-        <x:v>44868.8953703704</x:v>
+        <x:v>44987.9282175926</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C998" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D998" s="0">
-        <x:v>3346.124</x:v>
+        <x:v>3543.419</x:v>
       </x:c>
       <x:c r="E998" s="0">
-        <x:v>3759.69</x:v>
+        <x:v>3981.37</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:5">
       <x:c r="A999" s="1">
-        <x:v>44867</x:v>
+        <x:v>44986.9265046296</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C999" s="0">
+        <x:v>2.11</x:v>
+      </x:c>
+      <x:c r="D999" s="0">
+        <x:v>3516.764</x:v>
+      </x:c>
       <x:c r="E999" s="0">
-        <x:v>3871.98</x:v>
+        <x:v>3951.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:5">
       <x:c r="A1000" s="1">
-        <x:v>44866</x:v>
+        <x:v>44985.9231944444</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1000" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D1000" s="0">
+        <x:v>3533.389</x:v>
+      </x:c>
       <x:c r="E1000" s="0">
-        <x:v>3871.98</x:v>
+        <x:v>3970.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:5">
       <x:c r="A1001" s="1">
-        <x:v>44865</x:v>
+        <x:v>44984.9240393518</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1001" s="0">
+        <x:v>2.25</x:v>
+      </x:c>
+      <x:c r="D1001" s="0">
+        <x:v>3544.202</x:v>
+      </x:c>
       <x:c r="E1001" s="0">
-        <x:v>3901.09</x:v>
+        <x:v>3982.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:5">
       <x:c r="A1002" s="1">
-        <x:v>44864</x:v>
+        <x:v>44981.9257175926</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1002" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D1002" s="0">
+        <x:v>3533.327</x:v>
+      </x:c>
       <x:c r="E1002" s="0">
-        <x:v>3901.09</x:v>
+        <x:v>3970.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:5">
       <x:c r="A1003" s="1">
-        <x:v>44863</x:v>
+        <x:v>44980.9228587963</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1003" s="0">
+        <x:v>2.41</x:v>
+      </x:c>
+      <x:c r="D1003" s="0">
+        <x:v>3570.983</x:v>
+      </x:c>
       <x:c r="E1003" s="0">
-        <x:v>3901.09</x:v>
+        <x:v>4012.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:5">
       <x:c r="A1004" s="1">
-        <x:v>44862</x:v>
+        <x:v>44979.9263310185</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1004" s="0">
+        <x:v>2.31</x:v>
+      </x:c>
+      <x:c r="D1004" s="0">
+        <x:v>3552.052</x:v>
+      </x:c>
       <x:c r="E1004" s="0">
-        <x:v>3807.88</x:v>
+        <x:v>3991.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:5">
       <x:c r="A1005" s="1">
-        <x:v>44861</x:v>
+        <x:v>44978.9236689815</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1005" s="0">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="D1005" s="0">
+        <x:v>3557.633</x:v>
+      </x:c>
       <x:c r="E1005" s="0">
-        <x:v>3830.61</x:v>
+        <x:v>3997.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:5">
       <x:c r="A1006" s="1">
-        <x:v>44860</x:v>
+        <x:v>44974.9216087963</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1006" s="0">
+        <x:v>2.81</x:v>
+      </x:c>
+      <x:c r="D1006" s="0">
+        <x:v>3630.408</x:v>
+      </x:c>
       <x:c r="E1006" s="0">
-        <x:v>3859.19</x:v>
+        <x:v>4079.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:5">
       <x:c r="A1007" s="1">
-        <x:v>44859</x:v>
+        <x:v>44973.9258680556</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1007" s="0">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D1007" s="0">
+        <x:v>3691.364</x:v>
+      </x:c>
       <x:c r="E1007" s="0">
-        <x:v>3752.75</x:v>
+        <x:v>4147.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:5">
       <x:c r="A1008" s="1">
-        <x:v>44858</x:v>
+        <x:v>44972.9219212963</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1008" s="0">
+        <x:v>3.23</x:v>
+      </x:c>
+      <x:c r="D1008" s="0">
+        <x:v>3691.373</x:v>
+      </x:c>
       <x:c r="E1008" s="0">
-        <x:v>3752.78</x:v>
+        <x:v>4147.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:5">
       <x:c r="A1009" s="1">
-        <x:v>44857</x:v>
+        <x:v>44971.9231712963</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1009" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D1009" s="0">
+        <x:v>3681.165</x:v>
+      </x:c>
       <x:c r="E1009" s="0">
-        <x:v>3752.78</x:v>
+        <x:v>4136.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:5">
       <x:c r="A1010" s="1">
-        <x:v>44856</x:v>
+        <x:v>44970.9232523148</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1010" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D1010" s="0">
+        <x:v>3682.197</x:v>
+      </x:c>
       <x:c r="E1010" s="0">
-        <x:v>3752.78</x:v>
+        <x:v>4137.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:5">
       <x:c r="A1011" s="1">
-        <x:v>44855</x:v>
+        <x:v>44967.924837963</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1011" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D1011" s="0">
+        <x:v>3640.509</x:v>
+      </x:c>
       <x:c r="E1011" s="0">
-        <x:v>3665.71</x:v>
+        <x:v>4090.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:5">
       <x:c r="A1012" s="1">
-        <x:v>44854</x:v>
+        <x:v>44966.9238657407</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1012" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D1012" s="0">
+        <x:v>3632.562</x:v>
+      </x:c>
       <x:c r="E1012" s="0">
-        <x:v>3695.19</x:v>
+        <x:v>4081.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:5">
       <x:c r="A1013" s="1">
-        <x:v>44853</x:v>
+        <x:v>44965.926400463</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1013" s="0">
+        <x:v>3.07</x:v>
+      </x:c>
+      <x:c r="D1013" s="0">
+        <x:v>3664.913</x:v>
+      </x:c>
       <x:c r="E1013" s="0">
-        <x:v>3720.15</x:v>
+        <x:v>4117.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:5">
       <x:c r="A1014" s="1">
-        <x:v>44852</x:v>
+        <x:v>44964.9234143519</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1014" s="0">
+        <x:v>3.37</x:v>
+      </x:c>
+      <x:c r="D1014" s="0">
+        <x:v>3705.951</x:v>
+      </x:c>
       <x:c r="E1014" s="0">
-        <x:v>3677.97</x:v>
+        <x:v>4163.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:5">
       <x:c r="A1015" s="1">
-        <x:v>44851</x:v>
+        <x:v>44963.9231944444</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1015" s="0">
+        <x:v>3.06</x:v>
+      </x:c>
+      <x:c r="D1015" s="0">
+        <x:v>3658.843</x:v>
+      </x:c>
       <x:c r="E1015" s="0">
-        <x:v>3583.07</x:v>
+        <x:v>4111.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:5">
       <x:c r="A1016" s="1">
-        <x:v>44850</x:v>
+        <x:v>44960.9237731481</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1016" s="0">
+        <x:v>3.23</x:v>
+      </x:c>
+      <x:c r="D1016" s="0">
+        <x:v>3681.467</x:v>
+      </x:c>
       <x:c r="E1016" s="0">
-        <x:v>3583.07</x:v>
+        <x:v>4136.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:5">
       <x:c r="A1017" s="1">
-        <x:v>44849</x:v>
+        <x:v>44959.922337963</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1017" s="0">
+        <x:v>3.53</x:v>
+      </x:c>
+      <x:c r="D1017" s="0">
+        <x:v>3719.986</x:v>
+      </x:c>
       <x:c r="E1017" s="0">
-        <x:v>3583.07</x:v>
+        <x:v>4179.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:5">
       <x:c r="A1018" s="1">
-        <x:v>44848</x:v>
+        <x:v>44958.922662037</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1018" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D1018" s="0">
+        <x:v>3666.132</x:v>
+      </x:c>
       <x:c r="E1018" s="0">
-        <x:v>3669.91</x:v>
+        <x:v>4119.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:5">
       <x:c r="A1019" s="1">
-        <x:v>44847</x:v>
+        <x:v>44957.9230902778</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1019" s="0">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="D1019" s="0">
+        <x:v>3628.192</x:v>
+      </x:c>
       <x:c r="E1019" s="0">
-        <x:v>3577.03</x:v>
+        <x:v>4076.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:5">
       <x:c r="A1020" s="1">
-        <x:v>44846</x:v>
+        <x:v>44956.9344444444</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1020" s="0">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="D1020" s="0">
+        <x:v>3575.815</x:v>
+      </x:c>
       <x:c r="E1020" s="0">
-        <x:v>3588.84</x:v>
+        <x:v>4017.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:5">
       <x:c r="A1021" s="1">
-        <x:v>44845</x:v>
+        <x:v>44953.9223726852</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1021" s="0">
+        <x:v>2.92</x:v>
+      </x:c>
+      <x:c r="D1021" s="0">
+        <x:v>3622.79</x:v>
+      </x:c>
       <x:c r="E1021" s="0">
-        <x:v>3612.39</x:v>
+        <x:v>4070.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:5">
       <x:c r="A1022" s="1">
-        <x:v>44844</x:v>
+        <x:v>44952.9218518519</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1022" s="0">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D1022" s="0">
+        <x:v>3613.774</x:v>
+      </x:c>
       <x:c r="E1022" s="0">
-        <x:v>3639.63</x:v>
+        <x:v>4060.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:5">
       <x:c r="A1023" s="1">
-        <x:v>44843</x:v>
+        <x:v>44951.9215625</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1023" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D1023" s="0">
+        <x:v>3574.436</x:v>
+      </x:c>
       <x:c r="E1023" s="0">
-        <x:v>3639.63</x:v>
+        <x:v>4016.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:5">
       <x:c r="A1024" s="1">
-        <x:v>44841</x:v>
+        <x:v>44950.9215046296</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1024" s="0">
+        <x:v>2.65</x:v>
+      </x:c>
+      <x:c r="D1024" s="0">
+        <x:v>3575.068</x:v>
+      </x:c>
       <x:c r="E1024" s="0">
-        <x:v>3744.49</x:v>
+        <x:v>4016.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:5">
       <x:c r="A1025" s="1">
-        <x:v>44839</x:v>
+        <x:v>44946.9222800926</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1025" s="0">
+        <x:v>2.66</x:v>
+      </x:c>
+      <x:c r="D1025" s="0">
+        <x:v>3577.631</x:v>
+      </x:c>
       <x:c r="E1025" s="0">
-        <x:v>3790.98</x:v>
+        <x:v>4019.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:5">
       <x:c r="A1026" s="1">
-        <x:v>44838</x:v>
+        <x:v>44945.9219212963</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1026" s="0">
+        <x:v>2.12</x:v>
+      </x:c>
+      <x:c r="D1026" s="0">
+        <x:v>3470.012</x:v>
+      </x:c>
       <x:c r="E1026" s="0">
-        <x:v>3678.45</x:v>
+        <x:v>3898.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:5">
       <x:c r="A1027" s="1">
-        <x:v>44837</x:v>
+        <x:v>44944.9220486111</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1027" s="0">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D1027" s="0">
+        <x:v>3496.676</x:v>
+      </x:c>
       <x:c r="E1027" s="0">
-        <x:v>3585.62</x:v>
+        <x:v>3928.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:5">
       <x:c r="A1028" s="1">
-        <x:v>44836</x:v>
+        <x:v>44943.9232175926</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1028" s="0">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D1028" s="0">
+        <x:v>3551.954</x:v>
+      </x:c>
       <x:c r="E1028" s="0">
-        <x:v>3585.62</x:v>
+        <x:v>3990.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:5">
       <x:c r="A1029" s="1">
-        <x:v>44835</x:v>
+        <x:v>44939.9220601852</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1029" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D1029" s="0">
+        <x:v>3559.19</x:v>
+      </x:c>
       <x:c r="E1029" s="0">
-        <x:v>3585.62</x:v>
+        <x:v>3999.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:5">
       <x:c r="A1030" s="1">
-        <x:v>44834</x:v>
+        <x:v>44938.9234490741</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1030" s="0">
+        <x:v>2.56</x:v>
+      </x:c>
+      <x:c r="D1030" s="0">
+        <x:v>3545.021</x:v>
+      </x:c>
       <x:c r="E1030" s="0">
-        <x:v>3640.47</x:v>
+        <x:v>3983.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:5">
       <x:c r="A1031" s="1">
-        <x:v>44833</x:v>
+        <x:v>44937.9233564815</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1031" s="0">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="D1031" s="0">
+        <x:v>3532.953</x:v>
+      </x:c>
       <x:c r="E1031" s="0">
-        <x:v>3719.04</x:v>
+        <x:v>3969.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:5">
       <x:c r="A1032" s="1">
-        <x:v>44832</x:v>
+        <x:v>44936.9220717593</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1032" s="0">
+        <x:v>2.26</x:v>
+      </x:c>
+      <x:c r="D1032" s="0">
+        <x:v>3488.168</x:v>
+      </x:c>
       <x:c r="E1032" s="0">
-        <x:v>3647.29</x:v>
+        <x:v>3919.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:5">
       <x:c r="A1033" s="1">
-        <x:v>44831</x:v>
+        <x:v>44935.9264583333</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1033" s="0">
+        <x:v>2.14</x:v>
+      </x:c>
+      <x:c r="D1033" s="0">
+        <x:v>3463.96</x:v>
+      </x:c>
       <x:c r="E1033" s="0">
-        <x:v>3655.04</x:v>
+        <x:v>3892.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:5">
       <x:c r="A1034" s="1">
-        <x:v>44830</x:v>
+        <x:v>44932.9228472222</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1034" s="0">
+        <x:v>2.16</x:v>
+      </x:c>
+      <x:c r="D1034" s="0">
+        <x:v>3466.594</x:v>
+      </x:c>
       <x:c r="E1034" s="0">
-        <x:v>3693.34</x:v>
+        <x:v>3895.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:5">
       <x:c r="A1035" s="1">
-        <x:v>44829</x:v>
+        <x:v>44931.9231018519</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1035" s="0">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="D1035" s="0">
+        <x:v>3389.191</x:v>
+      </x:c>
       <x:c r="E1035" s="0">
-        <x:v>3693.34</x:v>
+        <x:v>3808.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:5">
       <x:c r="A1036" s="1">
-        <x:v>44828</x:v>
+        <x:v>44930.9267476852</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1036" s="0">
+        <x:v>2.02</x:v>
+      </x:c>
+      <x:c r="D1036" s="0">
+        <x:v>3429.117</x:v>
+      </x:c>
       <x:c r="E1036" s="0">
-        <x:v>3693.34</x:v>
+        <x:v>3852.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:5">
       <x:c r="A1037" s="1">
-        <x:v>44827</x:v>
+        <x:v>44929.9236574074</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1037" s="0">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="D1037" s="0">
+        <x:v>3403.458</x:v>
+      </x:c>
       <x:c r="E1037" s="0">
-        <x:v>3757.96</x:v>
+        <x:v>3824.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:5">
       <x:c r="A1038" s="1">
-        <x:v>44826</x:v>
+        <x:v>44925.9210300926</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1038" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D1038" s="0">
+        <x:v>3417.155</x:v>
+      </x:c>
       <x:c r="E1038" s="0">
-        <x:v>3789.9</x:v>
+        <x:v>3839.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:5">
       <x:c r="A1039" s="1">
-        <x:v>44825</x:v>
+        <x:v>44924.92125</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1039" s="0">
+        <x:v>2.02</x:v>
+      </x:c>
+      <x:c r="D1039" s="0">
+        <x:v>3425.877</x:v>
+      </x:c>
       <x:c r="E1039" s="0">
-        <x:v>3855.93</x:v>
+        <x:v>3849.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:5">
       <x:c r="A1040" s="1">
-        <x:v>44824</x:v>
+        <x:v>44923.9214930556</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1040" s="0">
+        <x:v>1.77</x:v>
+      </x:c>
+      <x:c r="D1040" s="0">
+        <x:v>3367.048</x:v>
+      </x:c>
       <x:c r="E1040" s="0">
-        <x:v>3899.91</x:v>
+        <x:v>3783.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:5">
       <x:c r="A1041" s="1">
-        <x:v>44823</x:v>
+        <x:v>44922.9215277778</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1041" s="0">
+        <x:v>1.96</x:v>
+      </x:c>
+      <x:c r="D1041" s="0">
+        <x:v>3408.041</x:v>
+      </x:c>
       <x:c r="E1041" s="0">
-        <x:v>3873.26</x:v>
+        <x:v>3829.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:5">
       <x:c r="A1042" s="1">
-        <x:v>44822</x:v>
+        <x:v>44918.9237152778</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1042" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D1042" s="0">
+        <x:v>3421.89</x:v>
+      </x:c>
       <x:c r="E1042" s="0">
-        <x:v>3873.26</x:v>
+        <x:v>3844.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:5">
       <x:c r="A1043" s="1">
-        <x:v>44821</x:v>
+        <x:v>44917.9228356481</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1043" s="0">
+        <x:v>1.95</x:v>
+      </x:c>
+      <x:c r="D1043" s="0">
+        <x:v>3401.954</x:v>
+      </x:c>
       <x:c r="E1043" s="0">
-        <x:v>3873.26</x:v>
+        <x:v>3822.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:5">
       <x:c r="A1044" s="1">
-        <x:v>44820</x:v>
+        <x:v>44916.9286689815</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1044" s="0">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="D1044" s="0">
+        <x:v>3451.812</x:v>
+      </x:c>
       <x:c r="E1044" s="0">
-        <x:v>3901.35</x:v>
+        <x:v>3878.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:5">
       <x:c r="A1045" s="1">
-        <x:v>44819</x:v>
+        <x:v>44915.9294097222</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1045" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D1045" s="0">
+        <x:v>3401.242</x:v>
+      </x:c>
       <x:c r="E1045" s="0">
-        <x:v>3946.03</x:v>
+        <x:v>3821.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:5">
       <x:c r="A1046" s="1">
-        <x:v>44818</x:v>
+        <x:v>44914.9256712963</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1046" s="0">
+        <x:v>1.95</x:v>
+      </x:c>
+      <x:c r="D1046" s="0">
+        <x:v>3397.682</x:v>
+      </x:c>
       <x:c r="E1046" s="0">
-        <x:v>3932.69</x:v>
+        <x:v>3817.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:5">
       <x:c r="A1047" s="1">
-        <x:v>44817</x:v>
+        <x:v>44911.9283796296</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1047" s="0">
+        <x:v>2.11</x:v>
+      </x:c>
+      <x:c r="D1047" s="0">
+        <x:v>3428.6</x:v>
+      </x:c>
       <x:c r="E1047" s="0">
-        <x:v>4110.41</x:v>
+        <x:v>3852.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:5">
       <x:c r="A1048" s="1">
-        <x:v>44816</x:v>
+        <x:v>44910.921087963</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1048" s="0">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="D1048" s="0">
+        <x:v>3467.289</x:v>
+      </x:c>
       <x:c r="E1048" s="0">
-        <x:v>4067.37</x:v>
+        <x:v>3895.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:5">
       <x:c r="A1049" s="1">
-        <x:v>44815</x:v>
+        <x:v>44909.9281481481</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1049" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D1049" s="0">
+        <x:v>3555.808</x:v>
+      </x:c>
       <x:c r="E1049" s="0">
-        <x:v>4067.37</x:v>
+        <x:v>3995.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:5">
       <x:c r="A1050" s="1">
-        <x:v>44814</x:v>
+        <x:v>44908.9209953704</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1050" s="0">
+        <x:v>3.05</x:v>
+      </x:c>
+      <x:c r="D1050" s="0">
+        <x:v>3577.586</x:v>
+      </x:c>
       <x:c r="E1050" s="0">
-        <x:v>4067.37</x:v>
+        <x:v>4019.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:5">
       <x:c r="A1051" s="1">
-        <x:v>44813</x:v>
+        <x:v>44907.9230671296</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1051" s="0">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D1051" s="0">
+        <x:v>3551.598</x:v>
+      </x:c>
       <x:c r="E1051" s="0">
-        <x:v>4006.17</x:v>
+        <x:v>3990.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:5">
       <x:c r="A1052" s="1">
-        <x:v>44812</x:v>
+        <x:v>44904.9255787037</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1052" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D1052" s="0">
+        <x:v>3501.598</x:v>
+      </x:c>
       <x:c r="E1052" s="0">
-        <x:v>3979.89</x:v>
+        <x:v>3934.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:5">
       <x:c r="A1053" s="1">
-        <x:v>44811</x:v>
+        <x:v>44903.9210069444</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1053" s="0">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D1053" s="0">
+        <x:v>3527.533</x:v>
+      </x:c>
       <x:c r="E1053" s="0">
-        <x:v>3908.27</x:v>
+        <x:v>3963.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:5">
       <x:c r="A1054" s="1">
-        <x:v>44810</x:v>
+        <x:v>44902.9221296296</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1054" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D1054" s="0">
+        <x:v>3501.189</x:v>
+      </x:c>
       <x:c r="E1054" s="0">
-        <x:v>3924.31</x:v>
+        <x:v>3933.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:5">
       <x:c r="A1055" s="1">
-        <x:v>44809</x:v>
+        <x:v>44901.9287731481</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1055" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D1055" s="0">
+        <x:v>3507.721</x:v>
+      </x:c>
       <x:c r="E1055" s="0">
-        <x:v>3924.31</x:v>
+        <x:v>3941.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:5">
       <x:c r="A1056" s="1">
-        <x:v>44807</x:v>
+        <x:v>44900.930474537</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1056" s="0">
+        <x:v>2.99</x:v>
+      </x:c>
+      <x:c r="D1056" s="0">
+        <x:v>3558.968</x:v>
+      </x:c>
       <x:c r="E1056" s="0">
-        <x:v>3924.31</x:v>
+        <x:v>3998.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:5">
       <x:c r="A1057" s="1">
-        <x:v>44806</x:v>
+        <x:v>44897.9215509259</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1057" s="0">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="D1057" s="0">
+        <x:v>3623.822</x:v>
+      </x:c>
       <x:c r="E1057" s="0">
-        <x:v>3966.85</x:v>
+        <x:v>4071.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:5">
       <x:c r="A1058" s="1">
-        <x:v>44805</x:v>
+        <x:v>44896.921087963</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1058" s="0">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="D1058" s="0">
+        <x:v>3628.156</x:v>
+      </x:c>
       <x:c r="E1058" s="0">
-        <x:v>3986.17</x:v>
+        <x:v>4076.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:5">
       <x:c r="A1059" s="1">
-        <x:v>44804</x:v>
+        <x:v>44895.9227314815</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1059" s="0">
+        <x:v>3.56</x:v>
+      </x:c>
+      <x:c r="D1059" s="0">
+        <x:v>3631.182</x:v>
+      </x:c>
       <x:c r="E1059" s="0">
-        <x:v>3986.17</x:v>
+        <x:v>4079.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:5">
       <x:c r="A1060" s="1">
-        <x:v>44803</x:v>
+        <x:v>44894.9210648148</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1060" s="0">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="D1060" s="0">
+        <x:v>3522.255</x:v>
+      </x:c>
       <x:c r="E1060" s="0">
-        <x:v>4030.62</x:v>
+        <x:v>3957.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:5">
       <x:c r="A1061" s="1">
-        <x:v>44802</x:v>
+        <x:v>44893.9217824074</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1061" s="0">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D1061" s="0">
+        <x:v>3527.916</x:v>
+      </x:c>
       <x:c r="E1061" s="0">
-        <x:v>4057.68</x:v>
+        <x:v>3963.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:5">
       <x:c r="A1062" s="1">
-        <x:v>44801</x:v>
+        <x:v>44890.9214583333</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1062" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D1062" s="0">
+        <x:v>3583.247</x:v>
+      </x:c>
       <x:c r="E1062" s="0">
-        <x:v>4057.68</x:v>
+        <x:v>4026.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:5">
       <x:c r="A1063" s="1">
-        <x:v>44800</x:v>
+        <x:v>44888.9222453704</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1063" s="0">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="D1063" s="0">
+        <x:v>3584.279</x:v>
+      </x:c>
       <x:c r="E1063" s="0">
-        <x:v>4057.68</x:v>
+        <x:v>4027.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:5">
       <x:c r="A1064" s="1">
-        <x:v>44799</x:v>
+        <x:v>44887.923599537</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1064" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D1064" s="0">
+        <x:v>3563.186</x:v>
+      </x:c>
       <x:c r="E1064" s="0">
-        <x:v>4199.23</x:v>
+        <x:v>4003.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:5">
       <x:c r="A1065" s="1">
-        <x:v>44798</x:v>
+        <x:v>44886.9219328704</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1065" s="0">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D1065" s="0">
+        <x:v>3515.456</x:v>
+      </x:c>
       <x:c r="E1065" s="0">
-        <x:v>4140.82</x:v>
+        <x:v>3949.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:5">
       <x:c r="A1066" s="1">
-        <x:v>44797</x:v>
+        <x:v>44883.9215393519</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1066" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D1066" s="0">
+        <x:v>3529.215</x:v>
+      </x:c>
       <x:c r="E1066" s="0">
-        <x:v>4128.72</x:v>
+        <x:v>3965.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:5">
       <x:c r="A1067" s="1">
-        <x:v>44796</x:v>
+        <x:v>44882.9211574074</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1067" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D1067" s="0">
+        <x:v>3512.572</x:v>
+      </x:c>
       <x:c r="E1067" s="0">
-        <x:v>4138.11</x:v>
+        <x:v>3946.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:5">
       <x:c r="A1068" s="1">
-        <x:v>44795</x:v>
+        <x:v>44881.9223726852</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1068" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D1068" s="0">
+        <x:v>3523.412</x:v>
+      </x:c>
       <x:c r="E1068" s="0">
-        <x:v>4228.48</x:v>
+        <x:v>3958.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:5">
       <x:c r="A1069" s="1">
-        <x:v>44794</x:v>
+        <x:v>44880.9223958333</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1069" s="0">
+        <x:v>3.14</x:v>
+      </x:c>
+      <x:c r="D1069" s="0">
+        <x:v>3552.64</x:v>
+      </x:c>
       <x:c r="E1069" s="0">
-        <x:v>4228.48</x:v>
+        <x:v>3991.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:5">
       <x:c r="A1070" s="1">
-        <x:v>44793</x:v>
+        <x:v>44879.9273148148</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1070" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D1070" s="0">
+        <x:v>3522.024</x:v>
+      </x:c>
       <x:c r="E1070" s="0">
-        <x:v>4228.48</x:v>
+        <x:v>3957.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:5">
       <x:c r="A1071" s="1">
-        <x:v>44792</x:v>
+        <x:v>44876.922349537</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1071" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D1071" s="0">
+        <x:v>3553.743</x:v>
+      </x:c>
       <x:c r="E1071" s="0">
-        <x:v>4283.76</x:v>
+        <x:v>3992.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:5">
       <x:c r="A1072" s="1">
-        <x:v>44791</x:v>
+        <x:v>44875.9260069444</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1072" s="0">
+        <x:v>2.95</x:v>
+      </x:c>
+      <x:c r="D1072" s="0">
+        <x:v>3521.071</x:v>
+      </x:c>
       <x:c r="E1072" s="0">
-        <x:v>4274.03</x:v>
+        <x:v>3956.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:5">
       <x:c r="A1073" s="1">
-        <x:v>44790</x:v>
+        <x:v>44874.9211574074</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1073" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D1073" s="0">
+        <x:v>3336.245</x:v>
+      </x:c>
       <x:c r="E1073" s="0">
-        <x:v>4305.22</x:v>
+        <x:v>3748.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:5">
       <x:c r="A1074" s="1">
+        <x:v>44873.9225462963</x:v>
+      </x:c>
+      <x:c r="B1074" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1074" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D1074" s="0">
+        <x:v>3407.045</x:v>
+      </x:c>
+      <x:c r="E1074" s="0">
+        <x:v>3828.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1075" spans="1:5">
+      <x:c r="A1075" s="1">
+        <x:v>44872.921400463</x:v>
+      </x:c>
+      <x:c r="B1075" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1075" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D1075" s="0">
+        <x:v>3388.079</x:v>
+      </x:c>
+      <x:c r="E1075" s="0">
+        <x:v>3806.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1076" spans="1:5">
+      <x:c r="A1076" s="1">
+        <x:v>44869.8940740741</x:v>
+      </x:c>
+      <x:c r="B1076" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1076" s="0">
+        <x:v>2.18</x:v>
+      </x:c>
+      <x:c r="D1076" s="0">
+        <x:v>3355.79</x:v>
+      </x:c>
+      <x:c r="E1076" s="0">
+        <x:v>3770.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1077" spans="1:5">
+      <x:c r="A1077" s="1">
+        <x:v>44868.8953703704</x:v>
+      </x:c>
+      <x:c r="B1077" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C1077" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D1077" s="0">
+        <x:v>3346.124</x:v>
+      </x:c>
+      <x:c r="E1077" s="0">
+        <x:v>3759.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1078" spans="1:5">
+      <x:c r="A1078" s="1">
+        <x:v>44867</x:v>
+      </x:c>
+      <x:c r="B1078" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1078" s="0">
+        <x:v>3871.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1079" spans="1:5">
+      <x:c r="A1079" s="1">
+        <x:v>44866</x:v>
+      </x:c>
+      <x:c r="B1079" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1079" s="0">
+        <x:v>3871.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1080" spans="1:5">
+      <x:c r="A1080" s="1">
+        <x:v>44865</x:v>
+      </x:c>
+      <x:c r="B1080" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1080" s="0">
+        <x:v>3901.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1081" spans="1:5">
+      <x:c r="A1081" s="1">
+        <x:v>44864</x:v>
+      </x:c>
+      <x:c r="B1081" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1081" s="0">
+        <x:v>3901.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1082" spans="1:5">
+      <x:c r="A1082" s="1">
+        <x:v>44863</x:v>
+      </x:c>
+      <x:c r="B1082" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1082" s="0">
+        <x:v>3901.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1083" spans="1:5">
+      <x:c r="A1083" s="1">
+        <x:v>44862</x:v>
+      </x:c>
+      <x:c r="B1083" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1083" s="0">
+        <x:v>3807.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1084" spans="1:5">
+      <x:c r="A1084" s="1">
+        <x:v>44861</x:v>
+      </x:c>
+      <x:c r="B1084" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1084" s="0">
+        <x:v>3830.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1085" spans="1:5">
+      <x:c r="A1085" s="1">
+        <x:v>44860</x:v>
+      </x:c>
+      <x:c r="B1085" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1085" s="0">
+        <x:v>3859.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1086" spans="1:5">
+      <x:c r="A1086" s="1">
+        <x:v>44859</x:v>
+      </x:c>
+      <x:c r="B1086" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1086" s="0">
+        <x:v>3752.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1087" spans="1:5">
+      <x:c r="A1087" s="1">
+        <x:v>44858</x:v>
+      </x:c>
+      <x:c r="B1087" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1087" s="0">
+        <x:v>3752.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1088" spans="1:5">
+      <x:c r="A1088" s="1">
+        <x:v>44857</x:v>
+      </x:c>
+      <x:c r="B1088" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1088" s="0">
+        <x:v>3752.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1089" spans="1:5">
+      <x:c r="A1089" s="1">
+        <x:v>44856</x:v>
+      </x:c>
+      <x:c r="B1089" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1089" s="0">
+        <x:v>3752.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1090" spans="1:5">
+      <x:c r="A1090" s="1">
+        <x:v>44855</x:v>
+      </x:c>
+      <x:c r="B1090" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1090" s="0">
+        <x:v>3665.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1091" spans="1:5">
+      <x:c r="A1091" s="1">
+        <x:v>44854</x:v>
+      </x:c>
+      <x:c r="B1091" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1091" s="0">
+        <x:v>3695.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1092" spans="1:5">
+      <x:c r="A1092" s="1">
+        <x:v>44853</x:v>
+      </x:c>
+      <x:c r="B1092" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1092" s="0">
+        <x:v>3720.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1093" spans="1:5">
+      <x:c r="A1093" s="1">
+        <x:v>44852</x:v>
+      </x:c>
+      <x:c r="B1093" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1093" s="0">
+        <x:v>3677.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1094" spans="1:5">
+      <x:c r="A1094" s="1">
+        <x:v>44851</x:v>
+      </x:c>
+      <x:c r="B1094" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1094" s="0">
+        <x:v>3583.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1095" spans="1:5">
+      <x:c r="A1095" s="1">
+        <x:v>44850</x:v>
+      </x:c>
+      <x:c r="B1095" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1095" s="0">
+        <x:v>3583.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1096" spans="1:5">
+      <x:c r="A1096" s="1">
+        <x:v>44849</x:v>
+      </x:c>
+      <x:c r="B1096" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1096" s="0">
+        <x:v>3583.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1097" spans="1:5">
+      <x:c r="A1097" s="1">
+        <x:v>44848</x:v>
+      </x:c>
+      <x:c r="B1097" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1097" s="0">
+        <x:v>3669.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1098" spans="1:5">
+      <x:c r="A1098" s="1">
+        <x:v>44847</x:v>
+      </x:c>
+      <x:c r="B1098" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1098" s="0">
+        <x:v>3577.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1099" spans="1:5">
+      <x:c r="A1099" s="1">
+        <x:v>44846</x:v>
+      </x:c>
+      <x:c r="B1099" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1099" s="0">
+        <x:v>3588.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1100" spans="1:5">
+      <x:c r="A1100" s="1">
+        <x:v>44845</x:v>
+      </x:c>
+      <x:c r="B1100" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1100" s="0">
+        <x:v>3612.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1101" spans="1:5">
+      <x:c r="A1101" s="1">
+        <x:v>44844</x:v>
+      </x:c>
+      <x:c r="B1101" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1101" s="0">
+        <x:v>3639.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1102" spans="1:5">
+      <x:c r="A1102" s="1">
+        <x:v>44843</x:v>
+      </x:c>
+      <x:c r="B1102" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1102" s="0">
+        <x:v>3639.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1103" spans="1:5">
+      <x:c r="A1103" s="1">
+        <x:v>44841</x:v>
+      </x:c>
+      <x:c r="B1103" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1103" s="0">
+        <x:v>3744.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1104" spans="1:5">
+      <x:c r="A1104" s="1">
+        <x:v>44839</x:v>
+      </x:c>
+      <x:c r="B1104" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1104" s="0">
+        <x:v>3790.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1105" spans="1:5">
+      <x:c r="A1105" s="1">
+        <x:v>44838</x:v>
+      </x:c>
+      <x:c r="B1105" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1105" s="0">
+        <x:v>3678.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1106" spans="1:5">
+      <x:c r="A1106" s="1">
+        <x:v>44837</x:v>
+      </x:c>
+      <x:c r="B1106" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1106" s="0">
+        <x:v>3585.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1107" spans="1:5">
+      <x:c r="A1107" s="1">
+        <x:v>44836</x:v>
+      </x:c>
+      <x:c r="B1107" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1107" s="0">
+        <x:v>3585.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1108" spans="1:5">
+      <x:c r="A1108" s="1">
+        <x:v>44835</x:v>
+      </x:c>
+      <x:c r="B1108" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1108" s="0">
+        <x:v>3585.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1109" spans="1:5">
+      <x:c r="A1109" s="1">
+        <x:v>44834</x:v>
+      </x:c>
+      <x:c r="B1109" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1109" s="0">
+        <x:v>3640.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1110" spans="1:5">
+      <x:c r="A1110" s="1">
+        <x:v>44833</x:v>
+      </x:c>
+      <x:c r="B1110" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1110" s="0">
+        <x:v>3719.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1111" spans="1:5">
+      <x:c r="A1111" s="1">
+        <x:v>44832</x:v>
+      </x:c>
+      <x:c r="B1111" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1111" s="0">
+        <x:v>3647.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1112" spans="1:5">
+      <x:c r="A1112" s="1">
+        <x:v>44831</x:v>
+      </x:c>
+      <x:c r="B1112" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1112" s="0">
+        <x:v>3655.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1113" spans="1:5">
+      <x:c r="A1113" s="1">
+        <x:v>44830</x:v>
+      </x:c>
+      <x:c r="B1113" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1113" s="0">
+        <x:v>3693.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1114" spans="1:5">
+      <x:c r="A1114" s="1">
+        <x:v>44829</x:v>
+      </x:c>
+      <x:c r="B1114" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1114" s="0">
+        <x:v>3693.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1115" spans="1:5">
+      <x:c r="A1115" s="1">
+        <x:v>44828</x:v>
+      </x:c>
+      <x:c r="B1115" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1115" s="0">
+        <x:v>3693.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1116" spans="1:5">
+      <x:c r="A1116" s="1">
+        <x:v>44827</x:v>
+      </x:c>
+      <x:c r="B1116" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1116" s="0">
+        <x:v>3757.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1117" spans="1:5">
+      <x:c r="A1117" s="1">
+        <x:v>44826</x:v>
+      </x:c>
+      <x:c r="B1117" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1117" s="0">
+        <x:v>3789.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1118" spans="1:5">
+      <x:c r="A1118" s="1">
+        <x:v>44825</x:v>
+      </x:c>
+      <x:c r="B1118" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1118" s="0">
+        <x:v>3855.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1119" spans="1:5">
+      <x:c r="A1119" s="1">
+        <x:v>44824</x:v>
+      </x:c>
+      <x:c r="B1119" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1119" s="0">
+        <x:v>3899.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1120" spans="1:5">
+      <x:c r="A1120" s="1">
+        <x:v>44823</x:v>
+      </x:c>
+      <x:c r="B1120" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1120" s="0">
+        <x:v>3873.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1121" spans="1:5">
+      <x:c r="A1121" s="1">
+        <x:v>44822</x:v>
+      </x:c>
+      <x:c r="B1121" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1121" s="0">
+        <x:v>3873.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1122" spans="1:5">
+      <x:c r="A1122" s="1">
+        <x:v>44821</x:v>
+      </x:c>
+      <x:c r="B1122" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1122" s="0">
+        <x:v>3873.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1123" spans="1:5">
+      <x:c r="A1123" s="1">
+        <x:v>44820</x:v>
+      </x:c>
+      <x:c r="B1123" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1123" s="0">
+        <x:v>3901.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1124" spans="1:5">
+      <x:c r="A1124" s="1">
+        <x:v>44819</x:v>
+      </x:c>
+      <x:c r="B1124" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1124" s="0">
+        <x:v>3946.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1125" spans="1:5">
+      <x:c r="A1125" s="1">
+        <x:v>44818</x:v>
+      </x:c>
+      <x:c r="B1125" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1125" s="0">
+        <x:v>3932.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1126" spans="1:5">
+      <x:c r="A1126" s="1">
+        <x:v>44817</x:v>
+      </x:c>
+      <x:c r="B1126" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1126" s="0">
+        <x:v>4110.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1127" spans="1:5">
+      <x:c r="A1127" s="1">
+        <x:v>44816</x:v>
+      </x:c>
+      <x:c r="B1127" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1127" s="0">
+        <x:v>4067.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1128" spans="1:5">
+      <x:c r="A1128" s="1">
+        <x:v>44815</x:v>
+      </x:c>
+      <x:c r="B1128" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1128" s="0">
+        <x:v>4067.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1129" spans="1:5">
+      <x:c r="A1129" s="1">
+        <x:v>44814</x:v>
+      </x:c>
+      <x:c r="B1129" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1129" s="0">
+        <x:v>4067.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1130" spans="1:5">
+      <x:c r="A1130" s="1">
+        <x:v>44813</x:v>
+      </x:c>
+      <x:c r="B1130" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1130" s="0">
+        <x:v>4006.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1131" spans="1:5">
+      <x:c r="A1131" s="1">
+        <x:v>44812</x:v>
+      </x:c>
+      <x:c r="B1131" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1131" s="0">
+        <x:v>3979.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1132" spans="1:5">
+      <x:c r="A1132" s="1">
+        <x:v>44811</x:v>
+      </x:c>
+      <x:c r="B1132" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1132" s="0">
+        <x:v>3908.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1133" spans="1:5">
+      <x:c r="A1133" s="1">
+        <x:v>44810</x:v>
+      </x:c>
+      <x:c r="B1133" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1133" s="0">
+        <x:v>3924.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1134" spans="1:5">
+      <x:c r="A1134" s="1">
+        <x:v>44809</x:v>
+      </x:c>
+      <x:c r="B1134" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1134" s="0">
+        <x:v>3924.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1135" spans="1:5">
+      <x:c r="A1135" s="1">
+        <x:v>44807</x:v>
+      </x:c>
+      <x:c r="B1135" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1135" s="0">
+        <x:v>3924.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1136" spans="1:5">
+      <x:c r="A1136" s="1">
+        <x:v>44806</x:v>
+      </x:c>
+      <x:c r="B1136" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1136" s="0">
+        <x:v>3966.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1137" spans="1:5">
+      <x:c r="A1137" s="1">
+        <x:v>44805</x:v>
+      </x:c>
+      <x:c r="B1137" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1137" s="0">
+        <x:v>3986.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1138" spans="1:5">
+      <x:c r="A1138" s="1">
+        <x:v>44804</x:v>
+      </x:c>
+      <x:c r="B1138" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1138" s="0">
+        <x:v>3986.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1139" spans="1:5">
+      <x:c r="A1139" s="1">
+        <x:v>44803</x:v>
+      </x:c>
+      <x:c r="B1139" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1139" s="0">
+        <x:v>4030.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1140" spans="1:5">
+      <x:c r="A1140" s="1">
+        <x:v>44802</x:v>
+      </x:c>
+      <x:c r="B1140" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1140" s="0">
+        <x:v>4057.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1141" spans="1:5">
+      <x:c r="A1141" s="1">
+        <x:v>44801</x:v>
+      </x:c>
+      <x:c r="B1141" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1141" s="0">
+        <x:v>4057.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1142" spans="1:5">
+      <x:c r="A1142" s="1">
+        <x:v>44800</x:v>
+      </x:c>
+      <x:c r="B1142" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1142" s="0">
+        <x:v>4057.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1143" spans="1:5">
+      <x:c r="A1143" s="1">
+        <x:v>44799</x:v>
+      </x:c>
+      <x:c r="B1143" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1143" s="0">
+        <x:v>4199.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1144" spans="1:5">
+      <x:c r="A1144" s="1">
+        <x:v>44798</x:v>
+      </x:c>
+      <x:c r="B1144" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1144" s="0">
+        <x:v>4140.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1145" spans="1:5">
+      <x:c r="A1145" s="1">
+        <x:v>44797</x:v>
+      </x:c>
+      <x:c r="B1145" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1145" s="0">
+        <x:v>4128.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1146" spans="1:5">
+      <x:c r="A1146" s="1">
+        <x:v>44796</x:v>
+      </x:c>
+      <x:c r="B1146" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1146" s="0">
+        <x:v>4138.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1147" spans="1:5">
+      <x:c r="A1147" s="1">
+        <x:v>44795</x:v>
+      </x:c>
+      <x:c r="B1147" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1147" s="0">
+        <x:v>4228.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1148" spans="1:5">
+      <x:c r="A1148" s="1">
+        <x:v>44794</x:v>
+      </x:c>
+      <x:c r="B1148" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1148" s="0">
+        <x:v>4228.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1149" spans="1:5">
+      <x:c r="A1149" s="1">
+        <x:v>44793</x:v>
+      </x:c>
+      <x:c r="B1149" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1149" s="0">
+        <x:v>4228.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1150" spans="1:5">
+      <x:c r="A1150" s="1">
+        <x:v>44792</x:v>
+      </x:c>
+      <x:c r="B1150" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1150" s="0">
+        <x:v>4283.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1151" spans="1:5">
+      <x:c r="A1151" s="1">
+        <x:v>44791</x:v>
+      </x:c>
+      <x:c r="B1151" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1151" s="0">
+        <x:v>4274.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1152" spans="1:5">
+      <x:c r="A1152" s="1">
+        <x:v>44790</x:v>
+      </x:c>
+      <x:c r="B1152" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1152" s="0">
+        <x:v>4305.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1153" spans="1:5">
+      <x:c r="A1153" s="1">
         <x:v>44789</x:v>
       </x:c>
-      <x:c r="B1074" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E1074" s="0">
+      <x:c r="B1153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1153" s="0">
         <x:v>4297.13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>