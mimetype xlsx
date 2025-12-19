--- v1 (2025-11-29)
+++ v2 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e35de4b665406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a211b57a5a2f4fa5a5b2b2ee86d21d5d.psmdcp" Id="Rd1aa2bde57364b23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d52eee016b4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c81c4e7267740b48d94e2857e3a6394.psmdcp" Id="R6076966bcfb34645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1210505827</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,19191 +390,19650 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E1153"/>
+  <x:dimension ref="A1:E1180"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>11.28</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>6095.511</x:v>
+        <x:v>6029.482</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>6849.09</x:v>
+        <x:v>6774.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>45989.3082407407</x:v>
+        <x:v>46009.3397800926</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>10.95</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>6063.044</x:v>
+        <x:v>5982.019</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>6812.61</x:v>
+        <x:v>6721.43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>10.84</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>6063.147</x:v>
+        <x:v>5982.032</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>6812.61</x:v>
+        <x:v>6721.49</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>45987.3195601852</x:v>
+        <x:v>46008.3186111111</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>10.54</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>6021.558</x:v>
+        <x:v>6052.138</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>6765.88</x:v>
+        <x:v>6800.26</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>10.28</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>6021.346</x:v>
+        <x:v>6052.048</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>6765.89</x:v>
+        <x:v>6800.26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46007.3013773148</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>9.56</x:v>
+        <x:v>10.15</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>5967.26</x:v>
+        <x:v>6066.511</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>6705.12</x:v>
+        <x:v>6816.51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>45985.3068634259</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>8.93</x:v>
+        <x:v>10.64</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>5876.598</x:v>
+        <x:v>6065.917</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>6602.99</x:v>
+        <x:v>6816.51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46006.308125</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>8.56</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>5876.307</x:v>
+        <x:v>6075.618</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>6602.99</x:v>
+        <x:v>6827.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>8.12</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>5819.142</x:v>
+        <x:v>6076.107</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>6538.76</x:v>
+        <x:v>6827.41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46003.3313657407</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>7.94</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>5818.844</x:v>
+        <x:v>6141.602</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>6538.76</x:v>
+        <x:v>6901</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>10</x:v>
+        <x:v>11.82</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>5910.87</x:v>
+        <x:v>6141.832</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>6642.16</x:v>
+        <x:v>6901</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46002.3262847222</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>9.07</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>5911.387</x:v>
+        <x:v>6129.088</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>6642.18</x:v>
+        <x:v>6886.68</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>45980.3054050926</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>8.72</x:v>
+        <x:v>11.64</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>5889.262</x:v>
+        <x:v>6128.988</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>6617.32</x:v>
+        <x:v>6886.68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46001.3340625</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>8.81</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>5889.08</x:v>
+        <x:v>6087.897</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>6617.32</x:v>
+        <x:v>6840.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>45979.3133796296</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>9.08</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>5938.11</x:v>
+        <x:v>6088.01</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>6672.41</x:v>
+        <x:v>6840.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>9.44</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>5937.986</x:v>
+        <x:v>6093.35</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>6672.41</x:v>
+        <x:v>6846.51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>10.52</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>5992.899</x:v>
+        <x:v>6114.246</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>6734.11</x:v>
+        <x:v>6870.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>10.22</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>5992.366</x:v>
+        <x:v>6113.928</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>6734.11</x:v>
+        <x:v>6870.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>10.31</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>5995.374</x:v>
+        <x:v>6102.108</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>6737.49</x:v>
+        <x:v>6857.12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>10.26</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>5996.222</x:v>
+        <x:v>6102.508</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>6737.49</x:v>
+        <x:v>6857.12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>45995.3278703704</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>12.01</x:v>
+        <x:v>11.25</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>6097.175</x:v>
+        <x:v>6095.922</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>6850.92</x:v>
+        <x:v>6849.72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>12.06</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>6097.175</x:v>
+        <x:v>6096.092</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>6850.92</x:v>
+        <x:v>6849.72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>11.83</x:v>
+        <x:v>11.13</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>6097.118</x:v>
+        <x:v>6077.981</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>6850.92</x:v>
+        <x:v>6829.37</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>12.08</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>6093.282</x:v>
+        <x:v>6078.002</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>6846.61</x:v>
+        <x:v>6829.37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45993.3304166667</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>11.78</x:v>
+        <x:v>10.72</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>6093.483</x:v>
+        <x:v>6063.103</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>6846.61</x:v>
+        <x:v>6812.63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>11.6</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>6080.25</x:v>
+        <x:v>6062.662</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>6832.42</x:v>
+        <x:v>6812.63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45971.2992592593</x:v>
+        <x:v>45992.3364699074</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>10.96</x:v>
+        <x:v>10.63</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>5988.028</x:v>
+        <x:v>6095.112</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>6728.8</x:v>
+        <x:v>6849.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>10.35</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>5988.148</x:v>
+        <x:v>6095.511</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>6728.8</x:v>
+        <x:v>6849.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45989.3082407407</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>10.48</x:v>
+        <x:v>10.95</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>5980.601</x:v>
+        <x:v>6063.044</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>6720.32</x:v>
+        <x:v>6812.61</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>10.25</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>5981.105</x:v>
+        <x:v>6063.147</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>6720.38</x:v>
+        <x:v>6812.61</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45967.3261689815</x:v>
+        <x:v>45987.3195601852</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>11.22</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>6048.665</x:v>
+        <x:v>6021.558</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>6796.29</x:v>
+        <x:v>6765.88</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>11.27</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>6048.676</x:v>
+        <x:v>6021.346</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>6796.29</x:v>
+        <x:v>6765.89</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45966.3278356481</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>10.96</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>6026.658</x:v>
+        <x:v>5967.26</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>6771.55</x:v>
+        <x:v>6705.12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>10.97</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>6026.735</x:v>
+        <x:v>5876.598</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>6771.67</x:v>
+        <x:v>6602.99</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45965.3316550926</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>11.31</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>6098.202</x:v>
+        <x:v>5876.307</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>6851.97</x:v>
+        <x:v>6602.99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>12.11</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>6097.955</x:v>
+        <x:v>5819.142</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>6851.97</x:v>
+        <x:v>6538.76</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45964.3095486111</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>12.15</x:v>
+        <x:v>7.94</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>6087.48</x:v>
+        <x:v>5818.844</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>6840.2</x:v>
+        <x:v>6538.76</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>11.98</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>6087.43</x:v>
+        <x:v>5910.87</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>6840.2</x:v>
+        <x:v>6642.16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45961.3396296296</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>12.34</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>6071.534</x:v>
+        <x:v>5911.387</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>6822.34</x:v>
+        <x:v>6642.18</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45980.3054050926</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>11.74</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>6071.866</x:v>
+        <x:v>5889.262</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>6822.35</x:v>
+        <x:v>6617.32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45960.3311111111</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>12.76</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>6132.599</x:v>
+        <x:v>5889.08</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>6890.59</x:v>
+        <x:v>6617.32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45979.3133796296</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>12.77</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>6132.594</x:v>
+        <x:v>5938.11</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>6890.59</x:v>
+        <x:v>6672.41</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>13.08</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>6132.861</x:v>
+        <x:v>5937.986</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>6890.89</x:v>
+        <x:v>6672.41</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>12.79</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>6132.862</x:v>
+        <x:v>5992.899</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>6890.88</x:v>
+        <x:v>6734.11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>12.52</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>6118.872</x:v>
+        <x:v>5992.366</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>6875.16</x:v>
+        <x:v>6734.11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>12.57</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>6118.871</x:v>
+        <x:v>5995.374</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>6875.17</x:v>
+        <x:v>6737.49</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45957.30875</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>12.25</x:v>
+        <x:v>10.26</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>6044.573</x:v>
+        <x:v>5996.222</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>6791.69</x:v>
+        <x:v>6737.49</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45974.3773032407</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>11.48</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>6044.405</x:v>
+        <x:v>6097.175</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>6791.7</x:v>
+        <x:v>6850.92</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45974.3182638889</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>11.02</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>5997.004</x:v>
+        <x:v>6097.175</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>6738.44</x:v>
+        <x:v>6850.92</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>10.81</x:v>
+        <x:v>11.83</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>5997.125</x:v>
+        <x:v>6097.118</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>6738.42</x:v>
+        <x:v>6850.92</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45953.3315277778</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>10.42</x:v>
+        <x:v>12.08</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>5962.397</x:v>
+        <x:v>6093.282</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>6699.4</x:v>
+        <x:v>6846.61</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>10.34</x:v>
+        <x:v>11.78</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>5962.418</x:v>
+        <x:v>6093.483</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>6699.43</x:v>
+        <x:v>6846.61</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45952.334837963</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>10.94</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>5994.386</x:v>
+        <x:v>6080.25</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>6735.35</x:v>
+        <x:v>6832.42</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45971.2992592593</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>10.81</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>5994.448</x:v>
+        <x:v>5988.028</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>6735.35</x:v>
+        <x:v>6728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45951.3246180556</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>10.79</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>5994.253</x:v>
+        <x:v>5988.148</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>6735.13</x:v>
+        <x:v>6728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>10.82</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>5994.202</x:v>
+        <x:v>5980.601</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>6735.13</x:v>
+        <x:v>6720.32</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>10.33</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>5930.905</x:v>
+        <x:v>5981.105</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>6664.01</x:v>
+        <x:v>6720.38</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45967.3261689815</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>9.99</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>5930.876</x:v>
+        <x:v>6048.665</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>6664.01</x:v>
+        <x:v>6796.29</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45947.3413310185</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>9.18</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>5899.779</x:v>
+        <x:v>6048.676</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>6629.07</x:v>
+        <x:v>6796.29</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45966.3278356481</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>9.6</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>5899.862</x:v>
+        <x:v>6026.658</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>6629.07</x:v>
+        <x:v>6771.55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45946.3294907407</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>10.18</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>5937.233</x:v>
+        <x:v>6026.735</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>6671.06</x:v>
+        <x:v>6771.67</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45965.3316550926</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>10.12</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>5936.888</x:v>
+        <x:v>6098.202</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>6671.06</x:v>
+        <x:v>6851.97</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45945.3264930556</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>10.12</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>5913.081</x:v>
+        <x:v>6097.955</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>6644.31</x:v>
+        <x:v>6851.97</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45964.3095486111</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>9.81</x:v>
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>5913.365</x:v>
+        <x:v>6087.48</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>6644.31</x:v>
+        <x:v>6840.2</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45944.3350462963</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>9.37</x:v>
+        <x:v>11.98</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>5922.63</x:v>
+        <x:v>6087.43</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>6654.72</x:v>
+        <x:v>6840.2</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45961.3396296296</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>9.94</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>5922.701</x:v>
+        <x:v>6071.534</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>6654.72</x:v>
+        <x:v>6822.34</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>8.87</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>5831.135</x:v>
+        <x:v>6071.866</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>6552.52</x:v>
+        <x:v>6822.35</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45960.3311111111</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>11.44</x:v>
+        <x:v>12.76</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>5993.64</x:v>
+        <x:v>6132.599</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>6735.11</x:v>
+        <x:v>6890.59</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45939.3272685185</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>11.63</x:v>
+        <x:v>12.77</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>6010.653</x:v>
+        <x:v>6132.594</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>6753.72</x:v>
+        <x:v>6890.59</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>11.59</x:v>
+        <x:v>13.08</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>6010.811</x:v>
+        <x:v>6132.861</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>6753.72</x:v>
+        <x:v>6890.89</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>11.09</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>5975.948</x:v>
+        <x:v>6132.862</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>6714.59</x:v>
+        <x:v>6890.88</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45937.3222569444</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>11.4</x:v>
+        <x:v>12.52</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>5998.812</x:v>
+        <x:v>6118.872</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>6740.28</x:v>
+        <x:v>6875.16</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>11.45</x:v>
+        <x:v>12.57</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>5998.508</x:v>
+        <x:v>6118.871</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>6740.28</x:v>
+        <x:v>6875.17</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45936.3349074074</x:v>
+        <x:v>45957.30875</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>11.39</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>5976.712</x:v>
+        <x:v>6044.573</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>6715.79</x:v>
+        <x:v>6791.69</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>11.15</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>5976.568</x:v>
+        <x:v>6044.405</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>6715.79</x:v>
+        <x:v>6791.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45933.3311111111</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>11.41</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>5976.176</x:v>
+        <x:v>5997.004</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>6715.35</x:v>
+        <x:v>6738.44</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>11.15</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>5976.604</x:v>
+        <x:v>5997.125</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>6715.35</x:v>
+        <x:v>6738.42</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45932.3523958333</x:v>
+        <x:v>45953.3315277778</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>11.17</x:v>
+        <x:v>10.42</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>5972.91</x:v>
+        <x:v>5962.397</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>6711.2</x:v>
+        <x:v>6699.4</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>11.11</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>5972.735</x:v>
+        <x:v>5962.418</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>6711.2</x:v>
+        <x:v>6699.43</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45931.3342476852</x:v>
+        <x:v>45952.334837963</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>10.4</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>5952.497</x:v>
+        <x:v>5994.386</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>6688.46</x:v>
+        <x:v>6735.35</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>10.83</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>5952.264</x:v>
+        <x:v>5994.448</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>6688.46</x:v>
+        <x:v>6735.35</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45930.3326851852</x:v>
+        <x:v>45951.3246180556</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>10.47</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>5928.011</x:v>
+        <x:v>5994.253</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>6661.21</x:v>
+        <x:v>6735.13</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>10.49</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>5928.437</x:v>
+        <x:v>5994.202</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>6661.21</x:v>
+        <x:v>6735.13</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45929.3289467593</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>10.54</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>5912.853</x:v>
+        <x:v>5930.905</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>6643.7</x:v>
+        <x:v>6664.01</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>10.3</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>5912.764</x:v>
+        <x:v>5930.876</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>6643.7</x:v>
+        <x:v>6664.01</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45926.3217939815</x:v>
+        <x:v>45947.3413310185</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>9.85</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>5878.072</x:v>
+        <x:v>5899.779</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>6604.72</x:v>
+        <x:v>6629.07</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>9.85</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>5878.147</x:v>
+        <x:v>5899.862</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>6604.72</x:v>
+        <x:v>6629.07</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45925.315474537</x:v>
+        <x:v>45946.3294907407</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>10.33</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>5907.739</x:v>
+        <x:v>5937.233</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>6637.97</x:v>
+        <x:v>6671.06</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>10.27</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>5907.766</x:v>
+        <x:v>5936.888</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>6637.97</x:v>
+        <x:v>6671.06</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45924.3777777778</x:v>
+        <x:v>45945.3264930556</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>10.69</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>5924.632</x:v>
+        <x:v>5913.081</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>6656.92</x:v>
+        <x:v>6644.31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>10.52</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>5924.659</x:v>
+        <x:v>5913.365</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>6656.92</x:v>
+        <x:v>6644.31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45944.3350462963</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>11.02</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>5957.058</x:v>
+        <x:v>5922.63</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>6693.75</x:v>
+        <x:v>6654.72</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>10.56</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>5930.901</x:v>
+        <x:v>5922.701</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>6664.36</x:v>
+        <x:v>6654.72</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>10.67</x:v>
+        <x:v>8.87</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>5931.268</x:v>
+        <x:v>5831.135</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>6664.36</x:v>
+        <x:v>6552.52</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45919.3281018519</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>10.34</x:v>
+        <x:v>11.44</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>5902.432</x:v>
+        <x:v>5993.64</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>6631.96</x:v>
+        <x:v>6735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45939.3272685185</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>10.28</x:v>
+        <x:v>11.63</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>5902.367</x:v>
+        <x:v>6010.653</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>6631.95</x:v>
+        <x:v>6753.72</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45918.3014583333</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>10.28</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>5874.243</x:v>
+        <x:v>6010.811</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>6600.35</x:v>
+        <x:v>6753.72</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>9.91</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>5874.239</x:v>
+        <x:v>5975.948</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>6600.35</x:v>
+        <x:v>6714.59</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45917.3258564815</x:v>
+        <x:v>45937.3222569444</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>9.95</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>5879.944</x:v>
+        <x:v>5998.812</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>6606.76</x:v>
+        <x:v>6740.28</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>10</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>5879.851</x:v>
+        <x:v>5998.508</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>6606.76</x:v>
+        <x:v>6740.28</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45916.314212963</x:v>
+        <x:v>45936.3349074074</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>10.2</x:v>
+        <x:v>11.39</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>5887.434</x:v>
+        <x:v>5976.712</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>6615.28</x:v>
+        <x:v>6715.79</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>10.11</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>5886.561</x:v>
+        <x:v>5976.568</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>6615.28</x:v>
+        <x:v>6715.79</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45933.3311111111</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>9.79</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>5858.98</x:v>
+        <x:v>5976.176</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>6584.29</x:v>
+        <x:v>6715.35</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>9.76</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>5859.83</x:v>
+        <x:v>5976.604</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>6584.29</x:v>
+        <x:v>6715.35</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45912.3096527778</x:v>
+        <x:v>45932.3523958333</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>9.81</x:v>
+        <x:v>11.17</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>5862.66</x:v>
+        <x:v>5972.91</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>6587.47</x:v>
+        <x:v>6711.2</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>9.81</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>5862.806</x:v>
+        <x:v>5972.735</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>6587.47</x:v>
+        <x:v>6711.2</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45931.3342476852</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>9.22</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>5813.473</x:v>
+        <x:v>5952.497</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>6532.04</x:v>
+        <x:v>6688.46</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>9.2</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>5813.389</x:v>
+        <x:v>5952.264</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>6532.04</x:v>
+        <x:v>6688.46</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45910.2980671296</x:v>
+        <x:v>45930.3326851852</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>9.2</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>5796.096</x:v>
+        <x:v>5928.011</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>6512.61</x:v>
+        <x:v>6661.21</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>8.99</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>5796.105</x:v>
+        <x:v>5928.437</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>6512.64</x:v>
+        <x:v>6661.21</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45909.3354861111</x:v>
+        <x:v>45929.3289467593</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>8.89</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>5780.539</x:v>
+        <x:v>5912.853</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>6495.15</x:v>
+        <x:v>6643.7</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>8.81</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>5780.444</x:v>
+        <x:v>5912.764</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>6495.15</x:v>
+        <x:v>6643.7</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45908.3013425926</x:v>
+        <x:v>45926.3217939815</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>8.72</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>5768.296</x:v>
+        <x:v>5878.072</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>6481.5</x:v>
+        <x:v>6604.72</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>8.69</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>5767.904</x:v>
+        <x:v>5878.147</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>6481.5</x:v>
+        <x:v>6604.72</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45925.315474537</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>9.03</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>5786.22</x:v>
+        <x:v>5907.739</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>6502.08</x:v>
+        <x:v>6637.97</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>8.92</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>5786.446</x:v>
+        <x:v>5907.766</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>6502.08</x:v>
+        <x:v>6637.97</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45904.3202199074</x:v>
+        <x:v>45924.3777777778</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>8.4</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>5738.546</x:v>
+        <x:v>5924.632</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>6448.26</x:v>
+        <x:v>6656.92</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>8.36</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>5738.867</x:v>
+        <x:v>5924.659</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>6448.26</x:v>
+        <x:v>6656.92</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45903.3225231481</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>8.06</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>5709.746</x:v>
+        <x:v>5957.058</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>6415.54</x:v>
+        <x:v>6693.75</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>8.04</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>5709.35</x:v>
+        <x:v>5930.901</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>6415.54</x:v>
+        <x:v>6664.36</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45902.3291782407</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>8.49</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>5749.15</x:v>
+        <x:v>5931.268</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>6460.26</x:v>
+        <x:v>6664.36</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45919.3281018519</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>8.55</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>5749.23</x:v>
+        <x:v>5902.432</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>6460.26</x:v>
+        <x:v>6631.96</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45898.3268402778</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>8.98</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>5786.254</x:v>
+        <x:v>5902.367</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>6501.86</x:v>
+        <x:v>6631.95</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45918.3014583333</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>9.02</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>5786.542</x:v>
+        <x:v>5874.243</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>6501.86</x:v>
+        <x:v>6600.35</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45897.3190972222</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>8.73</x:v>
+        <x:v>9.91</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>5768.333</x:v>
+        <x:v>5874.239</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>6481.4</x:v>
+        <x:v>6600.35</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45917.3258564815</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>8.8</x:v>
+        <x:v>9.95</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>5768.425</x:v>
+        <x:v>5879.944</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>6481.38</x:v>
+        <x:v>6606.76</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>8.68</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>5754.683</x:v>
+        <x:v>5879.851</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>6465.94</x:v>
+        <x:v>6606.76</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45916.314212963</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>8.65</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>5754.395</x:v>
+        <x:v>5887.434</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>6465.94</x:v>
+        <x:v>6615.28</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45895.329375</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>8.35</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>5730.703</x:v>
+        <x:v>5886.561</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>6439.32</x:v>
+        <x:v>6615.28</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>8.38</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>5730.903</x:v>
+        <x:v>5858.98</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>6439.32</x:v>
+        <x:v>6584.29</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>8.65</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>5755.458</x:v>
+        <x:v>5859.83</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>6466.91</x:v>
+        <x:v>6584.29</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45912.3096527778</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>8.7</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>5755.356</x:v>
+        <x:v>5862.66</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>6466.91</x:v>
+        <x:v>6587.47</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>7.75</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>5669.258</x:v>
+        <x:v>5862.806</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>6370.17</x:v>
+        <x:v>6587.47</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>7.77</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>5668.877</x:v>
+        <x:v>5813.473</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>6370.17</x:v>
+        <x:v>6532.04</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45890.3406944444</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>8.02</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>5691.67</x:v>
+        <x:v>5813.389</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>6395.78</x:v>
+        <x:v>6532.04</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45910.2980671296</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>8.03</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>5692.129</x:v>
+        <x:v>5796.096</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>6395.78</x:v>
+        <x:v>6512.61</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45889.311087963</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>7.99</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>5706.004</x:v>
+        <x:v>5796.105</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>6411.37</x:v>
+        <x:v>6512.64</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45909.3354861111</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>8.19</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>5705.746</x:v>
+        <x:v>5780.539</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>6411.37</x:v>
+        <x:v>6495.15</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>8.46</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>5739.37</x:v>
+        <x:v>5780.444</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>6449.15</x:v>
+        <x:v>6495.15</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45908.3013425926</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>8.6</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>5739.399</x:v>
+        <x:v>5768.296</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>6449.15</x:v>
+        <x:v>6481.5</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>8.7</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>5739.978</x:v>
+        <x:v>5767.904</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>6449.8</x:v>
+        <x:v>6481.5</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>8.63</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>5739.303</x:v>
+        <x:v>5786.22</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>6449.8</x:v>
+        <x:v>6502.08</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>9.01</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>5755.982</x:v>
+        <x:v>5786.446</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>6468.54</x:v>
+        <x:v>6502.08</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45904.3202199074</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>8.84</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>5756.833</x:v>
+        <x:v>5738.546</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>6468.54</x:v>
+        <x:v>6448.26</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45883.3327777778</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>8.72</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>5755.089</x:v>
+        <x:v>5738.867</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>6466.58</x:v>
+        <x:v>6448.26</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45903.3225231481</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>8.82</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>5755.107</x:v>
+        <x:v>5709.746</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>6466.58</x:v>
+        <x:v>6415.54</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45882.3203819444</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>8.61</x:v>
+        <x:v>8.04</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>5736.578</x:v>
+        <x:v>5709.35</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>6445.76</x:v>
+        <x:v>6415.54</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45902.3291782407</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>8.61</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>5736.592</x:v>
+        <x:v>5749.15</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>6445.76</x:v>
+        <x:v>6460.26</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45881.3727777778</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>8.02</x:v>
+        <x:v>8.55</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>5672.236</x:v>
+        <x:v>5749.23</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>6373.45</x:v>
+        <x:v>6460.26</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45898.3268402778</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>7.9</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>5671.932</x:v>
+        <x:v>5786.254</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>6373.45</x:v>
+        <x:v>6501.86</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>8.16</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>5686.172</x:v>
+        <x:v>5786.542</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>6389.45</x:v>
+        <x:v>6501.86</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45897.3190972222</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>8.08</x:v>
+        <x:v>8.73</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>5686.2</x:v>
+        <x:v>5768.333</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>6389.45</x:v>
+        <x:v>6481.4</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45877.3108333333</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>7.77</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>5642.189</x:v>
+        <x:v>5768.425</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>6340</x:v>
+        <x:v>6481.38</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45896.3337615741</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>7.61</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>5642.548</x:v>
+        <x:v>5754.683</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>6340</x:v>
+        <x:v>6465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45876.3216782407</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>7.8</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>5647.051</x:v>
+        <x:v>5754.395</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>6345.06</x:v>
+        <x:v>6465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45895.329375</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>7.67</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>5647.096</x:v>
+        <x:v>5730.703</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>6345.06</x:v>
+        <x:v>6439.32</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45875.292650463</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>7.4</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>5606.271</x:v>
+        <x:v>5730.903</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>6299.19</x:v>
+        <x:v>6439.32</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45894.3297685185</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>7.26</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>5606.217</x:v>
+        <x:v>5755.458</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>6299.19</x:v>
+        <x:v>6466.91</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45874.3206134259</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>7.68</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>5633.585</x:v>
+        <x:v>5755.356</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>6329.94</x:v>
+        <x:v>6466.91</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45891.3279861111</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>7.56</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>5633.479</x:v>
+        <x:v>5669.258</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>6329.94</x:v>
+        <x:v>6370.17</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45873.3305555556</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>6.91</x:v>
+        <x:v>7.77</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>5641.89</x:v>
+        <x:v>5668.877</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>6339.39</x:v>
+        <x:v>6370.17</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45870.3093634259</x:v>
+        <x:v>45890.3406944444</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>7.61</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>5642.057</x:v>
+        <x:v>5691.67</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>6339.39</x:v>
+        <x:v>6395.78</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>7.68</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>5641.709</x:v>
+        <x:v>5692.129</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>6339.39</x:v>
+        <x:v>6395.78</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45869.3149189815</x:v>
+        <x:v>45889.311087963</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>8.52</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>5662.633</x:v>
+        <x:v>5706.004</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>6362.9</x:v>
+        <x:v>6411.37</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>7.92</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>5662.953</x:v>
+        <x:v>5705.746</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>6362.9</x:v>
+        <x:v>6411.37</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45868.3284722222</x:v>
+        <x:v>45888.3193055556</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>8.14</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>5670.038</x:v>
+        <x:v>5739.37</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>6370.86</x:v>
+        <x:v>6449.15</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>8.01</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>5670.045</x:v>
+        <x:v>5739.399</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>6370.86</x:v>
+        <x:v>6449.15</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45867.3012731482</x:v>
+        <x:v>45887.3188773148</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>8.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>5686.874</x:v>
+        <x:v>5739.978</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>6389.77</x:v>
+        <x:v>6449.8</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>8.21</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>5686.895</x:v>
+        <x:v>5739.303</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>6389.77</x:v>
+        <x:v>6449.8</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45884.3109953704</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>8.23</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>5685.655</x:v>
+        <x:v>5755.982</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>6388.64</x:v>
+        <x:v>6468.54</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45863.3330671296</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>8.13</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>5663.147</x:v>
+        <x:v>5756.833</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>6363.35</x:v>
+        <x:v>6468.54</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45883.3327777778</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
-        <x:v>7.98</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>5663.345</x:v>
+        <x:v>5755.089</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>6363.35</x:v>
+        <x:v>6466.58</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45862.3205439815</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>7.99</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>5659.393</x:v>
+        <x:v>5755.107</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>6358.91</x:v>
+        <x:v>6466.58</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45882.3203819444</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>7.95</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>5659.41</x:v>
+        <x:v>5736.578</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>6358.95</x:v>
+        <x:v>6445.76</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45861.3266550926</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>7.65</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>5615.506</x:v>
+        <x:v>5736.592</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>6309.62</x:v>
+        <x:v>6445.76</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45881.3727777778</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>7.49</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>5615.472</x:v>
+        <x:v>5672.236</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>6309.62</x:v>
+        <x:v>6373.45</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45860.3213194444</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>7.42</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>5611.894</x:v>
+        <x:v>5671.932</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>6305.6</x:v>
+        <x:v>6373.45</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45880.3183564815</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>7.46</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>5611.876</x:v>
+        <x:v>5686.172</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>6305.6</x:v>
+        <x:v>6389.45</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45859.3186342593</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>7.44</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>5604.035</x:v>
+        <x:v>5686.2</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>6296.79</x:v>
+        <x:v>6389.45</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45877.3108333333</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>7.4</x:v>
+        <x:v>7.77</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>5603.868</x:v>
+        <x:v>5642.189</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>6296.79</x:v>
+        <x:v>6340</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45856.3029398148</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>7.55</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>5604.376</x:v>
+        <x:v>5642.548</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>6297.36</x:v>
+        <x:v>6340</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45876.3216782407</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>7.41</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>5604.606</x:v>
+        <x:v>5647.051</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>6297.36</x:v>
+        <x:v>6345.06</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45855.3328819444</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>7.08</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>5574.649</x:v>
+        <x:v>5647.096</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>6263.7</x:v>
+        <x:v>6345.06</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45875.292650463</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>7.11</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>5574.693</x:v>
+        <x:v>5606.271</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>6263.7</x:v>
+        <x:v>6299.19</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>6.94</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>5556.534</x:v>
+        <x:v>5606.217</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>6243.76</x:v>
+        <x:v>6299.19</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45853.3148032407</x:v>
+        <x:v>45874.3206134259</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>7.34</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>5578.606</x:v>
+        <x:v>5633.585</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>6268.56</x:v>
+        <x:v>6329.94</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>7.17</x:v>
+        <x:v>7.56</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>5579.011</x:v>
+        <x:v>5633.479</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>6268.56</x:v>
+        <x:v>6329.94</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45852.3465277778</x:v>
+        <x:v>45873.3305555556</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>6.76</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>5571.17</x:v>
+        <x:v>5641.89</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>6259.75</x:v>
+        <x:v>6339.39</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45870.3093634259</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>7.11</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>5571.173</x:v>
+        <x:v>5642.057</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>6259.75</x:v>
+        <x:v>6339.39</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45849.3223148148</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>7.18</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>5589.605</x:v>
+        <x:v>5641.709</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>6280.46</x:v>
+        <x:v>6339.39</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45869.3149189815</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>7.32</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>5588.987</x:v>
+        <x:v>5662.633</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>6280.46</x:v>
+        <x:v>6362.9</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45848.341400463</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>7.01</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>5573.679</x:v>
+        <x:v>5662.953</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>6263.26</x:v>
+        <x:v>6362.9</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45868.3284722222</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>7.16</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>5574.25</x:v>
+        <x:v>5670.038</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>6263.26</x:v>
+        <x:v>6370.86</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45847.3742592593</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>6.84</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>5540.662</x:v>
+        <x:v>5670.045</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>6225.52</x:v>
+        <x:v>6370.86</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45867.3012731482</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>6.84</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>5540.692</x:v>
+        <x:v>5686.874</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>6225.52</x:v>
+        <x:v>6389.77</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45846.3252083333</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>6.88</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>5544.661</x:v>
+        <x:v>5686.895</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>6229.98</x:v>
+        <x:v>6389.77</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>6.86</x:v>
+        <x:v>8.23</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>5544.597</x:v>
+        <x:v>5685.655</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>6229.98</x:v>
+        <x:v>6388.64</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45845.3086921296</x:v>
+        <x:v>45863.3330671296</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>7.04</x:v>
+        <x:v>8.13</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>5588.536</x:v>
+        <x:v>5663.147</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>6279.35</x:v>
+        <x:v>6363.35</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>7.36</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>5587.934</x:v>
+        <x:v>5663.345</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>6279.35</x:v>
+        <x:v>6363.35</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45841.3248726852</x:v>
+        <x:v>45862.3205439815</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>6.96</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>5541.717</x:v>
+        <x:v>5659.393</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>6227.42</x:v>
+        <x:v>6358.91</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>6.9</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>5542.292</x:v>
+        <x:v>5659.41</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>6227.42</x:v>
+        <x:v>6358.95</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45840.3303472222</x:v>
+        <x:v>45861.3266550926</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>6.78</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>5516.118</x:v>
+        <x:v>5615.506</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>6198.01</x:v>
+        <x:v>6309.62</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>6.66</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>5516.126</x:v>
+        <x:v>5615.472</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>6198.01</x:v>
+        <x:v>6309.62</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45839.6668055556</x:v>
+        <x:v>45860.3213194444</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>6.66</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>5522.303</x:v>
+        <x:v>5611.894</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6305.6</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45839.4783912037</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>6.62</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>5522.303</x:v>
+        <x:v>5611.876</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6305.6</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45839.3819675926</x:v>
+        <x:v>45859.3186342593</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>6.66</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>5522.303</x:v>
+        <x:v>5604.035</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6296.79</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>6.73</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>5522.038</x:v>
+        <x:v>5603.868</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6296.79</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45838.3080671296</x:v>
+        <x:v>45856.3029398148</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>6.66</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>5493.691</x:v>
+        <x:v>5604.376</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>6173.1</x:v>
+        <x:v>6297.36</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>6.48</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>5493.747</x:v>
+        <x:v>5604.606</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>6173.1</x:v>
+        <x:v>6297.36</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45835.307025463</x:v>
+        <x:v>45855.3328819444</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>6.31</x:v>
+        <x:v>7.08</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>5465.196</x:v>
+        <x:v>5574.649</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>6141.02</x:v>
+        <x:v>6263.7</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>6.23</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>5465.455</x:v>
+        <x:v>5574.693</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>6141.02</x:v>
+        <x:v>6263.7</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45834.3176851852</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>5.94</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>5421.97</x:v>
+        <x:v>5556.534</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>6092.16</x:v>
+        <x:v>6243.76</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45853.3148032407</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>5.86</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>5421.989</x:v>
+        <x:v>5578.606</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>6092.16</x:v>
+        <x:v>6268.56</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45833.3086921296</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>5.89</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>5422.042</x:v>
+        <x:v>5579.011</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>6092.22</x:v>
+        <x:v>6268.56</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45852.3465277778</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>5.86</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>5421.982</x:v>
+        <x:v>5571.17</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>6092.22</x:v>
+        <x:v>6259.75</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45832.3006365741</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>5.64</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>5362.307</x:v>
+        <x:v>5571.173</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>6025.17</x:v>
+        <x:v>6259.75</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45849.3223148148</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>5.39</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>5362.329</x:v>
+        <x:v>5589.605</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>6025.17</x:v>
+        <x:v>6280.46</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45831.306875</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>4.92</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>5311.305</x:v>
+        <x:v>5588.987</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>5967.84</x:v>
+        <x:v>6280.46</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45848.341400463</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>5.02</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>5311.141</x:v>
+        <x:v>5573.679</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>5967.84</x:v>
+        <x:v>6263.26</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45828.3668634259</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>5.03</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>5322.738</x:v>
+        <x:v>5574.25</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>5980.87</x:v>
+        <x:v>6263.26</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45828.3146527778</x:v>
+        <x:v>45847.3742592593</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>5.02</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>5322.738</x:v>
+        <x:v>5540.662</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>5980.87</x:v>
+        <x:v>6225.52</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>5.12</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>5322.832</x:v>
+        <x:v>5540.692</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>5980.87</x:v>
+        <x:v>6225.52</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45826.3250925926</x:v>
+        <x:v>45846.3252083333</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>5.18</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>5324.478</x:v>
+        <x:v>5544.661</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>5982.72</x:v>
+        <x:v>6229.98</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>5.14</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>5324.491</x:v>
+        <x:v>5544.597</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>5982.72</x:v>
+        <x:v>6229.98</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45825.3552199074</x:v>
+        <x:v>45845.3086921296</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>5.32</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>5369.338</x:v>
+        <x:v>5588.536</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>6033.11</x:v>
+        <x:v>6279.35</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>5.52</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>5368.782</x:v>
+        <x:v>5587.934</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>6033.11</x:v>
+        <x:v>6279.35</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45824.3396064815</x:v>
+        <x:v>45841.3248726852</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>5.22</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>5318.817</x:v>
+        <x:v>5541.717</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>5976.97</x:v>
+        <x:v>6227.42</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>5.14</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>5318.798</x:v>
+        <x:v>5542.292</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>5976.97</x:v>
+        <x:v>6227.42</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45821.3721064815</x:v>
+        <x:v>45840.3303472222</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>5.05</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>5379.576</x:v>
+        <x:v>5516.118</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>6045.26</x:v>
+        <x:v>6198.01</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>5.65</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>5380.234</x:v>
+        <x:v>5516.126</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>6045.26</x:v>
+        <x:v>6198.01</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45820.3712384259</x:v>
+        <x:v>45839.6668055556</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>5.4</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>5359.8</x:v>
+        <x:v>5522.303</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>6022.3</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45820.3363194444</x:v>
+        <x:v>45839.4783912037</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>5.38</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>5359.746</x:v>
+        <x:v>5522.303</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>6022.24</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45839.3819675926</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>5.49</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>5359.795</x:v>
+        <x:v>5522.303</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>6022.3</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45819.3319907407</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>5.48</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>5374.489</x:v>
+        <x:v>5522.038</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>6038.81</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45838.3080671296</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>5.62</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>5374.397</x:v>
+        <x:v>5493.691</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>6038.81</x:v>
+        <x:v>6173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45818.3301736111</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>5.37</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>5340.177</x:v>
+        <x:v>5493.747</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>6000.36</x:v>
+        <x:v>6173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45817.3307638889</x:v>
+        <x:v>45835.307025463</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>5.28</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>5340.32</x:v>
+        <x:v>5465.196</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>6000.36</x:v>
+        <x:v>6141.02</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>5.37</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>5339.832</x:v>
+        <x:v>5465.455</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>6000.36</x:v>
+        <x:v>6141.02</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45814.3348726852</x:v>
+        <x:v>45834.3176851852</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>5.11</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>5285.488</x:v>
+        <x:v>5421.97</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>5939.3</x:v>
+        <x:v>6092.16</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45813.9353356482</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>4.96</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>5285.639</x:v>
+        <x:v>5421.989</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>5939.3</x:v>
+        <x:v>6092.16</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45833.3086921296</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>4.96</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>5285.639</x:v>
+        <x:v>5422.042</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>5939.3</x:v>
+        <x:v>6092.22</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45813.3163773148</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>5.15</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>5313.683</x:v>
+        <x:v>5421.982</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>5970.81</x:v>
+        <x:v>6092.22</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45832.3006365741</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>5.19</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>5313.848</x:v>
+        <x:v>5362.307</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>5970.81</x:v>
+        <x:v>6025.17</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45812.3098611111</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>5.17</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>5313.456</x:v>
+        <x:v>5362.329</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>5970.37</x:v>
+        <x:v>6025.17</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45831.306875</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>5.19</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>5313.566</x:v>
+        <x:v>5311.305</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>5970.37</x:v>
+        <x:v>5967.84</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45811.3127430556</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>4.83</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>5282.923</x:v>
+        <x:v>5311.141</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>5935.94</x:v>
+        <x:v>5967.84</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45828.3668634259</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>4.96</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>5282.486</x:v>
+        <x:v>5322.738</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>5935.94</x:v>
+        <x:v>5980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45828.3146527778</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>4.23</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>5164.264</x:v>
+        <x:v>5322.738</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>5802.82</x:v>
+        <x:v>5980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45800.3403125</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>4.42</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>5199.143</x:v>
+        <x:v>5322.832</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>5842.01</x:v>
+        <x:v>5980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45826.3250925926</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>4.47</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>5199.302</x:v>
+        <x:v>5324.478</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>5842.01</x:v>
+        <x:v>5982.72</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45799.3380324074</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>4.54</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>5201.616</x:v>
+        <x:v>5324.491</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>5844.61</x:v>
+        <x:v>5982.72</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45825.3552199074</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>4.49</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>5201.57</x:v>
+        <x:v>5369.338</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>5844.61</x:v>
+        <x:v>6033.11</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45798.3289236111</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>4.99</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>5286.877</x:v>
+        <x:v>5368.782</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>5940.46</x:v>
+        <x:v>6033.11</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45824.3396064815</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>5.16</x:v>
+        <x:v>5.22</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>5286.924</x:v>
+        <x:v>5318.817</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>5940.46</x:v>
+        <x:v>5976.97</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45797.3326851852</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>5.21</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>5307.518</x:v>
+        <x:v>5318.798</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>5963.6</x:v>
+        <x:v>5976.97</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45821.3721064815</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>5.33</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>5307.004</x:v>
+        <x:v>5379.576</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>5963.6</x:v>
+        <x:v>6045.26</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45796.3431481481</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>4.87</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>5302.358</x:v>
+        <x:v>5380.234</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>5958.38</x:v>
+        <x:v>6045.26</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45820.3712384259</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>5.31</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>5302.411</x:v>
+        <x:v>5359.8</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>5958.38</x:v>
+        <x:v>6022.3</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45793.3222800926</x:v>
+        <x:v>45820.3363194444</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>5.01</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>5265.52</x:v>
+        <x:v>5359.746</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>5916.93</x:v>
+        <x:v>6022.24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>5.03</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>5265.036</x:v>
+        <x:v>5359.795</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>5916.93</x:v>
+        <x:v>6022.3</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45792.3632986111</x:v>
+        <x:v>45819.3319907407</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>4.7</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>5243.364</x:v>
+        <x:v>5374.489</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>5892.58</x:v>
+        <x:v>6038.81</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>4.87</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>5244.208</x:v>
+        <x:v>5374.397</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>5892.58</x:v>
+        <x:v>6038.81</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45791.3168055556</x:v>
+        <x:v>45818.3301736111</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>4.86</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>5238.842</x:v>
+        <x:v>5340.177</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>5886.55</x:v>
+        <x:v>6000.36</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45817.3307638889</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>4.83</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>5238.924</x:v>
+        <x:v>5340.32</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>5886.55</x:v>
+        <x:v>6000.36</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45790.3103935185</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>4.44</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>5201.224</x:v>
+        <x:v>5339.832</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>5844.19</x:v>
+        <x:v>6000.36</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45814.3348726852</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>4.57</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>5200.858</x:v>
+        <x:v>5285.488</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>5844.19</x:v>
+        <x:v>5939.3</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45789.3140277778</x:v>
+        <x:v>45813.9353356482</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>4.04</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>5036.849</x:v>
+        <x:v>5285.639</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>5659.91</x:v>
+        <x:v>5939.3</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>3.63</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>5036.623</x:v>
+        <x:v>5285.639</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>5659.91</x:v>
+        <x:v>5939.3</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45786.3723148148</x:v>
+        <x:v>45813.3163773148</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>3.7</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>5040.21</x:v>
+        <x:v>5313.683</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>5663.94</x:v>
+        <x:v>5970.81</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45786.3470023148</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>3.69</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>5040.21</x:v>
+        <x:v>5313.848</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>5663.94</x:v>
+        <x:v>5970.81</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45812.3098611111</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>3.65</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>5040.9</x:v>
+        <x:v>5313.456</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>5663.94</x:v>
+        <x:v>5970.37</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45785.3334027778</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>3.7</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>5011.833</x:v>
+        <x:v>5313.566</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>5631.28</x:v>
+        <x:v>5970.37</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45811.3127430556</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>3.5</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>5011.804</x:v>
+        <x:v>5282.923</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>5631.27</x:v>
+        <x:v>5935.94</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45784.3171759259</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>3.53</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>4990.123</x:v>
+        <x:v>5282.486</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>5606.91</x:v>
+        <x:v>5935.94</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>3.38</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>4990.088</x:v>
+        <x:v>5164.264</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>5606.9</x:v>
+        <x:v>5802.82</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45783.3026273148</x:v>
+        <x:v>45800.3403125</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>3.54</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>5028.785</x:v>
+        <x:v>5199.143</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>5650.38</x:v>
+        <x:v>5842.01</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>3.61</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>5028.634</x:v>
+        <x:v>5199.302</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>5650.38</x:v>
+        <x:v>5842.01</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45782.330462963</x:v>
+        <x:v>45799.3380324074</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>3.59</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>5060.932</x:v>
+        <x:v>5201.616</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>5686.67</x:v>
+        <x:v>5844.61</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>3.81</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>5061.013</x:v>
+        <x:v>5201.57</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>5686.67</x:v>
+        <x:v>5844.61</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45779.3399652778</x:v>
+        <x:v>45798.3289236111</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>3.58</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>4956.34</x:v>
+        <x:v>5286.877</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>5569.06</x:v>
+        <x:v>5940.46</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45778.4046412037</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>3.5</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>4956.463</x:v>
+        <x:v>5286.924</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>5569.06</x:v>
+        <x:v>5940.46</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45797.3326851852</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>3.27</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>4956.157</x:v>
+        <x:v>5307.518</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>5569.06</x:v>
+        <x:v>5963.6</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45777.3307291667</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>3.11</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>4948.833</x:v>
+        <x:v>5307.004</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>5560.83</x:v>
+        <x:v>5963.6</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45796.3431481481</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>3.23</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>4949.126</x:v>
+        <x:v>5302.358</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>5560.83</x:v>
+        <x:v>5958.38</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45776.3338194444</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>3.11</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>4920.574</x:v>
+        <x:v>5302.411</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>5528.75</x:v>
+        <x:v>5958.38</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45793.3222800926</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>3.09</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>4920.518</x:v>
+        <x:v>5265.52</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>5528.75</x:v>
+        <x:v>5916.93</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45775.3247222222</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>2.94</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>4917.367</x:v>
+        <x:v>5265.036</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>5525.21</x:v>
+        <x:v>5916.93</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45792.3632986111</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>3.09</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>4917.415</x:v>
+        <x:v>5243.364</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>5525.21</x:v>
+        <x:v>5892.58</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45772.305625</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>3.01</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>4881.423</x:v>
+        <x:v>5244.208</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>5484.77</x:v>
+        <x:v>5892.58</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45791.3168055556</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>2.92</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>4881.445</x:v>
+        <x:v>5238.842</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>5484.77</x:v>
+        <x:v>5886.55</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>2.51</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>4784.431</x:v>
+        <x:v>5238.924</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>5375.85</x:v>
+        <x:v>5886.55</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45770.3241898148</x:v>
+        <x:v>45790.3103935185</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>2.49</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>4706.031</x:v>
+        <x:v>5201.224</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>5287.76</x:v>
+        <x:v>5844.19</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>2.22</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>4706.016</x:v>
+        <x:v>5200.858</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>5287.76</x:v>
+        <x:v>5844.19</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45769.3334722222</x:v>
+        <x:v>45789.3140277778</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>1.85</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>4701.513</x:v>
+        <x:v>5036.849</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>5282.7</x:v>
+        <x:v>5659.91</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45768.3754513889</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>2.06</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>4701.603</x:v>
+        <x:v>5036.623</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>5282.7</x:v>
+        <x:v>5659.91</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45786.3723148148</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>2.21</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>4701.546</x:v>
+        <x:v>5040.21</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>5282.7</x:v>
+        <x:v>5663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45764.3071527778</x:v>
+        <x:v>45786.3470023148</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>2.32</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>4695.316</x:v>
+        <x:v>5040.21</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>5275.7</x:v>
+        <x:v>5663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>2.19</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>4695.275</x:v>
+        <x:v>5040.9</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>5275.7</x:v>
+        <x:v>5663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45763.3015509259</x:v>
+        <x:v>45785.3334027778</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>2.46</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>4802.903</x:v>
+        <x:v>5011.833</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>5396.63</x:v>
+        <x:v>5631.28</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>2.68</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>4802.645</x:v>
+        <x:v>5011.804</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>5396.63</x:v>
+        <x:v>5631.27</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45762.3053009259</x:v>
+        <x:v>45784.3171759259</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>2.69</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>4810.957</x:v>
+        <x:v>4990.123</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>5405.97</x:v>
+        <x:v>5606.91</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>2.71</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>4811.306</x:v>
+        <x:v>4990.088</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>5405.97</x:v>
+        <x:v>5606.9</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45761.3063773148</x:v>
+        <x:v>45783.3026273148</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>2.77</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>4773.383</x:v>
+        <x:v>5028.785</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>5363.36</x:v>
+        <x:v>5650.38</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>2.56</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>4773.293</x:v>
+        <x:v>5028.634</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>5363.36</x:v>
+        <x:v>5650.38</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45758.3115740741</x:v>
+        <x:v>45782.330462963</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>2.26</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>4688.467</x:v>
+        <x:v>5060.932</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>5268.05</x:v>
+        <x:v>5686.67</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>2.24</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>4687.912</x:v>
+        <x:v>5061.013</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>5268.05</x:v>
+        <x:v>5686.67</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45757.3225925926</x:v>
+        <x:v>45779.3399652778</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>2.91</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>4855.989</x:v>
+        <x:v>4956.34</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>5456.9</x:v>
+        <x:v>5569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45778.4046412037</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>3.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>4856.59</x:v>
+        <x:v>4956.463</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>5456.9</x:v>
+        <x:v>5569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45756.3212847222</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>1.45</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>4434.614</x:v>
+        <x:v>4956.157</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>4982.77</x:v>
+        <x:v>5569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45777.3307291667</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>1.76</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>4434.655</x:v>
+        <x:v>4948.833</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>4982.77</x:v>
+        <x:v>5560.83</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45755.3096064815</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>2.19</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>4505.392</x:v>
+        <x:v>4949.126</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>5062.25</x:v>
+        <x:v>5560.83</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45776.3338194444</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>2.01</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>4505.356</x:v>
+        <x:v>4920.574</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>5062.25</x:v>
+        <x:v>5528.75</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45754.3222916667</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>1.51</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>4515.885</x:v>
+        <x:v>4920.518</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>5074.08</x:v>
+        <x:v>5528.75</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45775.3247222222</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>2.06</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>4515.43</x:v>
+        <x:v>4917.367</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>5074.08</x:v>
+        <x:v>5525.21</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45751.3357523148</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>3.85</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>4802.401</x:v>
+        <x:v>4917.415</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>5396.52</x:v>
+        <x:v>5525.21</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45772.305625</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>3.95</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>4802.717</x:v>
+        <x:v>4881.423</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>5396.52</x:v>
+        <x:v>5484.77</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45750.3403587963</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>4.95</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>5046.977</x:v>
+        <x:v>4881.445</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>5670.97</x:v>
+        <x:v>5484.77</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45749.3305787037</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>6.04</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>5013.32</x:v>
+        <x:v>4784.431</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>5633.07</x:v>
+        <x:v>5375.85</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45770.3241898148</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>6.13</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>5013.331</x:v>
+        <x:v>4706.031</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>5633.07</x:v>
+        <x:v>5287.76</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45748.3265856481</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>5.8</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>4994.446</x:v>
+        <x:v>4706.016</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>5611.85</x:v>
+        <x:v>5287.76</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45769.3334722222</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>5.95</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>4994.14</x:v>
+        <x:v>4701.513</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>5611.85</x:v>
+        <x:v>5282.7</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45747.3300578704</x:v>
+        <x:v>45768.3754513889</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>5.39</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>4966.63</x:v>
+        <x:v>4701.603</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>5580.94</x:v>
+        <x:v>5282.7</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>5.72</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>4966.911</x:v>
+        <x:v>4701.546</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>5580.94</x:v>
+        <x:v>5282.7</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45744.3355555556</x:v>
+        <x:v>45764.3071527778</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>6.77</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>5066.921</x:v>
+        <x:v>4695.316</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>5693.31</x:v>
+        <x:v>5275.7</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>6.79</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>5067.032</x:v>
+        <x:v>4695.275</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>5693.31</x:v>
+        <x:v>5275.7</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45743.3084837963</x:v>
+        <x:v>45763.3015509259</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>7.06</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>5083.844</x:v>
+        <x:v>4802.903</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>5712.2</x:v>
+        <x:v>5396.63</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>6.99</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>5083.858</x:v>
+        <x:v>4802.645</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>5712.2</x:v>
+        <x:v>5396.63</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45762.3053009259</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>7.68</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>5141.06</x:v>
+        <x:v>4810.957</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>5776.65</x:v>
+        <x:v>5405.97</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45741.3256712963</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>7.46</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>5132.979</x:v>
+        <x:v>4811.306</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>5767.57</x:v>
+        <x:v>5405.97</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45761.3063773148</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>7.59</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>5133.106</x:v>
+        <x:v>4773.383</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>5767.57</x:v>
+        <x:v>5363.36</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45740.3152083333</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>7.02</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>5044.097</x:v>
+        <x:v>4773.293</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>5667.56</x:v>
+        <x:v>5363.36</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45758.3115740741</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>6.67</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>5044.022</x:v>
+        <x:v>4688.467</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>5667.56</x:v>
+        <x:v>5268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45737.3250231482</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>6.6</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>5039.865</x:v>
+        <x:v>4687.912</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>5662.89</x:v>
+        <x:v>5268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45757.3225925926</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>6.63</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>5039.49</x:v>
+        <x:v>4855.989</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>5662.89</x:v>
+        <x:v>5456.9</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45736.3183796296</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>7.01</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>5050.526</x:v>
+        <x:v>4856.59</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>5675.29</x:v>
+        <x:v>5456.9</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45756.3212847222</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>6.76</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>5050.974</x:v>
+        <x:v>4434.614</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>5675.29</x:v>
+        <x:v>4982.77</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45735.3342361111</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>6.28</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>4997.014</x:v>
+        <x:v>4434.655</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>5614.66</x:v>
+        <x:v>4982.77</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45755.3096064815</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>6.22</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>4996.907</x:v>
+        <x:v>4505.392</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>5614.66</x:v>
+        <x:v>5062.25</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45734.3080439815</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>6.64</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>5050.716</x:v>
+        <x:v>4505.356</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>5675.12</x:v>
+        <x:v>5062.25</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45754.3222916667</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>6.81</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>5050.575</x:v>
+        <x:v>4515.885</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>5675.12</x:v>
+        <x:v>5074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45733.3035300926</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>6.18</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>5018.374</x:v>
+        <x:v>4515.43</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>5638.94</x:v>
+        <x:v>5074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45751.3357523148</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>6.5</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>4913.358</x:v>
+        <x:v>4802.401</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>5638.94</x:v>
+        <x:v>5396.52</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45730.329212963</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>5.85</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>4913.358</x:v>
+        <x:v>4802.717</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>5521.52</x:v>
+        <x:v>5396.52</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45750.3403587963</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>5.55</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>4914.153</x:v>
+        <x:v>5046.977</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>0</x:v>
+        <x:v>5670.97</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45729.3311805556</x:v>
+        <x:v>45749.3305787037</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>6.05</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>4983.052</x:v>
+        <x:v>5013.32</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>5576.831</x:v>
+        <x:v>5633.07</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>6.25</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>4983.377</x:v>
+        <x:v>5013.331</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>0</x:v>
+        <x:v>5633.07</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45748.3265856481</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>6.13</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>4959.142</x:v>
+        <x:v>4994.446</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>0</x:v>
+        <x:v>5611.85</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>6.13</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>4959.142</x:v>
+        <x:v>4994.14</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>5572.07</x:v>
+        <x:v>5611.85</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45747.3300578704</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>6.02</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>4959.142</x:v>
+        <x:v>4966.63</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>5572.07</x:v>
+        <x:v>5580.94</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45727.2981018519</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>6.47</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>4996.958</x:v>
+        <x:v>4966.911</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>5614.56</x:v>
+        <x:v>5580.94</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45744.3355555556</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>6.42</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>5135.478</x:v>
+        <x:v>5066.921</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>5770.2</x:v>
+        <x:v>5693.31</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45726.3257407407</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>7.84</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>5135.478</x:v>
+        <x:v>5067.032</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>5770.2</x:v>
+        <x:v>5693.31</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45743.3084837963</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>8.21</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>5107.283</x:v>
+        <x:v>5083.844</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>5738.52</x:v>
+        <x:v>5712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45723.3273032407</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>7.93</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>5107.283</x:v>
+        <x:v>5083.858</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>5738.52</x:v>
+        <x:v>5712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>7.86</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>5199.941</x:v>
+        <x:v>5141.06</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>5842.63</x:v>
+        <x:v>5776.65</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45722.3079166667</x:v>
+        <x:v>45741.3256712963</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>9.04</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>5199.941</x:v>
+        <x:v>5132.979</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>5842.63</x:v>
+        <x:v>5767.57</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>9.18</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>5142.554</x:v>
+        <x:v>5133.106</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>5778.15</x:v>
+        <x:v>5767.57</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45721.3042476852</x:v>
+        <x:v>45740.3152083333</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>8.88</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>5142.554</x:v>
+        <x:v>5044.097</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>5778.15</x:v>
+        <x:v>5667.56</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>8.43</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>5206.251</x:v>
+        <x:v>5044.022</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>5849.72</x:v>
+        <x:v>5667.56</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45720.3012962963</x:v>
+        <x:v>45737.3250231482</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>9.56</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>5206.251</x:v>
+        <x:v>5039.865</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>5849.72</x:v>
+        <x:v>5662.89</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>9.36</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>5299.505</x:v>
+        <x:v>5039.49</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>5954.5</x:v>
+        <x:v>5662.89</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45719.3276851852</x:v>
+        <x:v>45736.3183796296</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>11.01</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>5299.505</x:v>
+        <x:v>5050.526</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>5954.5</x:v>
+        <x:v>5675.29</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>10.93</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>5216.806</x:v>
+        <x:v>5050.974</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>5861.58</x:v>
+        <x:v>5675.29</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45716.3362731481</x:v>
+        <x:v>45735.3342361111</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>9.79</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>5216.806</x:v>
+        <x:v>4997.014</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>5861.58</x:v>
+        <x:v>5614.66</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>9.7</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>5300.893</x:v>
+        <x:v>4996.907</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>5956.06</x:v>
+        <x:v>5614.66</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45715.3300810185</x:v>
+        <x:v>45734.3080439815</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>11.46</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>5300.893</x:v>
+        <x:v>5050.716</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>5956.06</x:v>
+        <x:v>5675.12</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>11.12</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>5300.172</x:v>
+        <x:v>5050.575</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>5955.25</x:v>
+        <x:v>5675.12</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45714.3319212963</x:v>
+        <x:v>45733.3035300926</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>11.47</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>5300.172</x:v>
+        <x:v>5018.374</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>5955.25</x:v>
+        <x:v>5638.94</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>11.12</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>5325.101</x:v>
+        <x:v>4913.358</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>5983.26</x:v>
+        <x:v>5638.94</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45713.3260069444</x:v>
+        <x:v>45730.329212963</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>11.7</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>5325.101</x:v>
+        <x:v>4913.358</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>5983.26</x:v>
+        <x:v>5521.52</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>11.57</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>5351.686</x:v>
+        <x:v>4914.153</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>6013.13</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45712.3301736111</x:v>
+        <x:v>45729.3311805556</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>12.56</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>5351.686</x:v>
+        <x:v>4983.052</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>6013.13</x:v>
+        <x:v>5576.831</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>12.09</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>5444.593</x:v>
+        <x:v>4983.377</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>6117.52</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45709.3341319444</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>14.04</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>5444.593</x:v>
+        <x:v>4959.142</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>6117.52</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>14.01</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>5468.294</x:v>
+        <x:v>4959.142</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>6144.15</x:v>
+        <x:v>5572.07</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45708.3309606481</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>14.17</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>5468.294</x:v>
+        <x:v>4959.142</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>6144.15</x:v>
+        <x:v>5572.07</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45727.2981018519</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>14.52</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>5455.326</x:v>
+        <x:v>4996.958</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>6129.58</x:v>
+        <x:v>5614.56</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45707.3252083333</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>14.38</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>5455.326</x:v>
+        <x:v>5135.478</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>6129.58</x:v>
+        <x:v>5770.2</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45726.3257407407</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>14.26</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>5442.021</x:v>
+        <x:v>5135.478</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>6114.63</x:v>
+        <x:v>5770.2</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45706.3336226852</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>14.35</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>5442.021</x:v>
+        <x:v>5107.283</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>6114.63</x:v>
+        <x:v>5738.52</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45723.3273032407</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>14.04</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>5442.412</x:v>
+        <x:v>5107.283</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>6115.07</x:v>
+        <x:v>5738.52</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45702.3050115741</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>14.15</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>5442.412</x:v>
+        <x:v>5199.941</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>6115.07</x:v>
+        <x:v>5842.63</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45701.3087268519</x:v>
+        <x:v>45722.3079166667</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>13.2</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>5386.253</x:v>
+        <x:v>5199.941</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>6051.97</x:v>
+        <x:v>5842.63</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>12.98</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>5400.965</x:v>
+        <x:v>5142.554</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>6068.5</x:v>
+        <x:v>5778.15</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45700.3382407407</x:v>
+        <x:v>45721.3042476852</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>13.24</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>5400.965</x:v>
+        <x:v>5142.554</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>6068.5</x:v>
+        <x:v>5778.15</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>13.27</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>5399.132</x:v>
+        <x:v>5206.251</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>6066.44</x:v>
+        <x:v>5849.72</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45699.3331828704</x:v>
+        <x:v>45720.3012962963</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>12.99</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>5399.132</x:v>
+        <x:v>5206.251</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>6066.44</x:v>
+        <x:v>5849.72</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>13.25</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>5399.132</x:v>
+        <x:v>5299.505</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>6066.44</x:v>
+        <x:v>5954.5</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45698.3236458333</x:v>
+        <x:v>45719.3276851852</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>12.89</x:v>
+        <x:v>11.01</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>5363.131</x:v>
+        <x:v>5299.505</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>6025.99</x:v>
+        <x:v>5954.5</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>12.61</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>5414.377</x:v>
+        <x:v>5216.806</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>6083.57</x:v>
+        <x:v>5861.58</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45695.3078819444</x:v>
+        <x:v>45716.3362731481</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>13.49</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>5414.377</x:v>
+        <x:v>5216.806</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>6083.57</x:v>
+        <x:v>5861.58</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>13.65</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>5394.717</x:v>
+        <x:v>5300.893</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>6061.48</x:v>
+        <x:v>5956.06</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45715.3300810185</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>13.28</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>5394.717</x:v>
+        <x:v>5300.893</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>6061.48</x:v>
+        <x:v>5956.06</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45693.3224421296</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>12.38</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>5373.713</x:v>
+        <x:v>5300.172</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>6037.88</x:v>
+        <x:v>5955.25</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45714.3319212963</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>12.89</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>5373.713</x:v>
+        <x:v>5300.172</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>6037.88</x:v>
+        <x:v>5955.25</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45692.3038657407</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>12.06</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>5335.167</x:v>
+        <x:v>5325.101</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>5994.57</x:v>
+        <x:v>5983.26</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45713.3260069444</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>12.2</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>5335.167</x:v>
+        <x:v>5325.101</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>5994.57</x:v>
+        <x:v>5983.26</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45691.2980902778</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>11.03</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>5376.072</x:v>
+        <x:v>5351.686</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>6040.53</x:v>
+        <x:v>6013.13</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45712.3301736111</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>13.03</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>5376.072</x:v>
+        <x:v>5351.686</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>6040.53</x:v>
+        <x:v>6013.13</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45688.3275231481</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>13.93</x:v>
+        <x:v>12.09</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>5403.341</x:v>
+        <x:v>5444.593</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>6071.17</x:v>
+        <x:v>6117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45709.3341319444</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>13.59</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>5403.341</x:v>
+        <x:v>5444.593</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>6071.17</x:v>
+        <x:v>6117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45687.2884837963</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>13.4</x:v>
+        <x:v>14.01</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>5374.986</x:v>
+        <x:v>5468.294</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>6039.31</x:v>
+        <x:v>6144.15</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45708.3309606481</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>13.05</x:v>
+        <x:v>14.17</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>5374.986</x:v>
+        <x:v>5468.294</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>6039.31</x:v>
+        <x:v>6144.15</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45686.2993402778</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>13.75</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>5400.253</x:v>
+        <x:v>5455.326</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>6067.7</x:v>
+        <x:v>6129.58</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45707.3252083333</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>13.57</x:v>
+        <x:v>14.38</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>5400.253</x:v>
+        <x:v>5455.326</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>6067.7</x:v>
+        <x:v>6129.58</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45684.3267708333</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>12.75</x:v>
+        <x:v>14.26</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>5430.104</x:v>
+        <x:v>5442.021</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>6101.24</x:v>
+        <x:v>6114.63</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45706.3336226852</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>14.38</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>5430.104</x:v>
+        <x:v>5442.021</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>6101.24</x:v>
+        <x:v>6114.63</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45681.3366203704</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>14.62</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>5445.652</x:v>
+        <x:v>5442.412</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>6118.71</x:v>
+        <x:v>6115.07</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45680.3001157407</x:v>
+        <x:v>45702.3050115741</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>13.98</x:v>
+        <x:v>14.15</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>5416.86</x:v>
+        <x:v>5442.412</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>6086.36</x:v>
+        <x:v>6115.07</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45701.3087268519</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>14.14</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>5416.86</x:v>
+        <x:v>5386.253</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>6086.36</x:v>
+        <x:v>6051.97</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45679.4487962963</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>13.97</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>5383.824</x:v>
+        <x:v>5400.965</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>6049.24</x:v>
+        <x:v>6068.5</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45679.3365162037</x:v>
+        <x:v>45700.3382407407</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>13.73</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>5383.824</x:v>
+        <x:v>5400.965</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>6049.24</x:v>
+        <x:v>6068.5</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>13.49</x:v>
+        <x:v>13.27</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>5383.824</x:v>
+        <x:v>5399.132</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>6049.24</x:v>
+        <x:v>6066.44</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45678.381412037</x:v>
+        <x:v>45699.3331828704</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>12.83</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>5337.027</x:v>
+        <x:v>5399.132</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>5996.66</x:v>
+        <x:v>6066.44</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>12.65</x:v>
+        <x:v>13.25</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>5337.027</x:v>
+        <x:v>5399.132</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>5996.66</x:v>
+        <x:v>6066.44</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45674.3320833333</x:v>
+        <x:v>45698.3236458333</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>11.9</x:v>
+        <x:v>12.89</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>5284.233</x:v>
+        <x:v>5363.131</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>5937.34</x:v>
+        <x:v>6025.99</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>11.73</x:v>
+        <x:v>12.61</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>5284.233</x:v>
+        <x:v>5414.377</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>5937.34</x:v>
+        <x:v>6083.57</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45673.4051967593</x:v>
+        <x:v>45695.3078819444</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>12.28</x:v>
+        <x:v>13.49</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>5295.42</x:v>
+        <x:v>5414.377</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>5949.91</x:v>
+        <x:v>6083.57</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>11.94</x:v>
+        <x:v>13.65</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>5295.42</x:v>
+        <x:v>5394.717</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>5949.91</x:v>
+        <x:v>6061.48</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45672.3295023148</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>10.47</x:v>
+        <x:v>13.28</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>5200.19</x:v>
+        <x:v>5394.717</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>5842.91</x:v>
+        <x:v>6061.48</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45693.3224421296</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>10.42</x:v>
+        <x:v>12.38</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>5200.19</x:v>
+        <x:v>5373.713</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>5842.91</x:v>
+        <x:v>6037.88</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45671.3250115741</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>10.62</x:v>
+        <x:v>12.89</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>5194.236</x:v>
+        <x:v>5373.713</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>5836.22</x:v>
+        <x:v>6037.88</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45692.3038657407</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>10.34</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>5194.236</x:v>
+        <x:v>5335.167</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>5836.22</x:v>
+        <x:v>5994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45670.3234953704</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>9.89</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>5186.066</x:v>
+        <x:v>5335.167</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>5827.04</x:v>
+        <x:v>5994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45691.2980902778</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>10.24</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>5186.066</x:v>
+        <x:v>5376.072</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>5827.04</x:v>
+        <x:v>6040.53</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45667.3069212963</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>11.46</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>5267.242</x:v>
+        <x:v>5376.072</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>5918.25</x:v>
+        <x:v>6040.53</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45688.3275231481</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>11.7</x:v>
+        <x:v>13.93</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>5267.225</x:v>
+        <x:v>5403.341</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>5918.23</x:v>
+        <x:v>6071.17</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45665.3223611111</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>11.85</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>5259.037</x:v>
+        <x:v>5403.341</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>5909.03</x:v>
+        <x:v>6071.17</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45687.2884837963</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>11.57</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>5259.037</x:v>
+        <x:v>5374.986</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>5909.03</x:v>
+        <x:v>6039.31</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45664.3059259259</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>12.62</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>5318.088</x:v>
+        <x:v>5374.986</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>5975.38</x:v>
+        <x:v>6039.31</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45686.2993402778</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>12.71</x:v>
+        <x:v>13.75</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>5318.088</x:v>
+        <x:v>5400.253</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>5975.38</x:v>
+        <x:v>6067.7</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45663.3329282407</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>12.25</x:v>
+        <x:v>13.57</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>5288.798</x:v>
+        <x:v>5400.253</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>5942.47</x:v>
+        <x:v>6067.7</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45684.3267708333</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>12.2</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>5288.798</x:v>
+        <x:v>5430.104</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>5942.47</x:v>
+        <x:v>6101.24</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45660.3227430556</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>11.27</x:v>
+        <x:v>14.38</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5430.104</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>6101.24</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45659.312025463</x:v>
+        <x:v>45681.3366203704</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>11.77</x:v>
+        <x:v>14.62</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5445.652</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>6118.71</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45657.3295949074</x:v>
+        <x:v>45680.3001157407</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>11.58</x:v>
+        <x:v>13.98</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5416.86</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>6086.36</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>11.69</x:v>
+        <x:v>14.14</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5416.86</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>6086.36</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45656.3022453704</x:v>
+        <x:v>45679.4487962963</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>12.63</x:v>
+        <x:v>13.97</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>5314.048</x:v>
+        <x:v>5383.824</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>5970.84</x:v>
+        <x:v>6049.24</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45679.3365162037</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>12.83</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>5314.048</x:v>
+        <x:v>5383.824</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>5970.84</x:v>
+        <x:v>6049.24</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45653.3879976852</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>13.65</x:v>
+        <x:v>13.49</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>5316.922</x:v>
+        <x:v>5383.824</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>5974.07</x:v>
+        <x:v>6049.24</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45678.381412037</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>12.94</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>5316.922</x:v>
+        <x:v>5337.027</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>5974.07</x:v>
+        <x:v>5996.66</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45649.315150463</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>12.8</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>5278.456</x:v>
+        <x:v>5337.027</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>5930.85</x:v>
+        <x:v>5996.66</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45674.3320833333</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>12.26</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>5278.456</x:v>
+        <x:v>5284.233</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>5930.85</x:v>
+        <x:v>5937.34</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>12.26</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>5278.456</x:v>
+        <x:v>5284.233</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>5930.85</x:v>
+        <x:v>5937.34</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45646.3145949074</x:v>
+        <x:v>45673.4051967593</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>11.08</x:v>
+        <x:v>12.28</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>5221.701</x:v>
+        <x:v>5295.42</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>5867.08</x:v>
+        <x:v>5949.91</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>11.29</x:v>
+        <x:v>11.94</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>5221.701</x:v>
+        <x:v>5295.42</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>5867.08</x:v>
+        <x:v>5949.91</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45645.3294791667</x:v>
+        <x:v>45672.3295023148</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>11.43</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>5226.222</x:v>
+        <x:v>5200.19</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>5872.16</x:v>
+        <x:v>5842.91</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>11.38</x:v>
+        <x:v>10.42</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>5226.222</x:v>
+        <x:v>5200.19</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>5872.16</x:v>
+        <x:v>5842.91</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45644.339375</x:v>
+        <x:v>45671.3250115741</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>15.06</x:v>
+        <x:v>10.62</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>5385.043</x:v>
+        <x:v>5194.236</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>6050.61</x:v>
+        <x:v>5836.22</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>14.92</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>5385.043</x:v>
+        <x:v>5194.236</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>6050.61</x:v>
+        <x:v>5836.22</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45643.3718634259</x:v>
+        <x:v>45670.3234953704</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>15.08</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>5405.931</x:v>
+        <x:v>5186.066</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>6074.08</x:v>
+        <x:v>5827.04</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>15.41</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>5405.931</x:v>
+        <x:v>5186.066</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>6074.08</x:v>
+        <x:v>5827.04</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45642.3397685185</x:v>
+        <x:v>45667.3069212963</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>15.02</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>5385.47</x:v>
+        <x:v>5267.242</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>6051.09</x:v>
+        <x:v>5918.25</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>15</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>5385.47</x:v>
+        <x:v>5267.225</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>6051.09</x:v>
+        <x:v>5918.23</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45639.3657407407</x:v>
+        <x:v>45665.3223611111</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>15.26</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>5385.612</x:v>
+        <x:v>5259.037</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>6051.25</x:v>
+        <x:v>5909.03</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>15.01</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>5385.612</x:v>
+        <x:v>5259.037</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>6051.25</x:v>
+        <x:v>5909.03</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45664.3059259259</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>15.71</x:v>
+        <x:v>12.62</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>5414.929</x:v>
+        <x:v>5318.088</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>6084.19</x:v>
+        <x:v>5975.38</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45637.3268402778</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>14.92</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>5371.07</x:v>
+        <x:v>5318.088</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>6034.91</x:v>
+        <x:v>5975.38</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45663.3329282407</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>14.76</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>5371.07</x:v>
+        <x:v>5288.798</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>6034.91</x:v>
+        <x:v>5942.47</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45636.3330902778</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>15.1</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>5387.036</x:v>
+        <x:v>5288.798</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>6052.85</x:v>
+        <x:v>5942.47</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45660.3227430556</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>15.13</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>5387.126</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>6052.95</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45635.3342939815</x:v>
+        <x:v>45659.312025463</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>15.84</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>5420.34</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>6090.27</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45657.3295949074</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>15.96</x:v>
+        <x:v>11.58</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>5420.34</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>6090.27</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45632.3303587963</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>15.66</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>5406.848</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>6075.11</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45656.3022453704</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>15.66</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>5406.848</x:v>
+        <x:v>5314.048</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>6075.11</x:v>
+        <x:v>5970.84</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45631.3355671296</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>15.82</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>5416.976</x:v>
+        <x:v>5314.048</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>6086.49</x:v>
+        <x:v>5970.84</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45653.3879976852</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>15.91</x:v>
+        <x:v>13.65</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>5416.976</x:v>
+        <x:v>5316.922</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>6086.49</x:v>
+        <x:v>5974.07</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45630.3720486111</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>15.34</x:v>
+        <x:v>12.94</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>5384.393</x:v>
+        <x:v>5316.922</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>6049.88</x:v>
+        <x:v>5974.07</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45630.3197800926</x:v>
+        <x:v>45649.315150463</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>15.37</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>5384.393</x:v>
+        <x:v>5278.456</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>6049.88</x:v>
+        <x:v>5930.85</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45629.3090162037</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>15.24</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>5381.964</x:v>
+        <x:v>5278.456</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>6047.15</x:v>
+        <x:v>5930.85</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>15.15</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>5381.964</x:v>
+        <x:v>5278.456</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>6047.15</x:v>
+        <x:v>5930.85</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45628.3102199074</x:v>
+        <x:v>45646.3145949074</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>14.68</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>5368.818</x:v>
+        <x:v>5221.701</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>6032.38</x:v>
+        <x:v>5867.08</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>14.9</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>5368.818</x:v>
+        <x:v>5221.701</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>6032.38</x:v>
+        <x:v>5867.08</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45625.3345601852</x:v>
+        <x:v>45645.3294791667</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>14.59</x:v>
+        <x:v>11.43</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>5338.879</x:v>
+        <x:v>5226.222</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>5998.74</x:v>
+        <x:v>5872.16</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>14.28</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>5338.879</x:v>
+        <x:v>5226.222</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>5998.74</x:v>
+        <x:v>5872.16</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45623.3308796296</x:v>
+        <x:v>45644.339375</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>14.73</x:v>
+        <x:v>15.06</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>5359.251</x:v>
+        <x:v>5385.043</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>6021.63</x:v>
+        <x:v>6050.61</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>14.74</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>5359.251</x:v>
+        <x:v>5385.043</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>6021.63</x:v>
+        <x:v>6050.61</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45622.3245717593</x:v>
+        <x:v>45643.3718634259</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>14.14</x:v>
+        <x:v>15.08</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>5328.759</x:v>
+        <x:v>5405.931</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>5987.37</x:v>
+        <x:v>6074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>14.11</x:v>
+        <x:v>15.41</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>5328.759</x:v>
+        <x:v>5405.931</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>5987.37</x:v>
+        <x:v>6074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45621.327037037</x:v>
+        <x:v>45642.3397685185</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>14.23</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>5312.713</x:v>
+        <x:v>5385.47</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>5969.34</x:v>
+        <x:v>6051.09</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>13.82</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>5312.713</x:v>
+        <x:v>5385.47</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>5969.34</x:v>
+        <x:v>6051.09</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45618.3145717593</x:v>
+        <x:v>45639.3657407407</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>13.47</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>5294.352</x:v>
+        <x:v>5385.612</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>5948.71</x:v>
+        <x:v>6051.25</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>13.46</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>5294.352</x:v>
+        <x:v>5385.612</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>5948.71</x:v>
+        <x:v>6051.25</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45617.3206944444</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>12.69</x:v>
+        <x:v>15.71</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>5266.228</x:v>
+        <x:v>5414.929</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>5917.11</x:v>
+        <x:v>6084.19</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45637.3268402778</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>12.91</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>5266.228</x:v>
+        <x:v>5371.07</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>5917.11</x:v>
+        <x:v>6034.91</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45616.3339814815</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>13.17</x:v>
+        <x:v>14.76</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>5266.112</x:v>
+        <x:v>5371.07</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>5916.98</x:v>
+        <x:v>6034.91</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45616.3293865741</x:v>
+        <x:v>45636.3330902778</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>13.17</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>5266.112</x:v>
+        <x:v>5387.036</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>5916.98</x:v>
+        <x:v>6052.85</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>12.92</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>5266.112</x:v>
+        <x:v>5387.126</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>5916.98</x:v>
+        <x:v>6052.95</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45615.3392592593</x:v>
+        <x:v>45635.3342939815</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>12.74</x:v>
+        <x:v>15.84</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>5245.322</x:v>
+        <x:v>5420.34</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>5893.62</x:v>
+        <x:v>6090.27</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>12.54</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>5245.322</x:v>
+        <x:v>5420.34</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>5893.62</x:v>
+        <x:v>6090.27</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45632.3303587963</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>12.19</x:v>
+        <x:v>15.66</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>5224.852</x:v>
+        <x:v>5406.848</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>5870.62</x:v>
+        <x:v>6075.11</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45611.3089351852</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>13.31</x:v>
+        <x:v>15.66</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>5294.761</x:v>
+        <x:v>5406.848</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>5949.17</x:v>
+        <x:v>6075.11</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45631.3355671296</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>13.63</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>5294.761</x:v>
+        <x:v>5416.976</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>5949.17</x:v>
+        <x:v>6086.49</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45610.33375</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>14.26</x:v>
+        <x:v>15.91</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>5326.988</x:v>
+        <x:v>5416.976</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>5985.38</x:v>
+        <x:v>6086.49</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45630.3720486111</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>14.34</x:v>
+        <x:v>15.34</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>5326.988</x:v>
+        <x:v>5384.393</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>5985.38</x:v>
+        <x:v>6049.88</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45609.3326967593</x:v>
+        <x:v>45630.3197800926</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>14.08</x:v>
+        <x:v>15.37</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>5325.751</x:v>
+        <x:v>5384.393</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>5983.99</x:v>
+        <x:v>6049.88</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45629.3090162037</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>14.32</x:v>
+        <x:v>15.24</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>5325.751</x:v>
+        <x:v>5381.964</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>5983.99</x:v>
+        <x:v>6047.15</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45608.3158333333</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>14.6</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>5341.202</x:v>
+        <x:v>5381.964</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>6001.35</x:v>
+        <x:v>6047.15</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45628.3102199074</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>14.67</x:v>
+        <x:v>14.68</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>5341.202</x:v>
+        <x:v>5368.818</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>6001.35</x:v>
+        <x:v>6032.38</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>14.61</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>5336.031</x:v>
+        <x:v>5368.818</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>5995.54</x:v>
+        <x:v>6032.38</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45604.3280439815</x:v>
+        <x:v>45625.3345601852</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>14.25</x:v>
+        <x:v>14.59</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>5316.059</x:v>
+        <x:v>5338.879</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>5973.1</x:v>
+        <x:v>5998.74</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>14.19</x:v>
+        <x:v>14.28</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>5316.059</x:v>
+        <x:v>5338.879</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>5973.1</x:v>
+        <x:v>5998.74</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45603.3279282407</x:v>
+        <x:v>45623.3308796296</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>13.58</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>5276.846</x:v>
+        <x:v>5359.251</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>5929.04</x:v>
+        <x:v>6021.63</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>13.4</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>5276.846</x:v>
+        <x:v>5359.251</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>5929.04</x:v>
+        <x:v>6021.63</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45602.2873148148</x:v>
+        <x:v>45622.3245717593</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>12.27</x:v>
+        <x:v>14.14</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>5146.656</x:v>
+        <x:v>5328.759</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>5782.76</x:v>
+        <x:v>5987.37</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>11.16</x:v>
+        <x:v>14.11</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>5146.656</x:v>
+        <x:v>5328.759</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>5782.76</x:v>
+        <x:v>5987.37</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45601.3076388889</x:v>
+        <x:v>45621.327037037</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>10.25</x:v>
+        <x:v>14.23</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>5084.294</x:v>
+        <x:v>5312.713</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>5712.69</x:v>
+        <x:v>5969.34</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>10.17</x:v>
+        <x:v>13.82</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>5084.294</x:v>
+        <x:v>5312.713</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>5712.69</x:v>
+        <x:v>5969.34</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45600.300787037</x:v>
+        <x:v>45618.3145717593</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>10.6</x:v>
+        <x:v>13.47</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>5098.632</x:v>
+        <x:v>5294.352</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>5728.8</x:v>
+        <x:v>5948.71</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>10.44</x:v>
+        <x:v>13.46</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>5098.632</x:v>
+        <x:v>5294.352</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>5728.8</x:v>
+        <x:v>5948.71</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45597.332337963</x:v>
+        <x:v>45617.3206944444</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>10.28</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>5077.842</x:v>
+        <x:v>5266.228</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>5705.44</x:v>
+        <x:v>5917.11</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>10.12</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>5077.842</x:v>
+        <x:v>5266.228</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>5705.44</x:v>
+        <x:v>5917.11</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45596.3297569444</x:v>
+        <x:v>45616.3339814815</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>11.4</x:v>
+        <x:v>13.17</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>5174.166</x:v>
+        <x:v>5266.112</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>5813.67</x:v>
+        <x:v>5916.98</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45616.3293865741</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>11.9</x:v>
+        <x:v>13.17</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>5174.166</x:v>
+        <x:v>5266.112</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>5813.67</x:v>
+        <x:v>5916.98</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45595.3305787037</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>12.51</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>5191.299</x:v>
+        <x:v>5266.112</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>5832.92</x:v>
+        <x:v>5916.98</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45615.3392592593</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>12.24</x:v>
+        <x:v>12.74</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>5191.343</x:v>
+        <x:v>5245.322</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>5832.97</x:v>
+        <x:v>5893.62</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>12.1</x:v>
+        <x:v>12.54</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>5182.933</x:v>
+        <x:v>5245.322</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>5823.52</x:v>
+        <x:v>5893.62</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45593.3395023148</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>12.34</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>5169.227</x:v>
+        <x:v>5224.852</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>5808.12</x:v>
+        <x:v>5870.62</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45611.3089351852</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>11.89</x:v>
+        <x:v>13.31</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>5169.227</x:v>
+        <x:v>5294.761</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>5808.12</x:v>
+        <x:v>5949.17</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45590.3330324074</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>11.96</x:v>
+        <x:v>13.63</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>5170.775</x:v>
+        <x:v>5294.761</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>5809.86</x:v>
+        <x:v>5949.17</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45610.33375</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>11.93</x:v>
+        <x:v>14.26</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>5170.775</x:v>
+        <x:v>5326.988</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>5809.86</x:v>
+        <x:v>5985.38</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>11.74</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>5159.704</x:v>
+        <x:v>5326.988</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>5797.42</x:v>
+        <x:v>5985.38</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45588.3165046296</x:v>
+        <x:v>45609.3326967593</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>12.63</x:v>
+        <x:v>14.08</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>5207.568</x:v>
+        <x:v>5325.751</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>5851.2</x:v>
+        <x:v>5983.99</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>12.69</x:v>
+        <x:v>14.32</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>5207.568</x:v>
+        <x:v>5325.751</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>5851.2</x:v>
+        <x:v>5983.99</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45587.326099537</x:v>
+        <x:v>45608.3158333333</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>12.6</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>5210.042</x:v>
+        <x:v>5341.202</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>5853.98</x:v>
+        <x:v>6001.35</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>12.75</x:v>
+        <x:v>14.67</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>5210.042</x:v>
+        <x:v>5341.202</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>5853.98</x:v>
+        <x:v>6001.35</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45586.3304976852</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>12.91</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>5219.556</x:v>
+        <x:v>5336.031</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>5864.67</x:v>
+        <x:v>5995.54</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45581.3264351852</x:v>
+        <x:v>45604.3280439815</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>12.29</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>5175.581</x:v>
+        <x:v>5316.059</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>5815.26</x:v>
+        <x:v>5973.1</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>12.19</x:v>
+        <x:v>14.19</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>5175.581</x:v>
+        <x:v>5316.059</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>5815.26</x:v>
+        <x:v>5973.1</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45580.3263541667</x:v>
+        <x:v>45603.3279282407</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>13.07</x:v>
+        <x:v>13.58</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>5215.266</x:v>
+        <x:v>5276.846</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>5859.85</x:v>
+        <x:v>5929.04</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>12.99</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>5215.266</x:v>
+        <x:v>5276.846</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>5859.85</x:v>
+        <x:v>5929.04</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45602.2873148148</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
         <x:v>12.27</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>5175.377</x:v>
+        <x:v>5146.656</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>5815.03</x:v>
+        <x:v>5782.76</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45576.3246296296</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>11.74</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>5144.244</x:v>
+        <x:v>5146.656</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>5780.05</x:v>
+        <x:v>5782.76</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45601.3076388889</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>11.72</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>5144.244</x:v>
+        <x:v>5084.294</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>5780.05</x:v>
+        <x:v>5712.69</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45575.3252893519</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>11.9</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>5154.916</x:v>
+        <x:v>5084.294</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>5792.04</x:v>
+        <x:v>5712.69</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45600.300787037</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>11.92</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>5154.916</x:v>
+        <x:v>5098.632</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>5792.04</x:v>
+        <x:v>5728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45574.3277314815</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>11.14</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>5118.506</x:v>
+        <x:v>5098.632</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>5751.13</x:v>
+        <x:v>5728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45597.332337963</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>11.29</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>5118.506</x:v>
+        <x:v>5077.842</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>5751.13</x:v>
+        <x:v>5705.44</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45573.3288541667</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>10.46</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>5069.387</x:v>
+        <x:v>5077.842</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>5695.94</x:v>
+        <x:v>5705.44</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45596.3297569444</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>10.49</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>5069.387</x:v>
+        <x:v>5174.166</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>5695.94</x:v>
+        <x:v>5813.67</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45572.3259375</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>11.23</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>5118.452</x:v>
+        <x:v>5174.166</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>5751.07</x:v>
+        <x:v>5813.67</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45595.3305787037</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>11.41</x:v>
+        <x:v>12.51</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>5118.452</x:v>
+        <x:v>5191.299</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>5751.07</x:v>
+        <x:v>5832.92</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45569.3273958333</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>10.7</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>5072.947</x:v>
+        <x:v>5191.343</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>5699.94</x:v>
+        <x:v>5832.97</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>10.65</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>5072.947</x:v>
+        <x:v>5182.933</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>5699.94</x:v>
+        <x:v>5823.52</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45568.3090740741</x:v>
+        <x:v>45593.3395023148</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>10.64</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>5080.788</x:v>
+        <x:v>5169.227</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>5708.75</x:v>
+        <x:v>5808.12</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>10</x:v>
+        <x:v>11.89</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>5081.491</x:v>
+        <x:v>5169.227</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>5709.54</x:v>
+        <x:v>5808.12</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45567.3817939815</x:v>
+        <x:v>45590.3330324074</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>10.56</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>5128.607</x:v>
+        <x:v>5170.775</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>5762.48</x:v>
+        <x:v>5809.86</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>10.8</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>5080.788</x:v>
+        <x:v>5170.775</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>5708.75</x:v>
+        <x:v>5809.86</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45566.3285648148</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>11.59</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>5128.607</x:v>
+        <x:v>5159.704</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>5762.48</x:v>
+        <x:v>5797.42</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45588.3165046296</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>11.69</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>5128.58</x:v>
+        <x:v>5207.568</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>5762.45</x:v>
+        <x:v>5851.2</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45565.3313888889</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>11.24</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>5106.971</x:v>
+        <x:v>5207.568</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>5738.17</x:v>
+        <x:v>5851.2</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45587.326099537</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>11.34</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>5106.971</x:v>
+        <x:v>5210.042</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>5738.17</x:v>
+        <x:v>5853.98</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45562.3250578704</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>11.47</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>5113.379</x:v>
+        <x:v>5210.042</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>5745.37</x:v>
+        <x:v>5853.98</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45586.3304976852</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>11.47</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>5113.379</x:v>
+        <x:v>5219.556</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>5745.37</x:v>
+        <x:v>5864.67</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45561.3341550926</x:v>
+        <x:v>45581.3264351852</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>11.66</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>5092.811</x:v>
+        <x:v>5175.581</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>5722.26</x:v>
+        <x:v>5815.26</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>11.12</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>5092.811</x:v>
+        <x:v>5175.581</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>5722.26</x:v>
+        <x:v>5815.26</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45560.3227083333</x:v>
+        <x:v>45580.3263541667</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>11.21</x:v>
+        <x:v>13.07</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>5102.308</x:v>
+        <x:v>5215.266</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>5732.93</x:v>
+        <x:v>5859.85</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>11.3</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>5102.308</x:v>
+        <x:v>5215.266</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>5732.93</x:v>
+        <x:v>5859.85</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45559.3215625</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>11.11</x:v>
+        <x:v>12.27</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>5089.527</x:v>
+        <x:v>5175.377</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>5718.57</x:v>
+        <x:v>5815.03</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45576.3246296296</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>11.09</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>5089.527</x:v>
+        <x:v>5144.244</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>5718.57</x:v>
+        <x:v>5780.05</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45558.3321990741</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>11.08</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>5075.27</x:v>
+        <x:v>5144.244</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>5702.55</x:v>
+        <x:v>5780.05</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45575.3252893519</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>10.88</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>5075.27</x:v>
+        <x:v>5154.916</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>5702.55</x:v>
+        <x:v>5792.04</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45555.3192361111</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
-        <x:v>10.97</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>5085.14</x:v>
+        <x:v>5154.916</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>5713.64</x:v>
+        <x:v>5792.04</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45574.3277314815</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>11.07</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>5085.14</x:v>
+        <x:v>5118.506</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>5713.64</x:v>
+        <x:v>5751.13</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45554.3120949074</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>10.51</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>5000.251</x:v>
+        <x:v>5118.506</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>5618.26</x:v>
+        <x:v>5751.13</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45573.3288541667</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>9.75</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>5000.251</x:v>
+        <x:v>5069.387</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>5618.26</x:v>
+        <x:v>5695.94</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45553.3324305556</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>10.07</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>5014.776</x:v>
+        <x:v>5069.387</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>5634.58</x:v>
+        <x:v>5695.94</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45572.3259375</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>10</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>5014.776</x:v>
+        <x:v>5118.452</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>5634.58</x:v>
+        <x:v>5751.07</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45552.3273032407</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>10</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>5013.45</x:v>
+        <x:v>5118.452</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>5633.09</x:v>
+        <x:v>5751.07</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45569.3273958333</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>9.99</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>5013.45</x:v>
+        <x:v>5072.947</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>5633.09</x:v>
+        <x:v>5699.94</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45551.3323263889</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>9.89</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>5007.158</x:v>
+        <x:v>5072.947</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>5626.02</x:v>
+        <x:v>5699.94</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45548.3333333333</x:v>
+        <x:v>45568.3090740741</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>9.61</x:v>
+        <x:v>10.64</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>4980.226</x:v>
+        <x:v>5080.788</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>5595.76</x:v>
+        <x:v>5708.75</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>9.51</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>4980.226</x:v>
+        <x:v>5081.491</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>5595.76</x:v>
+        <x:v>5709.54</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45547.3251273148</x:v>
+        <x:v>45567.3817939815</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>9.13</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>4943.176</x:v>
+        <x:v>5128.607</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>5554.13</x:v>
+        <x:v>5762.48</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>8.98</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>4943.176</x:v>
+        <x:v>5080.788</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>5554.13</x:v>
+        <x:v>5708.75</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45546.3280092593</x:v>
+        <x:v>45566.3285648148</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>7.91</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>4891.013</x:v>
+        <x:v>5128.607</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>5495.52</x:v>
+        <x:v>5762.48</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
-        <x:v>8.28</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>4891.013</x:v>
+        <x:v>5128.58</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>5495.52</x:v>
+        <x:v>5762.45</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45545.311400463</x:v>
+        <x:v>45565.3313888889</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>7.93</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>4869.243</x:v>
+        <x:v>5106.971</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>5471.06</x:v>
+        <x:v>5738.17</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
-        <x:v>8.01</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>4869.243</x:v>
+        <x:v>5106.971</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>5471.06</x:v>
+        <x:v>5738.17</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45544.3102662037</x:v>
+        <x:v>45562.3250578704</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>7.6</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>4813.494</x:v>
+        <x:v>5113.379</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>5408.42</x:v>
+        <x:v>5745.37</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C583" s="0">
-        <x:v>7.35</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D583" s="0">
-        <x:v>4813.494</x:v>
+        <x:v>5113.379</x:v>
       </x:c>
       <x:c r="E583" s="0">
-        <x:v>5408.42</x:v>
+        <x:v>5745.37</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5">
       <x:c r="A584" s="1">
-        <x:v>45541.3326851852</x:v>
+        <x:v>45561.3341550926</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C584" s="0">
-        <x:v>8.43</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D584" s="0">
-        <x:v>4898.035</x:v>
+        <x:v>5092.811</x:v>
       </x:c>
       <x:c r="E584" s="0">
-        <x:v>5503.41</x:v>
+        <x:v>5722.26</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5">
       <x:c r="A585" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C585" s="0">
-        <x:v>8.53</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D585" s="0">
-        <x:v>4898.035</x:v>
+        <x:v>5092.811</x:v>
       </x:c>
       <x:c r="E585" s="0">
-        <x:v>5503.41</x:v>
+        <x:v>5722.26</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5">
       <x:c r="A586" s="1">
-        <x:v>45540.3322569444</x:v>
+        <x:v>45560.3227083333</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C586" s="0">
-        <x:v>8.68</x:v>
+        <x:v>11.21</x:v>
       </x:c>
       <x:c r="D586" s="0">
-        <x:v>4912.862</x:v>
+        <x:v>5102.308</x:v>
       </x:c>
       <x:c r="E586" s="0">
-        <x:v>5520.07</x:v>
+        <x:v>5732.93</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5">
       <x:c r="A587" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C587" s="0">
-        <x:v>8.75</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D587" s="0">
-        <x:v>4912.862</x:v>
+        <x:v>5102.308</x:v>
       </x:c>
       <x:c r="E587" s="0">
-        <x:v>5520.07</x:v>
+        <x:v>5732.93</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5">
       <x:c r="A588" s="1">
-        <x:v>45539.3312384259</x:v>
+        <x:v>45559.3215625</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C588" s="0">
-        <x:v>8.48</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D588" s="0">
-        <x:v>4920.748</x:v>
+        <x:v>5089.527</x:v>
       </x:c>
       <x:c r="E588" s="0">
-        <x:v>5528.93</x:v>
+        <x:v>5718.57</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5">
       <x:c r="A589" s="1">
-        <x:v>45538.3171296296</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C589" s="0">
-        <x:v>10.57</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D589" s="0">
-        <x:v>5027.076</x:v>
+        <x:v>5089.527</x:v>
       </x:c>
       <x:c r="E589" s="0">
-        <x:v>5648.4</x:v>
+        <x:v>5718.57</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5">
       <x:c r="A590" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45558.3321990741</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C590" s="0">
-        <x:v>10.75</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="D590" s="0">
-        <x:v>5027.076</x:v>
+        <x:v>5075.27</x:v>
       </x:c>
       <x:c r="E590" s="0">
-        <x:v>5648.4</x:v>
+        <x:v>5702.55</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5">
       <x:c r="A591" s="1">
-        <x:v>45534.3329050926</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C591" s="0">
-        <x:v>10.2</x:v>
+        <x:v>10.88</x:v>
       </x:c>
       <x:c r="D591" s="0">
-        <x:v>4976.844</x:v>
+        <x:v>5075.27</x:v>
       </x:c>
       <x:c r="E591" s="0">
-        <x:v>5591.96</x:v>
+        <x:v>5702.55</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5">
       <x:c r="A592" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45555.3192361111</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C592" s="0">
-        <x:v>9.95</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D592" s="0">
-        <x:v>4976.844</x:v>
+        <x:v>5085.14</x:v>
       </x:c>
       <x:c r="E592" s="0">
-        <x:v>5591.96</x:v>
+        <x:v>5713.64</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5">
       <x:c r="A593" s="1">
-        <x:v>45533.3049074074</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C593" s="0">
-        <x:v>9.73</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="D593" s="0">
-        <x:v>4977.04</x:v>
+        <x:v>5085.14</x:v>
       </x:c>
       <x:c r="E593" s="0">
-        <x:v>5592.18</x:v>
+        <x:v>5713.64</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5">
       <x:c r="A594" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45554.3120949074</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C594" s="0">
-        <x:v>9.96</x:v>
+        <x:v>10.51</x:v>
       </x:c>
       <x:c r="D594" s="0">
-        <x:v>4977.04</x:v>
+        <x:v>5000.251</x:v>
       </x:c>
       <x:c r="E594" s="0">
-        <x:v>5592.18</x:v>
+        <x:v>5618.26</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5">
       <x:c r="A595" s="1">
-        <x:v>45532.3276736111</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C595" s="0">
-        <x:v>10.48</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="D595" s="0">
-        <x:v>5006.962</x:v>
+        <x:v>5000.251</x:v>
       </x:c>
       <x:c r="E595" s="0">
-        <x:v>5625.8</x:v>
+        <x:v>5618.26</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5">
       <x:c r="A596" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45553.3324305556</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C596" s="0">
-        <x:v>10.47</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D596" s="0">
-        <x:v>5006.962</x:v>
+        <x:v>5014.776</x:v>
       </x:c>
       <x:c r="E596" s="0">
-        <x:v>5625.8</x:v>
+        <x:v>5634.58</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5">
       <x:c r="A597" s="1">
-        <x:v>45531.3201273148</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C597" s="0">
-        <x:v>10.39</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D597" s="0">
-        <x:v>4998.988</x:v>
+        <x:v>5014.776</x:v>
       </x:c>
       <x:c r="E597" s="0">
-        <x:v>5616.84</x:v>
+        <x:v>5634.58</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5">
       <x:c r="A598" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45552.3273032407</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C598" s="0">
-        <x:v>10.35</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D598" s="0">
-        <x:v>4998.988</x:v>
+        <x:v>5013.45</x:v>
       </x:c>
       <x:c r="E598" s="0">
-        <x:v>5616.84</x:v>
+        <x:v>5633.09</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5">
       <x:c r="A599" s="1">
-        <x:v>45530.3180324074</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C599" s="0">
-        <x:v>10.55</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D599" s="0">
-        <x:v>5014.803</x:v>
+        <x:v>5013.45</x:v>
       </x:c>
       <x:c r="E599" s="0">
-        <x:v>5634.61</x:v>
+        <x:v>5633.09</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5">
       <x:c r="A600" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45551.3323263889</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C600" s="0">
-        <x:v>10.66</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D600" s="0">
-        <x:v>5014.803</x:v>
+        <x:v>5007.158</x:v>
       </x:c>
       <x:c r="E600" s="0">
-        <x:v>5634.61</x:v>
+        <x:v>5626.02</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5">
       <x:c r="A601" s="1">
-        <x:v>45527.3191203704</x:v>
+        <x:v>45548.3333333333</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C601" s="0">
-        <x:v>10.1</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D601" s="0">
-        <x:v>4957.87</x:v>
+        <x:v>4980.226</x:v>
       </x:c>
       <x:c r="E601" s="0">
-        <x:v>5570.64</x:v>
+        <x:v>5595.76</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5">
       <x:c r="A602" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C602" s="0">
-        <x:v>9.77</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="D602" s="0">
-        <x:v>4957.87</x:v>
+        <x:v>4980.226</x:v>
       </x:c>
       <x:c r="E602" s="0">
-        <x:v>5570.64</x:v>
+        <x:v>5595.76</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5">
       <x:c r="A603" s="1">
-        <x:v>45526.3317013889</x:v>
+        <x:v>45547.3251273148</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C603" s="0">
-        <x:v>10.47</x:v>
+        <x:v>9.13</x:v>
       </x:c>
       <x:c r="D603" s="0">
-        <x:v>5002.556</x:v>
+        <x:v>4943.176</x:v>
       </x:c>
       <x:c r="E603" s="0">
-        <x:v>5620.85</x:v>
+        <x:v>5554.13</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5">
       <x:c r="A604" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C604" s="0">
-        <x:v>10.54</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="D604" s="0">
-        <x:v>5002.556</x:v>
+        <x:v>4943.176</x:v>
       </x:c>
       <x:c r="E604" s="0">
-        <x:v>5620.85</x:v>
+        <x:v>5554.13</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5">
       <x:c r="A605" s="1">
-        <x:v>45525.3258217593</x:v>
+        <x:v>45546.3280092593</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C605" s="0">
-        <x:v>10.33</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D605" s="0">
-        <x:v>4981.437</x:v>
+        <x:v>4891.013</x:v>
       </x:c>
       <x:c r="E605" s="0">
-        <x:v>5597.12</x:v>
+        <x:v>5495.52</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5">
       <x:c r="A606" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C606" s="0">
-        <x:v>10.21</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D606" s="0">
-        <x:v>4981.437</x:v>
+        <x:v>4891.013</x:v>
       </x:c>
       <x:c r="E606" s="0">
-        <x:v>5597.12</x:v>
+        <x:v>5495.52</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5">
       <x:c r="A607" s="1">
-        <x:v>45524.3244212963</x:v>
+        <x:v>45545.311400463</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C607" s="0">
-        <x:v>10.39</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="D607" s="0">
-        <x:v>4991.342</x:v>
+        <x:v>4869.243</x:v>
       </x:c>
       <x:c r="E607" s="0">
-        <x:v>5608.25</x:v>
+        <x:v>5471.06</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5">
       <x:c r="A608" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C608" s="0">
-        <x:v>10.38</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D608" s="0">
-        <x:v>4991.342</x:v>
+        <x:v>4869.243</x:v>
       </x:c>
       <x:c r="E608" s="0">
-        <x:v>5608.25</x:v>
+        <x:v>5471.06</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5">
       <x:c r="A609" s="1">
-        <x:v>45523.3216203704</x:v>
+        <x:v>45544.3102662037</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C609" s="0">
-        <x:v>9.62</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D609" s="0">
-        <x:v>4943.282</x:v>
+        <x:v>4813.494</x:v>
       </x:c>
       <x:c r="E609" s="0">
-        <x:v>5554.25</x:v>
+        <x:v>5408.42</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5">
       <x:c r="A610" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C610" s="0">
-        <x:v>9.66</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="D610" s="0">
-        <x:v>4943.282</x:v>
+        <x:v>4813.494</x:v>
       </x:c>
       <x:c r="E610" s="0">
-        <x:v>5554.25</x:v>
+        <x:v>5408.42</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5">
       <x:c r="A611" s="1">
-        <x:v>45520.3310185185</x:v>
+        <x:v>45541.3326851852</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C611" s="0">
-        <x:v>9.68</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D611" s="0">
-        <x:v>4933.466</x:v>
+        <x:v>4898.035</x:v>
       </x:c>
       <x:c r="E611" s="0">
-        <x:v>5543.22</x:v>
+        <x:v>5503.41</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5">
       <x:c r="A612" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C612" s="0">
-        <x:v>9.52</x:v>
+        <x:v>8.53</x:v>
       </x:c>
       <x:c r="D612" s="0">
-        <x:v>4933.466</x:v>
+        <x:v>4898.035</x:v>
       </x:c>
       <x:c r="E612" s="0">
-        <x:v>5543.22</x:v>
+        <x:v>5503.41</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5">
       <x:c r="A613" s="1">
-        <x:v>45519.3336226852</x:v>
+        <x:v>45540.3322569444</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C613" s="0">
-        <x:v>8.5</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="D613" s="0">
-        <x:v>4855.137</x:v>
+        <x:v>4912.862</x:v>
       </x:c>
       <x:c r="E613" s="0">
-        <x:v>5455.21</x:v>
+        <x:v>5520.07</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5">
       <x:c r="A614" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C614" s="0">
-        <x:v>8.43</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D614" s="0">
-        <x:v>4855.137</x:v>
+        <x:v>4912.862</x:v>
       </x:c>
       <x:c r="E614" s="0">
-        <x:v>5455.21</x:v>
+        <x:v>5520.07</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5">
       <x:c r="A615" s="1">
-        <x:v>45518.3261226852</x:v>
+        <x:v>45539.3312384259</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C615" s="0">
-        <x:v>8.18</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D615" s="0">
-        <x:v>4836.643</x:v>
+        <x:v>4920.748</x:v>
       </x:c>
       <x:c r="E615" s="0">
-        <x:v>5434.43</x:v>
+        <x:v>5528.93</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5">
       <x:c r="A616" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45538.3171296296</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C616" s="0">
-        <x:v>8.18</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="D616" s="0">
-        <x:v>4836.643</x:v>
+        <x:v>5027.076</x:v>
       </x:c>
       <x:c r="E616" s="0">
-        <x:v>5434.43</x:v>
+        <x:v>5648.4</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5">
       <x:c r="A617" s="1">
-        <x:v>45517.321412037</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C617" s="0">
-        <x:v>7.36</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="D617" s="0">
-        <x:v>4756.507</x:v>
+        <x:v>5027.076</x:v>
       </x:c>
       <x:c r="E617" s="0">
-        <x:v>5344.39</x:v>
+        <x:v>5648.4</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5">
       <x:c r="A618" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45534.3329050926</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C618" s="0">
-        <x:v>7.22</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D618" s="0">
-        <x:v>4756.507</x:v>
+        <x:v>4976.844</x:v>
       </x:c>
       <x:c r="E618" s="0">
-        <x:v>5344.39</x:v>
+        <x:v>5591.96</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5">
       <x:c r="A619" s="1">
-        <x:v>45516.3169097222</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C619" s="0">
-        <x:v>7.26</x:v>
+        <x:v>9.95</x:v>
       </x:c>
       <x:c r="D619" s="0">
-        <x:v>4756.302</x:v>
+        <x:v>4976.844</x:v>
       </x:c>
       <x:c r="E619" s="0">
-        <x:v>5344.16</x:v>
+        <x:v>5591.96</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5">
       <x:c r="A620" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45533.3049074074</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C620" s="0">
-        <x:v>7.24</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="D620" s="0">
-        <x:v>4756.302</x:v>
+        <x:v>4977.04</x:v>
       </x:c>
       <x:c r="E620" s="0">
-        <x:v>5344.16</x:v>
+        <x:v>5592.18</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5">
       <x:c r="A621" s="1">
-        <x:v>45513.3361458333</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C621" s="0">
-        <x:v>7</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D621" s="0">
-        <x:v>4734.186</x:v>
+        <x:v>4977.04</x:v>
       </x:c>
       <x:c r="E621" s="0">
-        <x:v>5319.31</x:v>
+        <x:v>5592.18</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5">
       <x:c r="A622" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45532.3276736111</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C622" s="0">
-        <x:v>6.98</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D622" s="0">
-        <x:v>4734.186</x:v>
+        <x:v>5006.962</x:v>
       </x:c>
       <x:c r="E622" s="0">
-        <x:v>5319.31</x:v>
+        <x:v>5625.8</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5">
       <x:c r="A623" s="1">
-        <x:v>45512.3364583333</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C623" s="0">
-        <x:v>5.82</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D623" s="0">
-        <x:v>4627.555</x:v>
+        <x:v>5006.962</x:v>
       </x:c>
       <x:c r="E623" s="0">
-        <x:v>5199.5</x:v>
+        <x:v>5625.8</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5">
       <x:c r="A624" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45531.3201273148</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C624" s="0">
-        <x:v>5.9</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D624" s="0">
-        <x:v>4627.564</x:v>
+        <x:v>4998.988</x:v>
       </x:c>
       <x:c r="E624" s="0">
-        <x:v>5199.51</x:v>
+        <x:v>5616.84</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5">
       <x:c r="A625" s="1">
-        <x:v>45511.31625</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C625" s="0">
-        <x:v>6.71</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D625" s="0">
-        <x:v>4663.627</x:v>
+        <x:v>4998.988</x:v>
       </x:c>
       <x:c r="E625" s="0">
-        <x:v>5240.03</x:v>
+        <x:v>5616.84</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5">
       <x:c r="A626" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45530.3180324074</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C626" s="0">
-        <x:v>6.3</x:v>
+        <x:v>10.55</x:v>
       </x:c>
       <x:c r="D626" s="0">
-        <x:v>4663.627</x:v>
+        <x:v>5014.803</x:v>
       </x:c>
       <x:c r="E626" s="0">
-        <x:v>5240.03</x:v>
+        <x:v>5634.61</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5">
       <x:c r="A627" s="1">
-        <x:v>45510.3258101852</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C627" s="0">
-        <x:v>6.57</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="D627" s="0">
-        <x:v>4615.834</x:v>
+        <x:v>5014.803</x:v>
       </x:c>
       <x:c r="E627" s="0">
-        <x:v>5186.33</x:v>
+        <x:v>5634.61</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5">
       <x:c r="A628" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45527.3191203704</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C628" s="0">
-        <x:v>5.82</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D628" s="0">
-        <x:v>4615.834</x:v>
+        <x:v>4957.87</x:v>
       </x:c>
       <x:c r="E628" s="0">
-        <x:v>5186.33</x:v>
+        <x:v>5570.64</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5">
       <x:c r="A629" s="1">
-        <x:v>45509.3203587963</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C629" s="0">
-        <x:v>6.58</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="D629" s="0">
-        <x:v>4758.438</x:v>
+        <x:v>4957.87</x:v>
       </x:c>
       <x:c r="E629" s="0">
-        <x:v>5346.56</x:v>
+        <x:v>5570.64</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5">
       <x:c r="A630" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45526.3317013889</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C630" s="0">
-        <x:v>7.7</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D630" s="0">
-        <x:v>4758.438</x:v>
+        <x:v>5002.556</x:v>
       </x:c>
       <x:c r="E630" s="0">
-        <x:v>5346.56</x:v>
+        <x:v>5620.85</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5">
       <x:c r="A631" s="1">
-        <x:v>45506.3229166667</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C631" s="0">
-        <x:v>8.56</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D631" s="0">
-        <x:v>4914.847</x:v>
+        <x:v>5002.556</x:v>
       </x:c>
       <x:c r="E631" s="0">
-        <x:v>5522.3</x:v>
+        <x:v>5620.85</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5">
       <x:c r="A632" s="1">
-        <x:v>45505.3170601852</x:v>
+        <x:v>45525.3258217593</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C632" s="0">
-        <x:v>10.82</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D632" s="0">
-        <x:v>4914.847</x:v>
+        <x:v>4981.437</x:v>
       </x:c>
       <x:c r="E632" s="0">
-        <x:v>5522.3</x:v>
+        <x:v>5597.12</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5">
       <x:c r="A633" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C633" s="0">
-        <x:v>10.36</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D633" s="0">
-        <x:v>4914.847</x:v>
+        <x:v>4981.437</x:v>
       </x:c>
       <x:c r="E633" s="0">
-        <x:v>5522.3</x:v>
+        <x:v>5597.12</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5">
       <x:c r="A634" s="1">
-        <x:v>45504.3250347222</x:v>
+        <x:v>45524.3244212963</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C634" s="0">
-        <x:v>9.55</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D634" s="0">
-        <x:v>4838.414</x:v>
+        <x:v>4991.342</x:v>
       </x:c>
       <x:c r="E634" s="0">
-        <x:v>5436.42</x:v>
+        <x:v>5608.25</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5">
       <x:c r="A635" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C635" s="0">
-        <x:v>9.21</x:v>
+        <x:v>10.38</x:v>
       </x:c>
       <x:c r="D635" s="0">
-        <x:v>4838.414</x:v>
+        <x:v>4991.342</x:v>
       </x:c>
       <x:c r="E635" s="0">
-        <x:v>5436.42</x:v>
+        <x:v>5608.25</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5">
       <x:c r="A636" s="1">
-        <x:v>45503.3302199074</x:v>
+        <x:v>45523.3216203704</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C636" s="0">
-        <x:v>9.6</x:v>
+        <x:v>9.62</x:v>
       </x:c>
       <x:c r="D636" s="0">
-        <x:v>4862.551</x:v>
+        <x:v>4943.282</x:v>
       </x:c>
       <x:c r="E636" s="0">
-        <x:v>5463.54</x:v>
+        <x:v>5554.25</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5">
       <x:c r="A637" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C637" s="0">
-        <x:v>9.6</x:v>
+        <x:v>9.66</x:v>
       </x:c>
       <x:c r="D637" s="0">
-        <x:v>4862.551</x:v>
+        <x:v>4943.282</x:v>
       </x:c>
       <x:c r="E637" s="0">
-        <x:v>5463.54</x:v>
+        <x:v>5554.25</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5">
       <x:c r="A638" s="1">
-        <x:v>45502.3150810185</x:v>
+        <x:v>45520.3310185185</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C638" s="0">
-        <x:v>9.92</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="D638" s="0">
-        <x:v>4858.599</x:v>
+        <x:v>4933.466</x:v>
       </x:c>
       <x:c r="E638" s="0">
-        <x:v>5459.1</x:v>
+        <x:v>5543.22</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5">
       <x:c r="A639" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C639" s="0">
-        <x:v>9.58</x:v>
+        <x:v>9.52</x:v>
       </x:c>
       <x:c r="D639" s="0">
-        <x:v>4858.599</x:v>
+        <x:v>4933.466</x:v>
       </x:c>
       <x:c r="E639" s="0">
-        <x:v>5459.1</x:v>
+        <x:v>5543.22</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5">
       <x:c r="A640" s="1">
-        <x:v>45499.3250115741</x:v>
+        <x:v>45519.3336226852</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C640" s="0">
-        <x:v>9.2</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D640" s="0">
-        <x:v>4805.306</x:v>
+        <x:v>4855.137</x:v>
       </x:c>
       <x:c r="E640" s="0">
-        <x:v>5399.22</x:v>
+        <x:v>5455.21</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5">
       <x:c r="A641" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C641" s="0">
-        <x:v>8.8</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D641" s="0">
-        <x:v>4805.306</x:v>
+        <x:v>4855.137</x:v>
       </x:c>
       <x:c r="E641" s="0">
-        <x:v>5399.22</x:v>
+        <x:v>5455.21</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5">
       <x:c r="A642" s="1">
-        <x:v>45498.3175694444</x:v>
+        <x:v>45518.3261226852</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C642" s="0">
-        <x:v>9.39</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="D642" s="0">
-        <x:v>4830.146</x:v>
+        <x:v>4836.643</x:v>
       </x:c>
       <x:c r="E642" s="0">
-        <x:v>5427.13</x:v>
+        <x:v>5434.43</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5">
       <x:c r="A643" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C643" s="0">
-        <x:v>9.19</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="D643" s="0">
-        <x:v>4830.146</x:v>
+        <x:v>4836.643</x:v>
       </x:c>
       <x:c r="E643" s="0">
-        <x:v>5427.13</x:v>
+        <x:v>5434.43</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5">
       <x:c r="A644" s="1">
-        <x:v>45497.3237152778</x:v>
+        <x:v>45517.321412037</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C644" s="0">
-        <x:v>10.84</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D644" s="0">
-        <x:v>4944.609</x:v>
+        <x:v>4756.507</x:v>
       </x:c>
       <x:c r="E644" s="0">
-        <x:v>5555.74</x:v>
+        <x:v>5344.39</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5">
       <x:c r="A645" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C645" s="0">
-        <x:v>11.3</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D645" s="0">
-        <x:v>4944.582</x:v>
+        <x:v>4756.507</x:v>
       </x:c>
       <x:c r="E645" s="0">
-        <x:v>5555.71</x:v>
+        <x:v>5344.39</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5">
       <x:c r="A646" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45516.3169097222</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C646" s="0">
-        <x:v>11.46</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D646" s="0">
-        <x:v>4952.325</x:v>
+        <x:v>4756.302</x:v>
       </x:c>
       <x:c r="E646" s="0">
-        <x:v>5564.41</x:v>
+        <x:v>5344.16</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5">
       <x:c r="A647" s="1">
-        <x:v>45495.3233449074</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C647" s="0">
-        <x:v>10.79</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D647" s="0">
-        <x:v>4899.45</x:v>
+        <x:v>4756.302</x:v>
       </x:c>
       <x:c r="E647" s="0">
-        <x:v>5505</x:v>
+        <x:v>5344.16</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5">
       <x:c r="A648" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45513.3361458333</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C648" s="0">
-        <x:v>10.58</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D648" s="0">
-        <x:v>4899.45</x:v>
+        <x:v>4734.186</x:v>
       </x:c>
       <x:c r="E648" s="0">
-        <x:v>5505</x:v>
+        <x:v>5319.31</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5">
       <x:c r="A649" s="1">
-        <x:v>45492.3181365741</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C649" s="0">
-        <x:v>11.46</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="D649" s="0">
-        <x:v>4934.685</x:v>
+        <x:v>4734.186</x:v>
       </x:c>
       <x:c r="E649" s="0">
-        <x:v>5544.59</x:v>
+        <x:v>5319.31</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5">
       <x:c r="A650" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45512.3364583333</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C650" s="0">
-        <x:v>11.24</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D650" s="0">
-        <x:v>4934.685</x:v>
+        <x:v>4627.555</x:v>
       </x:c>
       <x:c r="E650" s="0">
-        <x:v>5544.59</x:v>
+        <x:v>5199.5</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5">
       <x:c r="A651" s="1">
-        <x:v>45491.298599537</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C651" s="0">
-        <x:v>12.22</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D651" s="0">
-        <x:v>4973.56</x:v>
+        <x:v>4627.564</x:v>
       </x:c>
       <x:c r="E651" s="0">
-        <x:v>5588.27</x:v>
+        <x:v>5199.51</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5">
       <x:c r="A652" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45511.31625</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C652" s="0">
-        <x:v>12</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D652" s="0">
-        <x:v>4973.56</x:v>
+        <x:v>4663.627</x:v>
       </x:c>
       <x:c r="E652" s="0">
-        <x:v>5588.27</x:v>
+        <x:v>5240.03</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5">
       <x:c r="A653" s="1">
-        <x:v>45490.3273842593</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C653" s="0">
-        <x:v>13.31</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D653" s="0">
-        <x:v>5043.808</x:v>
+        <x:v>4663.627</x:v>
       </x:c>
       <x:c r="E653" s="0">
-        <x:v>5667.2</x:v>
+        <x:v>5240.03</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5">
       <x:c r="A654" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45510.3258101852</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C654" s="0">
-        <x:v>13.53</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D654" s="0">
-        <x:v>5043.808</x:v>
+        <x:v>4615.834</x:v>
       </x:c>
       <x:c r="E654" s="0">
-        <x:v>5667.2</x:v>
+        <x:v>5186.33</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5">
       <x:c r="A655" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C655" s="0">
-        <x:v>12.88</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D655" s="0">
-        <x:v>5011.786</x:v>
+        <x:v>4615.834</x:v>
       </x:c>
       <x:c r="E655" s="0">
-        <x:v>5631.22</x:v>
+        <x:v>5186.33</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5">
       <x:c r="A656" s="1">
-        <x:v>45488.306875</x:v>
+        <x:v>45509.3203587963</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C656" s="0">
-        <x:v>12.78</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="D656" s="0">
-        <x:v>4997.662</x:v>
+        <x:v>4758.438</x:v>
       </x:c>
       <x:c r="E656" s="0">
-        <x:v>5615.35</x:v>
+        <x:v>5346.56</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5">
       <x:c r="A657" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C657" s="0">
-        <x:v>12.64</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D657" s="0">
-        <x:v>4997.662</x:v>
+        <x:v>4758.438</x:v>
       </x:c>
       <x:c r="E657" s="0">
-        <x:v>5615.35</x:v>
+        <x:v>5346.56</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5">
       <x:c r="A658" s="1">
-        <x:v>45485.328599537</x:v>
+        <x:v>45506.3229166667</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C658" s="0">
-        <x:v>12.22</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D658" s="0">
-        <x:v>4970.241</x:v>
+        <x:v>4914.847</x:v>
       </x:c>
       <x:c r="E658" s="0">
-        <x:v>5584.54</x:v>
+        <x:v>5522.3</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5">
       <x:c r="A659" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45505.3170601852</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C659" s="0">
-        <x:v>12.12</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D659" s="0">
-        <x:v>4970.241</x:v>
+        <x:v>4914.847</x:v>
       </x:c>
       <x:c r="E659" s="0">
-        <x:v>5584.54</x:v>
+        <x:v>5522.3</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5">
       <x:c r="A660" s="1">
-        <x:v>45484.3254861111</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C660" s="0">
-        <x:v>13.01</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="D660" s="0">
-        <x:v>5014.18</x:v>
+        <x:v>4914.847</x:v>
       </x:c>
       <x:c r="E660" s="0">
-        <x:v>5633.91</x:v>
+        <x:v>5522.3</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5">
       <x:c r="A661" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45504.3250347222</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C661" s="0">
-        <x:v>13.05</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D661" s="0">
-        <x:v>5014.18</x:v>
+        <x:v>4838.414</x:v>
       </x:c>
       <x:c r="E661" s="0">
-        <x:v>5633.91</x:v>
+        <x:v>5436.42</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5">
       <x:c r="A662" s="1">
-        <x:v>45483.3252430556</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C662" s="0">
-        <x:v>12.12</x:v>
+        <x:v>9.21</x:v>
       </x:c>
       <x:c r="D662" s="0">
-        <x:v>4963.512</x:v>
+        <x:v>4838.414</x:v>
       </x:c>
       <x:c r="E662" s="0">
-        <x:v>5576.98</x:v>
+        <x:v>5436.42</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5">
       <x:c r="A663" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45503.3302199074</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C663" s="0">
-        <x:v>12.07</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D663" s="0">
-        <x:v>4963.512</x:v>
+        <x:v>4862.551</x:v>
       </x:c>
       <x:c r="E663" s="0">
-        <x:v>5576.98</x:v>
+        <x:v>5463.54</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5">
       <x:c r="A664" s="1">
-        <x:v>45482.3311342593</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C664" s="0">
-        <x:v>12.2</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D664" s="0">
-        <x:v>4959.836</x:v>
+        <x:v>4862.551</x:v>
       </x:c>
       <x:c r="E664" s="0">
-        <x:v>5572.85</x:v>
+        <x:v>5463.54</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5">
       <x:c r="A665" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45502.3150810185</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C665" s="0">
-        <x:v>12.01</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="D665" s="0">
-        <x:v>4959.836</x:v>
+        <x:v>4858.599</x:v>
       </x:c>
       <x:c r="E665" s="0">
-        <x:v>5572.85</x:v>
+        <x:v>5459.1</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5">
       <x:c r="A666" s="1">
-        <x:v>45481.3294560185</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C666" s="0">
-        <x:v>11.75</x:v>
+        <x:v>9.58</x:v>
       </x:c>
       <x:c r="D666" s="0">
-        <x:v>4954.799</x:v>
+        <x:v>4858.599</x:v>
       </x:c>
       <x:c r="E666" s="0">
-        <x:v>5567.19</x:v>
+        <x:v>5459.1</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5">
       <x:c r="A667" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45499.3250115741</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C667" s="0">
-        <x:v>11.96</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D667" s="0">
-        <x:v>4954.799</x:v>
+        <x:v>4805.306</x:v>
       </x:c>
       <x:c r="E667" s="0">
-        <x:v>5567.19</x:v>
+        <x:v>5399.22</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5">
       <x:c r="A668" s="1">
-        <x:v>45478.3246412037</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C668" s="0">
-        <x:v>11.49</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="D668" s="0">
-        <x:v>4927.948</x:v>
+        <x:v>4805.306</x:v>
       </x:c>
       <x:c r="E668" s="0">
-        <x:v>5537.02</x:v>
+        <x:v>5399.22</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5">
       <x:c r="A669" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45498.3175694444</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C669" s="0">
-        <x:v>11.48</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D669" s="0">
-        <x:v>4927.948</x:v>
+        <x:v>4830.146</x:v>
       </x:c>
       <x:c r="E669" s="0">
-        <x:v>5537.02</x:v>
+        <x:v>5427.13</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5">
       <x:c r="A670" s="1">
-        <x:v>45476.3268518519</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C670" s="0">
-        <x:v>10.99</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D670" s="0">
-        <x:v>4903.019</x:v>
+        <x:v>4830.146</x:v>
       </x:c>
       <x:c r="E670" s="0">
-        <x:v>5509.01</x:v>
+        <x:v>5427.13</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5">
       <x:c r="A671" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45497.3237152778</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C671" s="0">
-        <x:v>11.04</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="D671" s="0">
-        <x:v>4903.019</x:v>
+        <x:v>4944.609</x:v>
       </x:c>
       <x:c r="E671" s="0">
-        <x:v>5509.01</x:v>
+        <x:v>5555.74</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5">
       <x:c r="A672" s="1">
-        <x:v>45475.3329398148</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C672" s="0">
-        <x:v>10.43</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D672" s="0">
-        <x:v>4872.83</x:v>
+        <x:v>4944.582</x:v>
       </x:c>
       <x:c r="E672" s="0">
-        <x:v>5475.09</x:v>
+        <x:v>5555.71</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5">
       <x:c r="A673" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C673" s="0">
-        <x:v>10.54</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D673" s="0">
-        <x:v>4872.83</x:v>
+        <x:v>4952.325</x:v>
       </x:c>
       <x:c r="E673" s="0">
-        <x:v>5475.09</x:v>
+        <x:v>5564.41</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5">
       <x:c r="A674" s="1">
-        <x:v>45474.3295023148</x:v>
+        <x:v>45495.3233449074</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C674" s="0">
-        <x:v>10.59</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="D674" s="0">
-        <x:v>4860.032</x:v>
+        <x:v>4899.45</x:v>
       </x:c>
       <x:c r="E674" s="0">
-        <x:v>5460.71</x:v>
+        <x:v>5505</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5">
       <x:c r="A675" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C675" s="0">
-        <x:v>10.36</x:v>
+        <x:v>10.58</x:v>
       </x:c>
       <x:c r="D675" s="0">
-        <x:v>4860.032</x:v>
+        <x:v>4899.45</x:v>
       </x:c>
       <x:c r="E675" s="0">
-        <x:v>5460.71</x:v>
+        <x:v>5505</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5">
       <x:c r="A676" s="1">
-        <x:v>45471.3466782407</x:v>
+        <x:v>45492.3181365741</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C676" s="0">
-        <x:v>10.98</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D676" s="0">
-        <x:v>4879.754</x:v>
+        <x:v>4934.685</x:v>
       </x:c>
       <x:c r="E676" s="0">
-        <x:v>5482.87</x:v>
+        <x:v>5544.59</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5">
       <x:c r="A677" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C677" s="0">
-        <x:v>10.71</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D677" s="0">
-        <x:v>4879.754</x:v>
+        <x:v>4934.685</x:v>
       </x:c>
       <x:c r="E677" s="0">
-        <x:v>5482.87</x:v>
+        <x:v>5544.59</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5">
       <x:c r="A678" s="1">
-        <x:v>45470.3229976852</x:v>
+        <x:v>45491.298599537</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C678" s="0">
-        <x:v>10.46</x:v>
+        <x:v>12.22</x:v>
       </x:c>
       <x:c r="D678" s="0">
-        <x:v>4875.331</x:v>
+        <x:v>4973.56</x:v>
       </x:c>
       <x:c r="E678" s="0">
-        <x:v>5477.9</x:v>
+        <x:v>5588.27</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5">
       <x:c r="A679" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C679" s="0">
-        <x:v>10.65</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D679" s="0">
-        <x:v>4875.331</x:v>
+        <x:v>4973.56</x:v>
       </x:c>
       <x:c r="E679" s="0">
-        <x:v>5477.9</x:v>
+        <x:v>5588.27</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5">
       <x:c r="A680" s="1">
-        <x:v>45469.3386342593</x:v>
+        <x:v>45490.3273842593</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C680" s="0">
-        <x:v>10.64</x:v>
+        <x:v>13.31</x:v>
       </x:c>
       <x:c r="D680" s="0">
-        <x:v>4867.677</x:v>
+        <x:v>5043.808</x:v>
       </x:c>
       <x:c r="E680" s="0">
-        <x:v>5469.3</x:v>
+        <x:v>5667.2</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5">
       <x:c r="A681" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C681" s="0">
-        <x:v>10.53</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D681" s="0">
-        <x:v>4867.677</x:v>
+        <x:v>5043.808</x:v>
       </x:c>
       <x:c r="E681" s="0">
-        <x:v>5469.3</x:v>
+        <x:v>5667.2</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5">
       <x:c r="A682" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C682" s="0">
-        <x:v>10.22</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D682" s="0">
-        <x:v>4848.604</x:v>
+        <x:v>5011.786</x:v>
       </x:c>
       <x:c r="E682" s="0">
-        <x:v>5447.87</x:v>
+        <x:v>5631.22</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5">
       <x:c r="A683" s="1">
-        <x:v>45467.3440509259</x:v>
+        <x:v>45488.306875</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C683" s="0">
-        <x:v>10.52</x:v>
+        <x:v>12.78</x:v>
       </x:c>
       <x:c r="D683" s="0">
-        <x:v>4863.512</x:v>
+        <x:v>4997.662</x:v>
       </x:c>
       <x:c r="E683" s="0">
-        <x:v>5464.62</x:v>
+        <x:v>5615.35</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5">
       <x:c r="A684" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C684" s="0">
-        <x:v>10.51</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="D684" s="0">
-        <x:v>4863.512</x:v>
+        <x:v>4997.662</x:v>
       </x:c>
       <x:c r="E684" s="0">
-        <x:v>5464.62</x:v>
+        <x:v>5615.35</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5">
       <x:c r="A685" s="1">
-        <x:v>45464.3312615741</x:v>
+        <x:v>45485.328599537</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C685" s="0">
-        <x:v>10.77</x:v>
+        <x:v>12.22</x:v>
       </x:c>
       <x:c r="D685" s="0">
-        <x:v>4871.121</x:v>
+        <x:v>4970.241</x:v>
       </x:c>
       <x:c r="E685" s="0">
-        <x:v>5473.17</x:v>
+        <x:v>5584.54</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5">
       <x:c r="A686" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C686" s="0">
-        <x:v>10.66</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D686" s="0">
-        <x:v>4871.121</x:v>
+        <x:v>4970.241</x:v>
       </x:c>
       <x:c r="E686" s="0">
-        <x:v>5473.17</x:v>
+        <x:v>5584.54</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5">
       <x:c r="A687" s="1">
-        <x:v>45463.327025463</x:v>
+        <x:v>45484.3254861111</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C687" s="0">
-        <x:v>11.2</x:v>
+        <x:v>13.01</x:v>
       </x:c>
       <x:c r="D687" s="0">
-        <x:v>4883.457</x:v>
+        <x:v>5014.18</x:v>
       </x:c>
       <x:c r="E687" s="0">
-        <x:v>5487.03</x:v>
+        <x:v>5633.91</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5">
       <x:c r="A688" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C688" s="0">
-        <x:v>10.91</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D688" s="0">
-        <x:v>4883.457</x:v>
+        <x:v>5014.18</x:v>
       </x:c>
       <x:c r="E688" s="0">
-        <x:v>5487.03</x:v>
+        <x:v>5633.91</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5">
       <x:c r="A689" s="1">
-        <x:v>45461.3366203704</x:v>
+        <x:v>45483.3252430556</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C689" s="0">
-        <x:v>10.74</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D689" s="0">
-        <x:v>4871.175</x:v>
+        <x:v>4963.512</x:v>
       </x:c>
       <x:c r="E689" s="0">
-        <x:v>5473.23</x:v>
+        <x:v>5576.98</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5">
       <x:c r="A690" s="1">
-        <x:v>45461.3289583333</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C690" s="0">
-        <x:v>10.74</x:v>
+        <x:v>12.07</x:v>
       </x:c>
       <x:c r="D690" s="0">
-        <x:v>4871.175</x:v>
+        <x:v>4963.512</x:v>
       </x:c>
       <x:c r="E690" s="0">
-        <x:v>5473.23</x:v>
+        <x:v>5576.98</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5">
       <x:c r="A691" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45482.3311342593</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C691" s="0">
-        <x:v>10.7</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D691" s="0">
-        <x:v>4871.175</x:v>
+        <x:v>4959.836</x:v>
       </x:c>
       <x:c r="E691" s="0">
-        <x:v>5473.23</x:v>
+        <x:v>5572.85</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5">
       <x:c r="A692" s="1">
-        <x:v>45460.3274884259</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C692" s="0">
-        <x:v>10.1</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D692" s="0">
-        <x:v>4834.124</x:v>
+        <x:v>4959.836</x:v>
       </x:c>
       <x:c r="E692" s="0">
-        <x:v>5431.6</x:v>
+        <x:v>5572.85</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5">
       <x:c r="A693" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45481.3294560185</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C693" s="0">
-        <x:v>10.11</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="D693" s="0">
-        <x:v>4834.124</x:v>
+        <x:v>4954.799</x:v>
       </x:c>
       <x:c r="E693" s="0">
-        <x:v>5431.6</x:v>
+        <x:v>5567.19</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5">
       <x:c r="A694" s="1">
-        <x:v>45457.3176851852</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C694" s="0">
-        <x:v>10.17</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D694" s="0">
-        <x:v>4836.029</x:v>
+        <x:v>4954.799</x:v>
       </x:c>
       <x:c r="E694" s="0">
-        <x:v>5433.74</x:v>
+        <x:v>5567.19</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5">
       <x:c r="A695" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45478.3246412037</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C695" s="0">
-        <x:v>10.15</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="D695" s="0">
-        <x:v>4836.029</x:v>
+        <x:v>4927.948</x:v>
       </x:c>
       <x:c r="E695" s="0">
-        <x:v>5433.74</x:v>
+        <x:v>5537.02</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5">
       <x:c r="A696" s="1">
-        <x:v>45456.3235416667</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C696" s="0">
-        <x:v>10.13</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D696" s="0">
-        <x:v>4824.646</x:v>
+        <x:v>4927.948</x:v>
       </x:c>
       <x:c r="E696" s="0">
-        <x:v>5420.95</x:v>
+        <x:v>5537.02</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5">
       <x:c r="A697" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45476.3268518519</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C697" s="0">
-        <x:v>9.97</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="D697" s="0">
-        <x:v>4824.646</x:v>
+        <x:v>4903.019</x:v>
       </x:c>
       <x:c r="E697" s="0">
-        <x:v>5420.95</x:v>
+        <x:v>5509.01</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5">
       <x:c r="A698" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C698" s="0">
-        <x:v>9.35</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="D698" s="0">
-        <x:v>4784.035</x:v>
+        <x:v>4903.019</x:v>
       </x:c>
       <x:c r="E698" s="0">
-        <x:v>5375.32</x:v>
+        <x:v>5509.01</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5">
       <x:c r="A699" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45475.3329398148</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C699" s="0">
-        <x:v>9.16</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="D699" s="0">
-        <x:v>4771.103</x:v>
+        <x:v>4872.83</x:v>
       </x:c>
       <x:c r="E699" s="0">
-        <x:v>5360.79</x:v>
+        <x:v>5475.09</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5">
       <x:c r="A700" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C700" s="0">
-        <x:v>9</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D700" s="0">
-        <x:v>4758.821</x:v>
+        <x:v>4872.83</x:v>
       </x:c>
       <x:c r="E700" s="0">
-        <x:v>5346.99</x:v>
+        <x:v>5475.09</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5">
       <x:c r="A701" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45474.3295023148</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C701" s="0">
-        <x:v>9.09</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D701" s="0">
-        <x:v>4764.134</x:v>
+        <x:v>4860.032</x:v>
       </x:c>
       <x:c r="E701" s="0">
-        <x:v>5352.96</x:v>
+        <x:v>5460.71</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5">
       <x:c r="A702" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C702" s="0">
-        <x:v>9.11</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="D702" s="0">
-        <x:v>4765.087</x:v>
+        <x:v>4860.032</x:v>
       </x:c>
       <x:c r="E702" s="0">
-        <x:v>5354.03</x:v>
+        <x:v>5460.71</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5">
       <x:c r="A703" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45471.3466782407</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C703" s="0">
-        <x:v>8.33</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D703" s="0">
-        <x:v>4709.293</x:v>
+        <x:v>4879.754</x:v>
       </x:c>
       <x:c r="E703" s="0">
-        <x:v>5291.34</x:v>
+        <x:v>5482.87</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5">
       <x:c r="A704" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C704" s="0">
-        <x:v>8.24</x:v>
+        <x:v>10.71</x:v>
       </x:c>
       <x:c r="D704" s="0">
-        <x:v>4702.226</x:v>
+        <x:v>4879.754</x:v>
       </x:c>
       <x:c r="E704" s="0">
-        <x:v>5283.4</x:v>
+        <x:v>5482.87</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5">
       <x:c r="A705" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45470.3229976852</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C705" s="0">
-        <x:v>8.2</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D705" s="0">
-        <x:v>4696.984</x:v>
+        <x:v>4875.331</x:v>
       </x:c>
       <x:c r="E705" s="0">
-        <x:v>5277.51</x:v>
+        <x:v>5477.9</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5">
       <x:c r="A706" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C706" s="0">
-        <x:v>7.71</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D706" s="0">
-        <x:v>4659.577</x:v>
+        <x:v>4875.331</x:v>
       </x:c>
       <x:c r="E706" s="0">
-        <x:v>5235.48</x:v>
+        <x:v>5477.9</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5">
       <x:c r="A707" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45469.3386342593</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C707" s="0">
-        <x:v>8.1</x:v>
+        <x:v>10.64</x:v>
       </x:c>
       <x:c r="D707" s="0">
-        <x:v>4687.586</x:v>
+        <x:v>4867.677</x:v>
       </x:c>
       <x:c r="E707" s="0">
-        <x:v>5266.95</x:v>
+        <x:v>5469.3</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5">
       <x:c r="A708" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C708" s="0">
-        <x:v>8.62</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D708" s="0">
-        <x:v>4722.376</x:v>
+        <x:v>4867.677</x:v>
       </x:c>
       <x:c r="E708" s="0">
-        <x:v>5306.04</x:v>
+        <x:v>5469.3</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5">
       <x:c r="A709" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C709" s="0">
-        <x:v>8.65</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D709" s="0">
-        <x:v>4721.201</x:v>
+        <x:v>4848.604</x:v>
       </x:c>
       <x:c r="E709" s="0">
-        <x:v>5304.72</x:v>
+        <x:v>5447.87</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5">
       <x:c r="A710" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45467.3440509259</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C710" s="0">
-        <x:v>8.2</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D710" s="0">
-        <x:v>4688.378</x:v>
+        <x:v>4863.512</x:v>
       </x:c>
       <x:c r="E710" s="0">
-        <x:v>5267.84</x:v>
+        <x:v>5464.62</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5">
       <x:c r="A711" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C711" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.51</x:v>
       </x:c>
       <x:c r="D711" s="0">
-        <x:v>4723.23</x:v>
+        <x:v>4863.512</x:v>
       </x:c>
       <x:c r="E711" s="0">
-        <x:v>5307</x:v>
+        <x:v>5464.62</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5">
       <x:c r="A712" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45464.3312615741</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C712" s="0">
-        <x:v>8.93</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="D712" s="0">
-        <x:v>4736.055</x:v>
+        <x:v>4871.121</x:v>
       </x:c>
       <x:c r="E712" s="0">
-        <x:v>5321.41</x:v>
+        <x:v>5473.17</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5">
       <x:c r="A713" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C713" s="0">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="D713" s="0">
-        <x:v>4719.91</x:v>
+        <x:v>4871.121</x:v>
       </x:c>
       <x:c r="E713" s="0">
-        <x:v>5303.27</x:v>
+        <x:v>5473.17</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5">
       <x:c r="A714" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45463.327025463</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C714" s="0">
-        <x:v>8.66</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="D714" s="0">
-        <x:v>4714.419</x:v>
+        <x:v>4883.457</x:v>
       </x:c>
       <x:c r="E714" s="0">
-        <x:v>5297.1</x:v>
+        <x:v>5487.03</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5">
       <x:c r="A715" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C715" s="0">
-        <x:v>8.81</x:v>
+        <x:v>10.91</x:v>
       </x:c>
       <x:c r="D715" s="0">
-        <x:v>4724.254</x:v>
+        <x:v>4883.457</x:v>
       </x:c>
       <x:c r="E715" s="0">
-        <x:v>5308.15</x:v>
+        <x:v>5487.03</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5">
       <x:c r="A716" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45461.3366203704</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C716" s="0">
-        <x:v>8.05</x:v>
+        <x:v>10.74</x:v>
       </x:c>
       <x:c r="D716" s="0">
-        <x:v>4669.545</x:v>
+        <x:v>4871.175</x:v>
       </x:c>
       <x:c r="E716" s="0">
-        <x:v>5246.68</x:v>
+        <x:v>5473.23</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5">
       <x:c r="A717" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45461.3289583333</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C717" s="0">
-        <x:v>7.76</x:v>
+        <x:v>10.74</x:v>
       </x:c>
       <x:c r="D717" s="0">
-        <x:v>4647.064</x:v>
+        <x:v>4871.175</x:v>
       </x:c>
       <x:c r="E717" s="0">
-        <x:v>5221.42</x:v>
+        <x:v>5473.23</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5">
       <x:c r="A718" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C718" s="0">
-        <x:v>7.8</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D718" s="0">
-        <x:v>4648.185</x:v>
+        <x:v>4871.175</x:v>
       </x:c>
       <x:c r="E718" s="0">
-        <x:v>5222.68</x:v>
+        <x:v>5473.23</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5">
       <x:c r="A719" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45460.3274884259</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C719" s="0">
-        <x:v>7.42</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D719" s="0">
-        <x:v>4617.026</x:v>
+        <x:v>4834.124</x:v>
       </x:c>
       <x:c r="E719" s="0">
-        <x:v>5187.67</x:v>
+        <x:v>5431.6</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5">
       <x:c r="A720" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C720" s="0">
-        <x:v>7.43</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D720" s="0">
-        <x:v>4617.053</x:v>
+        <x:v>4834.124</x:v>
       </x:c>
       <x:c r="E720" s="0">
-        <x:v>5187.7</x:v>
+        <x:v>5431.6</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5">
       <x:c r="A721" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45457.3176851852</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C721" s="0">
-        <x:v>7.35</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D721" s="0">
-        <x:v>4610.859</x:v>
+        <x:v>4836.029</x:v>
       </x:c>
       <x:c r="E721" s="0">
-        <x:v>5180.74</x:v>
+        <x:v>5433.74</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5">
       <x:c r="A722" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C722" s="0">
-        <x:v>6.82</x:v>
+        <x:v>10.15</x:v>
       </x:c>
       <x:c r="D722" s="0">
-        <x:v>4563.733</x:v>
+        <x:v>4836.029</x:v>
       </x:c>
       <x:c r="E722" s="0">
-        <x:v>5127.79</x:v>
+        <x:v>5433.74</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5">
       <x:c r="A723" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45456.3235416667</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C723" s="0">
-        <x:v>6.2</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D723" s="0">
-        <x:v>4507.138</x:v>
+        <x:v>4824.646</x:v>
       </x:c>
       <x:c r="E723" s="0">
-        <x:v>5064.2</x:v>
+        <x:v>5420.95</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5">
       <x:c r="A724" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C724" s="0">
-        <x:v>5.95</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="D724" s="0">
-        <x:v>4481.755</x:v>
+        <x:v>4824.646</x:v>
       </x:c>
       <x:c r="E724" s="0">
-        <x:v>5035.68</x:v>
+        <x:v>5420.95</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5">
       <x:c r="A725" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C725" s="0">
-        <x:v>6.81</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D725" s="0">
-        <x:v>4553.391</x:v>
+        <x:v>4784.035</x:v>
       </x:c>
       <x:c r="E725" s="0">
-        <x:v>5116.17</x:v>
+        <x:v>5375.32</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5">
       <x:c r="A726" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C726" s="0">
-        <x:v>6.66</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D726" s="0">
-        <x:v>4538.964</x:v>
+        <x:v>4771.103</x:v>
       </x:c>
       <x:c r="E726" s="0">
-        <x:v>5099.96</x:v>
+        <x:v>5360.79</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5">
       <x:c r="A727" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C727" s="0">
-        <x:v>6.17</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D727" s="0">
-        <x:v>4493.094</x:v>
+        <x:v>4758.821</x:v>
       </x:c>
       <x:c r="E727" s="0">
-        <x:v>5048.42</x:v>
+        <x:v>5346.99</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5">
       <x:c r="A728" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C728" s="0">
-        <x:v>6.41</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="D728" s="0">
-        <x:v>4513.751</x:v>
+        <x:v>4764.134</x:v>
       </x:c>
       <x:c r="E728" s="0">
-        <x:v>5071.63</x:v>
+        <x:v>5352.96</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5">
       <x:c r="A729" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C729" s="0">
-        <x:v>6.41</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="D729" s="0">
-        <x:v>4512.79</x:v>
+        <x:v>4765.087</x:v>
       </x:c>
       <x:c r="E729" s="0">
-        <x:v>5070.55</x:v>
+        <x:v>5354.03</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5">
       <x:c r="A730" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C730" s="0">
-        <x:v>5.85</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D730" s="0">
-        <x:v>4459.434</x:v>
+        <x:v>4709.293</x:v>
       </x:c>
       <x:c r="E730" s="0">
-        <x:v>5010.6</x:v>
+        <x:v>5291.34</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5">
       <x:c r="A731" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C731" s="0">
-        <x:v>5.49</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D731" s="0">
-        <x:v>4420.835</x:v>
+        <x:v>4702.226</x:v>
       </x:c>
       <x:c r="E731" s="0">
-        <x:v>4967.23</x:v>
+        <x:v>5283.4</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5">
       <x:c r="A732" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C732" s="0">
-        <x:v>5.91</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D732" s="0">
-        <x:v>4459.897</x:v>
+        <x:v>4696.984</x:v>
       </x:c>
       <x:c r="E732" s="0">
-        <x:v>5011.12</x:v>
+        <x:v>5277.51</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5">
       <x:c r="A733" s="1">
-        <x:v>45399.9244560185</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C733" s="0">
-        <x:v>6.02</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D733" s="0">
-        <x:v>4469.767</x:v>
+        <x:v>4659.577</x:v>
       </x:c>
       <x:c r="E733" s="0">
-        <x:v>5022.21</x:v>
+        <x:v>5235.48</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5">
       <x:c r="A734" s="1">
-        <x:v>45398.9235763889</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C734" s="0">
-        <x:v>6.33</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D734" s="0">
-        <x:v>4495.755</x:v>
+        <x:v>4687.586</x:v>
       </x:c>
       <x:c r="E734" s="0">
-        <x:v>5051.41</x:v>
+        <x:v>5266.95</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5">
       <x:c r="A735" s="1">
-        <x:v>45397.9233680556</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C735" s="0">
-        <x:v>6.44</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D735" s="0">
-        <x:v>4505.02</x:v>
+        <x:v>4722.376</x:v>
       </x:c>
       <x:c r="E735" s="0">
-        <x:v>5061.82</x:v>
+        <x:v>5306.04</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5">
       <x:c r="A736" s="1">
-        <x:v>45394.9243518518</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C736" s="0">
-        <x:v>7.16</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D736" s="0">
-        <x:v>4559.835</x:v>
+        <x:v>4721.201</x:v>
       </x:c>
       <x:c r="E736" s="0">
-        <x:v>5123.41</x:v>
+        <x:v>5304.72</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5">
       <x:c r="A737" s="1">
-        <x:v>45393.9239351852</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C737" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D737" s="0">
-        <x:v>4627.163</x:v>
+        <x:v>4688.378</x:v>
       </x:c>
       <x:c r="E737" s="0">
-        <x:v>5199.06</x:v>
+        <x:v>5267.84</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5">
       <x:c r="A738" s="1">
-        <x:v>45392.9227314815</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C738" s="0">
-        <x:v>7.66</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D738" s="0">
-        <x:v>4592.97</x:v>
+        <x:v>4723.23</x:v>
       </x:c>
       <x:c r="E738" s="0">
-        <x:v>5160.64</x:v>
+        <x:v>5307</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5">
       <x:c r="A739" s="1">
-        <x:v>45391.926412037</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C739" s="0">
-        <x:v>8.29</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="D739" s="0">
-        <x:v>4636.82</x:v>
+        <x:v>4736.055</x:v>
       </x:c>
       <x:c r="E739" s="0">
-        <x:v>5209.91</x:v>
+        <x:v>5321.41</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5">
       <x:c r="A740" s="1">
-        <x:v>45390.9248148148</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C740" s="0">
-        <x:v>8.2</x:v>
+        <x:v>8.73</x:v>
       </x:c>
       <x:c r="D740" s="0">
-        <x:v>4630.127</x:v>
+        <x:v>4719.91</x:v>
       </x:c>
       <x:c r="E740" s="0">
-        <x:v>5202.39</x:v>
+        <x:v>5303.27</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5">
       <x:c r="A741" s="1">
-        <x:v>45387.9232523148</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C741" s="0">
-        <x:v>8.26</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D741" s="0">
-        <x:v>4631.863</x:v>
+        <x:v>4714.419</x:v>
       </x:c>
       <x:c r="E741" s="0">
-        <x:v>5204.34</x:v>
+        <x:v>5297.1</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5">
       <x:c r="A742" s="1">
-        <x:v>45386.9251041667</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C742" s="0">
-        <x:v>7.59</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D742" s="0">
-        <x:v>4581.017</x:v>
+        <x:v>4724.254</x:v>
       </x:c>
       <x:c r="E742" s="0">
-        <x:v>5147.21</x:v>
+        <x:v>5308.15</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5">
       <x:c r="A743" s="1">
-        <x:v>45385.9234837963</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C743" s="0">
-        <x:v>8.43</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="D743" s="0">
-        <x:v>4638.226</x:v>
+        <x:v>4669.545</x:v>
       </x:c>
       <x:c r="E743" s="0">
-        <x:v>5211.49</x:v>
+        <x:v>5246.68</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5">
       <x:c r="A744" s="1">
-        <x:v>45384.9259490741</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C744" s="0">
-        <x:v>8.37</x:v>
+        <x:v>7.76</x:v>
       </x:c>
       <x:c r="D744" s="0">
-        <x:v>4633.171</x:v>
+        <x:v>4647.064</x:v>
       </x:c>
       <x:c r="E744" s="0">
-        <x:v>5205.81</x:v>
+        <x:v>5221.42</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5">
       <x:c r="A745" s="1">
-        <x:v>45379.8836921296</x:v>
+        <x:v>45422.9236689815</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C745" s="0">
-        <x:v>9.1</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D745" s="0">
-        <x:v>4676.372</x:v>
+        <x:v>4648.185</x:v>
       </x:c>
       <x:c r="E745" s="0">
-        <x:v>5254.35</x:v>
+        <x:v>5222.68</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5">
       <x:c r="A746" s="1">
-        <x:v>45378.8832407407</x:v>
+        <x:v>45420.9241782407</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C746" s="0">
-        <x:v>9.03</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D746" s="0">
-        <x:v>4671.165</x:v>
+        <x:v>4617.026</x:v>
       </x:c>
       <x:c r="E746" s="0">
-        <x:v>5248.5</x:v>
+        <x:v>5187.67</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5">
       <x:c r="A747" s="1">
-        <x:v>45377.8827199074</x:v>
+        <x:v>45419.9259953704</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C747" s="0">
-        <x:v>8.45</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="D747" s="0">
-        <x:v>4631.186</x:v>
+        <x:v>4617.053</x:v>
       </x:c>
       <x:c r="E747" s="0">
-        <x:v>5203.58</x:v>
+        <x:v>5187.7</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5">
       <x:c r="A748" s="1">
-        <x:v>45376.8828819444</x:v>
+        <x:v>45418.9291087963</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C748" s="0">
-        <x:v>8.65</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="D748" s="0">
-        <x:v>4644.189</x:v>
+        <x:v>4610.859</x:v>
       </x:c>
       <x:c r="E748" s="0">
-        <x:v>5218.19</x:v>
+        <x:v>5180.74</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5">
       <x:c r="A749" s="1">
-        <x:v>45373.8830671296</x:v>
+        <x:v>45415.9287847222</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C749" s="0">
-        <x:v>8.91</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D749" s="0">
-        <x:v>4658.42</x:v>
+        <x:v>4563.733</x:v>
       </x:c>
       <x:c r="E749" s="0">
-        <x:v>5234.18</x:v>
+        <x:v>5127.79</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5">
       <x:c r="A750" s="1">
-        <x:v>45372.8844444444</x:v>
+        <x:v>45414.9243981481</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C750" s="0">
-        <x:v>9.02</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D750" s="0">
-        <x:v>4664.962</x:v>
+        <x:v>4507.138</x:v>
       </x:c>
       <x:c r="E750" s="0">
-        <x:v>5241.53</x:v>
+        <x:v>5064.2</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5">
       <x:c r="A751" s="1">
-        <x:v>45362.8935648148</x:v>
+        <x:v>45412.9265625</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C751" s="0">
-        <x:v>7.59</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D751" s="0">
-        <x:v>4554.967</x:v>
+        <x:v>4481.755</x:v>
       </x:c>
       <x:c r="E751" s="0">
-        <x:v>5117.94</x:v>
+        <x:v>5035.68</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5">
       <x:c r="A752" s="1">
-        <x:v>45359.9310648148</x:v>
+        <x:v>45411.9246643518</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C752" s="0">
-        <x:v>7.69</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D752" s="0">
-        <x:v>4560.084</x:v>
+        <x:v>4553.391</x:v>
       </x:c>
       <x:c r="E752" s="0">
-        <x:v>5123.69</x:v>
+        <x:v>5116.17</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5">
       <x:c r="A753" s="1">
-        <x:v>45358.9291087963</x:v>
+        <x:v>45408.9315393519</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C753" s="0">
-        <x:v>8.12</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D753" s="0">
-        <x:v>4590.05</x:v>
+        <x:v>4538.964</x:v>
       </x:c>
       <x:c r="E753" s="0">
-        <x:v>5157.36</x:v>
+        <x:v>5099.96</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5">
       <x:c r="A754" s="1">
-        <x:v>45357.9246296296</x:v>
+        <x:v>45407.9436458333</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C754" s="0">
-        <x:v>7.51</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D754" s="0">
-        <x:v>4543.236</x:v>
+        <x:v>4493.094</x:v>
       </x:c>
       <x:c r="E754" s="0">
-        <x:v>5104.76</x:v>
+        <x:v>5048.42</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5">
       <x:c r="A755" s="1">
-        <x:v>45356.9297569444</x:v>
+        <x:v>45406.9296759259</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C755" s="0">
-        <x:v>7.22</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D755" s="0">
-        <x:v>4519.998</x:v>
+        <x:v>4513.751</x:v>
       </x:c>
       <x:c r="E755" s="0">
-        <x:v>5078.65</x:v>
+        <x:v>5071.63</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5">
       <x:c r="A756" s="1">
-        <x:v>45355.9261574074</x:v>
+        <x:v>45405.9324537037</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C756" s="0">
-        <x:v>7.87</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D756" s="0">
-        <x:v>4566.546</x:v>
+        <x:v>4512.79</x:v>
       </x:c>
       <x:c r="E756" s="0">
-        <x:v>5130.95</x:v>
+        <x:v>5070.55</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5">
       <x:c r="A757" s="1">
-        <x:v>45351.925787037</x:v>
+        <x:v>45404.9329861111</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C757" s="0">
-        <x:v>7.5</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D757" s="0">
-        <x:v>4535.68</x:v>
+        <x:v>4459.434</x:v>
       </x:c>
       <x:c r="E757" s="0">
-        <x:v>5096.27</x:v>
+        <x:v>5010.6</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5">
       <x:c r="A758" s="1">
-        <x:v>45350.9235763889</x:v>
+        <x:v>45401.9232060185</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C758" s="0">
-        <x:v>7.2</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D758" s="0">
-        <x:v>4512.086</x:v>
+        <x:v>4420.835</x:v>
       </x:c>
       <x:c r="E758" s="0">
-        <x:v>5069.76</x:v>
+        <x:v>4967.23</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5">
       <x:c r="A759" s="1">
-        <x:v>45349.922337963</x:v>
+        <x:v>45400.9237615741</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C759" s="0">
-        <x:v>7.3</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D759" s="0">
-        <x:v>4511.882</x:v>
+        <x:v>4459.897</x:v>
       </x:c>
       <x:c r="E759" s="0">
-        <x:v>5069.53</x:v>
+        <x:v>5011.12</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5">
       <x:c r="A760" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45399.9244560185</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C760" s="0">
-        <x:v>7.21</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D760" s="0">
-        <x:v>4529.032</x:v>
+        <x:v>4469.767</x:v>
       </x:c>
       <x:c r="E760" s="0">
-        <x:v>5088.8</x:v>
+        <x:v>5022.21</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5">
       <x:c r="A761" s="1">
-        <x:v>45345.9262384259</x:v>
+        <x:v>45398.9235763889</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C761" s="0">
-        <x:v>7.47</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D761" s="0">
-        <x:v>4529.032</x:v>
+        <x:v>4495.755</x:v>
       </x:c>
       <x:c r="E761" s="0">
-        <x:v>5088.8</x:v>
+        <x:v>5051.41</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5">
       <x:c r="A762" s="1">
-        <x:v>45344.9258217593</x:v>
+        <x:v>45397.9233680556</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C762" s="0">
-        <x:v>7.46</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D762" s="0">
-        <x:v>4527.457</x:v>
+        <x:v>4505.02</x:v>
       </x:c>
       <x:c r="E762" s="0">
-        <x:v>5087.03</x:v>
+        <x:v>5061.82</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5">
       <x:c r="A763" s="1">
-        <x:v>45343.9246412037</x:v>
+        <x:v>45394.9243518518</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C763" s="0">
-        <x:v>6.38</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="D763" s="0">
-        <x:v>4433.802</x:v>
+        <x:v>4559.835</x:v>
       </x:c>
       <x:c r="E763" s="0">
-        <x:v>4981.8</x:v>
+        <x:v>5123.41</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5">
       <x:c r="A764" s="1">
-        <x:v>45342.9240162037</x:v>
+        <x:v>45393.9239351852</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C764" s="0">
-        <x:v>6.33</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D764" s="0">
-        <x:v>4428.204</x:v>
+        <x:v>4627.163</x:v>
       </x:c>
       <x:c r="E764" s="0">
-        <x:v>4975.51</x:v>
+        <x:v>5199.06</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5">
       <x:c r="A765" s="1">
-        <x:v>45338.9307986111</x:v>
+        <x:v>45392.9227314815</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C765" s="0">
-        <x:v>6.68</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D765" s="0">
-        <x:v>4454.957</x:v>
+        <x:v>4592.97</x:v>
       </x:c>
       <x:c r="E765" s="0">
-        <x:v>5005.57</x:v>
+        <x:v>5160.64</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5">
       <x:c r="A766" s="1">
-        <x:v>45337.9414699074</x:v>
+        <x:v>45391.926412037</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C766" s="0">
-        <x:v>6.95</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="D766" s="0">
-        <x:v>4476.46</x:v>
+        <x:v>4636.82</x:v>
       </x:c>
       <x:c r="E766" s="0">
-        <x:v>5029.73</x:v>
+        <x:v>5209.91</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5">
       <x:c r="A767" s="1">
-        <x:v>45336.9321412037</x:v>
+        <x:v>45390.9248148148</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C767" s="0">
-        <x:v>6.64</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D767" s="0">
-        <x:v>4450.552</x:v>
+        <x:v>4630.127</x:v>
       </x:c>
       <x:c r="E767" s="0">
-        <x:v>5000.62</x:v>
+        <x:v>5202.39</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5">
       <x:c r="A768" s="1">
-        <x:v>45335.9339814815</x:v>
+        <x:v>45387.9232523148</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C768" s="0">
-        <x:v>6.17</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="D768" s="0">
-        <x:v>4408.321</x:v>
+        <x:v>4631.863</x:v>
       </x:c>
       <x:c r="E768" s="0">
-        <x:v>4953.17</x:v>
+        <x:v>5204.34</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5">
       <x:c r="A769" s="1">
-        <x:v>45334.9284375</x:v>
+        <x:v>45386.9251041667</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C769" s="0">
-        <x:v>6.93</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D769" s="0">
-        <x:v>4469.438</x:v>
+        <x:v>4581.017</x:v>
       </x:c>
       <x:c r="E769" s="0">
-        <x:v>5021.84</x:v>
+        <x:v>5147.21</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5">
       <x:c r="A770" s="1">
-        <x:v>45331.9229976852</x:v>
+        <x:v>45385.9234837963</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C770" s="0">
-        <x:v>7.01</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D770" s="0">
-        <x:v>4473.683</x:v>
+        <x:v>4638.226</x:v>
       </x:c>
       <x:c r="E770" s="0">
-        <x:v>5026.61</x:v>
+        <x:v>5211.49</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5">
       <x:c r="A771" s="1">
-        <x:v>45330.9228356481</x:v>
+        <x:v>45384.9259490741</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C771" s="0">
-        <x:v>6.71</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="D771" s="0">
-        <x:v>4448.193</x:v>
+        <x:v>4633.171</x:v>
       </x:c>
       <x:c r="E771" s="0">
-        <x:v>4997.97</x:v>
+        <x:v>5205.81</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5">
       <x:c r="A772" s="1">
-        <x:v>45329.9233912037</x:v>
+        <x:v>45379.8836921296</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C772" s="0">
-        <x:v>6.68</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D772" s="0">
-        <x:v>4445.603</x:v>
+        <x:v>4676.372</x:v>
       </x:c>
       <x:c r="E772" s="0">
-        <x:v>4995.06</x:v>
+        <x:v>5254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5">
       <x:c r="A773" s="1">
-        <x:v>45328.9222800926</x:v>
+        <x:v>45378.8832407407</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C773" s="0">
-        <x:v>6.27</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D773" s="0">
-        <x:v>4409.265</x:v>
+        <x:v>4671.165</x:v>
       </x:c>
       <x:c r="E773" s="0">
-        <x:v>4954.23</x:v>
+        <x:v>5248.5</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5">
       <x:c r="A774" s="1">
-        <x:v>45327.9236689815</x:v>
+        <x:v>45377.8827199074</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C774" s="0">
-        <x:v>6.16</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="D774" s="0">
-        <x:v>4399.101</x:v>
+        <x:v>4631.186</x:v>
       </x:c>
       <x:c r="E774" s="0">
-        <x:v>4942.81</x:v>
+        <x:v>5203.58</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:5">
       <x:c r="A775" s="1">
-        <x:v>45324.9259837963</x:v>
+        <x:v>45376.8828819444</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C775" s="0">
-        <x:v>6.35</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D775" s="0">
-        <x:v>4413.163</x:v>
+        <x:v>4644.189</x:v>
       </x:c>
       <x:c r="E775" s="0">
-        <x:v>4958.61</x:v>
+        <x:v>5218.19</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:5">
       <x:c r="A776" s="1">
-        <x:v>45323.9259606482</x:v>
+        <x:v>45373.8830671296</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C776" s="0">
-        <x:v>5.86</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D776" s="0">
-        <x:v>4366.527</x:v>
+        <x:v>4658.42</x:v>
       </x:c>
       <x:c r="E776" s="0">
-        <x:v>4906.21</x:v>
+        <x:v>5234.18</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:5">
       <x:c r="A777" s="1">
-        <x:v>45322.9228935185</x:v>
+        <x:v>45372.8844444444</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C777" s="0">
-        <x:v>5.33</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D777" s="0">
-        <x:v>4312.628</x:v>
+        <x:v>4664.962</x:v>
       </x:c>
       <x:c r="E777" s="0">
-        <x:v>4845.65</x:v>
+        <x:v>5241.53</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:5">
       <x:c r="A778" s="1">
-        <x:v>45321.9409490741</x:v>
+        <x:v>45362.8935648148</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C778" s="0">
-        <x:v>6.12</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D778" s="0">
-        <x:v>4383.223</x:v>
+        <x:v>4554.967</x:v>
       </x:c>
       <x:c r="E778" s="0">
-        <x:v>4924.97</x:v>
+        <x:v>5117.94</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:5">
       <x:c r="A779" s="1">
-        <x:v>45320.9269675926</x:v>
+        <x:v>45359.9310648148</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C779" s="0">
-        <x:v>6.16</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D779" s="0">
-        <x:v>4385.858</x:v>
+        <x:v>4560.084</x:v>
       </x:c>
       <x:c r="E779" s="0">
-        <x:v>4927.93</x:v>
+        <x:v>5123.69</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:5">
       <x:c r="A780" s="1">
-        <x:v>45317.9266319444</x:v>
+        <x:v>45358.9291087963</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C780" s="0">
-        <x:v>5.83</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D780" s="0">
-        <x:v>4352.963</x:v>
+        <x:v>4590.05</x:v>
       </x:c>
       <x:c r="E780" s="0">
-        <x:v>4890.97</x:v>
+        <x:v>5157.36</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:5">
       <x:c r="A781" s="1">
-        <x:v>45316.926099537</x:v>
+        <x:v>45357.9246296296</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C781" s="0">
-        <x:v>5.86</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="D781" s="0">
-        <x:v>4355.802</x:v>
+        <x:v>4543.236</x:v>
       </x:c>
       <x:c r="E781" s="0">
-        <x:v>4894.16</x:v>
+        <x:v>5104.76</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:5">
       <x:c r="A782" s="1">
-        <x:v>45315.9284490741</x:v>
+        <x:v>45356.9297569444</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C782" s="0">
-        <x:v>5.63</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D782" s="0">
-        <x:v>4333.01</x:v>
+        <x:v>4519.998</x:v>
       </x:c>
       <x:c r="E782" s="0">
-        <x:v>4868.55</x:v>
+        <x:v>5078.65</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:5">
       <x:c r="A783" s="1">
-        <x:v>45314.9280902778</x:v>
+        <x:v>45355.9261574074</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C783" s="0">
-        <x:v>5.6</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D783" s="0">
-        <x:v>4329.494</x:v>
+        <x:v>4566.546</x:v>
       </x:c>
       <x:c r="E783" s="0">
-        <x:v>4864.6</x:v>
+        <x:v>5130.95</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:5">
       <x:c r="A784" s="1">
-        <x:v>45313.9286111111</x:v>
+        <x:v>45351.925787037</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C784" s="0">
-        <x:v>5.48</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="D784" s="0">
-        <x:v>4316.883</x:v>
+        <x:v>4535.68</x:v>
       </x:c>
       <x:c r="E784" s="0">
-        <x:v>4850.43</x:v>
+        <x:v>5096.27</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:5">
       <x:c r="A785" s="1">
-        <x:v>45310.9221875</x:v>
+        <x:v>45350.9235763889</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C785" s="0">
-        <x:v>5.41</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D785" s="0">
-        <x:v>4307.431</x:v>
+        <x:v>4512.086</x:v>
       </x:c>
       <x:c r="E785" s="0">
-        <x:v>4839.81</x:v>
+        <x:v>5069.76</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:5">
       <x:c r="A786" s="1">
-        <x:v>45309.922662037</x:v>
+        <x:v>45349.922337963</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C786" s="0">
-        <x:v>4.93</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D786" s="0">
-        <x:v>4255.037</x:v>
+        <x:v>4511.882</x:v>
       </x:c>
       <x:c r="E786" s="0">
-        <x:v>4780.94</x:v>
+        <x:v>5069.53</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:5">
       <x:c r="A787" s="1">
-        <x:v>45308.9233449074</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C787" s="0">
-        <x:v>4.6</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D787" s="0">
-        <x:v>4217.897</x:v>
+        <x:v>4529.032</x:v>
       </x:c>
       <x:c r="E787" s="0">
-        <x:v>4739.21</x:v>
+        <x:v>5088.8</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:5">
       <x:c r="A788" s="1">
-        <x:v>45307.9221990741</x:v>
+        <x:v>45345.9262384259</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C788" s="0">
-        <x:v>4.83</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D788" s="0">
-        <x:v>4241.722</x:v>
+        <x:v>4529.032</x:v>
       </x:c>
       <x:c r="E788" s="0">
-        <x:v>4765.98</x:v>
+        <x:v>5088.8</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:5">
       <x:c r="A789" s="1">
-        <x:v>45303.9228240741</x:v>
+        <x:v>45344.9258217593</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C789" s="0">
-        <x:v>5</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D789" s="0">
-        <x:v>4257.609</x:v>
+        <x:v>4527.457</x:v>
       </x:c>
       <x:c r="E789" s="0">
-        <x:v>4783.83</x:v>
+        <x:v>5087.03</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:5">
       <x:c r="A790" s="1">
-        <x:v>45302.9370138889</x:v>
+        <x:v>45343.9246412037</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C790" s="0">
-        <x:v>4.98</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D790" s="0">
-        <x:v>4254.414</x:v>
+        <x:v>4433.802</x:v>
       </x:c>
       <x:c r="E790" s="0">
-        <x:v>4780.24</x:v>
+        <x:v>4981.8</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:5">
       <x:c r="A791" s="1">
-        <x:v>45301.926712963</x:v>
+        <x:v>45342.9240162037</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C791" s="0">
-        <x:v>5.01</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D791" s="0">
-        <x:v>4257.27</x:v>
+        <x:v>4428.204</x:v>
       </x:c>
       <x:c r="E791" s="0">
-        <x:v>4783.45</x:v>
+        <x:v>4975.51</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:5">
       <x:c r="A792" s="1">
-        <x:v>45300.9303356481</x:v>
+        <x:v>45338.9307986111</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C792" s="0">
-        <x:v>4.8</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D792" s="0">
-        <x:v>4233.285</x:v>
+        <x:v>4454.957</x:v>
       </x:c>
       <x:c r="E792" s="0">
-        <x:v>4756.5</x:v>
+        <x:v>5005.57</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:5">
       <x:c r="A793" s="1">
-        <x:v>45299.9238194444</x:v>
+        <x:v>45337.9414699074</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C793" s="0">
-        <x:v>4.85</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D793" s="0">
-        <x:v>4239.551</x:v>
+        <x:v>4476.46</x:v>
       </x:c>
       <x:c r="E793" s="0">
-        <x:v>4763.54</x:v>
+        <x:v>5029.73</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:5">
       <x:c r="A794" s="1">
-        <x:v>45296.9255208333</x:v>
+        <x:v>45336.9321412037</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C794" s="0">
-        <x:v>4.38</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D794" s="0">
-        <x:v>4180.544</x:v>
+        <x:v>4450.552</x:v>
       </x:c>
       <x:c r="E794" s="0">
-        <x:v>4697.24</x:v>
+        <x:v>5000.62</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:5">
       <x:c r="A795" s="1">
-        <x:v>45295.9240277778</x:v>
+        <x:v>45335.9339814815</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C795" s="0">
-        <x:v>4.32</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D795" s="0">
-        <x:v>4172.925</x:v>
+        <x:v>4408.321</x:v>
       </x:c>
       <x:c r="E795" s="0">
-        <x:v>4688.68</x:v>
+        <x:v>4953.17</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:5">
       <x:c r="A796" s="1">
-        <x:v>45294.9246527778</x:v>
+        <x:v>45334.9284375</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C796" s="0">
-        <x:v>4.44</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D796" s="0">
-        <x:v>4187.281</x:v>
+        <x:v>4469.438</x:v>
       </x:c>
       <x:c r="E796" s="0">
-        <x:v>4704.81</x:v>
+        <x:v>5021.84</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:5">
       <x:c r="A797" s="1">
-        <x:v>45289.9231134259</x:v>
+        <x:v>45331.9229976852</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C797" s="0">
-        <x:v>5.02</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D797" s="0">
-        <x:v>4245.149</x:v>
+        <x:v>4473.683</x:v>
       </x:c>
       <x:c r="E797" s="0">
-        <x:v>4769.83</x:v>
+        <x:v>5026.61</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:5">
       <x:c r="A798" s="1">
-        <x:v>45288.9222453704</x:v>
+        <x:v>45330.9228356481</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C798" s="0">
-        <x:v>5.18</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D798" s="0">
-        <x:v>4261.489</x:v>
+        <x:v>4448.193</x:v>
       </x:c>
       <x:c r="E798" s="0">
-        <x:v>4788.19</x:v>
+        <x:v>4997.97</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:5">
       <x:c r="A799" s="1">
-        <x:v>45287.9289930556</x:v>
+        <x:v>45329.9233912037</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C799" s="0">
-        <x:v>5.13</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D799" s="0">
-        <x:v>4255.606</x:v>
+        <x:v>4445.603</x:v>
       </x:c>
       <x:c r="E799" s="0">
-        <x:v>4781.58</x:v>
+        <x:v>4995.06</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:5">
       <x:c r="A800" s="1">
-        <x:v>45282.9305671296</x:v>
+        <x:v>45328.9222800926</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C800" s="0">
-        <x:v>4.93</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D800" s="0">
-        <x:v>4231.621</x:v>
+        <x:v>4409.265</x:v>
       </x:c>
       <x:c r="E800" s="0">
-        <x:v>4754.63</x:v>
+        <x:v>4954.23</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:5">
       <x:c r="A801" s="1">
-        <x:v>45281.9287615741</x:v>
+        <x:v>45327.9236689815</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C801" s="0">
-        <x:v>4.88</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D801" s="0">
-        <x:v>4224.608</x:v>
+        <x:v>4399.101</x:v>
       </x:c>
       <x:c r="E801" s="0">
-        <x:v>4746.75</x:v>
+        <x:v>4942.81</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:5">
       <x:c r="A802" s="1">
-        <x:v>45280.9229282407</x:v>
+        <x:v>45324.9259837963</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C802" s="0">
-        <x:v>4.51</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D802" s="0">
-        <x:v>4181.532</x:v>
+        <x:v>4413.163</x:v>
       </x:c>
       <x:c r="E802" s="0">
-        <x:v>4698.35</x:v>
+        <x:v>4958.61</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:5">
       <x:c r="A803" s="1">
-        <x:v>45279.9272222222</x:v>
+        <x:v>45323.9259606482</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C803" s="0">
-        <x:v>5.11</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D803" s="0">
-        <x:v>4243.849</x:v>
+        <x:v>4366.527</x:v>
       </x:c>
       <x:c r="E803" s="0">
-        <x:v>4768.37</x:v>
+        <x:v>4906.21</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:5">
       <x:c r="A804" s="1">
-        <x:v>45278.9284953704</x:v>
+        <x:v>45322.9228935185</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C804" s="0">
-        <x:v>4.89</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D804" s="0">
-        <x:v>4219.098</x:v>
+        <x:v>4312.628</x:v>
       </x:c>
       <x:c r="E804" s="0">
-        <x:v>4740.56</x:v>
+        <x:v>4845.65</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:5">
       <x:c r="A805" s="1">
-        <x:v>45275.9232638889</x:v>
+        <x:v>45321.9409490741</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C805" s="0">
-        <x:v>4.73</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="D805" s="0">
-        <x:v>4200.079</x:v>
+        <x:v>4383.223</x:v>
       </x:c>
       <x:c r="E805" s="0">
-        <x:v>4719.19</x:v>
+        <x:v>4924.97</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:5">
       <x:c r="A806" s="1">
-        <x:v>45274.9233680556</x:v>
+        <x:v>45320.9269675926</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C806" s="0">
-        <x:v>4.74</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D806" s="0">
-        <x:v>4200.4</x:v>
+        <x:v>4385.858</x:v>
       </x:c>
       <x:c r="E806" s="0">
-        <x:v>4719.55</x:v>
+        <x:v>4927.93</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:5">
       <x:c r="A807" s="1">
-        <x:v>45273.9260416667</x:v>
+        <x:v>45317.9266319444</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C807" s="0">
-        <x:v>4.64</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D807" s="0">
-        <x:v>4189.31</x:v>
+        <x:v>4352.963</x:v>
       </x:c>
       <x:c r="E807" s="0">
-        <x:v>4707.09</x:v>
+        <x:v>4890.97</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:5">
       <x:c r="A808" s="1">
-        <x:v>45272.9224537037</x:v>
+        <x:v>45316.926099537</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C808" s="0">
-        <x:v>4.19</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D808" s="0">
-        <x:v>4132.893</x:v>
+        <x:v>4355.802</x:v>
       </x:c>
       <x:c r="E808" s="0">
-        <x:v>4643.7</x:v>
+        <x:v>4894.16</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:5">
       <x:c r="A809" s="1">
-        <x:v>45271.9244675926</x:v>
+        <x:v>45315.9284490741</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C809" s="0">
-        <x:v>4.04</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D809" s="0">
-        <x:v>4113.972</x:v>
+        <x:v>4333.01</x:v>
       </x:c>
       <x:c r="E809" s="0">
-        <x:v>4622.44</x:v>
+        <x:v>4868.55</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:5">
       <x:c r="A810" s="1">
-        <x:v>45268.9356134259</x:v>
+        <x:v>45314.9280902778</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C810" s="0">
-        <x:v>3.94</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D810" s="0">
-        <x:v>4097.889</x:v>
+        <x:v>4329.494</x:v>
       </x:c>
       <x:c r="E810" s="0">
-        <x:v>4604.37</x:v>
+        <x:v>4864.6</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:5">
       <x:c r="A811" s="1">
-        <x:v>45267.9261805556</x:v>
+        <x:v>45313.9286111111</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C811" s="0">
-        <x:v>3.82</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D811" s="0">
-        <x:v>4081.175</x:v>
+        <x:v>4316.883</x:v>
       </x:c>
       <x:c r="E811" s="0">
-        <x:v>4585.59</x:v>
+        <x:v>4850.43</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:5">
       <x:c r="A812" s="1">
-        <x:v>45266.9284027778</x:v>
+        <x:v>45310.9221875</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C812" s="0">
-        <x:v>3.59</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D812" s="0">
-        <x:v>4048.913</x:v>
+        <x:v>4307.431</x:v>
       </x:c>
       <x:c r="E812" s="0">
-        <x:v>4549.34</x:v>
+        <x:v>4839.81</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:5">
       <x:c r="A813" s="1">
-        <x:v>45265.9406944444</x:v>
+        <x:v>45309.922662037</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C813" s="0">
-        <x:v>3.71</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D813" s="0">
-        <x:v>4064.79</x:v>
+        <x:v>4255.037</x:v>
       </x:c>
       <x:c r="E813" s="0">
-        <x:v>4567.18</x:v>
+        <x:v>4780.94</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:5">
       <x:c r="A814" s="1">
-        <x:v>45261.9243865741</x:v>
+        <x:v>45308.9233449074</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C814" s="0">
-        <x:v>3.91</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D814" s="0">
-        <x:v>4089.23</x:v>
+        <x:v>4217.897</x:v>
       </x:c>
       <x:c r="E814" s="0">
-        <x:v>4594.64</x:v>
+        <x:v>4739.21</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:5">
       <x:c r="A815" s="1">
-        <x:v>45260.9313425926</x:v>
+        <x:v>45307.9221990741</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C815" s="0">
-        <x:v>3.74</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="D815" s="0">
-        <x:v>4065.315</x:v>
+        <x:v>4241.722</x:v>
       </x:c>
       <x:c r="E815" s="0">
-        <x:v>4567.77</x:v>
+        <x:v>4765.98</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:5">
       <x:c r="A816" s="1">
-        <x:v>45259.9292592593</x:v>
+        <x:v>45303.9228240741</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C816" s="0">
-        <x:v>3.62</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D816" s="0">
-        <x:v>4050.025</x:v>
+        <x:v>4257.609</x:v>
       </x:c>
       <x:c r="E816" s="0">
-        <x:v>4550.59</x:v>
+        <x:v>4783.83</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:5">
       <x:c r="A817" s="1">
-        <x:v>45258.9273958333</x:v>
+        <x:v>45302.9370138889</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C817" s="0">
-        <x:v>3.65</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D817" s="0">
-        <x:v>4053.852</x:v>
+        <x:v>4254.414</x:v>
       </x:c>
       <x:c r="E817" s="0">
-        <x:v>4554.89</x:v>
+        <x:v>4780.24</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:5">
       <x:c r="A818" s="1">
-        <x:v>45257.9259143519</x:v>
+        <x:v>45301.926712963</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C818" s="0">
-        <x:v>3.63</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D818" s="0">
-        <x:v>4049.883</x:v>
+        <x:v>4257.27</x:v>
       </x:c>
       <x:c r="E818" s="0">
-        <x:v>4550.43</x:v>
+        <x:v>4783.45</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:5">
       <x:c r="A819" s="1">
-        <x:v>45254.8080324074</x:v>
+        <x:v>45300.9303356481</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C819" s="0">
-        <x:v>3.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D819" s="0">
-        <x:v>4057.813</x:v>
+        <x:v>4233.285</x:v>
       </x:c>
       <x:c r="E819" s="0">
-        <x:v>4559.34</x:v>
+        <x:v>4756.5</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:5">
       <x:c r="A820" s="1">
-        <x:v>45252.926412037</x:v>
+        <x:v>45299.9238194444</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C820" s="0">
-        <x:v>3.69</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D820" s="0">
-        <x:v>4055.392</x:v>
+        <x:v>4239.551</x:v>
       </x:c>
       <x:c r="E820" s="0">
-        <x:v>4556.62</x:v>
+        <x:v>4763.54</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:5">
       <x:c r="A821" s="1">
-        <x:v>45251.9299652778</x:v>
+        <x:v>45296.9255208333</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C821" s="0">
-        <x:v>3.58</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D821" s="0">
-        <x:v>4038.989</x:v>
+        <x:v>4180.544</x:v>
       </x:c>
       <x:c r="E821" s="0">
-        <x:v>4538.19</x:v>
+        <x:v>4697.24</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:5">
       <x:c r="A822" s="1">
-        <x:v>45250.924525463</x:v>
+        <x:v>45295.9240277778</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C822" s="0">
-        <x:v>3.64</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D822" s="0">
-        <x:v>4047.168</x:v>
+        <x:v>4172.925</x:v>
       </x:c>
       <x:c r="E822" s="0">
-        <x:v>4547.38</x:v>
+        <x:v>4688.68</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:5">
       <x:c r="A823" s="1">
-        <x:v>45247.9285648148</x:v>
+        <x:v>45294.9246527778</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C823" s="0">
-        <x:v>3.45</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D823" s="0">
-        <x:v>4017.478</x:v>
+        <x:v>4187.281</x:v>
       </x:c>
       <x:c r="E823" s="0">
-        <x:v>4514.02</x:v>
+        <x:v>4704.81</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:5">
       <x:c r="A824" s="1">
-        <x:v>45246.9284490741</x:v>
+        <x:v>45289.9231134259</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C824" s="0">
-        <x:v>3.42</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D824" s="0">
-        <x:v>4012.334</x:v>
+        <x:v>4245.149</x:v>
       </x:c>
       <x:c r="E824" s="0">
-        <x:v>4508.24</x:v>
+        <x:v>4769.83</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:5">
       <x:c r="A825" s="1">
-        <x:v>45245.9254976852</x:v>
+        <x:v>45288.9222453704</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C825" s="0">
-        <x:v>3.38</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D825" s="0">
-        <x:v>4007.563</x:v>
+        <x:v>4261.489</x:v>
       </x:c>
       <x:c r="E825" s="0">
-        <x:v>4502.88</x:v>
+        <x:v>4788.19</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:5">
       <x:c r="A826" s="1">
-        <x:v>45244.9246064815</x:v>
+        <x:v>45287.9289930556</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C826" s="0">
-        <x:v>3.34</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D826" s="0">
-        <x:v>4001.173</x:v>
+        <x:v>4255.606</x:v>
       </x:c>
       <x:c r="E826" s="0">
-        <x:v>4495.7</x:v>
+        <x:v>4781.58</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:5">
       <x:c r="A827" s="1">
-        <x:v>45243.9235532407</x:v>
+        <x:v>45282.9305671296</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C827" s="0">
-        <x:v>2.9</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D827" s="0">
-        <x:v>3926.28</x:v>
+        <x:v>4231.621</x:v>
       </x:c>
       <x:c r="E827" s="0">
-        <x:v>4411.55</x:v>
+        <x:v>4754.63</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:5">
       <x:c r="A828" s="1">
-        <x:v>45240.9228125</x:v>
+        <x:v>45281.9287615741</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C828" s="0">
-        <x:v>2.93</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D828" s="0">
-        <x:v>3929.564</x:v>
+        <x:v>4224.608</x:v>
       </x:c>
       <x:c r="E828" s="0">
-        <x:v>4415.24</x:v>
+        <x:v>4746.75</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:5">
       <x:c r="A829" s="1">
-        <x:v>45239.923587963</x:v>
+        <x:v>45280.9229282407</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C829" s="0">
-        <x:v>2.6</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D829" s="0">
-        <x:v>3869.142</x:v>
+        <x:v>4181.532</x:v>
       </x:c>
       <x:c r="E829" s="0">
-        <x:v>4347.35</x:v>
+        <x:v>4698.35</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:5">
       <x:c r="A830" s="1">
-        <x:v>45238.9256134259</x:v>
+        <x:v>45279.9272222222</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C830" s="0">
-        <x:v>2.78</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D830" s="0">
-        <x:v>3900.692</x:v>
+        <x:v>4243.849</x:v>
       </x:c>
       <x:c r="E830" s="0">
-        <x:v>4382.8</x:v>
+        <x:v>4768.37</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:5">
       <x:c r="A831" s="1">
-        <x:v>45237.9230324074</x:v>
+        <x:v>45278.9284953704</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C831" s="0">
-        <x:v>2.76</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D831" s="0">
-        <x:v>3896.758</x:v>
+        <x:v>4219.098</x:v>
       </x:c>
       <x:c r="E831" s="0">
-        <x:v>4378.38</x:v>
+        <x:v>4740.56</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:5">
       <x:c r="A832" s="1">
-        <x:v>45236.922337963</x:v>
+        <x:v>45275.9232638889</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C832" s="0">
-        <x:v>2.7</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D832" s="0">
-        <x:v>3885.722</x:v>
+        <x:v>4200.079</x:v>
       </x:c>
       <x:c r="E832" s="0">
-        <x:v>4365.98</x:v>
+        <x:v>4719.19</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:5">
       <x:c r="A833" s="1">
-        <x:v>45233.880150463</x:v>
+        <x:v>45274.9233680556</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C833" s="0">
-        <x:v>2.67</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D833" s="0">
-        <x:v>3878.923</x:v>
+        <x:v>4200.4</x:v>
       </x:c>
       <x:c r="E833" s="0">
-        <x:v>4358.34</x:v>
+        <x:v>4719.55</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:5">
       <x:c r="A834" s="1">
-        <x:v>45233.880150463</x:v>
+        <x:v>45273.9260416667</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C834" s="0">
-        <x:v>2.67</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D834" s="0">
-        <x:v>3878.923</x:v>
+        <x:v>4189.31</x:v>
       </x:c>
       <x:c r="E834" s="0">
-        <x:v>4358.34</x:v>
+        <x:v>4707.09</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:5">
       <x:c r="A835" s="1">
-        <x:v>45232.8820486111</x:v>
+        <x:v>45272.9224537037</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C835" s="0">
-        <x:v>2.49</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D835" s="0">
-        <x:v>3842.824</x:v>
+        <x:v>4132.893</x:v>
       </x:c>
       <x:c r="E835" s="0">
-        <x:v>4317.78</x:v>
+        <x:v>4643.7</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:5">
       <x:c r="A836" s="1">
-        <x:v>45231.8818634259</x:v>
+        <x:v>45271.9244675926</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C836" s="0">
-        <x:v>2.16</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D836" s="0">
-        <x:v>3771.695</x:v>
+        <x:v>4113.972</x:v>
       </x:c>
       <x:c r="E836" s="0">
-        <x:v>4237.86</x:v>
+        <x:v>4622.44</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:5">
       <x:c r="A837" s="1">
-        <x:v>45230.8849884259</x:v>
+        <x:v>45268.9356134259</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C837" s="0">
-        <x:v>2</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D837" s="0">
-        <x:v>3732.482</x:v>
+        <x:v>4097.889</x:v>
       </x:c>
       <x:c r="E837" s="0">
-        <x:v>4193.8</x:v>
+        <x:v>4604.37</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:5">
       <x:c r="A838" s="1">
-        <x:v>45229.881724537</x:v>
+        <x:v>45267.9261805556</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C838" s="0">
-        <x:v>1.9</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D838" s="0">
-        <x:v>3708.47</x:v>
+        <x:v>4081.175</x:v>
       </x:c>
       <x:c r="E838" s="0">
-        <x:v>4166.82</x:v>
+        <x:v>4585.59</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:5">
       <x:c r="A839" s="1">
-        <x:v>45226.9269675926</x:v>
+        <x:v>45266.9284027778</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C839" s="0">
-        <x:v>1.74</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D839" s="0">
-        <x:v>3664.459</x:v>
+        <x:v>4048.913</x:v>
       </x:c>
       <x:c r="E839" s="0">
-        <x:v>4117.37</x:v>
+        <x:v>4549.34</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:5">
       <x:c r="A840" s="1">
-        <x:v>45225.9248726852</x:v>
+        <x:v>45265.9406944444</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C840" s="0">
-        <x:v>1.81</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D840" s="0">
-        <x:v>3682.135</x:v>
+        <x:v>4064.79</x:v>
       </x:c>
       <x:c r="E840" s="0">
-        <x:v>4137.23</x:v>
+        <x:v>4567.18</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:5">
       <x:c r="A841" s="1">
-        <x:v>45224.9293402778</x:v>
+        <x:v>45261.9243865741</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C841" s="0">
-        <x:v>2</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D841" s="0">
-        <x:v>3726.225</x:v>
+        <x:v>4089.23</x:v>
       </x:c>
       <x:c r="E841" s="0">
-        <x:v>4186.77</x:v>
+        <x:v>4594.64</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:5">
       <x:c r="A842" s="1">
-        <x:v>45223.9281018519</x:v>
+        <x:v>45260.9313425926</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C842" s="0">
-        <x:v>2.27</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D842" s="0">
-        <x:v>3780.426</x:v>
+        <x:v>4065.315</x:v>
       </x:c>
       <x:c r="E842" s="0">
-        <x:v>4247.67</x:v>
+        <x:v>4567.77</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:5">
       <x:c r="A843" s="1">
-        <x:v>45222.9263541667</x:v>
+        <x:v>45259.9292592593</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C843" s="0">
-        <x:v>2.15</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D843" s="0">
-        <x:v>3753.166</x:v>
+        <x:v>4050.025</x:v>
       </x:c>
       <x:c r="E843" s="0">
-        <x:v>4217.04</x:v>
+        <x:v>4550.59</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:5">
       <x:c r="A844" s="1">
-        <x:v>45219.9264814815</x:v>
+        <x:v>45258.9273958333</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C844" s="0">
-        <x:v>2.18</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D844" s="0">
-        <x:v>3759.502</x:v>
+        <x:v>4053.852</x:v>
       </x:c>
       <x:c r="E844" s="0">
-        <x:v>4224.16</x:v>
+        <x:v>4554.89</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:5">
       <x:c r="A845" s="1">
-        <x:v>45218.9218055556</x:v>
+        <x:v>45257.9259143519</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C845" s="0">
-        <x:v>2.43</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D845" s="0">
-        <x:v>3807.42</x:v>
+        <x:v>4049.883</x:v>
       </x:c>
       <x:c r="E845" s="0">
-        <x:v>4278</x:v>
+        <x:v>4550.43</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:5">
       <x:c r="A846" s="1">
-        <x:v>45217.9234606481</x:v>
+        <x:v>45254.8080324074</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C846" s="0">
-        <x:v>2.61</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D846" s="0">
-        <x:v>3839.994</x:v>
+        <x:v>4057.813</x:v>
       </x:c>
       <x:c r="E846" s="0">
-        <x:v>4314.6</x:v>
+        <x:v>4559.34</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:5">
       <x:c r="A847" s="1">
-        <x:v>45216.9224537037</x:v>
+        <x:v>45252.926412037</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C847" s="0">
-        <x:v>2.93</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D847" s="0">
-        <x:v>3892.148</x:v>
+        <x:v>4055.392</x:v>
       </x:c>
       <x:c r="E847" s="0">
-        <x:v>4373.2</x:v>
+        <x:v>4556.62</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:5">
       <x:c r="A848" s="1">
-        <x:v>45215.9262152778</x:v>
+        <x:v>45251.9299652778</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C848" s="0">
-        <x:v>2.93</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D848" s="0">
-        <x:v>3892.531</x:v>
+        <x:v>4038.989</x:v>
       </x:c>
       <x:c r="E848" s="0">
-        <x:v>4373.63</x:v>
+        <x:v>4538.19</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:5">
       <x:c r="A849" s="1">
-        <x:v>45212.9247222222</x:v>
+        <x:v>45250.924525463</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C849" s="0">
-        <x:v>2.71</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D849" s="0">
-        <x:v>3851.724</x:v>
+        <x:v>4047.168</x:v>
       </x:c>
       <x:c r="E849" s="0">
-        <x:v>4327.78</x:v>
+        <x:v>4547.38</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:5">
       <x:c r="A850" s="1">
-        <x:v>45211.9241666667</x:v>
+        <x:v>45247.9285648148</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C850" s="0">
-        <x:v>2.83</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D850" s="0">
-        <x:v>3871.153</x:v>
+        <x:v>4017.478</x:v>
       </x:c>
       <x:c r="E850" s="0">
-        <x:v>4349.61</x:v>
+        <x:v>4514.02</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:5">
       <x:c r="A851" s="1">
-        <x:v>45210.926712963</x:v>
+        <x:v>45246.9284490741</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C851" s="0">
-        <x:v>2.98</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D851" s="0">
-        <x:v>3895.486</x:v>
+        <x:v>4012.334</x:v>
       </x:c>
       <x:c r="E851" s="0">
-        <x:v>4376.95</x:v>
+        <x:v>4508.24</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:5">
       <x:c r="A852" s="1">
-        <x:v>45209.9225462963</x:v>
+        <x:v>45245.9254976852</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C852" s="0">
-        <x:v>2.88</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D852" s="0">
-        <x:v>3878.834</x:v>
+        <x:v>4007.563</x:v>
       </x:c>
       <x:c r="E852" s="0">
-        <x:v>4358.24</x:v>
+        <x:v>4502.88</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:5">
       <x:c r="A853" s="1">
-        <x:v>45208.9235763889</x:v>
+        <x:v>45244.9246064815</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C853" s="0">
-        <x:v>2.77</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D853" s="0">
-        <x:v>3858.737</x:v>
+        <x:v>4001.173</x:v>
       </x:c>
       <x:c r="E853" s="0">
-        <x:v>4335.66</x:v>
+        <x:v>4495.7</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:5">
       <x:c r="A854" s="1">
-        <x:v>45205.9328935185</x:v>
+        <x:v>45243.9235532407</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C854" s="0">
-        <x:v>2.65</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D854" s="0">
-        <x:v>3834.565</x:v>
+        <x:v>3926.28</x:v>
       </x:c>
       <x:c r="E854" s="0">
-        <x:v>4308.5</x:v>
+        <x:v>4411.55</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:5">
       <x:c r="A855" s="1">
-        <x:v>45204.930474537</x:v>
+        <x:v>45240.9228125</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C855" s="0">
-        <x:v>2.42</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D855" s="0">
-        <x:v>3789.78</x:v>
+        <x:v>3929.564</x:v>
       </x:c>
       <x:c r="E855" s="0">
-        <x:v>4258.18</x:v>
+        <x:v>4415.24</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:5">
       <x:c r="A856" s="1">
-        <x:v>45203.927662037</x:v>
+        <x:v>45239.923587963</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C856" s="0">
-        <x:v>2.44</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D856" s="0">
-        <x:v>3794.738</x:v>
+        <x:v>3869.142</x:v>
       </x:c>
       <x:c r="E856" s="0">
-        <x:v>4263.75</x:v>
+        <x:v>4347.35</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:5">
       <x:c r="A857" s="1">
-        <x:v>45202.9255092593</x:v>
+        <x:v>45238.9256134259</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C857" s="0">
-        <x:v>2.3</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D857" s="0">
-        <x:v>3764.21</x:v>
+        <x:v>3900.692</x:v>
       </x:c>
       <x:c r="E857" s="0">
-        <x:v>4229.45</x:v>
+        <x:v>4382.8</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:5">
       <x:c r="A858" s="1">
-        <x:v>45201.9270833333</x:v>
+        <x:v>45237.9230324074</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C858" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D858" s="0">
-        <x:v>3816.667</x:v>
+        <x:v>3896.758</x:v>
       </x:c>
       <x:c r="E858" s="0">
-        <x:v>4288.39</x:v>
+        <x:v>4378.38</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:5">
       <x:c r="A859" s="1">
-        <x:v>45198.9240393518</x:v>
+        <x:v>45236.922337963</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C859" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D859" s="0">
-        <x:v>3816.373</x:v>
+        <x:v>3885.722</x:v>
       </x:c>
       <x:c r="E859" s="0">
-        <x:v>4288.06</x:v>
+        <x:v>4365.98</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:5">
       <x:c r="A860" s="1">
-        <x:v>45197.9236921296</x:v>
+        <x:v>45233.880150463</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C860" s="0">
-        <x:v>2.65</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D860" s="0">
-        <x:v>3826.742</x:v>
+        <x:v>3878.923</x:v>
       </x:c>
       <x:c r="E860" s="0">
-        <x:v>4299.71</x:v>
+        <x:v>4358.34</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:5">
       <x:c r="A861" s="1">
-        <x:v>45196.9242592593</x:v>
+        <x:v>45233.880150463</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C861" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D861" s="0">
-        <x:v>3804.314</x:v>
+        <x:v>3878.923</x:v>
       </x:c>
       <x:c r="E861" s="0">
-        <x:v>4274.51</x:v>
+        <x:v>4358.34</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:5">
       <x:c r="A862" s="1">
-        <x:v>45195.923275463</x:v>
+        <x:v>45232.8820486111</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C862" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D862" s="0">
-        <x:v>3803.442</x:v>
+        <x:v>3842.824</x:v>
       </x:c>
       <x:c r="E862" s="0">
-        <x:v>4273.53</x:v>
+        <x:v>4317.78</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:5">
       <x:c r="A863" s="1">
-        <x:v>45194.9357638889</x:v>
+        <x:v>45231.8818634259</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C863" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D863" s="0">
-        <x:v>3860.322</x:v>
+        <x:v>3771.695</x:v>
       </x:c>
       <x:c r="E863" s="0">
-        <x:v>4337.44</x:v>
+        <x:v>4237.86</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:5">
       <x:c r="A864" s="1">
-        <x:v>45191.9258333333</x:v>
+        <x:v>45230.8849884259</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C864" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D864" s="0">
-        <x:v>3844.853</x:v>
+        <x:v>3732.482</x:v>
       </x:c>
       <x:c r="E864" s="0">
-        <x:v>4320.06</x:v>
+        <x:v>4193.8</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:5">
       <x:c r="A865" s="1">
-        <x:v>45190.9233912037</x:v>
+        <x:v>45229.881724537</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C865" s="0">
-        <x:v>2.85</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D865" s="0">
-        <x:v>3853.7</x:v>
+        <x:v>3708.47</x:v>
       </x:c>
       <x:c r="E865" s="0">
-        <x:v>4330</x:v>
+        <x:v>4166.82</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:5">
       <x:c r="A866" s="1">
-        <x:v>45189.9258217593</x:v>
+        <x:v>45226.9269675926</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C866" s="0">
-        <x:v>3.28</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D866" s="0">
-        <x:v>3917.967</x:v>
+        <x:v>3664.459</x:v>
       </x:c>
       <x:c r="E866" s="0">
-        <x:v>4402.21</x:v>
+        <x:v>4117.37</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:5">
       <x:c r="A867" s="1">
-        <x:v>45188.9231712963</x:v>
+        <x:v>45225.9248726852</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C867" s="0">
-        <x:v>3.55</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D867" s="0">
-        <x:v>3955.116</x:v>
+        <x:v>3682.135</x:v>
       </x:c>
       <x:c r="E867" s="0">
-        <x:v>4443.95</x:v>
+        <x:v>4137.23</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:5">
       <x:c r="A868" s="1">
-        <x:v>45187.9255671296</x:v>
+        <x:v>45224.9293402778</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C868" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D868" s="0">
-        <x:v>3963.642</x:v>
+        <x:v>3726.225</x:v>
       </x:c>
       <x:c r="E868" s="0">
-        <x:v>4453.53</x:v>
+        <x:v>4186.77</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:5">
       <x:c r="A869" s="1">
-        <x:v>45184.9348726852</x:v>
+        <x:v>45223.9281018519</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C869" s="0">
-        <x:v>3.61</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D869" s="0">
-        <x:v>3960.785</x:v>
+        <x:v>3780.426</x:v>
       </x:c>
       <x:c r="E869" s="0">
-        <x:v>4450.32</x:v>
+        <x:v>4247.67</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:5">
       <x:c r="A870" s="1">
-        <x:v>45183.9222685185</x:v>
+        <x:v>45222.9263541667</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C870" s="0">
-        <x:v>4.01</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D870" s="0">
-        <x:v>4009.539</x:v>
+        <x:v>3753.166</x:v>
       </x:c>
       <x:c r="E870" s="0">
-        <x:v>4505.1</x:v>
+        <x:v>4217.04</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:5">
       <x:c r="A871" s="1">
-        <x:v>45182.9261921296</x:v>
+        <x:v>45219.9264814815</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C871" s="0">
-        <x:v>3.75</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D871" s="0">
-        <x:v>3976.022</x:v>
+        <x:v>3759.502</x:v>
       </x:c>
       <x:c r="E871" s="0">
-        <x:v>4467.44</x:v>
+        <x:v>4224.16</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:5">
       <x:c r="A872" s="1">
-        <x:v>45181.9272222222</x:v>
+        <x:v>45218.9218055556</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C872" s="0">
-        <x:v>3.72</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D872" s="0">
-        <x:v>3971.1</x:v>
+        <x:v>3807.42</x:v>
       </x:c>
       <x:c r="E872" s="0">
-        <x:v>4461.91</x:v>
+        <x:v>4278</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:5">
       <x:c r="A873" s="1">
-        <x:v>45180.9247106481</x:v>
+        <x:v>45217.9234606481</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C873" s="0">
-        <x:v>3.9</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D873" s="0">
-        <x:v>3993.848</x:v>
+        <x:v>3839.994</x:v>
       </x:c>
       <x:c r="E873" s="0">
-        <x:v>4487.47</x:v>
+        <x:v>4314.6</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:5">
       <x:c r="A874" s="1">
-        <x:v>45177.925787037</x:v>
+        <x:v>45216.9224537037</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C874" s="0">
-        <x:v>3.72</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D874" s="0">
-        <x:v>3967.175</x:v>
+        <x:v>3892.148</x:v>
       </x:c>
       <x:c r="E874" s="0">
-        <x:v>4457.5</x:v>
+        <x:v>4373.2</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:5">
       <x:c r="A875" s="1">
-        <x:v>45176.9232407407</x:v>
+        <x:v>45215.9262152778</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C875" s="0">
-        <x:v>3.68</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D875" s="0">
-        <x:v>3961.515</x:v>
+        <x:v>3892.531</x:v>
       </x:c>
       <x:c r="E875" s="0">
-        <x:v>4451.14</x:v>
+        <x:v>4373.63</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:5">
       <x:c r="A876" s="1">
-        <x:v>45175.9269212963</x:v>
+        <x:v>45212.9247222222</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C876" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D876" s="0">
-        <x:v>3974.277</x:v>
+        <x:v>3851.724</x:v>
       </x:c>
       <x:c r="E876" s="0">
-        <x:v>4465.48</x:v>
+        <x:v>4327.78</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:5">
       <x:c r="A877" s="1">
-        <x:v>45174.9250115741</x:v>
+        <x:v>45211.9241666667</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C877" s="0">
-        <x:v>4</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D877" s="0">
-        <x:v>4002.179</x:v>
+        <x:v>3871.153</x:v>
       </x:c>
       <x:c r="E877" s="0">
-        <x:v>4496.83</x:v>
+        <x:v>4349.61</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:5">
       <x:c r="A878" s="1">
-        <x:v>45170.9235648148</x:v>
+        <x:v>45210.926712963</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C878" s="0">
-        <x:v>4.16</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D878" s="0">
-        <x:v>4019.035</x:v>
+        <x:v>3895.486</x:v>
       </x:c>
       <x:c r="E878" s="0">
-        <x:v>4515.77</x:v>
+        <x:v>4376.95</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:5">
       <x:c r="A879" s="1">
-        <x:v>45169.9249305556</x:v>
+        <x:v>45209.9225462963</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C879" s="0">
-        <x:v>4.11</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D879" s="0">
-        <x:v>4011.791</x:v>
+        <x:v>3878.834</x:v>
       </x:c>
       <x:c r="E879" s="0">
-        <x:v>4507.63</x:v>
+        <x:v>4358.24</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:5">
       <x:c r="A880" s="1">
-        <x:v>45168.9228935185</x:v>
+        <x:v>45208.9235763889</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C880" s="0">
-        <x:v>4.16</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D880" s="0">
-        <x:v>4018.234</x:v>
+        <x:v>3858.737</x:v>
       </x:c>
       <x:c r="E880" s="0">
-        <x:v>4514.87</x:v>
+        <x:v>4335.66</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:5">
       <x:c r="A881" s="1">
-        <x:v>45167.9230671296</x:v>
+        <x:v>45205.9328935185</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C881" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D881" s="0">
-        <x:v>4002.9</x:v>
+        <x:v>3834.565</x:v>
       </x:c>
       <x:c r="E881" s="0">
-        <x:v>4497.64</x:v>
+        <x:v>4308.5</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:5">
       <x:c r="A882" s="1">
-        <x:v>45166.9299305556</x:v>
+        <x:v>45204.930474537</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C882" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D882" s="0">
-        <x:v>3945.646</x:v>
+        <x:v>3789.78</x:v>
       </x:c>
       <x:c r="E882" s="0">
-        <x:v>4433.31</x:v>
+        <x:v>4258.18</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:5">
       <x:c r="A883" s="1">
-        <x:v>45163.9260069444</x:v>
+        <x:v>45203.927662037</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C883" s="0">
-        <x:v>3.46</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D883" s="0">
-        <x:v>3921.082</x:v>
+        <x:v>3794.738</x:v>
       </x:c>
       <x:c r="E883" s="0">
-        <x:v>4405.71</x:v>
+        <x:v>4263.75</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:5">
       <x:c r="A884" s="1">
-        <x:v>45162.9230671296</x:v>
+        <x:v>45202.9255092593</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C884" s="0">
-        <x:v>3.28</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D884" s="0">
-        <x:v>3894.925</x:v>
+        <x:v>3764.21</x:v>
       </x:c>
       <x:c r="E884" s="0">
-        <x:v>4376.32</x:v>
+        <x:v>4229.45</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:5">
       <x:c r="A885" s="1">
-        <x:v>45161.9244560185</x:v>
+        <x:v>45201.9270833333</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C885" s="0">
-        <x:v>3.68</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D885" s="0">
-        <x:v>3948.084</x:v>
+        <x:v>3816.667</x:v>
       </x:c>
       <x:c r="E885" s="0">
-        <x:v>4436.05</x:v>
+        <x:v>4288.39</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:5">
       <x:c r="A886" s="1">
-        <x:v>45160.9242013889</x:v>
+        <x:v>45198.9240393518</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C886" s="0">
-        <x:v>3.39</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D886" s="0">
-        <x:v>3904.92</x:v>
+        <x:v>3816.373</x:v>
       </x:c>
       <x:c r="E886" s="0">
-        <x:v>4387.55</x:v>
+        <x:v>4288.06</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:5">
       <x:c r="A887" s="1">
-        <x:v>45159.9246643518</x:v>
+        <x:v>45197.9236921296</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C887" s="0">
-        <x:v>3.47</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D887" s="0">
-        <x:v>3915.804</x:v>
+        <x:v>3826.742</x:v>
       </x:c>
       <x:c r="E887" s="0">
-        <x:v>4399.78</x:v>
+        <x:v>4299.71</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:5">
       <x:c r="A888" s="1">
-        <x:v>45156.9241435185</x:v>
+        <x:v>45196.9242592593</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C888" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D888" s="0">
-        <x:v>3889.113</x:v>
+        <x:v>3804.314</x:v>
       </x:c>
       <x:c r="E888" s="0">
-        <x:v>4369.79</x:v>
+        <x:v>4274.51</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:5">
       <x:c r="A889" s="1">
-        <x:v>45155.9269444444</x:v>
+        <x:v>45195.923275463</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C889" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D889" s="0">
-        <x:v>3889.558</x:v>
+        <x:v>3803.442</x:v>
       </x:c>
       <x:c r="E889" s="0">
-        <x:v>4370.29</x:v>
+        <x:v>4273.53</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:5">
       <x:c r="A890" s="1">
-        <x:v>45154.9236689815</x:v>
+        <x:v>45194.9357638889</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C890" s="0">
-        <x:v>3.52</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D890" s="0">
-        <x:v>3919.854</x:v>
+        <x:v>3860.322</x:v>
       </x:c>
       <x:c r="E890" s="0">
-        <x:v>4404.33</x:v>
+        <x:v>4337.44</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:5">
       <x:c r="A891" s="1">
-        <x:v>45153.9260300926</x:v>
+        <x:v>45191.9258333333</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C891" s="0">
-        <x:v>3.75</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D891" s="0">
-        <x:v>3949.678</x:v>
+        <x:v>3844.853</x:v>
       </x:c>
       <x:c r="E891" s="0">
-        <x:v>4437.84</x:v>
+        <x:v>4320.06</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:5">
       <x:c r="A892" s="1">
-        <x:v>45152.9223958333</x:v>
+        <x:v>45190.9233912037</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C892" s="0">
-        <x:v>4.13</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D892" s="0">
-        <x:v>3995.851</x:v>
+        <x:v>3853.7</x:v>
       </x:c>
       <x:c r="E892" s="0">
-        <x:v>4489.72</x:v>
+        <x:v>4330</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:5">
       <x:c r="A893" s="1">
-        <x:v>45149.9282986111</x:v>
+        <x:v>45189.9258217593</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C893" s="0">
-        <x:v>3.96</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D893" s="0">
-        <x:v>3973.004</x:v>
+        <x:v>3917.967</x:v>
       </x:c>
       <x:c r="E893" s="0">
-        <x:v>4464.05</x:v>
+        <x:v>4402.21</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:5">
       <x:c r="A894" s="1">
-        <x:v>45148.9247222222</x:v>
+        <x:v>45188.9231712963</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C894" s="0">
-        <x:v>4</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D894" s="0">
-        <x:v>3977.268</x:v>
+        <x:v>3955.116</x:v>
       </x:c>
       <x:c r="E894" s="0">
-        <x:v>4468.84</x:v>
+        <x:v>4443.95</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:5">
       <x:c r="A895" s="1">
-        <x:v>45147.9264467593</x:v>
+        <x:v>45187.9255671296</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C895" s="0">
-        <x:v>3.99</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D895" s="0">
-        <x:v>3976.289</x:v>
+        <x:v>3963.642</x:v>
       </x:c>
       <x:c r="E895" s="0">
-        <x:v>4467.74</x:v>
+        <x:v>4453.53</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:5">
       <x:c r="A896" s="1">
-        <x:v>45146.9298148148</x:v>
+        <x:v>45184.9348726852</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C896" s="0">
-        <x:v>4.23</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D896" s="0">
-        <x:v>4004.448</x:v>
+        <x:v>3960.785</x:v>
       </x:c>
       <x:c r="E896" s="0">
-        <x:v>4499.38</x:v>
+        <x:v>4450.32</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:5">
       <x:c r="A897" s="1">
-        <x:v>45145.9271759259</x:v>
+        <x:v>45183.9222685185</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C897" s="0">
-        <x:v>4.38</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D897" s="0">
-        <x:v>4021.42</x:v>
+        <x:v>4009.539</x:v>
       </x:c>
       <x:c r="E897" s="0">
-        <x:v>4518.45</x:v>
+        <x:v>4505.1</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:5">
       <x:c r="A898" s="1">
-        <x:v>45142.9240162037</x:v>
+        <x:v>45182.9261921296</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C898" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D898" s="0">
-        <x:v>3985.447</x:v>
+        <x:v>3976.022</x:v>
       </x:c>
       <x:c r="E898" s="0">
-        <x:v>4478.03</x:v>
+        <x:v>4467.44</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:5">
       <x:c r="A899" s="1">
-        <x:v>45141.9269907407</x:v>
+        <x:v>45181.9272222222</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C899" s="0">
-        <x:v>4.29</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D899" s="0">
-        <x:v>4006.62</x:v>
+        <x:v>3971.1</x:v>
       </x:c>
       <x:c r="E899" s="0">
-        <x:v>4501.82</x:v>
+        <x:v>4461.91</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:5">
       <x:c r="A900" s="1">
-        <x:v>45140.9285532407</x:v>
+        <x:v>45180.9247106481</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C900" s="0">
-        <x:v>4.38</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D900" s="0">
-        <x:v>4016.899</x:v>
+        <x:v>3993.848</x:v>
       </x:c>
       <x:c r="E900" s="0">
-        <x:v>4513.37</x:v>
+        <x:v>4487.47</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:5">
       <x:c r="A901" s="1">
-        <x:v>45138.9233796296</x:v>
+        <x:v>45177.925787037</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C901" s="0">
-        <x:v>5.06</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D901" s="0">
-        <x:v>4084.21</x:v>
+        <x:v>3967.175</x:v>
       </x:c>
       <x:c r="E901" s="0">
-        <x:v>4589</x:v>
+        <x:v>4457.5</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:5">
       <x:c r="A902" s="1">
-        <x:v>45135.9240740741</x:v>
+        <x:v>45176.9232407407</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C902" s="0">
-        <x:v>5.02</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D902" s="0">
-        <x:v>4078.185</x:v>
+        <x:v>3961.515</x:v>
       </x:c>
       <x:c r="E902" s="0">
-        <x:v>4582.23</x:v>
+        <x:v>4451.14</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:5">
       <x:c r="A903" s="1">
-        <x:v>45134.9268402778</x:v>
+        <x:v>45175.9269212963</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C903" s="0">
-        <x:v>4.65</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D903" s="0">
-        <x:v>4038.339</x:v>
+        <x:v>3974.277</x:v>
       </x:c>
       <x:c r="E903" s="0">
-        <x:v>4537.46</x:v>
+        <x:v>4465.48</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:5">
       <x:c r="A904" s="1">
-        <x:v>45133.9234143519</x:v>
+        <x:v>45174.9250115741</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C904" s="0">
-        <x:v>4.91</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D904" s="0">
-        <x:v>4064.416</x:v>
+        <x:v>4002.179</x:v>
       </x:c>
       <x:c r="E904" s="0">
-        <x:v>4566.76</x:v>
+        <x:v>4496.83</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:5">
       <x:c r="A905" s="1">
-        <x:v>45132.9250115741</x:v>
+        <x:v>45170.9235648148</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C905" s="0">
-        <x:v>4.92</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D905" s="0">
-        <x:v>4065.066</x:v>
+        <x:v>4019.035</x:v>
       </x:c>
       <x:c r="E905" s="0">
-        <x:v>4567.49</x:v>
+        <x:v>4515.77</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:5">
       <x:c r="A906" s="1">
-        <x:v>45131.924212963</x:v>
+        <x:v>45169.9249305556</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C906" s="0">
-        <x:v>4.82</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D906" s="0">
-        <x:v>4053.63</x:v>
+        <x:v>4011.791</x:v>
       </x:c>
       <x:c r="E906" s="0">
-        <x:v>4554.64</x:v>
+        <x:v>4507.63</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:5">
       <x:c r="A907" s="1">
-        <x:v>45128.9254861111</x:v>
+        <x:v>45168.9228935185</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C907" s="0">
-        <x:v>4.68</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D907" s="0">
-        <x:v>4037.334</x:v>
+        <x:v>4018.234</x:v>
       </x:c>
       <x:c r="E907" s="0">
-        <x:v>4536.33</x:v>
+        <x:v>4514.87</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:5">
       <x:c r="A908" s="1">
-        <x:v>45127.9288078704</x:v>
+        <x:v>45167.9230671296</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C908" s="0">
-        <x:v>4.68</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D908" s="0">
-        <x:v>4036.034</x:v>
+        <x:v>4002.9</x:v>
       </x:c>
       <x:c r="E908" s="0">
-        <x:v>4534.87</x:v>
+        <x:v>4497.64</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:5">
       <x:c r="A909" s="1">
-        <x:v>45126.9250810185</x:v>
+        <x:v>45166.9299305556</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C909" s="0">
-        <x:v>4.95</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D909" s="0">
-        <x:v>4063.455</x:v>
+        <x:v>3945.646</x:v>
       </x:c>
       <x:c r="E909" s="0">
-        <x:v>4565.68</x:v>
+        <x:v>4433.31</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:5">
       <x:c r="A910" s="1">
-        <x:v>45125.9418518519</x:v>
+        <x:v>45163.9260069444</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C910" s="0">
-        <x:v>4.86</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D910" s="0">
-        <x:v>4053.932</x:v>
+        <x:v>3921.082</x:v>
       </x:c>
       <x:c r="E910" s="0">
-        <x:v>4554.98</x:v>
+        <x:v>4405.71</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:5">
       <x:c r="A911" s="1">
-        <x:v>45124.922037037</x:v>
+        <x:v>45162.9230671296</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C911" s="0">
-        <x:v>4.6</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D911" s="0">
-        <x:v>4025.283</x:v>
+        <x:v>3894.925</x:v>
       </x:c>
       <x:c r="E911" s="0">
-        <x:v>4522.79</x:v>
+        <x:v>4376.32</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:5">
       <x:c r="A912" s="1">
-        <x:v>45121.9280671296</x:v>
+        <x:v>45161.9244560185</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C912" s="0">
-        <x:v>4.48</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D912" s="0">
-        <x:v>4009.85</x:v>
+        <x:v>3948.084</x:v>
       </x:c>
       <x:c r="E912" s="0">
-        <x:v>4505.45</x:v>
+        <x:v>4436.05</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:5">
       <x:c r="A913" s="1">
-        <x:v>45120.9246296296</x:v>
+        <x:v>45160.9242013889</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C913" s="0">
-        <x:v>4.52</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D913" s="0">
-        <x:v>4013.936</x:v>
+        <x:v>3904.92</x:v>
       </x:c>
       <x:c r="E913" s="0">
-        <x:v>4510.04</x:v>
+        <x:v>4387.55</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:5">
       <x:c r="A914" s="1">
-        <x:v>45119.9228587963</x:v>
+        <x:v>45159.9246643518</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C914" s="0">
-        <x:v>4.24</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D914" s="0">
-        <x:v>3980.231</x:v>
+        <x:v>3915.804</x:v>
       </x:c>
       <x:c r="E914" s="0">
-        <x:v>4472.17</x:v>
+        <x:v>4399.78</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:5">
       <x:c r="A915" s="1">
-        <x:v>45118.9245023148</x:v>
+        <x:v>45156.9241435185</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C915" s="0">
-        <x:v>4.01</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D915" s="0">
-        <x:v>3950.941</x:v>
+        <x:v>3889.113</x:v>
       </x:c>
       <x:c r="E915" s="0">
-        <x:v>4439.26</x:v>
+        <x:v>4369.79</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:5">
       <x:c r="A916" s="1">
-        <x:v>45114.9237731481</x:v>
+        <x:v>45155.9269444444</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C916" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D916" s="0">
-        <x:v>3915.066</x:v>
+        <x:v>3889.558</x:v>
       </x:c>
       <x:c r="E916" s="0">
-        <x:v>4398.95</x:v>
+        <x:v>4370.29</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:5">
       <x:c r="A917" s="1">
-        <x:v>45113.9230555556</x:v>
+        <x:v>45154.9236689815</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C917" s="0">
-        <x:v>3.83</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D917" s="0">
-        <x:v>3926.315</x:v>
+        <x:v>3919.854</x:v>
       </x:c>
       <x:c r="E917" s="0">
-        <x:v>4411.59</x:v>
+        <x:v>4404.33</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:5">
       <x:c r="A918" s="1">
-        <x:v>45112.9231944444</x:v>
+        <x:v>45153.9260300926</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C918" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D918" s="0">
-        <x:v>3957.67</x:v>
+        <x:v>3949.678</x:v>
       </x:c>
       <x:c r="E918" s="0">
-        <x:v>4446.82</x:v>
+        <x:v>4437.84</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:5">
       <x:c r="A919" s="1">
-        <x:v>45110.8096412037</x:v>
+        <x:v>45152.9223958333</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C919" s="0">
-        <x:v>4.17</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D919" s="0">
-        <x:v>3965.475</x:v>
+        <x:v>3995.851</x:v>
       </x:c>
       <x:c r="E919" s="0">
-        <x:v>4455.59</x:v>
+        <x:v>4489.72</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:5">
       <x:c r="A920" s="1">
-        <x:v>45107.9253240741</x:v>
+        <x:v>45149.9282986111</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C920" s="0">
-        <x:v>4.14</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D920" s="0">
-        <x:v>3960.829</x:v>
+        <x:v>3973.004</x:v>
       </x:c>
       <x:c r="E920" s="0">
-        <x:v>4450.37</x:v>
+        <x:v>4464.05</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:5">
       <x:c r="A921" s="1">
-        <x:v>45106.9274421296</x:v>
+        <x:v>45148.9247222222</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C921" s="0">
-        <x:v>3.78</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D921" s="0">
-        <x:v>3912.832</x:v>
+        <x:v>3977.268</x:v>
       </x:c>
       <x:c r="E921" s="0">
-        <x:v>4396.44</x:v>
+        <x:v>4468.84</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:5">
       <x:c r="A922" s="1">
-        <x:v>45105.9277777778</x:v>
+        <x:v>45147.9264467593</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C922" s="0">
-        <x:v>3.65</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D922" s="0">
-        <x:v>3895.414</x:v>
+        <x:v>3976.289</x:v>
       </x:c>
       <x:c r="E922" s="0">
-        <x:v>4376.87</x:v>
+        <x:v>4467.74</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:5">
       <x:c r="A923" s="1">
-        <x:v>45104.925474537</x:v>
+        <x:v>45146.9298148148</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C923" s="0">
-        <x:v>3.66</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D923" s="0">
-        <x:v>3896.785</x:v>
+        <x:v>4004.448</x:v>
       </x:c>
       <x:c r="E923" s="0">
-        <x:v>4378.41</x:v>
+        <x:v>4499.38</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:5">
       <x:c r="A924" s="1">
-        <x:v>45103.9273611111</x:v>
+        <x:v>45145.9271759259</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C924" s="0">
-        <x:v>3.36</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D924" s="0">
-        <x:v>3852.65</x:v>
+        <x:v>4021.42</x:v>
       </x:c>
       <x:c r="E924" s="0">
-        <x:v>4328.82</x:v>
+        <x:v>4518.45</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:5">
       <x:c r="A925" s="1">
-        <x:v>45100.9375694444</x:v>
+        <x:v>45142.9240162037</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C925" s="0">
-        <x:v>3.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D925" s="0">
-        <x:v>3870.014</x:v>
+        <x:v>3985.447</x:v>
       </x:c>
       <x:c r="E925" s="0">
-        <x:v>4348.33</x:v>
+        <x:v>4478.03</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:5">
       <x:c r="A926" s="1">
-        <x:v>45099.9302199074</x:v>
+        <x:v>45141.9269907407</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C926" s="0">
-        <x:v>3.73</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D926" s="0">
-        <x:v>3899.882</x:v>
+        <x:v>4006.62</x:v>
       </x:c>
       <x:c r="E926" s="0">
-        <x:v>4381.89</x:v>
+        <x:v>4501.82</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:5">
       <x:c r="A927" s="1">
-        <x:v>45098.9288541667</x:v>
+        <x:v>45140.9285532407</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C927" s="0">
-        <x:v>3.62</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D927" s="0">
-        <x:v>3885.464</x:v>
+        <x:v>4016.899</x:v>
       </x:c>
       <x:c r="E927" s="0">
-        <x:v>4365.69</x:v>
+        <x:v>4513.37</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:5">
       <x:c r="A928" s="1">
-        <x:v>45097.9232060185</x:v>
+        <x:v>45138.9233796296</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C928" s="0">
-        <x:v>3.79</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D928" s="0">
-        <x:v>3905.97</x:v>
+        <x:v>4084.21</x:v>
       </x:c>
       <x:c r="E928" s="0">
-        <x:v>4388.73</x:v>
+        <x:v>4589</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:5">
       <x:c r="A929" s="1">
-        <x:v>45093.9228472222</x:v>
+        <x:v>45135.9240740741</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C929" s="0">
-        <x:v>3.96</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D929" s="0">
-        <x:v>3924.535</x:v>
+        <x:v>4078.185</x:v>
       </x:c>
       <x:c r="E929" s="0">
-        <x:v>4409.59</x:v>
+        <x:v>4582.23</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:5">
       <x:c r="A930" s="1">
-        <x:v>45092.9212037037</x:v>
+        <x:v>45134.9268402778</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C930" s="0">
-        <x:v>4.08</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D930" s="0">
-        <x:v>3939.006</x:v>
+        <x:v>4038.339</x:v>
       </x:c>
       <x:c r="E930" s="0">
-        <x:v>4425.85</x:v>
+        <x:v>4537.46</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:5">
       <x:c r="A931" s="1">
-        <x:v>45091.9230555556</x:v>
+        <x:v>45133.9234143519</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C931" s="0">
-        <x:v>3.72</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D931" s="0">
-        <x:v>3891.561</x:v>
+        <x:v>4064.416</x:v>
       </x:c>
       <x:c r="E931" s="0">
-        <x:v>4372.54</x:v>
+        <x:v>4566.76</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:5">
       <x:c r="A932" s="1">
-        <x:v>45090.9231018519</x:v>
+        <x:v>45132.9250115741</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C932" s="0">
-        <x:v>3.69</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D932" s="0">
-        <x:v>3888.419</x:v>
+        <x:v>4065.066</x:v>
       </x:c>
       <x:c r="E932" s="0">
-        <x:v>4369.01</x:v>
+        <x:v>4567.49</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:5">
       <x:c r="A933" s="1">
-        <x:v>45089.9227430556</x:v>
+        <x:v>45131.924212963</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C933" s="0">
-        <x:v>3.5</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D933" s="0">
-        <x:v>3861.719</x:v>
+        <x:v>4053.63</x:v>
       </x:c>
       <x:c r="E933" s="0">
-        <x:v>4339.01</x:v>
+        <x:v>4554.64</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:5">
       <x:c r="A934" s="1">
-        <x:v>45086.922037037</x:v>
+        <x:v>45128.9254861111</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C934" s="0">
-        <x:v>3.27</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D934" s="0">
-        <x:v>3825.985</x:v>
+        <x:v>4037.334</x:v>
       </x:c>
       <x:c r="E934" s="0">
-        <x:v>4298.86</x:v>
+        <x:v>4536.33</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:5">
       <x:c r="A935" s="1">
-        <x:v>45085.9233680556</x:v>
+        <x:v>45127.9288078704</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C935" s="0">
-        <x:v>3.24</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D935" s="0">
-        <x:v>3821.598</x:v>
+        <x:v>4036.034</x:v>
       </x:c>
       <x:c r="E935" s="0">
-        <x:v>4293.93</x:v>
+        <x:v>4534.87</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:5">
       <x:c r="A936" s="1">
-        <x:v>45084.9221759259</x:v>
+        <x:v>45126.9250810185</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C936" s="0">
-        <x:v>3.09</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D936" s="0">
-        <x:v>3798.093</x:v>
+        <x:v>4063.455</x:v>
       </x:c>
       <x:c r="E936" s="0">
-        <x:v>4267.52</x:v>
+        <x:v>4565.68</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:5">
       <x:c r="A937" s="1">
-        <x:v>45083.9225694444</x:v>
+        <x:v>45125.9418518519</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C937" s="0">
-        <x:v>3.19</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D937" s="0">
-        <x:v>3812.618</x:v>
+        <x:v>4053.932</x:v>
       </x:c>
       <x:c r="E937" s="0">
-        <x:v>4283.84</x:v>
+        <x:v>4554.98</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:5">
       <x:c r="A938" s="1">
-        <x:v>45082.9218055556</x:v>
+        <x:v>45124.922037037</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C938" s="0">
-        <x:v>3.13</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D938" s="0">
-        <x:v>3803.682</x:v>
+        <x:v>4025.283</x:v>
       </x:c>
       <x:c r="E938" s="0">
-        <x:v>4273.8</x:v>
+        <x:v>4522.79</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:5">
       <x:c r="A939" s="1">
-        <x:v>45079.9268171296</x:v>
+        <x:v>45121.9280671296</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C939" s="0">
-        <x:v>3.2</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D939" s="0">
-        <x:v>3811.309</x:v>
+        <x:v>4009.85</x:v>
       </x:c>
       <x:c r="E939" s="0">
-        <x:v>4282.37</x:v>
+        <x:v>4505.45</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:5">
       <x:c r="A940" s="1">
-        <x:v>45077.923599537</x:v>
+        <x:v>45120.9246296296</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C940" s="0">
-        <x:v>2.66</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D940" s="0">
-        <x:v>3720.093</x:v>
+        <x:v>4013.936</x:v>
       </x:c>
       <x:c r="E940" s="0">
-        <x:v>4179.88</x:v>
+        <x:v>4510.04</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:5">
       <x:c r="A941" s="1">
-        <x:v>45076.9226388889</x:v>
+        <x:v>45119.9228587963</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C941" s="0">
-        <x:v>2.79</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D941" s="0">
-        <x:v>3742.913</x:v>
+        <x:v>3980.231</x:v>
       </x:c>
       <x:c r="E941" s="0">
-        <x:v>4205.52</x:v>
+        <x:v>4472.17</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:5">
       <x:c r="A942" s="1">
-        <x:v>45072.9289814815</x:v>
+        <x:v>45118.9245023148</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C942" s="0">
-        <x:v>2.8</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D942" s="0">
-        <x:v>3742.85</x:v>
+        <x:v>3950.941</x:v>
       </x:c>
       <x:c r="E942" s="0">
-        <x:v>4205.45</x:v>
+        <x:v>4439.26</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:5">
       <x:c r="A943" s="1">
-        <x:v>45071.9262962963</x:v>
+        <x:v>45114.9237731481</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C943" s="0">
-        <x:v>2.54</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D943" s="0">
-        <x:v>3694.639</x:v>
+        <x:v>3915.066</x:v>
       </x:c>
       <x:c r="E943" s="0">
-        <x:v>4151.28</x:v>
+        <x:v>4398.95</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:5">
       <x:c r="A944" s="1">
-        <x:v>45070.9252430556</x:v>
+        <x:v>45113.9230555556</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C944" s="0">
-        <x:v>2.38</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D944" s="0">
-        <x:v>3662.564</x:v>
+        <x:v>3926.315</x:v>
       </x:c>
       <x:c r="E944" s="0">
-        <x:v>4115.24</x:v>
+        <x:v>4411.59</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:5">
       <x:c r="A945" s="1">
-        <x:v>45069.9265393519</x:v>
+        <x:v>45112.9231944444</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C945" s="0">
-        <x:v>2.53</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D945" s="0">
-        <x:v>3689.566</x:v>
+        <x:v>3957.67</x:v>
       </x:c>
       <x:c r="E945" s="0">
-        <x:v>4145.58</x:v>
+        <x:v>4446.82</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:5">
       <x:c r="A946" s="1">
-        <x:v>45068.9245949074</x:v>
+        <x:v>45110.8096412037</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C946" s="0">
-        <x:v>2.78</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D946" s="0">
-        <x:v>3731.458</x:v>
+        <x:v>3965.475</x:v>
       </x:c>
       <x:c r="E946" s="0">
-        <x:v>4192.65</x:v>
+        <x:v>4455.59</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:5">
       <x:c r="A947" s="1">
-        <x:v>45065.9233101852</x:v>
+        <x:v>45107.9253240741</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C947" s="0">
-        <x:v>2.78</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D947" s="0">
-        <x:v>3730.853</x:v>
+        <x:v>3960.829</x:v>
       </x:c>
       <x:c r="E947" s="0">
-        <x:v>4191.97</x:v>
+        <x:v>4450.37</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:5">
       <x:c r="A948" s="1">
-        <x:v>45063.9257291667</x:v>
+        <x:v>45106.9274421296</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C948" s="0">
-        <x:v>2.62</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D948" s="0">
-        <x:v>3701.305</x:v>
+        <x:v>3912.832</x:v>
       </x:c>
       <x:c r="E948" s="0">
-        <x:v>4158.77</x:v>
+        <x:v>4396.44</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:5">
       <x:c r="A949" s="1">
-        <x:v>45062.9220601852</x:v>
+        <x:v>45105.9277777778</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C949" s="0">
-        <x:v>2.39</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D949" s="0">
-        <x:v>3657.802</x:v>
+        <x:v>3895.414</x:v>
       </x:c>
       <x:c r="E949" s="0">
-        <x:v>4109.89</x:v>
+        <x:v>4376.87</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:5">
       <x:c r="A950" s="1">
-        <x:v>45061.9232291667</x:v>
+        <x:v>45104.925474537</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C950" s="0">
-        <x:v>2.53</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D950" s="0">
-        <x:v>3681.307</x:v>
+        <x:v>3896.785</x:v>
       </x:c>
       <x:c r="E950" s="0">
-        <x:v>4136.3</x:v>
+        <x:v>4378.41</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:5">
       <x:c r="A951" s="1">
-        <x:v>45058.9222685185</x:v>
+        <x:v>45103.9273611111</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C951" s="0">
-        <x:v>2.47</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D951" s="0">
-        <x:v>3670.44</x:v>
+        <x:v>3852.65</x:v>
       </x:c>
       <x:c r="E951" s="0">
-        <x:v>4124.09</x:v>
+        <x:v>4328.82</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:5">
       <x:c r="A952" s="1">
-        <x:v>45057.9220949074</x:v>
+        <x:v>45100.9375694444</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C952" s="0">
-        <x:v>2.5</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D952" s="0">
-        <x:v>3676.261</x:v>
+        <x:v>3870.014</x:v>
       </x:c>
       <x:c r="E952" s="0">
-        <x:v>4130.63</x:v>
+        <x:v>4348.33</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:5">
       <x:c r="A953" s="1">
-        <x:v>45056.9215162037</x:v>
+        <x:v>45099.9302199074</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C953" s="0">
-        <x:v>2.54</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D953" s="0">
-        <x:v>3682.5</x:v>
+        <x:v>3899.882</x:v>
       </x:c>
       <x:c r="E953" s="0">
-        <x:v>4137.64</x:v>
+        <x:v>4381.89</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:5">
       <x:c r="A954" s="1">
-        <x:v>45055.9236921296</x:v>
+        <x:v>45098.9288541667</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C954" s="0">
-        <x:v>2.45</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D954" s="0">
-        <x:v>3666.061</x:v>
+        <x:v>3885.464</x:v>
       </x:c>
       <x:c r="E954" s="0">
-        <x:v>4119.17</x:v>
+        <x:v>4365.69</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:5">
       <x:c r="A955" s="1">
-        <x:v>45054.9234143519</x:v>
+        <x:v>45097.9232060185</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C955" s="0">
-        <x:v>2.55</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D955" s="0">
-        <x:v>3682.927</x:v>
+        <x:v>3905.97</x:v>
       </x:c>
       <x:c r="E955" s="0">
-        <x:v>4138.12</x:v>
+        <x:v>4388.73</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:5">
       <x:c r="A956" s="1">
-        <x:v>45051.9233101852</x:v>
+        <x:v>45093.9228472222</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C956" s="0">
-        <x:v>2.55</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D956" s="0">
-        <x:v>3681.28</x:v>
+        <x:v>3924.535</x:v>
       </x:c>
       <x:c r="E956" s="0">
-        <x:v>4136.27</x:v>
+        <x:v>4409.59</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:5">
       <x:c r="A957" s="1">
-        <x:v>45050.9222916667</x:v>
+        <x:v>45092.9212037037</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C957" s="0">
-        <x:v>2.22</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D957" s="0">
-        <x:v>3614.495</x:v>
+        <x:v>3939.006</x:v>
       </x:c>
       <x:c r="E957" s="0">
-        <x:v>4061.23</x:v>
+        <x:v>4425.85</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:5">
       <x:c r="A958" s="1">
-        <x:v>45049.9214467593</x:v>
+        <x:v>45091.9230555556</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C958" s="0">
-        <x:v>2.36</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D958" s="0">
-        <x:v>3640.785</x:v>
+        <x:v>3891.561</x:v>
       </x:c>
       <x:c r="E958" s="0">
-        <x:v>4090.77</x:v>
+        <x:v>4372.54</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:5">
       <x:c r="A959" s="1">
-        <x:v>45048.9297106481</x:v>
+        <x:v>45090.9231018519</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C959" s="0">
-        <x:v>2.5</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D959" s="0">
-        <x:v>3666.426</x:v>
+        <x:v>3888.419</x:v>
       </x:c>
       <x:c r="E959" s="0">
-        <x:v>4119.58</x:v>
+        <x:v>4369.01</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:5">
       <x:c r="A960" s="1">
-        <x:v>45044.9277314815</x:v>
+        <x:v>45089.9227430556</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C960" s="0">
-        <x:v>2.78</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D960" s="0">
-        <x:v>3710.855</x:v>
+        <x:v>3861.719</x:v>
       </x:c>
       <x:c r="E960" s="0">
-        <x:v>4169.5</x:v>
+        <x:v>4339.01</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:5">
       <x:c r="A961" s="1">
-        <x:v>45043.9243287037</x:v>
+        <x:v>45086.922037037</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C961" s="0">
-        <x:v>2.61</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D961" s="0">
-        <x:v>3680.488</x:v>
+        <x:v>3825.985</x:v>
       </x:c>
       <x:c r="E961" s="0">
-        <x:v>4135.38</x:v>
+        <x:v>4298.86</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:5">
       <x:c r="A962" s="1">
-        <x:v>45042.9278009259</x:v>
+        <x:v>45085.9233680556</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C962" s="0">
-        <x:v>2.26</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D962" s="0">
-        <x:v>3609.813</x:v>
+        <x:v>3821.598</x:v>
       </x:c>
       <x:c r="E962" s="0">
-        <x:v>4055.97</x:v>
+        <x:v>4293.93</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:5">
       <x:c r="A963" s="1">
-        <x:v>45041.9269675926</x:v>
+        <x:v>45084.9221759259</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C963" s="0">
-        <x:v>2.33</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D963" s="0">
-        <x:v>3623.76</x:v>
+        <x:v>3798.093</x:v>
       </x:c>
       <x:c r="E963" s="0">
-        <x:v>4071.64</x:v>
+        <x:v>4267.52</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:5">
       <x:c r="A964" s="1">
-        <x:v>45040.927650463</x:v>
+        <x:v>45083.9225694444</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C964" s="0">
-        <x:v>2.67</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D964" s="0">
-        <x:v>3681.966</x:v>
+        <x:v>3812.618</x:v>
       </x:c>
       <x:c r="E964" s="0">
-        <x:v>4137.04</x:v>
+        <x:v>4283.84</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:5">
       <x:c r="A965" s="1">
-        <x:v>45037.9261226852</x:v>
+        <x:v>45082.9218055556</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C965" s="0">
-        <x:v>2.66</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D965" s="0">
-        <x:v>3678.833</x:v>
+        <x:v>3803.682</x:v>
       </x:c>
       <x:c r="E965" s="0">
-        <x:v>4133.52</x:v>
+        <x:v>4273.8</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:5">
       <x:c r="A966" s="1">
-        <x:v>45036.9329398148</x:v>
+        <x:v>45079.9268171296</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C966" s="0">
-        <x:v>2.65</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D966" s="0">
-        <x:v>3675.513</x:v>
+        <x:v>3811.309</x:v>
       </x:c>
       <x:c r="E966" s="0">
-        <x:v>4129.79</x:v>
+        <x:v>4282.37</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:5">
       <x:c r="A967" s="1">
-        <x:v>45035.9238310185</x:v>
+        <x:v>45077.923599537</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C967" s="0">
-        <x:v>2.78</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D967" s="0">
-        <x:v>3697.523</x:v>
+        <x:v>3720.093</x:v>
       </x:c>
       <x:c r="E967" s="0">
-        <x:v>4154.52</x:v>
+        <x:v>4179.88</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:5">
       <x:c r="A968" s="1">
-        <x:v>45034.9304398148</x:v>
+        <x:v>45076.9226388889</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C968" s="0">
         <x:v>2.79</x:v>
       </x:c>
       <x:c r="D968" s="0">
-        <x:v>3697.834</x:v>
+        <x:v>3742.913</x:v>
       </x:c>
       <x:c r="E968" s="0">
-        <x:v>4154.87</x:v>
+        <x:v>4205.52</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:5">
       <x:c r="A969" s="1">
-        <x:v>45033.9289930556</x:v>
+        <x:v>45072.9289814815</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C969" s="0">
-        <x:v>2.77</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D969" s="0">
-        <x:v>3694.675</x:v>
+        <x:v>3742.85</x:v>
       </x:c>
       <x:c r="E969" s="0">
-        <x:v>4151.32</x:v>
+        <x:v>4205.45</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:5">
       <x:c r="A970" s="1">
-        <x:v>45030.9255092593</x:v>
+        <x:v>45071.9262962963</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C970" s="0">
-        <x:v>2.71</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D970" s="0">
-        <x:v>3682.491</x:v>
+        <x:v>3694.639</x:v>
       </x:c>
       <x:c r="E970" s="0">
-        <x:v>4137.63</x:v>
+        <x:v>4151.28</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:5">
       <x:c r="A971" s="1">
-        <x:v>45029.9221643519</x:v>
+        <x:v>45070.9252430556</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C971" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D971" s="0">
-        <x:v>3690.154</x:v>
+        <x:v>3662.564</x:v>
       </x:c>
       <x:c r="E971" s="0">
-        <x:v>4146.24</x:v>
+        <x:v>4115.24</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:5">
       <x:c r="A972" s="1">
-        <x:v>45028.9209375</x:v>
+        <x:v>45069.9265393519</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C972" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D972" s="0">
-        <x:v>3641.88</x:v>
+        <x:v>3689.566</x:v>
       </x:c>
       <x:c r="E972" s="0">
-        <x:v>4092</x:v>
+        <x:v>4145.58</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:5">
       <x:c r="A973" s="1">
-        <x:v>45027.92125</x:v>
+        <x:v>45068.9245949074</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C973" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D973" s="0">
-        <x:v>3656.974</x:v>
+        <x:v>3731.458</x:v>
       </x:c>
       <x:c r="E973" s="0">
-        <x:v>4108.96</x:v>
+        <x:v>4192.65</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:5">
       <x:c r="A974" s="1">
-        <x:v>45022.9265046296</x:v>
+        <x:v>45065.9233101852</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C974" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D974" s="0">
-        <x:v>3653.468</x:v>
+        <x:v>3730.853</x:v>
       </x:c>
       <x:c r="E974" s="0">
-        <x:v>4105.02</x:v>
+        <x:v>4191.97</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:5">
       <x:c r="A975" s="1">
-        <x:v>45021.9241319444</x:v>
+        <x:v>45063.9257291667</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C975" s="0">
-        <x:v>2.5</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D975" s="0">
-        <x:v>3640.438</x:v>
+        <x:v>3701.305</x:v>
       </x:c>
       <x:c r="E975" s="0">
-        <x:v>4090.38</x:v>
+        <x:v>4158.77</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:5">
       <x:c r="A976" s="1">
-        <x:v>45020.9227430556</x:v>
+        <x:v>45062.9220601852</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C976" s="0">
-        <x:v>2.56</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D976" s="0">
-        <x:v>3649.543</x:v>
+        <x:v>3657.802</x:v>
       </x:c>
       <x:c r="E976" s="0">
-        <x:v>4100.61</x:v>
+        <x:v>4109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:5">
       <x:c r="A977" s="1">
-        <x:v>45019.9213657407</x:v>
+        <x:v>45061.9232291667</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C977" s="0">
-        <x:v>2.68</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D977" s="0">
-        <x:v>3670.769</x:v>
+        <x:v>3681.307</x:v>
       </x:c>
       <x:c r="E977" s="0">
-        <x:v>4124.46</x:v>
+        <x:v>4136.3</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:5">
       <x:c r="A978" s="1">
-        <x:v>45016.9238773148</x:v>
+        <x:v>45058.9222685185</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C978" s="0">
-        <x:v>2.61</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D978" s="0">
-        <x:v>3657.179</x:v>
+        <x:v>3670.44</x:v>
       </x:c>
       <x:c r="E978" s="0">
-        <x:v>4109.19</x:v>
+        <x:v>4124.09</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:5">
       <x:c r="A979" s="1">
-        <x:v>45015.9232175926</x:v>
+        <x:v>45057.9220949074</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C979" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D979" s="0">
-        <x:v>3605.239</x:v>
+        <x:v>3676.261</x:v>
       </x:c>
       <x:c r="E979" s="0">
-        <x:v>4050.83</x:v>
+        <x:v>4130.63</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:5">
       <x:c r="A980" s="1">
-        <x:v>45014.9221875</x:v>
+        <x:v>45056.9215162037</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C980" s="0">
-        <x:v>2.24</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D980" s="0">
-        <x:v>3584.76</x:v>
+        <x:v>3682.5</x:v>
       </x:c>
       <x:c r="E980" s="0">
-        <x:v>4027.82</x:v>
+        <x:v>4137.64</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:5">
       <x:c r="A981" s="1">
-        <x:v>45013.9242824074</x:v>
+        <x:v>45055.9236921296</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C981" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D981" s="0">
-        <x:v>3534.43</x:v>
+        <x:v>3666.061</x:v>
       </x:c>
       <x:c r="E981" s="0">
-        <x:v>3971.27</x:v>
+        <x:v>4119.17</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:5">
       <x:c r="A982" s="1">
-        <x:v>45012.9248611111</x:v>
+        <x:v>45054.9234143519</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C982" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D982" s="0">
-        <x:v>3540.028</x:v>
+        <x:v>3682.927</x:v>
       </x:c>
       <x:c r="E982" s="0">
-        <x:v>3977.56</x:v>
+        <x:v>4138.12</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:5">
       <x:c r="A983" s="1">
-        <x:v>45009.8962731482</x:v>
+        <x:v>45051.9233101852</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C983" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D983" s="0">
-        <x:v>3534.181</x:v>
+        <x:v>3681.28</x:v>
       </x:c>
       <x:c r="E983" s="0">
-        <x:v>3970.99</x:v>
+        <x:v>4136.27</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:5">
       <x:c r="A984" s="1">
-        <x:v>45008.8931712963</x:v>
+        <x:v>45050.9222916667</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C984" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D984" s="0">
-        <x:v>3514.361</x:v>
+        <x:v>3614.495</x:v>
       </x:c>
       <x:c r="E984" s="0">
-        <x:v>3948.72</x:v>
+        <x:v>4061.23</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:5">
       <x:c r="A985" s="1">
-        <x:v>45007.8898958333</x:v>
+        <x:v>45049.9214467593</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C985" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D985" s="0">
-        <x:v>3503.903</x:v>
+        <x:v>3640.785</x:v>
       </x:c>
       <x:c r="E985" s="0">
-        <x:v>3936.97</x:v>
+        <x:v>4090.77</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:5">
       <x:c r="A986" s="1">
-        <x:v>45006.8943171296</x:v>
+        <x:v>45048.9297106481</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C986" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D986" s="0">
-        <x:v>3562.554</x:v>
+        <x:v>3666.426</x:v>
       </x:c>
       <x:c r="E986" s="0">
-        <x:v>4002.87</x:v>
+        <x:v>4119.58</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:5">
       <x:c r="A987" s="1">
-        <x:v>45005.8973032407</x:v>
+        <x:v>45044.9277314815</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C987" s="0">
-        <x:v>1.81</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D987" s="0">
-        <x:v>3516.897</x:v>
+        <x:v>3710.855</x:v>
       </x:c>
       <x:c r="E987" s="0">
-        <x:v>3951.57</x:v>
+        <x:v>4169.5</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:5">
       <x:c r="A988" s="1">
-        <x:v>45001.8895486111</x:v>
+        <x:v>45043.9243287037</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C988" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D988" s="0">
-        <x:v>3524.649</x:v>
+        <x:v>3680.488</x:v>
       </x:c>
       <x:c r="E988" s="0">
-        <x:v>3960.28</x:v>
+        <x:v>4135.38</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:5">
       <x:c r="A989" s="1">
-        <x:v>45000.8959953704</x:v>
+        <x:v>45042.9278009259</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C989" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D989" s="0">
-        <x:v>3463.818</x:v>
+        <x:v>3609.813</x:v>
       </x:c>
       <x:c r="E989" s="0">
-        <x:v>3891.93</x:v>
+        <x:v>4055.97</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:5">
       <x:c r="A990" s="1">
-        <x:v>44999.9181134259</x:v>
+        <x:v>45041.9269675926</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C990" s="0">
-        <x:v>1.89</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D990" s="0">
-        <x:v>3489.298</x:v>
+        <x:v>3623.76</x:v>
       </x:c>
       <x:c r="E990" s="0">
-        <x:v>3920.56</x:v>
+        <x:v>4071.64</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:5">
       <x:c r="A991" s="1">
-        <x:v>44998.8910763889</x:v>
+        <x:v>45040.927650463</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C991" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D991" s="0">
-        <x:v>3431.626</x:v>
+        <x:v>3681.966</x:v>
       </x:c>
       <x:c r="E991" s="0">
-        <x:v>3855.76</x:v>
+        <x:v>4137.04</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:5">
       <x:c r="A992" s="1">
-        <x:v>44995.9238657407</x:v>
+        <x:v>45037.9261226852</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C992" s="0">
-        <x:v>1.69</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D992" s="0">
-        <x:v>3436.833</x:v>
+        <x:v>3678.833</x:v>
       </x:c>
       <x:c r="E992" s="0">
-        <x:v>3861.61</x:v>
+        <x:v>4133.52</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:5">
       <x:c r="A993" s="1">
-        <x:v>44994.9312037037</x:v>
+        <x:v>45036.9329398148</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C993" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D993" s="0">
-        <x:v>3487.305</x:v>
+        <x:v>3675.513</x:v>
       </x:c>
       <x:c r="E993" s="0">
-        <x:v>3918.32</x:v>
+        <x:v>4129.79</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:5">
       <x:c r="A994" s="1">
-        <x:v>44993.9227546296</x:v>
+        <x:v>45035.9238310185</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C994" s="0">
-        <x:v>2.24</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D994" s="0">
-        <x:v>3552.889</x:v>
+        <x:v>3697.523</x:v>
       </x:c>
       <x:c r="E994" s="0">
-        <x:v>3992.01</x:v>
+        <x:v>4154.52</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:5">
       <x:c r="A995" s="1">
-        <x:v>44992.9296527778</x:v>
+        <x:v>45034.9304398148</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C995" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D995" s="0">
-        <x:v>3547.869</x:v>
+        <x:v>3697.834</x:v>
       </x:c>
       <x:c r="E995" s="0">
-        <x:v>3986.37</x:v>
+        <x:v>4154.87</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:5">
       <x:c r="A996" s="1">
-        <x:v>44991.921099537</x:v>
+        <x:v>45033.9289930556</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C996" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D996" s="0">
-        <x:v>3603.094</x:v>
+        <x:v>3694.675</x:v>
       </x:c>
       <x:c r="E996" s="0">
-        <x:v>4048.42</x:v>
+        <x:v>4151.32</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:5">
       <x:c r="A997" s="1">
-        <x:v>44988.9252893518</x:v>
+        <x:v>45030.9255092593</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C997" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D997" s="0">
-        <x:v>3600.611</x:v>
+        <x:v>3682.491</x:v>
       </x:c>
       <x:c r="E997" s="0">
-        <x:v>4045.63</x:v>
+        <x:v>4137.63</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:5">
       <x:c r="A998" s="1">
-        <x:v>44987.9282175926</x:v>
+        <x:v>45029.9221643519</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C998" s="0">
-        <x:v>2.24</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D998" s="0">
-        <x:v>3543.419</x:v>
+        <x:v>3690.154</x:v>
       </x:c>
       <x:c r="E998" s="0">
-        <x:v>3981.37</x:v>
+        <x:v>4146.24</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:5">
       <x:c r="A999" s="1">
-        <x:v>44986.9265046296</x:v>
+        <x:v>45028.9209375</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C999" s="0">
-        <x:v>2.11</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D999" s="0">
-        <x:v>3516.764</x:v>
+        <x:v>3641.88</x:v>
       </x:c>
       <x:c r="E999" s="0">
-        <x:v>3951.42</x:v>
+        <x:v>4092</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:5">
       <x:c r="A1000" s="1">
-        <x:v>44985.9231944444</x:v>
+        <x:v>45027.92125</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1000" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D1000" s="0">
-        <x:v>3533.389</x:v>
+        <x:v>3656.974</x:v>
       </x:c>
       <x:c r="E1000" s="0">
-        <x:v>3970.1</x:v>
+        <x:v>4108.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:5">
       <x:c r="A1001" s="1">
-        <x:v>44984.9240393518</x:v>
+        <x:v>45022.9265046296</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1001" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D1001" s="0">
-        <x:v>3544.202</x:v>
+        <x:v>3653.468</x:v>
       </x:c>
       <x:c r="E1001" s="0">
-        <x:v>3982.25</x:v>
+        <x:v>4105.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:5">
       <x:c r="A1002" s="1">
-        <x:v>44981.9257175926</x:v>
+        <x:v>45021.9241319444</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1002" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D1002" s="0">
-        <x:v>3533.327</x:v>
+        <x:v>3640.438</x:v>
       </x:c>
       <x:c r="E1002" s="0">
-        <x:v>3970.03</x:v>
+        <x:v>4090.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:5">
       <x:c r="A1003" s="1">
-        <x:v>44980.9228587963</x:v>
+        <x:v>45020.9227430556</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1003" s="0">
-        <x:v>2.41</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D1003" s="0">
-        <x:v>3570.983</x:v>
+        <x:v>3649.543</x:v>
       </x:c>
       <x:c r="E1003" s="0">
-        <x:v>4012.34</x:v>
+        <x:v>4100.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:5">
       <x:c r="A1004" s="1">
-        <x:v>44979.9263310185</x:v>
+        <x:v>45019.9213657407</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1004" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D1004" s="0">
-        <x:v>3552.052</x:v>
+        <x:v>3670.769</x:v>
       </x:c>
       <x:c r="E1004" s="0">
-        <x:v>3991.07</x:v>
+        <x:v>4124.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:5">
       <x:c r="A1005" s="1">
-        <x:v>44978.9236689815</x:v>
+        <x:v>45016.9238773148</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1005" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D1005" s="0">
-        <x:v>3557.633</x:v>
+        <x:v>3657.179</x:v>
       </x:c>
       <x:c r="E1005" s="0">
-        <x:v>3997.34</x:v>
+        <x:v>4109.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:5">
       <x:c r="A1006" s="1">
-        <x:v>44974.9216087963</x:v>
+        <x:v>45015.9232175926</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1006" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D1006" s="0">
-        <x:v>3630.408</x:v>
+        <x:v>3605.239</x:v>
       </x:c>
       <x:c r="E1006" s="0">
-        <x:v>4079.11</x:v>
+        <x:v>4050.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:5">
       <x:c r="A1007" s="1">
-        <x:v>44973.9258680556</x:v>
+        <x:v>45014.9221875</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1007" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D1007" s="0">
-        <x:v>3691.364</x:v>
+        <x:v>3584.76</x:v>
       </x:c>
       <x:c r="E1007" s="0">
-        <x:v>4147.6</x:v>
+        <x:v>4027.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:5">
       <x:c r="A1008" s="1">
-        <x:v>44972.9219212963</x:v>
+        <x:v>45013.9242824074</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1008" s="0">
-        <x:v>3.23</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D1008" s="0">
-        <x:v>3691.373</x:v>
+        <x:v>3534.43</x:v>
       </x:c>
       <x:c r="E1008" s="0">
-        <x:v>4147.61</x:v>
+        <x:v>3971.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:5">
       <x:c r="A1009" s="1">
-        <x:v>44971.9231712963</x:v>
+        <x:v>45012.9248611111</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1009" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D1009" s="0">
-        <x:v>3681.165</x:v>
+        <x:v>3540.028</x:v>
       </x:c>
       <x:c r="E1009" s="0">
-        <x:v>4136.14</x:v>
+        <x:v>3977.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:5">
       <x:c r="A1010" s="1">
-        <x:v>44970.9232523148</x:v>
+        <x:v>45009.8962731482</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1010" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D1010" s="0">
-        <x:v>3682.197</x:v>
+        <x:v>3534.181</x:v>
       </x:c>
       <x:c r="E1010" s="0">
-        <x:v>4137.3</x:v>
+        <x:v>3970.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:5">
       <x:c r="A1011" s="1">
-        <x:v>44967.924837963</x:v>
+        <x:v>45008.8931712963</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1011" s="0">
-        <x:v>2.9</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D1011" s="0">
-        <x:v>3640.509</x:v>
+        <x:v>3514.361</x:v>
       </x:c>
       <x:c r="E1011" s="0">
-        <x:v>4090.46</x:v>
+        <x:v>3948.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:5">
       <x:c r="A1012" s="1">
-        <x:v>44966.9238657407</x:v>
+        <x:v>45007.8898958333</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1012" s="0">
-        <x:v>2.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D1012" s="0">
-        <x:v>3632.562</x:v>
+        <x:v>3503.903</x:v>
       </x:c>
       <x:c r="E1012" s="0">
-        <x:v>4081.53</x:v>
+        <x:v>3936.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:5">
       <x:c r="A1013" s="1">
-        <x:v>44965.926400463</x:v>
+        <x:v>45006.8943171296</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1013" s="0">
-        <x:v>3.07</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D1013" s="0">
-        <x:v>3664.913</x:v>
+        <x:v>3562.554</x:v>
       </x:c>
       <x:c r="E1013" s="0">
-        <x:v>4117.88</x:v>
+        <x:v>4002.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:5">
       <x:c r="A1014" s="1">
-        <x:v>44964.9234143519</x:v>
+        <x:v>45005.8973032407</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1014" s="0">
-        <x:v>3.37</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D1014" s="0">
-        <x:v>3705.951</x:v>
+        <x:v>3516.897</x:v>
       </x:c>
       <x:c r="E1014" s="0">
-        <x:v>4163.99</x:v>
+        <x:v>3951.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:5">
       <x:c r="A1015" s="1">
-        <x:v>44963.9231944444</x:v>
+        <x:v>45001.8895486111</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1015" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D1015" s="0">
-        <x:v>3658.843</x:v>
+        <x:v>3524.649</x:v>
       </x:c>
       <x:c r="E1015" s="0">
-        <x:v>4111.06</x:v>
+        <x:v>3960.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:5">
       <x:c r="A1016" s="1">
-        <x:v>44960.9237731481</x:v>
+        <x:v>45000.8959953704</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1016" s="0">
-        <x:v>3.23</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D1016" s="0">
-        <x:v>3681.467</x:v>
+        <x:v>3463.818</x:v>
       </x:c>
       <x:c r="E1016" s="0">
-        <x:v>4136.48</x:v>
+        <x:v>3891.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:5">
       <x:c r="A1017" s="1">
-        <x:v>44959.922337963</x:v>
+        <x:v>44999.9181134259</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1017" s="0">
-        <x:v>3.53</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D1017" s="0">
-        <x:v>3719.986</x:v>
+        <x:v>3489.298</x:v>
       </x:c>
       <x:c r="E1017" s="0">
-        <x:v>4179.76</x:v>
+        <x:v>3920.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:5">
       <x:c r="A1018" s="1">
-        <x:v>44958.922662037</x:v>
+        <x:v>44998.8910763889</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1018" s="0">
-        <x:v>3.16</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D1018" s="0">
-        <x:v>3666.132</x:v>
+        <x:v>3431.626</x:v>
       </x:c>
       <x:c r="E1018" s="0">
-        <x:v>4119.25</x:v>
+        <x:v>3855.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:5">
       <x:c r="A1019" s="1">
-        <x:v>44957.9230902778</x:v>
+        <x:v>44995.9238657407</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1019" s="0">
-        <x:v>2.92</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D1019" s="0">
-        <x:v>3628.192</x:v>
+        <x:v>3436.833</x:v>
       </x:c>
       <x:c r="E1019" s="0">
-        <x:v>4076.62</x:v>
+        <x:v>3861.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:5">
       <x:c r="A1020" s="1">
-        <x:v>44956.9344444444</x:v>
+        <x:v>44994.9312037037</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1020" s="0">
-        <x:v>2.61</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D1020" s="0">
-        <x:v>3575.815</x:v>
+        <x:v>3487.305</x:v>
       </x:c>
       <x:c r="E1020" s="0">
-        <x:v>4017.77</x:v>
+        <x:v>3918.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:5">
       <x:c r="A1021" s="1">
-        <x:v>44953.9223726852</x:v>
+        <x:v>44993.9227546296</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1021" s="0">
-        <x:v>2.92</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D1021" s="0">
-        <x:v>3622.79</x:v>
+        <x:v>3552.889</x:v>
       </x:c>
       <x:c r="E1021" s="0">
-        <x:v>4070.55</x:v>
+        <x:v>3992.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:5">
       <x:c r="A1022" s="1">
-        <x:v>44952.9218518519</x:v>
+        <x:v>44992.9296527778</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1022" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D1022" s="0">
-        <x:v>3613.774</x:v>
+        <x:v>3547.869</x:v>
       </x:c>
       <x:c r="E1022" s="0">
-        <x:v>4060.42</x:v>
+        <x:v>3986.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:5">
       <x:c r="A1023" s="1">
-        <x:v>44951.9215625</x:v>
+        <x:v>44991.921099537</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1023" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D1023" s="0">
-        <x:v>3574.436</x:v>
+        <x:v>3603.094</x:v>
       </x:c>
       <x:c r="E1023" s="0">
-        <x:v>4016.22</x:v>
+        <x:v>4048.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:5">
       <x:c r="A1024" s="1">
-        <x:v>44950.9215046296</x:v>
+        <x:v>44988.9252893518</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1024" s="0">
-        <x:v>2.65</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D1024" s="0">
-        <x:v>3575.068</x:v>
+        <x:v>3600.611</x:v>
       </x:c>
       <x:c r="E1024" s="0">
-        <x:v>4016.93</x:v>
+        <x:v>4045.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:5">
       <x:c r="A1025" s="1">
-        <x:v>44946.9222800926</x:v>
+        <x:v>44987.9282175926</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1025" s="0">
-        <x:v>2.66</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D1025" s="0">
-        <x:v>3577.631</x:v>
+        <x:v>3543.419</x:v>
       </x:c>
       <x:c r="E1025" s="0">
-        <x:v>4019.81</x:v>
+        <x:v>3981.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:5">
       <x:c r="A1026" s="1">
-        <x:v>44945.9219212963</x:v>
+        <x:v>44986.9265046296</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1026" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D1026" s="0">
-        <x:v>3470.012</x:v>
+        <x:v>3516.764</x:v>
       </x:c>
       <x:c r="E1026" s="0">
-        <x:v>3898.89</x:v>
+        <x:v>3951.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:5">
       <x:c r="A1027" s="1">
-        <x:v>44944.9220486111</x:v>
+        <x:v>44985.9231944444</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1027" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D1027" s="0">
-        <x:v>3496.676</x:v>
+        <x:v>3533.389</x:v>
       </x:c>
       <x:c r="E1027" s="0">
-        <x:v>3928.85</x:v>
+        <x:v>3970.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:5">
       <x:c r="A1028" s="1">
-        <x:v>44943.9232175926</x:v>
+        <x:v>44984.9240393518</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1028" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D1028" s="0">
-        <x:v>3551.954</x:v>
+        <x:v>3544.202</x:v>
       </x:c>
       <x:c r="E1028" s="0">
-        <x:v>3990.96</x:v>
+        <x:v>3982.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:5">
       <x:c r="A1029" s="1">
-        <x:v>44939.9220601852</x:v>
+        <x:v>44981.9257175926</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1029" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D1029" s="0">
-        <x:v>3559.19</x:v>
+        <x:v>3533.327</x:v>
       </x:c>
       <x:c r="E1029" s="0">
-        <x:v>3999.09</x:v>
+        <x:v>3970.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:5">
       <x:c r="A1030" s="1">
-        <x:v>44938.9234490741</x:v>
+        <x:v>44980.9228587963</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1030" s="0">
-        <x:v>2.56</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D1030" s="0">
-        <x:v>3545.021</x:v>
+        <x:v>3570.983</x:v>
       </x:c>
       <x:c r="E1030" s="0">
-        <x:v>3983.17</x:v>
+        <x:v>4012.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:5">
       <x:c r="A1031" s="1">
-        <x:v>44937.9233564815</x:v>
+        <x:v>44979.9263310185</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1031" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D1031" s="0">
-        <x:v>3532.953</x:v>
+        <x:v>3552.052</x:v>
       </x:c>
       <x:c r="E1031" s="0">
-        <x:v>3969.61</x:v>
+        <x:v>3991.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:5">
       <x:c r="A1032" s="1">
-        <x:v>44936.9220717593</x:v>
+        <x:v>44978.9236689815</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1032" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D1032" s="0">
-        <x:v>3488.168</x:v>
+        <x:v>3557.633</x:v>
       </x:c>
       <x:c r="E1032" s="0">
-        <x:v>3919.29</x:v>
+        <x:v>3997.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:5">
       <x:c r="A1033" s="1">
-        <x:v>44935.9264583333</x:v>
+        <x:v>44974.9216087963</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1033" s="0">
-        <x:v>2.14</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D1033" s="0">
-        <x:v>3463.96</x:v>
+        <x:v>3630.408</x:v>
       </x:c>
       <x:c r="E1033" s="0">
-        <x:v>3892.09</x:v>
+        <x:v>4079.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:5">
       <x:c r="A1034" s="1">
-        <x:v>44932.9228472222</x:v>
+        <x:v>44973.9258680556</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1034" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D1034" s="0">
-        <x:v>3466.594</x:v>
+        <x:v>3691.364</x:v>
       </x:c>
       <x:c r="E1034" s="0">
-        <x:v>3895.05</x:v>
+        <x:v>4147.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:5">
       <x:c r="A1035" s="1">
-        <x:v>44931.9231018519</x:v>
+        <x:v>44972.9219212963</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1035" s="0">
-        <x:v>1.83</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D1035" s="0">
-        <x:v>3389.191</x:v>
+        <x:v>3691.373</x:v>
       </x:c>
       <x:c r="E1035" s="0">
-        <x:v>3808.08</x:v>
+        <x:v>4147.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:5">
       <x:c r="A1036" s="1">
-        <x:v>44930.9267476852</x:v>
+        <x:v>44971.9231712963</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1036" s="0">
-        <x:v>2.02</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D1036" s="0">
-        <x:v>3429.117</x:v>
+        <x:v>3681.165</x:v>
       </x:c>
       <x:c r="E1036" s="0">
-        <x:v>3852.94</x:v>
+        <x:v>4136.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:5">
       <x:c r="A1037" s="1">
-        <x:v>44929.9236574074</x:v>
+        <x:v>44970.9232523148</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1037" s="0">
-        <x:v>1.9</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D1037" s="0">
-        <x:v>3403.458</x:v>
+        <x:v>3682.197</x:v>
       </x:c>
       <x:c r="E1037" s="0">
-        <x:v>3824.11</x:v>
+        <x:v>4137.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:5">
       <x:c r="A1038" s="1">
-        <x:v>44925.9210300926</x:v>
+        <x:v>44967.924837963</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1038" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D1038" s="0">
-        <x:v>3417.155</x:v>
+        <x:v>3640.509</x:v>
       </x:c>
       <x:c r="E1038" s="0">
-        <x:v>3839.5</x:v>
+        <x:v>4090.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:5">
       <x:c r="A1039" s="1">
-        <x:v>44924.92125</x:v>
+        <x:v>44966.9238657407</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1039" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D1039" s="0">
-        <x:v>3425.877</x:v>
+        <x:v>3632.562</x:v>
       </x:c>
       <x:c r="E1039" s="0">
-        <x:v>3849.3</x:v>
+        <x:v>4081.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:5">
       <x:c r="A1040" s="1">
-        <x:v>44923.9214930556</x:v>
+        <x:v>44965.926400463</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1040" s="0">
-        <x:v>1.77</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D1040" s="0">
-        <x:v>3367.048</x:v>
+        <x:v>3664.913</x:v>
       </x:c>
       <x:c r="E1040" s="0">
-        <x:v>3783.2</x:v>
+        <x:v>4117.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:5">
       <x:c r="A1041" s="1">
-        <x:v>44922.9215277778</x:v>
+        <x:v>44964.9234143519</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1041" s="0">
-        <x:v>1.96</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D1041" s="0">
-        <x:v>3408.041</x:v>
+        <x:v>3705.951</x:v>
       </x:c>
       <x:c r="E1041" s="0">
-        <x:v>3829.26</x:v>
+        <x:v>4163.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:5">
       <x:c r="A1042" s="1">
-        <x:v>44918.9237152778</x:v>
+        <x:v>44963.9231944444</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1042" s="0">
-        <x:v>2.04</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D1042" s="0">
-        <x:v>3421.89</x:v>
+        <x:v>3658.843</x:v>
       </x:c>
       <x:c r="E1042" s="0">
-        <x:v>3844.82</x:v>
+        <x:v>4111.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:5">
       <x:c r="A1043" s="1">
-        <x:v>44917.9228356481</x:v>
+        <x:v>44960.9237731481</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1043" s="0">
-        <x:v>1.95</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D1043" s="0">
-        <x:v>3401.954</x:v>
+        <x:v>3681.467</x:v>
       </x:c>
       <x:c r="E1043" s="0">
-        <x:v>3822.42</x:v>
+        <x:v>4136.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:5">
       <x:c r="A1044" s="1">
-        <x:v>44916.9286689815</x:v>
+        <x:v>44959.922337963</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1044" s="0">
-        <x:v>2.2</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D1044" s="0">
-        <x:v>3451.812</x:v>
+        <x:v>3719.986</x:v>
       </x:c>
       <x:c r="E1044" s="0">
-        <x:v>3878.44</x:v>
+        <x:v>4179.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:5">
       <x:c r="A1045" s="1">
-        <x:v>44915.9294097222</x:v>
+        <x:v>44958.922662037</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1045" s="0">
-        <x:v>1.97</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D1045" s="0">
-        <x:v>3401.242</x:v>
+        <x:v>3666.132</x:v>
       </x:c>
       <x:c r="E1045" s="0">
-        <x:v>3821.62</x:v>
+        <x:v>4119.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:5">
       <x:c r="A1046" s="1">
-        <x:v>44914.9256712963</x:v>
+        <x:v>44957.9230902778</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1046" s="0">
-        <x:v>1.95</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D1046" s="0">
-        <x:v>3397.682</x:v>
+        <x:v>3628.192</x:v>
       </x:c>
       <x:c r="E1046" s="0">
-        <x:v>3817.62</x:v>
+        <x:v>4076.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:5">
       <x:c r="A1047" s="1">
-        <x:v>44911.9283796296</x:v>
+        <x:v>44956.9344444444</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1047" s="0">
-        <x:v>2.11</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D1047" s="0">
-        <x:v>3428.6</x:v>
+        <x:v>3575.815</x:v>
       </x:c>
       <x:c r="E1047" s="0">
-        <x:v>3852.36</x:v>
+        <x:v>4017.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:5">
       <x:c r="A1048" s="1">
-        <x:v>44910.921087963</x:v>
+        <x:v>44953.9223726852</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1048" s="0">
-        <x:v>2.32</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D1048" s="0">
-        <x:v>3467.289</x:v>
+        <x:v>3622.79</x:v>
       </x:c>
       <x:c r="E1048" s="0">
-        <x:v>3895.83</x:v>
+        <x:v>4070.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:5">
       <x:c r="A1049" s="1">
-        <x:v>44909.9281481481</x:v>
+        <x:v>44952.9218518519</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1049" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D1049" s="0">
-        <x:v>3555.808</x:v>
+        <x:v>3613.774</x:v>
       </x:c>
       <x:c r="E1049" s="0">
-        <x:v>3995.29</x:v>
+        <x:v>4060.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:5">
       <x:c r="A1050" s="1">
-        <x:v>44908.9209953704</x:v>
+        <x:v>44951.9215625</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1050" s="0">
-        <x:v>3.05</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D1050" s="0">
-        <x:v>3577.586</x:v>
+        <x:v>3574.436</x:v>
       </x:c>
       <x:c r="E1050" s="0">
-        <x:v>4019.76</x:v>
+        <x:v>4016.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:5">
       <x:c r="A1051" s="1">
-        <x:v>44907.9230671296</x:v>
+        <x:v>44950.9215046296</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1051" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D1051" s="0">
-        <x:v>3551.598</x:v>
+        <x:v>3575.068</x:v>
       </x:c>
       <x:c r="E1051" s="0">
-        <x:v>3990.56</x:v>
+        <x:v>4016.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:5">
       <x:c r="A1052" s="1">
-        <x:v>44904.9255787037</x:v>
+        <x:v>44946.9222800926</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1052" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D1052" s="0">
-        <x:v>3501.598</x:v>
+        <x:v>3577.631</x:v>
       </x:c>
       <x:c r="E1052" s="0">
-        <x:v>3934.38</x:v>
+        <x:v>4019.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:5">
       <x:c r="A1053" s="1">
-        <x:v>44903.9210069444</x:v>
+        <x:v>44945.9219212963</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1053" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D1053" s="0">
-        <x:v>3527.533</x:v>
+        <x:v>3470.012</x:v>
       </x:c>
       <x:c r="E1053" s="0">
-        <x:v>3963.52</x:v>
+        <x:v>3898.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:5">
       <x:c r="A1054" s="1">
-        <x:v>44902.9221296296</x:v>
+        <x:v>44944.9220486111</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1054" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D1054" s="0">
-        <x:v>3501.189</x:v>
+        <x:v>3496.676</x:v>
       </x:c>
       <x:c r="E1054" s="0">
-        <x:v>3933.92</x:v>
+        <x:v>3928.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:5">
       <x:c r="A1055" s="1">
-        <x:v>44901.9287731481</x:v>
+        <x:v>44943.9232175926</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1055" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D1055" s="0">
-        <x:v>3507.721</x:v>
+        <x:v>3551.954</x:v>
       </x:c>
       <x:c r="E1055" s="0">
-        <x:v>3941.26</x:v>
+        <x:v>3990.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:5">
       <x:c r="A1056" s="1">
-        <x:v>44900.930474537</x:v>
+        <x:v>44939.9220601852</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1056" s="0">
-        <x:v>2.99</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D1056" s="0">
-        <x:v>3558.968</x:v>
+        <x:v>3559.19</x:v>
       </x:c>
       <x:c r="E1056" s="0">
-        <x:v>3998.84</x:v>
+        <x:v>3999.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:5">
       <x:c r="A1057" s="1">
-        <x:v>44897.9215509259</x:v>
+        <x:v>44938.9234490741</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1057" s="0">
-        <x:v>3.5</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D1057" s="0">
-        <x:v>3623.822</x:v>
+        <x:v>3545.021</x:v>
       </x:c>
       <x:c r="E1057" s="0">
-        <x:v>4071.71</x:v>
+        <x:v>3983.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:5">
       <x:c r="A1058" s="1">
-        <x:v>44896.921087963</x:v>
+        <x:v>44937.9233564815</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1058" s="0">
-        <x:v>3.54</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D1058" s="0">
-        <x:v>3628.156</x:v>
+        <x:v>3532.953</x:v>
       </x:c>
       <x:c r="E1058" s="0">
-        <x:v>4076.58</x:v>
+        <x:v>3969.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:5">
       <x:c r="A1059" s="1">
-        <x:v>44895.9227314815</x:v>
+        <x:v>44936.9220717593</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1059" s="0">
-        <x:v>3.56</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D1059" s="0">
-        <x:v>3631.182</x:v>
+        <x:v>3488.168</x:v>
       </x:c>
       <x:c r="E1059" s="0">
-        <x:v>4079.98</x:v>
+        <x:v>3919.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:5">
       <x:c r="A1060" s="1">
-        <x:v>44894.9210648148</x:v>
+        <x:v>44935.9264583333</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1060" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D1060" s="0">
-        <x:v>3522.255</x:v>
+        <x:v>3463.96</x:v>
       </x:c>
       <x:c r="E1060" s="0">
-        <x:v>3957.59</x:v>
+        <x:v>3892.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:5">
       <x:c r="A1061" s="1">
-        <x:v>44893.9217824074</x:v>
+        <x:v>44932.9228472222</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1061" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D1061" s="0">
-        <x:v>3527.916</x:v>
+        <x:v>3466.594</x:v>
       </x:c>
       <x:c r="E1061" s="0">
-        <x:v>3963.95</x:v>
+        <x:v>3895.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:5">
       <x:c r="A1062" s="1">
-        <x:v>44890.9214583333</x:v>
+        <x:v>44931.9231018519</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1062" s="0">
-        <x:v>3.31</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D1062" s="0">
-        <x:v>3583.247</x:v>
+        <x:v>3389.191</x:v>
       </x:c>
       <x:c r="E1062" s="0">
-        <x:v>4026.12</x:v>
+        <x:v>3808.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:5">
       <x:c r="A1063" s="1">
-        <x:v>44888.9222453704</x:v>
+        <x:v>44930.9267476852</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1063" s="0">
-        <x:v>3.32</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D1063" s="0">
-        <x:v>3584.279</x:v>
+        <x:v>3429.117</x:v>
       </x:c>
       <x:c r="E1063" s="0">
-        <x:v>4027.28</x:v>
+        <x:v>3852.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:5">
       <x:c r="A1064" s="1">
-        <x:v>44887.923599537</x:v>
+        <x:v>44929.9236574074</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1064" s="0">
-        <x:v>3.18</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D1064" s="0">
-        <x:v>3563.186</x:v>
+        <x:v>3403.458</x:v>
       </x:c>
       <x:c r="E1064" s="0">
-        <x:v>4003.58</x:v>
+        <x:v>3824.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:5">
       <x:c r="A1065" s="1">
-        <x:v>44886.9219328704</x:v>
+        <x:v>44925.9210300926</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1065" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D1065" s="0">
-        <x:v>3515.456</x:v>
+        <x:v>3417.155</x:v>
       </x:c>
       <x:c r="E1065" s="0">
-        <x:v>3949.95</x:v>
+        <x:v>3839.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:5">
       <x:c r="A1066" s="1">
-        <x:v>44883.9215393519</x:v>
+        <x:v>44924.92125</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1066" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D1066" s="0">
-        <x:v>3529.215</x:v>
+        <x:v>3425.877</x:v>
       </x:c>
       <x:c r="E1066" s="0">
-        <x:v>3965.41</x:v>
+        <x:v>3849.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:5">
       <x:c r="A1067" s="1">
-        <x:v>44882.9211574074</x:v>
+        <x:v>44923.9214930556</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1067" s="0">
-        <x:v>2.86</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D1067" s="0">
-        <x:v>3512.572</x:v>
+        <x:v>3367.048</x:v>
       </x:c>
       <x:c r="E1067" s="0">
-        <x:v>3946.71</x:v>
+        <x:v>3783.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:5">
       <x:c r="A1068" s="1">
-        <x:v>44881.9223726852</x:v>
+        <x:v>44922.9215277778</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1068" s="0">
-        <x:v>2.93</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D1068" s="0">
-        <x:v>3523.412</x:v>
+        <x:v>3408.041</x:v>
       </x:c>
       <x:c r="E1068" s="0">
-        <x:v>3958.89</x:v>
+        <x:v>3829.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:5">
       <x:c r="A1069" s="1">
-        <x:v>44880.9223958333</x:v>
+        <x:v>44918.9237152778</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1069" s="0">
-        <x:v>3.14</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D1069" s="0">
-        <x:v>3552.64</x:v>
+        <x:v>3421.89</x:v>
       </x:c>
       <x:c r="E1069" s="0">
-        <x:v>3991.73</x:v>
+        <x:v>3844.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:5">
       <x:c r="A1070" s="1">
-        <x:v>44879.9273148148</x:v>
+        <x:v>44917.9228356481</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1070" s="0">
-        <x:v>2.93</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D1070" s="0">
-        <x:v>3522.024</x:v>
+        <x:v>3401.954</x:v>
       </x:c>
       <x:c r="E1070" s="0">
-        <x:v>3957.33</x:v>
+        <x:v>3822.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:5">
       <x:c r="A1071" s="1">
-        <x:v>44876.922349537</x:v>
+        <x:v>44916.9286689815</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1071" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D1071" s="0">
-        <x:v>3553.743</x:v>
+        <x:v>3451.812</x:v>
       </x:c>
       <x:c r="E1071" s="0">
-        <x:v>3992.97</x:v>
+        <x:v>3878.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:5">
       <x:c r="A1072" s="1">
-        <x:v>44875.9260069444</x:v>
+        <x:v>44915.9294097222</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1072" s="0">
-        <x:v>2.95</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D1072" s="0">
-        <x:v>3521.071</x:v>
+        <x:v>3401.242</x:v>
       </x:c>
       <x:c r="E1072" s="0">
-        <x:v>3956.26</x:v>
+        <x:v>3821.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:5">
       <x:c r="A1073" s="1">
-        <x:v>44874.9211574074</x:v>
+        <x:v>44914.9256712963</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1073" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D1073" s="0">
-        <x:v>3336.245</x:v>
+        <x:v>3397.682</x:v>
       </x:c>
       <x:c r="E1073" s="0">
-        <x:v>3748.59</x:v>
+        <x:v>3817.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:5">
       <x:c r="A1074" s="1">
-        <x:v>44873.9225462963</x:v>
+        <x:v>44911.9283796296</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1074" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D1074" s="0">
-        <x:v>3407.045</x:v>
+        <x:v>3428.6</x:v>
       </x:c>
       <x:c r="E1074" s="0">
-        <x:v>3828.14</x:v>
+        <x:v>3852.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:5">
       <x:c r="A1075" s="1">
-        <x:v>44872.921400463</x:v>
+        <x:v>44910.921087963</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1075" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D1075" s="0">
-        <x:v>3388.079</x:v>
+        <x:v>3467.289</x:v>
       </x:c>
       <x:c r="E1075" s="0">
-        <x:v>3806.83</x:v>
+        <x:v>3895.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:5">
       <x:c r="A1076" s="1">
-        <x:v>44869.8940740741</x:v>
+        <x:v>44909.9281481481</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1076" s="0">
-        <x:v>2.18</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D1076" s="0">
-        <x:v>3355.79</x:v>
+        <x:v>3555.808</x:v>
       </x:c>
       <x:c r="E1076" s="0">
-        <x:v>3770.55</x:v>
+        <x:v>3995.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:5">
       <x:c r="A1077" s="1">
-        <x:v>44868.8953703704</x:v>
+        <x:v>44908.9209953704</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1077" s="0">
-        <x:v>1.97</x:v>
+        <x:v>3.05</x:v>
       </x:c>
       <x:c r="D1077" s="0">
-        <x:v>3346.124</x:v>
+        <x:v>3577.586</x:v>
       </x:c>
       <x:c r="E1077" s="0">
-        <x:v>3759.69</x:v>
+        <x:v>4019.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:5">
       <x:c r="A1078" s="1">
-        <x:v>44867</x:v>
+        <x:v>44907.9230671296</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1078" s="0">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D1078" s="0">
+        <x:v>3551.598</x:v>
+      </x:c>
       <x:c r="E1078" s="0">
-        <x:v>3871.98</x:v>
+        <x:v>3990.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:5">
       <x:c r="A1079" s="1">
-        <x:v>44866</x:v>
+        <x:v>44904.9255787037</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1079" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D1079" s="0">
+        <x:v>3501.598</x:v>
+      </x:c>
       <x:c r="E1079" s="0">
-        <x:v>3871.98</x:v>
+        <x:v>3934.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:5">
       <x:c r="A1080" s="1">
-        <x:v>44865</x:v>
+        <x:v>44903.9210069444</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1080" s="0">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D1080" s="0">
+        <x:v>3527.533</x:v>
+      </x:c>
       <x:c r="E1080" s="0">
-        <x:v>3901.09</x:v>
+        <x:v>3963.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:5">
       <x:c r="A1081" s="1">
-        <x:v>44864</x:v>
+        <x:v>44902.9221296296</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1081" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D1081" s="0">
+        <x:v>3501.189</x:v>
+      </x:c>
       <x:c r="E1081" s="0">
-        <x:v>3901.09</x:v>
+        <x:v>3933.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:5">
       <x:c r="A1082" s="1">
-        <x:v>44863</x:v>
+        <x:v>44901.9287731481</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1082" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D1082" s="0">
+        <x:v>3507.721</x:v>
+      </x:c>
       <x:c r="E1082" s="0">
-        <x:v>3901.09</x:v>
+        <x:v>3941.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:5">
       <x:c r="A1083" s="1">
-        <x:v>44862</x:v>
+        <x:v>44900.930474537</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1083" s="0">
+        <x:v>2.99</x:v>
+      </x:c>
+      <x:c r="D1083" s="0">
+        <x:v>3558.968</x:v>
+      </x:c>
       <x:c r="E1083" s="0">
-        <x:v>3807.88</x:v>
+        <x:v>3998.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:5">
       <x:c r="A1084" s="1">
-        <x:v>44861</x:v>
+        <x:v>44897.9215509259</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1084" s="0">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="D1084" s="0">
+        <x:v>3623.822</x:v>
+      </x:c>
       <x:c r="E1084" s="0">
-        <x:v>3830.61</x:v>
+        <x:v>4071.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:5">
       <x:c r="A1085" s="1">
-        <x:v>44860</x:v>
+        <x:v>44896.921087963</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1085" s="0">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="D1085" s="0">
+        <x:v>3628.156</x:v>
+      </x:c>
       <x:c r="E1085" s="0">
-        <x:v>3859.19</x:v>
+        <x:v>4076.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:5">
       <x:c r="A1086" s="1">
-        <x:v>44859</x:v>
+        <x:v>44895.9227314815</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1086" s="0">
+        <x:v>3.56</x:v>
+      </x:c>
+      <x:c r="D1086" s="0">
+        <x:v>3631.182</x:v>
+      </x:c>
       <x:c r="E1086" s="0">
-        <x:v>3752.75</x:v>
+        <x:v>4079.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:5">
       <x:c r="A1087" s="1">
-        <x:v>44858</x:v>
+        <x:v>44894.9210648148</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1087" s="0">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="D1087" s="0">
+        <x:v>3522.255</x:v>
+      </x:c>
       <x:c r="E1087" s="0">
-        <x:v>3752.78</x:v>
+        <x:v>3957.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:5">
       <x:c r="A1088" s="1">
-        <x:v>44857</x:v>
+        <x:v>44893.9217824074</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1088" s="0">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D1088" s="0">
+        <x:v>3527.916</x:v>
+      </x:c>
       <x:c r="E1088" s="0">
-        <x:v>3752.78</x:v>
+        <x:v>3963.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:5">
       <x:c r="A1089" s="1">
-        <x:v>44856</x:v>
+        <x:v>44890.9214583333</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1089" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D1089" s="0">
+        <x:v>3583.247</x:v>
+      </x:c>
       <x:c r="E1089" s="0">
-        <x:v>3752.78</x:v>
+        <x:v>4026.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:5">
       <x:c r="A1090" s="1">
-        <x:v>44855</x:v>
+        <x:v>44888.9222453704</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1090" s="0">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="D1090" s="0">
+        <x:v>3584.279</x:v>
+      </x:c>
       <x:c r="E1090" s="0">
-        <x:v>3665.71</x:v>
+        <x:v>4027.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:5">
       <x:c r="A1091" s="1">
-        <x:v>44854</x:v>
+        <x:v>44887.923599537</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1091" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D1091" s="0">
+        <x:v>3563.186</x:v>
+      </x:c>
       <x:c r="E1091" s="0">
-        <x:v>3695.19</x:v>
+        <x:v>4003.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:5">
       <x:c r="A1092" s="1">
-        <x:v>44853</x:v>
+        <x:v>44886.9219328704</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1092" s="0">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D1092" s="0">
+        <x:v>3515.456</x:v>
+      </x:c>
       <x:c r="E1092" s="0">
-        <x:v>3720.15</x:v>
+        <x:v>3949.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:5">
       <x:c r="A1093" s="1">
-        <x:v>44852</x:v>
+        <x:v>44883.9215393519</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1093" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D1093" s="0">
+        <x:v>3529.215</x:v>
+      </x:c>
       <x:c r="E1093" s="0">
-        <x:v>3677.97</x:v>
+        <x:v>3965.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:5">
       <x:c r="A1094" s="1">
-        <x:v>44851</x:v>
+        <x:v>44882.9211574074</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1094" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D1094" s="0">
+        <x:v>3512.572</x:v>
+      </x:c>
       <x:c r="E1094" s="0">
-        <x:v>3583.07</x:v>
+        <x:v>3946.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:5">
       <x:c r="A1095" s="1">
-        <x:v>44850</x:v>
+        <x:v>44881.9223726852</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1095" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D1095" s="0">
+        <x:v>3523.412</x:v>
+      </x:c>
       <x:c r="E1095" s="0">
-        <x:v>3583.07</x:v>
+        <x:v>3958.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:5">
       <x:c r="A1096" s="1">
-        <x:v>44849</x:v>
+        <x:v>44880.9223958333</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1096" s="0">
+        <x:v>3.14</x:v>
+      </x:c>
+      <x:c r="D1096" s="0">
+        <x:v>3552.64</x:v>
+      </x:c>
       <x:c r="E1096" s="0">
-        <x:v>3583.07</x:v>
+        <x:v>3991.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:5">
       <x:c r="A1097" s="1">
-        <x:v>44848</x:v>
+        <x:v>44879.9273148148</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1097" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D1097" s="0">
+        <x:v>3522.024</x:v>
+      </x:c>
       <x:c r="E1097" s="0">
-        <x:v>3669.91</x:v>
+        <x:v>3957.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:5">
       <x:c r="A1098" s="1">
-        <x:v>44847</x:v>
+        <x:v>44876.922349537</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1098" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D1098" s="0">
+        <x:v>3553.743</x:v>
+      </x:c>
       <x:c r="E1098" s="0">
-        <x:v>3577.03</x:v>
+        <x:v>3992.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:5">
       <x:c r="A1099" s="1">
-        <x:v>44846</x:v>
+        <x:v>44875.9260069444</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1099" s="0">
+        <x:v>2.95</x:v>
+      </x:c>
+      <x:c r="D1099" s="0">
+        <x:v>3521.071</x:v>
+      </x:c>
       <x:c r="E1099" s="0">
-        <x:v>3588.84</x:v>
+        <x:v>3956.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:5">
       <x:c r="A1100" s="1">
-        <x:v>44845</x:v>
+        <x:v>44874.9211574074</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1100" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D1100" s="0">
+        <x:v>3336.245</x:v>
+      </x:c>
       <x:c r="E1100" s="0">
-        <x:v>3612.39</x:v>
+        <x:v>3748.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:5">
       <x:c r="A1101" s="1">
-        <x:v>44844</x:v>
+        <x:v>44873.9225462963</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1101" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D1101" s="0">
+        <x:v>3407.045</x:v>
+      </x:c>
       <x:c r="E1101" s="0">
-        <x:v>3639.63</x:v>
+        <x:v>3828.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:5">
       <x:c r="A1102" s="1">
-        <x:v>44843</x:v>
+        <x:v>44872.921400463</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1102" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D1102" s="0">
+        <x:v>3388.079</x:v>
+      </x:c>
       <x:c r="E1102" s="0">
-        <x:v>3639.63</x:v>
+        <x:v>3806.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:5">
       <x:c r="A1103" s="1">
-        <x:v>44841</x:v>
+        <x:v>44869.8940740741</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1103" s="0">
+        <x:v>2.18</x:v>
+      </x:c>
+      <x:c r="D1103" s="0">
+        <x:v>3355.79</x:v>
+      </x:c>
       <x:c r="E1103" s="0">
-        <x:v>3744.49</x:v>
+        <x:v>3770.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:5">
       <x:c r="A1104" s="1">
-        <x:v>44839</x:v>
+        <x:v>44868.8953703704</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1104" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D1104" s="0">
+        <x:v>3346.124</x:v>
+      </x:c>
       <x:c r="E1104" s="0">
-        <x:v>3790.98</x:v>
+        <x:v>3759.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:5">
       <x:c r="A1105" s="1">
-        <x:v>44838</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1105" s="0">
-        <x:v>3678.45</x:v>
+        <x:v>3871.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:5">
       <x:c r="A1106" s="1">
-        <x:v>44837</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1106" s="0">
-        <x:v>3585.62</x:v>
+        <x:v>3871.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:5">
       <x:c r="A1107" s="1">
-        <x:v>44836</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1107" s="0">
-        <x:v>3585.62</x:v>
+        <x:v>3901.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:5">
       <x:c r="A1108" s="1">
-        <x:v>44835</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1108" s="0">
-        <x:v>3585.62</x:v>
+        <x:v>3901.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:5">
       <x:c r="A1109" s="1">
-        <x:v>44834</x:v>
+        <x:v>44863</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1109" s="0">
-        <x:v>3640.47</x:v>
+        <x:v>3901.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:5">
       <x:c r="A1110" s="1">
-        <x:v>44833</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1110" s="0">
-        <x:v>3719.04</x:v>
+        <x:v>3807.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:5">
       <x:c r="A1111" s="1">
-        <x:v>44832</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1111" s="0">
-        <x:v>3647.29</x:v>
+        <x:v>3830.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:5">
       <x:c r="A1112" s="1">
-        <x:v>44831</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1112" s="0">
-        <x:v>3655.04</x:v>
+        <x:v>3859.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:5">
       <x:c r="A1113" s="1">
-        <x:v>44830</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1113" s="0">
-        <x:v>3693.34</x:v>
+        <x:v>3752.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:5">
       <x:c r="A1114" s="1">
-        <x:v>44829</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1114" s="0">
-        <x:v>3693.34</x:v>
+        <x:v>3752.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:5">
       <x:c r="A1115" s="1">
-        <x:v>44828</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1115" s="0">
-        <x:v>3693.34</x:v>
+        <x:v>3752.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:5">
       <x:c r="A1116" s="1">
-        <x:v>44827</x:v>
+        <x:v>44856</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1116" s="0">
-        <x:v>3757.96</x:v>
+        <x:v>3752.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:5">
       <x:c r="A1117" s="1">
-        <x:v>44826</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1117" s="0">
-        <x:v>3789.9</x:v>
+        <x:v>3665.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:5">
       <x:c r="A1118" s="1">
-        <x:v>44825</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1118" s="0">
-        <x:v>3855.93</x:v>
+        <x:v>3695.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:5">
       <x:c r="A1119" s="1">
-        <x:v>44824</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1119" s="0">
-        <x:v>3899.91</x:v>
+        <x:v>3720.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:5">
       <x:c r="A1120" s="1">
-        <x:v>44823</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1120" s="0">
-        <x:v>3873.26</x:v>
+        <x:v>3677.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:5">
       <x:c r="A1121" s="1">
-        <x:v>44822</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1121" s="0">
-        <x:v>3873.26</x:v>
+        <x:v>3583.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:5">
       <x:c r="A1122" s="1">
-        <x:v>44821</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1122" s="0">
-        <x:v>3873.26</x:v>
+        <x:v>3583.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:5">
       <x:c r="A1123" s="1">
-        <x:v>44820</x:v>
+        <x:v>44849</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1123" s="0">
-        <x:v>3901.35</x:v>
+        <x:v>3583.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:5">
       <x:c r="A1124" s="1">
-        <x:v>44819</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1124" s="0">
-        <x:v>3946.03</x:v>
+        <x:v>3669.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:5">
       <x:c r="A1125" s="1">
-        <x:v>44818</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1125" s="0">
-        <x:v>3932.69</x:v>
+        <x:v>3577.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:5">
       <x:c r="A1126" s="1">
-        <x:v>44817</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1126" s="0">
-        <x:v>4110.41</x:v>
+        <x:v>3588.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:5">
       <x:c r="A1127" s="1">
-        <x:v>44816</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1127" s="0">
-        <x:v>4067.37</x:v>
+        <x:v>3612.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:5">
       <x:c r="A1128" s="1">
-        <x:v>44815</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1128" s="0">
-        <x:v>4067.37</x:v>
+        <x:v>3639.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:5">
       <x:c r="A1129" s="1">
-        <x:v>44814</x:v>
+        <x:v>44843</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1129" s="0">
-        <x:v>4067.37</x:v>
+        <x:v>3639.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:5">
       <x:c r="A1130" s="1">
-        <x:v>44813</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1130" s="0">
-        <x:v>4006.17</x:v>
+        <x:v>3744.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:5">
       <x:c r="A1131" s="1">
-        <x:v>44812</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1131" s="0">
-        <x:v>3979.89</x:v>
+        <x:v>3790.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:5">
       <x:c r="A1132" s="1">
-        <x:v>44811</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1132" s="0">
-        <x:v>3908.27</x:v>
+        <x:v>3678.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:5">
       <x:c r="A1133" s="1">
-        <x:v>44810</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1133" s="0">
-        <x:v>3924.31</x:v>
+        <x:v>3585.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:5">
       <x:c r="A1134" s="1">
-        <x:v>44809</x:v>
+        <x:v>44836</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1134" s="0">
-        <x:v>3924.31</x:v>
+        <x:v>3585.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:5">
       <x:c r="A1135" s="1">
-        <x:v>44807</x:v>
+        <x:v>44835</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1135" s="0">
-        <x:v>3924.31</x:v>
+        <x:v>3585.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:5">
       <x:c r="A1136" s="1">
-        <x:v>44806</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1136" s="0">
-        <x:v>3966.85</x:v>
+        <x:v>3640.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:5">
       <x:c r="A1137" s="1">
-        <x:v>44805</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1137" s="0">
-        <x:v>3986.17</x:v>
+        <x:v>3719.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:5">
       <x:c r="A1138" s="1">
-        <x:v>44804</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1138" s="0">
-        <x:v>3986.17</x:v>
+        <x:v>3647.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:5">
       <x:c r="A1139" s="1">
-        <x:v>44803</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1139" s="0">
-        <x:v>4030.62</x:v>
+        <x:v>3655.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:5">
       <x:c r="A1140" s="1">
-        <x:v>44802</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1140" s="0">
-        <x:v>4057.68</x:v>
+        <x:v>3693.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:5">
       <x:c r="A1141" s="1">
-        <x:v>44801</x:v>
+        <x:v>44829</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1141" s="0">
-        <x:v>4057.68</x:v>
+        <x:v>3693.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:5">
       <x:c r="A1142" s="1">
-        <x:v>44800</x:v>
+        <x:v>44828</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1142" s="0">
-        <x:v>4057.68</x:v>
+        <x:v>3693.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:5">
       <x:c r="A1143" s="1">
-        <x:v>44799</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1143" s="0">
-        <x:v>4199.23</x:v>
+        <x:v>3757.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:5">
       <x:c r="A1144" s="1">
-        <x:v>44798</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1144" s="0">
-        <x:v>4140.82</x:v>
+        <x:v>3789.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:5">
       <x:c r="A1145" s="1">
-        <x:v>44797</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1145" s="0">
-        <x:v>4128.72</x:v>
+        <x:v>3855.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:5">
       <x:c r="A1146" s="1">
-        <x:v>44796</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1146" s="0">
-        <x:v>4138.11</x:v>
+        <x:v>3899.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:5">
       <x:c r="A1147" s="1">
-        <x:v>44795</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1147" s="0">
-        <x:v>4228.48</x:v>
+        <x:v>3873.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:5">
       <x:c r="A1148" s="1">
-        <x:v>44794</x:v>
+        <x:v>44822</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1148" s="0">
-        <x:v>4228.48</x:v>
+        <x:v>3873.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:5">
       <x:c r="A1149" s="1">
-        <x:v>44793</x:v>
+        <x:v>44821</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1149" s="0">
-        <x:v>4228.48</x:v>
+        <x:v>3873.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:5">
       <x:c r="A1150" s="1">
-        <x:v>44792</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1150" s="0">
-        <x:v>4283.76</x:v>
+        <x:v>3901.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:5">
       <x:c r="A1151" s="1">
-        <x:v>44791</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1151" s="0">
-        <x:v>4274.03</x:v>
+        <x:v>3946.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:5">
       <x:c r="A1152" s="1">
-        <x:v>44790</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1152" s="0">
-        <x:v>4305.22</x:v>
+        <x:v>3932.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:5">
       <x:c r="A1153" s="1">
+        <x:v>44817</x:v>
+      </x:c>
+      <x:c r="B1153" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1153" s="0">
+        <x:v>4110.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1154" spans="1:5">
+      <x:c r="A1154" s="1">
+        <x:v>44816</x:v>
+      </x:c>
+      <x:c r="B1154" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1154" s="0">
+        <x:v>4067.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1155" spans="1:5">
+      <x:c r="A1155" s="1">
+        <x:v>44815</x:v>
+      </x:c>
+      <x:c r="B1155" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1155" s="0">
+        <x:v>4067.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1156" spans="1:5">
+      <x:c r="A1156" s="1">
+        <x:v>44814</x:v>
+      </x:c>
+      <x:c r="B1156" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1156" s="0">
+        <x:v>4067.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1157" spans="1:5">
+      <x:c r="A1157" s="1">
+        <x:v>44813</x:v>
+      </x:c>
+      <x:c r="B1157" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1157" s="0">
+        <x:v>4006.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1158" spans="1:5">
+      <x:c r="A1158" s="1">
+        <x:v>44812</x:v>
+      </x:c>
+      <x:c r="B1158" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1158" s="0">
+        <x:v>3979.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1159" spans="1:5">
+      <x:c r="A1159" s="1">
+        <x:v>44811</x:v>
+      </x:c>
+      <x:c r="B1159" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1159" s="0">
+        <x:v>3908.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1160" spans="1:5">
+      <x:c r="A1160" s="1">
+        <x:v>44810</x:v>
+      </x:c>
+      <x:c r="B1160" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1160" s="0">
+        <x:v>3924.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1161" spans="1:5">
+      <x:c r="A1161" s="1">
+        <x:v>44809</x:v>
+      </x:c>
+      <x:c r="B1161" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1161" s="0">
+        <x:v>3924.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1162" spans="1:5">
+      <x:c r="A1162" s="1">
+        <x:v>44807</x:v>
+      </x:c>
+      <x:c r="B1162" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1162" s="0">
+        <x:v>3924.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1163" spans="1:5">
+      <x:c r="A1163" s="1">
+        <x:v>44806</x:v>
+      </x:c>
+      <x:c r="B1163" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1163" s="0">
+        <x:v>3966.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1164" spans="1:5">
+      <x:c r="A1164" s="1">
+        <x:v>44805</x:v>
+      </x:c>
+      <x:c r="B1164" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1164" s="0">
+        <x:v>3986.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1165" spans="1:5">
+      <x:c r="A1165" s="1">
+        <x:v>44804</x:v>
+      </x:c>
+      <x:c r="B1165" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1165" s="0">
+        <x:v>3986.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1166" spans="1:5">
+      <x:c r="A1166" s="1">
+        <x:v>44803</x:v>
+      </x:c>
+      <x:c r="B1166" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1166" s="0">
+        <x:v>4030.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1167" spans="1:5">
+      <x:c r="A1167" s="1">
+        <x:v>44802</x:v>
+      </x:c>
+      <x:c r="B1167" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1167" s="0">
+        <x:v>4057.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1168" spans="1:5">
+      <x:c r="A1168" s="1">
+        <x:v>44801</x:v>
+      </x:c>
+      <x:c r="B1168" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1168" s="0">
+        <x:v>4057.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1169" spans="1:5">
+      <x:c r="A1169" s="1">
+        <x:v>44800</x:v>
+      </x:c>
+      <x:c r="B1169" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1169" s="0">
+        <x:v>4057.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1170" spans="1:5">
+      <x:c r="A1170" s="1">
+        <x:v>44799</x:v>
+      </x:c>
+      <x:c r="B1170" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1170" s="0">
+        <x:v>4199.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1171" spans="1:5">
+      <x:c r="A1171" s="1">
+        <x:v>44798</x:v>
+      </x:c>
+      <x:c r="B1171" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1171" s="0">
+        <x:v>4140.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1172" spans="1:5">
+      <x:c r="A1172" s="1">
+        <x:v>44797</x:v>
+      </x:c>
+      <x:c r="B1172" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1172" s="0">
+        <x:v>4128.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1173" spans="1:5">
+      <x:c r="A1173" s="1">
+        <x:v>44796</x:v>
+      </x:c>
+      <x:c r="B1173" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1173" s="0">
+        <x:v>4138.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1174" spans="1:5">
+      <x:c r="A1174" s="1">
+        <x:v>44795</x:v>
+      </x:c>
+      <x:c r="B1174" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1174" s="0">
+        <x:v>4228.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1175" spans="1:5">
+      <x:c r="A1175" s="1">
+        <x:v>44794</x:v>
+      </x:c>
+      <x:c r="B1175" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1175" s="0">
+        <x:v>4228.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1176" spans="1:5">
+      <x:c r="A1176" s="1">
+        <x:v>44793</x:v>
+      </x:c>
+      <x:c r="B1176" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1176" s="0">
+        <x:v>4228.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1177" spans="1:5">
+      <x:c r="A1177" s="1">
+        <x:v>44792</x:v>
+      </x:c>
+      <x:c r="B1177" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1177" s="0">
+        <x:v>4283.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1178" spans="1:5">
+      <x:c r="A1178" s="1">
+        <x:v>44791</x:v>
+      </x:c>
+      <x:c r="B1178" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1178" s="0">
+        <x:v>4274.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1179" spans="1:5">
+      <x:c r="A1179" s="1">
+        <x:v>44790</x:v>
+      </x:c>
+      <x:c r="B1179" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1179" s="0">
+        <x:v>4305.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1180" spans="1:5">
+      <x:c r="A1180" s="1">
         <x:v>44789</x:v>
       </x:c>
-      <x:c r="B1153" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E1153" s="0">
+      <x:c r="B1180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1180" s="0">
         <x:v>4297.13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>