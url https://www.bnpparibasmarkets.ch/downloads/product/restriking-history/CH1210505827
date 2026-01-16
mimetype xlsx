--- v2 (2025-12-19)
+++ v3 (2026-01-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d52eee016b4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c81c4e7267740b48d94e2857e3a6394.psmdcp" Id="R6076966bcfb34645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7193ec3e66804660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/739d01b79e1d4dd480fcde7500533fa5.psmdcp" Id="Rc5c5420516344b74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1210505827</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>
@@ -390,19650 +390,20194 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E1180"/>
+  <x:dimension ref="A1:E1212"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="4" width="15.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1">
-        <x:v>46009.9307638889</x:v>
+        <x:v>46037.928125</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C3" s="0">
-        <x:v>10.05</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="D3" s="0">
-        <x:v>6029.482</x:v>
+        <x:v>6180.456</x:v>
       </x:c>
       <x:c r="E3" s="0">
-        <x:v>6774.76</x:v>
+        <x:v>6944.47</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="1">
-        <x:v>46009.3397800926</x:v>
+        <x:v>46037.3270601852</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>9.53</x:v>
+        <x:v>11.79</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>5982.019</x:v>
+        <x:v>6164.552</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>6721.43</x:v>
+        <x:v>6926.6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="1">
-        <x:v>46008.927650463</x:v>
+        <x:v>46036.927349537</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>9.46</x:v>
+        <x:v>11.62</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>5982.032</x:v>
+        <x:v>6164.574</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>6721.49</x:v>
+        <x:v>6926.6</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="1">
-        <x:v>46008.3186111111</x:v>
+        <x:v>46036.3276157407</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>10.49</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>6052.138</x:v>
+        <x:v>6197.629</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>6800.26</x:v>
+        <x:v>6963.74</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="1">
-        <x:v>46007.9278703704</x:v>
+        <x:v>46035.9279976852</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>10.43</x:v>
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>6052.048</x:v>
+        <x:v>6197.638</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>6800.26</x:v>
+        <x:v>6963.74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="1">
-        <x:v>46007.3013773148</x:v>
+        <x:v>46035.300625</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>10.15</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>6066.511</x:v>
+        <x:v>6209.68</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>6816.51</x:v>
+        <x:v>6977.27</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="1">
-        <x:v>46006.9271527778</x:v>
+        <x:v>46034.9279398148</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>10.64</x:v>
+        <x:v>12.35</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>6065.917</x:v>
+        <x:v>6209.353</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>6816.51</x:v>
+        <x:v>6977.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="1">
-        <x:v>46006.308125</x:v>
+        <x:v>46034.2969097222</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>11.02</x:v>
+        <x:v>11.58</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>6075.618</x:v>
+        <x:v>6199.572</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>6827.41</x:v>
+        <x:v>6966.28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="1">
-        <x:v>46003.9269444444</x:v>
+        <x:v>46031.9291203704</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>10.8</x:v>
+        <x:v>12.23</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>6076.107</x:v>
+        <x:v>6199.792</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>6827.41</x:v>
+        <x:v>6966.28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="1">
-        <x:v>46003.3313657407</x:v>
+        <x:v>46031.324837963</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>11.85</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>6141.602</x:v>
+        <x:v>6159.902</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>6901</x:v>
+        <x:v>6921.46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="1">
-        <x:v>46002.9320717593</x:v>
+        <x:v>46030.9270949074</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>11.82</x:v>
+        <x:v>11.64</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>6141.832</x:v>
+        <x:v>6160.093</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>6901</x:v>
+        <x:v>6921.46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="1">
-        <x:v>46002.3262847222</x:v>
+        <x:v>46030.3287962963</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C14" s="0">
-        <x:v>10.85</x:v>
+        <x:v>11.35</x:v>
       </x:c>
       <x:c r="D14" s="0">
-        <x:v>6129.088</x:v>
+        <x:v>6159.621</x:v>
       </x:c>
       <x:c r="E14" s="0">
-        <x:v>6886.68</x:v>
+        <x:v>6920.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="1">
-        <x:v>46001.9271064815</x:v>
+        <x:v>46029.9278819444</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C15" s="0">
         <x:v>11.64</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>6128.988</x:v>
+        <x:v>6159.6</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>6886.68</x:v>
+        <x:v>6920.93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="1">
-        <x:v>46001.3340625</x:v>
+        <x:v>46029.332037037</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>11.09</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>6087.897</x:v>
+        <x:v>6180.862</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>6840.51</x:v>
+        <x:v>6944.82</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="1">
-        <x:v>46000.9275578704</x:v>
+        <x:v>46028.9272222222</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>11.05</x:v>
+        <x:v>11.98</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>6088.01</x:v>
+        <x:v>6180.532</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>6840.51</x:v>
+        <x:v>6944.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="1">
-        <x:v>46000.3338310185</x:v>
+        <x:v>46028.3344675926</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>11.22</x:v>
+        <x:v>11.58</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>6093.35</x:v>
+        <x:v>6142.466</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>6846.51</x:v>
+        <x:v>6902.05</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="1">
-        <x:v>45999.3304282407</x:v>
+        <x:v>46027.9295717593</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>11.61</x:v>
+        <x:v>11.42</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>6114.246</x:v>
+        <x:v>6142.812</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>6870.4</x:v>
+        <x:v>6902.05</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="1">
-        <x:v>45996.9307291667</x:v>
+        <x:v>46027.3251736111</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>11.49</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>6113.928</x:v>
+        <x:v>6136.541</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>6870.4</x:v>
+        <x:v>6896.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="1">
-        <x:v>45996.3408333333</x:v>
+        <x:v>46024.2881944444</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>11.5</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>6102.108</x:v>
+        <x:v>6137.654</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>6857.12</x:v>
+        <x:v>6896.24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="1">
-        <x:v>45995.9303472222</x:v>
+        <x:v>46022.3246412037</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>11.31</x:v>
+        <x:v>11.17</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>6102.508</x:v>
+        <x:v>6137.654</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>6857.12</x:v>
+        <x:v>6896.24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="1">
-        <x:v>45995.3278703704</x:v>
+        <x:v>46021.927037037</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C23" s="0">
-        <x:v>11.25</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>6095.922</x:v>
+        <x:v>6137.641</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>6849.72</x:v>
+        <x:v>6896.24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="1">
-        <x:v>45994.9277546296</x:v>
+        <x:v>46021.3261111111</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>11.22</x:v>
+        <x:v>11.53</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>6096.092</x:v>
+        <x:v>6146.096</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>6849.72</x:v>
+        <x:v>6905.74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="1">
-        <x:v>45994.3371990741</x:v>
+        <x:v>46020.9274074074</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>11.13</x:v>
+        <x:v>11.55</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>6077.981</x:v>
+        <x:v>6145.964</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>6829.37</x:v>
+        <x:v>6905.74</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="1">
-        <x:v>45993.9303703704</x:v>
+        <x:v>46020.3324768519</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>10.97</x:v>
+        <x:v>11.79</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>6078.002</x:v>
+        <x:v>6149.568</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>6829.37</x:v>
+        <x:v>6909.79</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="1">
-        <x:v>45993.3304166667</x:v>
+        <x:v>46017.3637384259</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>10.72</x:v>
+        <x:v>11.86</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>6063.103</x:v>
+        <x:v>6149.713</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>6812.63</x:v>
+        <x:v>6909.79</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="1">
-        <x:v>45992.9297569444</x:v>
+        <x:v>46015.3842824074</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>10.77</x:v>
+        <x:v>11.51</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>6062.662</x:v>
+        <x:v>6149.713</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>6812.63</x:v>
+        <x:v>6909.79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="1">
-        <x:v>45992.3364699074</x:v>
+        <x:v>46014.9278240741</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>10.63</x:v>
+        <x:v>11.67</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>6095.112</x:v>
+        <x:v>6149.699</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>6849.09</x:v>
+        <x:v>6909.79</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="1">
-        <x:v>45989.8196643519</x:v>
+        <x:v>46014.2994791667</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>11.28</x:v>
+        <x:v>11.18</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>6095.511</x:v>
+        <x:v>6121.842</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>6849.09</x:v>
+        <x:v>6878.49</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="1">
-        <x:v>45989.3082407407</x:v>
+        <x:v>46013.9284722222</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C31" s="0">
-        <x:v>10.95</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D31" s="0">
-        <x:v>6063.044</x:v>
+        <x:v>6121.567</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>6812.61</x:v>
+        <x:v>6878.49</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="1">
-        <x:v>45987.9265972222</x:v>
+        <x:v>46013.2967013889</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C32" s="0">
-        <x:v>10.84</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="D32" s="0">
-        <x:v>6063.147</x:v>
+        <x:v>6082.416</x:v>
       </x:c>
       <x:c r="E32" s="0">
-        <x:v>6812.61</x:v>
+        <x:v>6834.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="1">
-        <x:v>45987.3195601852</x:v>
+        <x:v>46010.927650463</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C33" s="0">
-        <x:v>10.54</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="D33" s="0">
-        <x:v>6021.558</x:v>
+        <x:v>6082.654</x:v>
       </x:c>
       <x:c r="E33" s="0">
-        <x:v>6765.88</x:v>
+        <x:v>6834.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1">
-        <x:v>45986.9250925926</x:v>
+        <x:v>46010.3273958333</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>10.28</x:v>
+        <x:v>10.02</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>6021.346</x:v>
+        <x:v>6029.486</x:v>
       </x:c>
       <x:c r="E34" s="0">
-        <x:v>6765.89</x:v>
+        <x:v>6774.76</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1">
-        <x:v>45986.3107407407</x:v>
+        <x:v>46009.9307638889</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>9.56</x:v>
+        <x:v>10.05</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>5967.26</x:v>
+        <x:v>6029.482</x:v>
       </x:c>
       <x:c r="E35" s="0">
-        <x:v>6705.12</x:v>
+        <x:v>6774.76</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="1">
-        <x:v>45985.3068634259</x:v>
+        <x:v>46009.3397800926</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C36" s="0">
-        <x:v>8.93</x:v>
+        <x:v>9.53</x:v>
       </x:c>
       <x:c r="D36" s="0">
-        <x:v>5876.598</x:v>
+        <x:v>5982.019</x:v>
       </x:c>
       <x:c r="E36" s="0">
-        <x:v>6602.99</x:v>
+        <x:v>6721.43</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="1">
-        <x:v>45982.9248842593</x:v>
+        <x:v>46008.927650463</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C37" s="0">
-        <x:v>8.56</x:v>
+        <x:v>9.46</x:v>
       </x:c>
       <x:c r="D37" s="0">
-        <x:v>5876.307</x:v>
+        <x:v>5982.032</x:v>
       </x:c>
       <x:c r="E37" s="0">
-        <x:v>6602.99</x:v>
+        <x:v>6721.49</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="1">
-        <x:v>45982.3124884259</x:v>
+        <x:v>46008.3186111111</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C38" s="0">
-        <x:v>8.12</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D38" s="0">
-        <x:v>5819.142</x:v>
+        <x:v>6052.138</x:v>
       </x:c>
       <x:c r="E38" s="0">
-        <x:v>6538.76</x:v>
+        <x:v>6800.26</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1">
-        <x:v>45981.9259027778</x:v>
+        <x:v>46007.9278703704</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C39" s="0">
-        <x:v>7.94</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="D39" s="0">
-        <x:v>5818.844</x:v>
+        <x:v>6052.048</x:v>
       </x:c>
       <x:c r="E39" s="0">
-        <x:v>6538.76</x:v>
+        <x:v>6800.26</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="1">
-        <x:v>45981.3119560185</x:v>
+        <x:v>46007.3013773148</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C40" s="0">
-        <x:v>10</x:v>
+        <x:v>10.15</x:v>
       </x:c>
       <x:c r="D40" s="0">
-        <x:v>5910.87</x:v>
+        <x:v>6066.511</x:v>
       </x:c>
       <x:c r="E40" s="0">
-        <x:v>6642.16</x:v>
+        <x:v>6816.51</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="1">
-        <x:v>45980.9263773148</x:v>
+        <x:v>46006.9271527778</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C41" s="0">
-        <x:v>9.07</x:v>
+        <x:v>10.64</x:v>
       </x:c>
       <x:c r="D41" s="0">
-        <x:v>5911.387</x:v>
+        <x:v>6065.917</x:v>
       </x:c>
       <x:c r="E41" s="0">
-        <x:v>6642.18</x:v>
+        <x:v>6816.51</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="1">
-        <x:v>45980.3054050926</x:v>
+        <x:v>46006.308125</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C42" s="0">
-        <x:v>8.72</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D42" s="0">
-        <x:v>5889.262</x:v>
+        <x:v>6075.618</x:v>
       </x:c>
       <x:c r="E42" s="0">
-        <x:v>6617.32</x:v>
+        <x:v>6827.41</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="1">
-        <x:v>45979.9258333333</x:v>
+        <x:v>46003.9269444444</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C43" s="0">
-        <x:v>8.81</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="D43" s="0">
-        <x:v>5889.08</x:v>
+        <x:v>6076.107</x:v>
       </x:c>
       <x:c r="E43" s="0">
-        <x:v>6617.32</x:v>
+        <x:v>6827.41</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="1">
-        <x:v>45979.3133796296</x:v>
+        <x:v>46003.3313657407</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C44" s="0">
-        <x:v>9.08</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="D44" s="0">
-        <x:v>5938.11</x:v>
+        <x:v>6141.602</x:v>
       </x:c>
       <x:c r="E44" s="0">
-        <x:v>6672.41</x:v>
+        <x:v>6901</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="1">
-        <x:v>45978.9281712963</x:v>
+        <x:v>46002.9320717593</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C45" s="0">
-        <x:v>9.44</x:v>
+        <x:v>11.82</x:v>
       </x:c>
       <x:c r="D45" s="0">
-        <x:v>5937.986</x:v>
+        <x:v>6141.832</x:v>
       </x:c>
       <x:c r="E45" s="0">
-        <x:v>6672.41</x:v>
+        <x:v>6901</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="1">
-        <x:v>45978.3022569444</x:v>
+        <x:v>46002.3262847222</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C46" s="0">
-        <x:v>10.52</x:v>
+        <x:v>10.85</x:v>
       </x:c>
       <x:c r="D46" s="0">
-        <x:v>5992.899</x:v>
+        <x:v>6129.088</x:v>
       </x:c>
       <x:c r="E46" s="0">
-        <x:v>6734.11</x:v>
+        <x:v>6886.68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="1">
-        <x:v>45975.925787037</x:v>
+        <x:v>46001.9271064815</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C47" s="0">
-        <x:v>10.22</x:v>
+        <x:v>11.64</x:v>
       </x:c>
       <x:c r="D47" s="0">
-        <x:v>5992.366</x:v>
+        <x:v>6128.988</x:v>
       </x:c>
       <x:c r="E47" s="0">
-        <x:v>6734.11</x:v>
+        <x:v>6886.68</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="1">
-        <x:v>45975.3077546296</x:v>
+        <x:v>46001.3340625</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C48" s="0">
-        <x:v>10.31</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D48" s="0">
-        <x:v>5995.374</x:v>
+        <x:v>6087.897</x:v>
       </x:c>
       <x:c r="E48" s="0">
-        <x:v>6737.49</x:v>
+        <x:v>6840.51</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="1">
-        <x:v>45974.924837963</x:v>
+        <x:v>46000.9275578704</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C49" s="0">
-        <x:v>10.26</x:v>
+        <x:v>11.05</x:v>
       </x:c>
       <x:c r="D49" s="0">
-        <x:v>5996.222</x:v>
+        <x:v>6088.01</x:v>
       </x:c>
       <x:c r="E49" s="0">
-        <x:v>6737.49</x:v>
+        <x:v>6840.51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="1">
-        <x:v>45974.3773032407</x:v>
+        <x:v>46000.3338310185</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C50" s="0">
-        <x:v>12.01</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="D50" s="0">
-        <x:v>6097.175</x:v>
+        <x:v>6093.35</x:v>
       </x:c>
       <x:c r="E50" s="0">
-        <x:v>6850.92</x:v>
+        <x:v>6846.51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="1">
-        <x:v>45974.3182638889</x:v>
+        <x:v>45999.3304282407</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C51" s="0">
-        <x:v>12.06</x:v>
+        <x:v>11.61</x:v>
       </x:c>
       <x:c r="D51" s="0">
-        <x:v>6097.175</x:v>
+        <x:v>6114.246</x:v>
       </x:c>
       <x:c r="E51" s="0">
-        <x:v>6850.92</x:v>
+        <x:v>6870.4</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="1">
-        <x:v>45973.9253125</x:v>
+        <x:v>45996.9307291667</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C52" s="0">
-        <x:v>11.83</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="D52" s="0">
-        <x:v>6097.118</x:v>
+        <x:v>6113.928</x:v>
       </x:c>
       <x:c r="E52" s="0">
-        <x:v>6850.92</x:v>
+        <x:v>6870.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="1">
-        <x:v>45973.3365393519</x:v>
+        <x:v>45996.3408333333</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C53" s="0">
-        <x:v>12.08</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="D53" s="0">
-        <x:v>6093.282</x:v>
+        <x:v>6102.108</x:v>
       </x:c>
       <x:c r="E53" s="0">
-        <x:v>6846.61</x:v>
+        <x:v>6857.12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="1">
-        <x:v>45972.9253819444</x:v>
+        <x:v>45995.9303472222</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C54" s="0">
-        <x:v>11.78</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="D54" s="0">
-        <x:v>6093.483</x:v>
+        <x:v>6102.508</x:v>
       </x:c>
       <x:c r="E54" s="0">
-        <x:v>6846.61</x:v>
+        <x:v>6857.12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="1">
-        <x:v>45971.9254166667</x:v>
+        <x:v>45995.3278703704</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C55" s="0">
-        <x:v>11.6</x:v>
+        <x:v>11.25</x:v>
       </x:c>
       <x:c r="D55" s="0">
-        <x:v>6080.25</x:v>
+        <x:v>6095.922</x:v>
       </x:c>
       <x:c r="E55" s="0">
-        <x:v>6832.42</x:v>
+        <x:v>6849.72</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="1">
-        <x:v>45971.2992592593</x:v>
+        <x:v>45994.9277546296</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C56" s="0">
-        <x:v>10.96</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="D56" s="0">
-        <x:v>5988.028</x:v>
+        <x:v>6096.092</x:v>
       </x:c>
       <x:c r="E56" s="0">
-        <x:v>6728.8</x:v>
+        <x:v>6849.72</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="1">
-        <x:v>45968.9254861111</x:v>
+        <x:v>45994.3371990741</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C57" s="0">
-        <x:v>10.35</x:v>
+        <x:v>11.13</x:v>
       </x:c>
       <x:c r="D57" s="0">
-        <x:v>5988.148</x:v>
+        <x:v>6077.981</x:v>
       </x:c>
       <x:c r="E57" s="0">
-        <x:v>6728.8</x:v>
+        <x:v>6829.37</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="1">
-        <x:v>45968.3147453704</x:v>
+        <x:v>45993.9303703704</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C58" s="0">
-        <x:v>10.48</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D58" s="0">
-        <x:v>5980.601</x:v>
+        <x:v>6078.002</x:v>
       </x:c>
       <x:c r="E58" s="0">
-        <x:v>6720.32</x:v>
+        <x:v>6829.37</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="1">
-        <x:v>45967.9277546296</x:v>
+        <x:v>45993.3304166667</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C59" s="0">
-        <x:v>10.25</x:v>
+        <x:v>10.72</x:v>
       </x:c>
       <x:c r="D59" s="0">
-        <x:v>5981.105</x:v>
+        <x:v>6063.103</x:v>
       </x:c>
       <x:c r="E59" s="0">
-        <x:v>6720.38</x:v>
+        <x:v>6812.63</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="1">
-        <x:v>45967.3261689815</x:v>
+        <x:v>45992.9297569444</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C60" s="0">
-        <x:v>11.22</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="D60" s="0">
-        <x:v>6048.665</x:v>
+        <x:v>6062.662</x:v>
       </x:c>
       <x:c r="E60" s="0">
-        <x:v>6796.29</x:v>
+        <x:v>6812.63</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="1">
-        <x:v>45966.9253125</x:v>
+        <x:v>45992.3364699074</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C61" s="0">
-        <x:v>11.27</x:v>
+        <x:v>10.63</x:v>
       </x:c>
       <x:c r="D61" s="0">
-        <x:v>6048.676</x:v>
+        <x:v>6095.112</x:v>
       </x:c>
       <x:c r="E61" s="0">
-        <x:v>6796.29</x:v>
+        <x:v>6849.09</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="1">
-        <x:v>45966.3278356481</x:v>
+        <x:v>45989.8196643519</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C62" s="0">
-        <x:v>10.96</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="D62" s="0">
-        <x:v>6026.658</x:v>
+        <x:v>6095.511</x:v>
       </x:c>
       <x:c r="E62" s="0">
-        <x:v>6771.55</x:v>
+        <x:v>6849.09</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="1">
-        <x:v>45965.92375</x:v>
+        <x:v>45989.3082407407</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C63" s="0">
-        <x:v>10.97</x:v>
+        <x:v>10.95</x:v>
       </x:c>
       <x:c r="D63" s="0">
-        <x:v>6026.735</x:v>
+        <x:v>6063.044</x:v>
       </x:c>
       <x:c r="E63" s="0">
-        <x:v>6771.67</x:v>
+        <x:v>6812.61</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="1">
-        <x:v>45965.3316550926</x:v>
+        <x:v>45987.9265972222</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C64" s="0">
-        <x:v>11.31</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="D64" s="0">
-        <x:v>6098.202</x:v>
+        <x:v>6063.147</x:v>
       </x:c>
       <x:c r="E64" s="0">
-        <x:v>6851.97</x:v>
+        <x:v>6812.61</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="1">
-        <x:v>45964.9228703704</x:v>
+        <x:v>45987.3195601852</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C65" s="0">
-        <x:v>12.11</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D65" s="0">
-        <x:v>6097.955</x:v>
+        <x:v>6021.558</x:v>
       </x:c>
       <x:c r="E65" s="0">
-        <x:v>6851.97</x:v>
+        <x:v>6765.88</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="1">
-        <x:v>45964.3095486111</x:v>
+        <x:v>45986.9250925926</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C66" s="0">
-        <x:v>12.15</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D66" s="0">
-        <x:v>6087.48</x:v>
+        <x:v>6021.346</x:v>
       </x:c>
       <x:c r="E66" s="0">
-        <x:v>6840.2</x:v>
+        <x:v>6765.89</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="1">
-        <x:v>45961.8819791667</x:v>
+        <x:v>45986.3107407407</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C67" s="0">
-        <x:v>11.98</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D67" s="0">
-        <x:v>6087.43</x:v>
+        <x:v>5967.26</x:v>
       </x:c>
       <x:c r="E67" s="0">
-        <x:v>6840.2</x:v>
+        <x:v>6705.12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="1">
-        <x:v>45961.3396296296</x:v>
+        <x:v>45985.3068634259</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C68" s="0">
-        <x:v>12.34</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="D68" s="0">
-        <x:v>6071.534</x:v>
+        <x:v>5876.598</x:v>
       </x:c>
       <x:c r="E68" s="0">
-        <x:v>6822.34</x:v>
+        <x:v>6602.99</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="1">
-        <x:v>45960.8841087963</x:v>
+        <x:v>45982.9248842593</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C69" s="0">
-        <x:v>11.74</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D69" s="0">
-        <x:v>6071.866</x:v>
+        <x:v>5876.307</x:v>
       </x:c>
       <x:c r="E69" s="0">
-        <x:v>6822.35</x:v>
+        <x:v>6602.99</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="1">
-        <x:v>45960.3311111111</x:v>
+        <x:v>45982.3124884259</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C70" s="0">
-        <x:v>12.76</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D70" s="0">
-        <x:v>6132.599</x:v>
+        <x:v>5819.142</x:v>
       </x:c>
       <x:c r="E70" s="0">
-        <x:v>6890.59</x:v>
+        <x:v>6538.76</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="1">
-        <x:v>45959.8897685185</x:v>
+        <x:v>45981.9259027778</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C71" s="0">
-        <x:v>12.77</x:v>
+        <x:v>7.94</x:v>
       </x:c>
       <x:c r="D71" s="0">
-        <x:v>6132.594</x:v>
+        <x:v>5818.844</x:v>
       </x:c>
       <x:c r="E71" s="0">
-        <x:v>6890.59</x:v>
+        <x:v>6538.76</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="1">
-        <x:v>45959.3231944444</x:v>
+        <x:v>45981.3119560185</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C72" s="0">
-        <x:v>13.08</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D72" s="0">
-        <x:v>6132.861</x:v>
+        <x:v>5910.87</x:v>
       </x:c>
       <x:c r="E72" s="0">
-        <x:v>6890.89</x:v>
+        <x:v>6642.16</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="1">
-        <x:v>45958.8874652778</x:v>
+        <x:v>45980.9263773148</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C73" s="0">
-        <x:v>12.79</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="D73" s="0">
-        <x:v>6132.862</x:v>
+        <x:v>5911.387</x:v>
       </x:c>
       <x:c r="E73" s="0">
-        <x:v>6890.88</x:v>
+        <x:v>6642.18</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="1">
-        <x:v>45958.3305787037</x:v>
+        <x:v>45980.3054050926</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C74" s="0">
-        <x:v>12.52</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D74" s="0">
-        <x:v>6118.872</x:v>
+        <x:v>5889.262</x:v>
       </x:c>
       <x:c r="E74" s="0">
-        <x:v>6875.16</x:v>
+        <x:v>6617.32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="1">
-        <x:v>45957.8875925926</x:v>
+        <x:v>45979.9258333333</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C75" s="0">
-        <x:v>12.57</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D75" s="0">
-        <x:v>6118.871</x:v>
+        <x:v>5889.08</x:v>
       </x:c>
       <x:c r="E75" s="0">
-        <x:v>6875.17</x:v>
+        <x:v>6617.32</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="1">
-        <x:v>45957.30875</x:v>
+        <x:v>45979.3133796296</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C76" s="0">
-        <x:v>12.25</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="D76" s="0">
-        <x:v>6044.573</x:v>
+        <x:v>5938.11</x:v>
       </x:c>
       <x:c r="E76" s="0">
-        <x:v>6791.69</x:v>
+        <x:v>6672.41</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="1">
-        <x:v>45954.9258449074</x:v>
+        <x:v>45978.9281712963</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C77" s="0">
-        <x:v>11.48</x:v>
+        <x:v>9.44</x:v>
       </x:c>
       <x:c r="D77" s="0">
-        <x:v>6044.405</x:v>
+        <x:v>5937.986</x:v>
       </x:c>
       <x:c r="E77" s="0">
-        <x:v>6791.7</x:v>
+        <x:v>6672.41</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="1">
-        <x:v>45954.3348032407</x:v>
+        <x:v>45978.3022569444</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C78" s="0">
-        <x:v>11.02</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D78" s="0">
-        <x:v>5997.004</x:v>
+        <x:v>5992.899</x:v>
       </x:c>
       <x:c r="E78" s="0">
-        <x:v>6738.44</x:v>
+        <x:v>6734.11</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="1">
-        <x:v>45953.9278472222</x:v>
+        <x:v>45975.925787037</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C79" s="0">
-        <x:v>10.81</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D79" s="0">
-        <x:v>5997.125</x:v>
+        <x:v>5992.366</x:v>
       </x:c>
       <x:c r="E79" s="0">
-        <x:v>6738.42</x:v>
+        <x:v>6734.11</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="1">
-        <x:v>45953.3315277778</x:v>
+        <x:v>45975.3077546296</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C80" s="0">
-        <x:v>10.42</x:v>
+        <x:v>10.31</x:v>
       </x:c>
       <x:c r="D80" s="0">
-        <x:v>5962.397</x:v>
+        <x:v>5995.374</x:v>
       </x:c>
       <x:c r="E80" s="0">
-        <x:v>6699.4</x:v>
+        <x:v>6737.49</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="1">
-        <x:v>45952.9303472222</x:v>
+        <x:v>45974.924837963</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C81" s="0">
-        <x:v>10.34</x:v>
+        <x:v>10.26</x:v>
       </x:c>
       <x:c r="D81" s="0">
-        <x:v>5962.418</x:v>
+        <x:v>5996.222</x:v>
       </x:c>
       <x:c r="E81" s="0">
-        <x:v>6699.43</x:v>
+        <x:v>6737.49</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="1">
-        <x:v>45952.334837963</x:v>
+        <x:v>45974.3773032407</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C82" s="0">
-        <x:v>10.94</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D82" s="0">
-        <x:v>5994.386</x:v>
+        <x:v>6097.175</x:v>
       </x:c>
       <x:c r="E82" s="0">
-        <x:v>6735.35</x:v>
+        <x:v>6850.92</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="1">
-        <x:v>45951.9269328704</x:v>
+        <x:v>45974.3182638889</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C83" s="0">
-        <x:v>10.81</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="D83" s="0">
-        <x:v>5994.448</x:v>
+        <x:v>6097.175</x:v>
       </x:c>
       <x:c r="E83" s="0">
-        <x:v>6735.35</x:v>
+        <x:v>6850.92</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="1">
-        <x:v>45951.3246180556</x:v>
+        <x:v>45973.9253125</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C84" s="0">
-        <x:v>10.79</x:v>
+        <x:v>11.83</x:v>
       </x:c>
       <x:c r="D84" s="0">
-        <x:v>5994.253</x:v>
+        <x:v>6097.118</x:v>
       </x:c>
       <x:c r="E84" s="0">
-        <x:v>6735.13</x:v>
+        <x:v>6850.92</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1">
-        <x:v>45950.9289814815</x:v>
+        <x:v>45973.3365393519</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C85" s="0">
-        <x:v>10.82</x:v>
+        <x:v>12.08</x:v>
       </x:c>
       <x:c r="D85" s="0">
-        <x:v>5994.202</x:v>
+        <x:v>6093.282</x:v>
       </x:c>
       <x:c r="E85" s="0">
-        <x:v>6735.13</x:v>
+        <x:v>6846.61</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1">
-        <x:v>45950.3282407407</x:v>
+        <x:v>45972.9253819444</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C86" s="0">
-        <x:v>10.33</x:v>
+        <x:v>11.78</x:v>
       </x:c>
       <x:c r="D86" s="0">
-        <x:v>5930.905</x:v>
+        <x:v>6093.483</x:v>
       </x:c>
       <x:c r="E86" s="0">
-        <x:v>6664.01</x:v>
+        <x:v>6846.61</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1">
-        <x:v>45947.9300347222</x:v>
+        <x:v>45971.9254166667</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C87" s="0">
-        <x:v>9.99</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="D87" s="0">
-        <x:v>5930.876</x:v>
+        <x:v>6080.25</x:v>
       </x:c>
       <x:c r="E87" s="0">
-        <x:v>6664.01</x:v>
+        <x:v>6832.42</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="1">
-        <x:v>45947.3413310185</x:v>
+        <x:v>45971.2992592593</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C88" s="0">
-        <x:v>9.18</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D88" s="0">
-        <x:v>5899.779</x:v>
+        <x:v>5988.028</x:v>
       </x:c>
       <x:c r="E88" s="0">
-        <x:v>6629.07</x:v>
+        <x:v>6728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="1">
-        <x:v>45946.9261689815</x:v>
+        <x:v>45968.9254861111</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C89" s="0">
-        <x:v>9.6</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D89" s="0">
-        <x:v>5899.862</x:v>
+        <x:v>5988.148</x:v>
       </x:c>
       <x:c r="E89" s="0">
-        <x:v>6629.07</x:v>
+        <x:v>6728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1">
-        <x:v>45946.3294907407</x:v>
+        <x:v>45968.3147453704</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C90" s="0">
-        <x:v>10.18</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D90" s="0">
-        <x:v>5937.233</x:v>
+        <x:v>5980.601</x:v>
       </x:c>
       <x:c r="E90" s="0">
-        <x:v>6671.06</x:v>
+        <x:v>6720.32</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1">
-        <x:v>45945.9257523148</x:v>
+        <x:v>45967.9277546296</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C91" s="0">
-        <x:v>10.12</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D91" s="0">
-        <x:v>5936.888</x:v>
+        <x:v>5981.105</x:v>
       </x:c>
       <x:c r="E91" s="0">
-        <x:v>6671.06</x:v>
+        <x:v>6720.38</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1">
-        <x:v>45945.3264930556</x:v>
+        <x:v>45967.3261689815</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C92" s="0">
-        <x:v>10.12</x:v>
+        <x:v>11.22</x:v>
       </x:c>
       <x:c r="D92" s="0">
-        <x:v>5913.081</x:v>
+        <x:v>6048.665</x:v>
       </x:c>
       <x:c r="E92" s="0">
-        <x:v>6644.31</x:v>
+        <x:v>6796.29</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1">
-        <x:v>45944.930787037</x:v>
+        <x:v>45966.9253125</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C93" s="0">
-        <x:v>9.81</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D93" s="0">
-        <x:v>5913.365</x:v>
+        <x:v>6048.676</x:v>
       </x:c>
       <x:c r="E93" s="0">
-        <x:v>6644.31</x:v>
+        <x:v>6796.29</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1">
-        <x:v>45944.3350462963</x:v>
+        <x:v>45966.3278356481</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C94" s="0">
-        <x:v>9.37</x:v>
+        <x:v>10.96</x:v>
       </x:c>
       <x:c r="D94" s="0">
-        <x:v>5922.63</x:v>
+        <x:v>6026.658</x:v>
       </x:c>
       <x:c r="E94" s="0">
-        <x:v>6654.72</x:v>
+        <x:v>6771.55</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1">
-        <x:v>45943.9267592593</x:v>
+        <x:v>45965.92375</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C95" s="0">
-        <x:v>9.94</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D95" s="0">
-        <x:v>5922.701</x:v>
+        <x:v>6026.735</x:v>
       </x:c>
       <x:c r="E95" s="0">
-        <x:v>6654.72</x:v>
+        <x:v>6771.67</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1">
-        <x:v>45940.9234953704</x:v>
+        <x:v>45965.3316550926</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C96" s="0">
-        <x:v>8.87</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="D96" s="0">
-        <x:v>5831.135</x:v>
+        <x:v>6098.202</x:v>
       </x:c>
       <x:c r="E96" s="0">
-        <x:v>6552.52</x:v>
+        <x:v>6851.97</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1">
-        <x:v>45940.3355092593</x:v>
+        <x:v>45964.9228703704</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C97" s="0">
-        <x:v>11.44</x:v>
+        <x:v>12.11</x:v>
       </x:c>
       <x:c r="D97" s="0">
-        <x:v>5993.64</x:v>
+        <x:v>6097.955</x:v>
       </x:c>
       <x:c r="E97" s="0">
-        <x:v>6735.11</x:v>
+        <x:v>6851.97</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1">
-        <x:v>45939.3272685185</x:v>
+        <x:v>45964.3095486111</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C98" s="0">
-        <x:v>11.63</x:v>
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="D98" s="0">
-        <x:v>6010.653</x:v>
+        <x:v>6087.48</x:v>
       </x:c>
       <x:c r="E98" s="0">
-        <x:v>6753.72</x:v>
+        <x:v>6840.2</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1">
-        <x:v>45938.927037037</x:v>
+        <x:v>45961.8819791667</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C99" s="0">
-        <x:v>11.59</x:v>
+        <x:v>11.98</x:v>
       </x:c>
       <x:c r="D99" s="0">
-        <x:v>6010.811</x:v>
+        <x:v>6087.43</x:v>
       </x:c>
       <x:c r="E99" s="0">
-        <x:v>6753.72</x:v>
+        <x:v>6840.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1">
-        <x:v>45937.9281944444</x:v>
+        <x:v>45961.3396296296</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C100" s="0">
-        <x:v>11.09</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="D100" s="0">
-        <x:v>5975.948</x:v>
+        <x:v>6071.534</x:v>
       </x:c>
       <x:c r="E100" s="0">
-        <x:v>6714.59</x:v>
+        <x:v>6822.34</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1">
-        <x:v>45937.3222569444</x:v>
+        <x:v>45960.8841087963</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C101" s="0">
-        <x:v>11.4</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D101" s="0">
-        <x:v>5998.812</x:v>
+        <x:v>6071.866</x:v>
       </x:c>
       <x:c r="E101" s="0">
-        <x:v>6740.28</x:v>
+        <x:v>6822.35</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1">
-        <x:v>45936.9242361111</x:v>
+        <x:v>45960.3311111111</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C102" s="0">
-        <x:v>11.45</x:v>
+        <x:v>12.76</x:v>
       </x:c>
       <x:c r="D102" s="0">
-        <x:v>5998.508</x:v>
+        <x:v>6132.599</x:v>
       </x:c>
       <x:c r="E102" s="0">
-        <x:v>6740.28</x:v>
+        <x:v>6890.59</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="1">
-        <x:v>45936.3349074074</x:v>
+        <x:v>45959.8897685185</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C103" s="0">
-        <x:v>11.39</x:v>
+        <x:v>12.77</x:v>
       </x:c>
       <x:c r="D103" s="0">
-        <x:v>5976.712</x:v>
+        <x:v>6132.594</x:v>
       </x:c>
       <x:c r="E103" s="0">
-        <x:v>6715.79</x:v>
+        <x:v>6890.59</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="1">
-        <x:v>45933.9289351852</x:v>
+        <x:v>45959.3231944444</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C104" s="0">
-        <x:v>11.15</x:v>
+        <x:v>13.08</x:v>
       </x:c>
       <x:c r="D104" s="0">
-        <x:v>5976.568</x:v>
+        <x:v>6132.861</x:v>
       </x:c>
       <x:c r="E104" s="0">
-        <x:v>6715.79</x:v>
+        <x:v>6890.89</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="1">
-        <x:v>45933.3311111111</x:v>
+        <x:v>45958.8874652778</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C105" s="0">
-        <x:v>11.41</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D105" s="0">
-        <x:v>5976.176</x:v>
+        <x:v>6132.862</x:v>
       </x:c>
       <x:c r="E105" s="0">
-        <x:v>6715.35</x:v>
+        <x:v>6890.88</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="1">
-        <x:v>45932.9250462963</x:v>
+        <x:v>45958.3305787037</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C106" s="0">
-        <x:v>11.15</x:v>
+        <x:v>12.52</x:v>
       </x:c>
       <x:c r="D106" s="0">
-        <x:v>5976.604</x:v>
+        <x:v>6118.872</x:v>
       </x:c>
       <x:c r="E106" s="0">
-        <x:v>6715.35</x:v>
+        <x:v>6875.16</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="1">
-        <x:v>45932.3523958333</x:v>
+        <x:v>45957.8875925926</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C107" s="0">
-        <x:v>11.17</x:v>
+        <x:v>12.57</x:v>
       </x:c>
       <x:c r="D107" s="0">
-        <x:v>5972.91</x:v>
+        <x:v>6118.871</x:v>
       </x:c>
       <x:c r="E107" s="0">
-        <x:v>6711.2</x:v>
+        <x:v>6875.17</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="1">
-        <x:v>45931.9294560185</x:v>
+        <x:v>45957.30875</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C108" s="0">
-        <x:v>11.11</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="D108" s="0">
-        <x:v>5972.735</x:v>
+        <x:v>6044.573</x:v>
       </x:c>
       <x:c r="E108" s="0">
-        <x:v>6711.2</x:v>
+        <x:v>6791.69</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="1">
-        <x:v>45931.3342476852</x:v>
+        <x:v>45954.9258449074</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C109" s="0">
-        <x:v>10.4</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D109" s="0">
-        <x:v>5952.497</x:v>
+        <x:v>6044.405</x:v>
       </x:c>
       <x:c r="E109" s="0">
-        <x:v>6688.46</x:v>
+        <x:v>6791.7</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="1">
-        <x:v>45930.9339467593</x:v>
+        <x:v>45954.3348032407</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C110" s="0">
-        <x:v>10.83</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D110" s="0">
-        <x:v>5952.264</x:v>
+        <x:v>5997.004</x:v>
       </x:c>
       <x:c r="E110" s="0">
-        <x:v>6688.46</x:v>
+        <x:v>6738.44</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="1">
-        <x:v>45930.3326851852</x:v>
+        <x:v>45953.9278472222</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C111" s="0">
-        <x:v>10.47</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D111" s="0">
-        <x:v>5928.011</x:v>
+        <x:v>5997.125</x:v>
       </x:c>
       <x:c r="E111" s="0">
-        <x:v>6661.21</x:v>
+        <x:v>6738.42</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="1">
-        <x:v>45929.9323726852</x:v>
+        <x:v>45953.3315277778</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C112" s="0">
-        <x:v>10.49</x:v>
+        <x:v>10.42</x:v>
       </x:c>
       <x:c r="D112" s="0">
-        <x:v>5928.437</x:v>
+        <x:v>5962.397</x:v>
       </x:c>
       <x:c r="E112" s="0">
-        <x:v>6661.21</x:v>
+        <x:v>6699.4</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="1">
-        <x:v>45929.3289467593</x:v>
+        <x:v>45952.9303472222</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C113" s="0">
-        <x:v>10.54</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D113" s="0">
-        <x:v>5912.853</x:v>
+        <x:v>5962.418</x:v>
       </x:c>
       <x:c r="E113" s="0">
-        <x:v>6643.7</x:v>
+        <x:v>6699.43</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="1">
-        <x:v>45926.9299189815</x:v>
+        <x:v>45952.334837963</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C114" s="0">
-        <x:v>10.3</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D114" s="0">
-        <x:v>5912.764</x:v>
+        <x:v>5994.386</x:v>
       </x:c>
       <x:c r="E114" s="0">
-        <x:v>6643.7</x:v>
+        <x:v>6735.35</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="1">
-        <x:v>45926.3217939815</x:v>
+        <x:v>45951.9269328704</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C115" s="0">
-        <x:v>9.85</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D115" s="0">
-        <x:v>5878.072</x:v>
+        <x:v>5994.448</x:v>
       </x:c>
       <x:c r="E115" s="0">
-        <x:v>6604.72</x:v>
+        <x:v>6735.35</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="1">
-        <x:v>45925.9294097222</x:v>
+        <x:v>45951.3246180556</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C116" s="0">
-        <x:v>9.85</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="D116" s="0">
-        <x:v>5878.147</x:v>
+        <x:v>5994.253</x:v>
       </x:c>
       <x:c r="E116" s="0">
-        <x:v>6604.72</x:v>
+        <x:v>6735.13</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="1">
-        <x:v>45925.315474537</x:v>
+        <x:v>45950.9289814815</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C117" s="0">
-        <x:v>10.33</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D117" s="0">
-        <x:v>5907.739</x:v>
+        <x:v>5994.202</x:v>
       </x:c>
       <x:c r="E117" s="0">
-        <x:v>6637.97</x:v>
+        <x:v>6735.13</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="1">
-        <x:v>45924.9297106481</x:v>
+        <x:v>45950.3282407407</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C118" s="0">
-        <x:v>10.27</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D118" s="0">
-        <x:v>5907.766</x:v>
+        <x:v>5930.905</x:v>
       </x:c>
       <x:c r="E118" s="0">
-        <x:v>6637.97</x:v>
+        <x:v>6664.01</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="1">
-        <x:v>45924.3777777778</x:v>
+        <x:v>45947.9300347222</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C119" s="0">
-        <x:v>10.69</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D119" s="0">
-        <x:v>5924.632</x:v>
+        <x:v>5930.876</x:v>
       </x:c>
       <x:c r="E119" s="0">
-        <x:v>6656.92</x:v>
+        <x:v>6664.01</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="1">
-        <x:v>45923.9251388889</x:v>
+        <x:v>45947.3413310185</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C120" s="0">
-        <x:v>10.52</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D120" s="0">
-        <x:v>5924.659</x:v>
+        <x:v>5899.779</x:v>
       </x:c>
       <x:c r="E120" s="0">
-        <x:v>6656.92</x:v>
+        <x:v>6629.07</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="1">
-        <x:v>45922.926712963</x:v>
+        <x:v>45946.9261689815</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C121" s="0">
-        <x:v>11.02</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D121" s="0">
-        <x:v>5957.058</x:v>
+        <x:v>5899.862</x:v>
       </x:c>
       <x:c r="E121" s="0">
-        <x:v>6693.75</x:v>
+        <x:v>6629.07</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="1">
-        <x:v>45922.3338888889</x:v>
+        <x:v>45946.3294907407</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C122" s="0">
-        <x:v>10.56</x:v>
+        <x:v>10.18</x:v>
       </x:c>
       <x:c r="D122" s="0">
-        <x:v>5930.901</x:v>
+        <x:v>5937.233</x:v>
       </x:c>
       <x:c r="E122" s="0">
-        <x:v>6664.36</x:v>
+        <x:v>6671.06</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="1">
-        <x:v>45919.9342361111</x:v>
+        <x:v>45945.9257523148</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C123" s="0">
-        <x:v>10.67</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D123" s="0">
-        <x:v>5931.268</x:v>
+        <x:v>5936.888</x:v>
       </x:c>
       <x:c r="E123" s="0">
-        <x:v>6664.36</x:v>
+        <x:v>6671.06</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="1">
-        <x:v>45919.3281018519</x:v>
+        <x:v>45945.3264930556</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C124" s="0">
-        <x:v>10.34</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D124" s="0">
-        <x:v>5902.432</x:v>
+        <x:v>5913.081</x:v>
       </x:c>
       <x:c r="E124" s="0">
-        <x:v>6631.96</x:v>
+        <x:v>6644.31</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="1">
-        <x:v>45918.9265856482</x:v>
+        <x:v>45944.930787037</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C125" s="0">
-        <x:v>10.28</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D125" s="0">
-        <x:v>5902.367</x:v>
+        <x:v>5913.365</x:v>
       </x:c>
       <x:c r="E125" s="0">
-        <x:v>6631.95</x:v>
+        <x:v>6644.31</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="1">
-        <x:v>45918.3014583333</x:v>
+        <x:v>45944.3350462963</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C126" s="0">
-        <x:v>10.28</x:v>
+        <x:v>9.37</x:v>
       </x:c>
       <x:c r="D126" s="0">
-        <x:v>5874.243</x:v>
+        <x:v>5922.63</x:v>
       </x:c>
       <x:c r="E126" s="0">
-        <x:v>6600.35</x:v>
+        <x:v>6654.72</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="1">
-        <x:v>45917.9270833333</x:v>
+        <x:v>45943.9267592593</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C127" s="0">
-        <x:v>9.91</x:v>
+        <x:v>9.94</x:v>
       </x:c>
       <x:c r="D127" s="0">
-        <x:v>5874.239</x:v>
+        <x:v>5922.701</x:v>
       </x:c>
       <x:c r="E127" s="0">
-        <x:v>6600.35</x:v>
+        <x:v>6654.72</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="1">
-        <x:v>45917.3258564815</x:v>
+        <x:v>45940.9234953704</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C128" s="0">
-        <x:v>9.95</x:v>
+        <x:v>8.87</x:v>
       </x:c>
       <x:c r="D128" s="0">
-        <x:v>5879.944</x:v>
+        <x:v>5831.135</x:v>
       </x:c>
       <x:c r="E128" s="0">
-        <x:v>6606.76</x:v>
+        <x:v>6552.52</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="1">
-        <x:v>45916.9259375</x:v>
+        <x:v>45940.3355092593</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C129" s="0">
-        <x:v>10</x:v>
+        <x:v>11.44</x:v>
       </x:c>
       <x:c r="D129" s="0">
-        <x:v>5879.851</x:v>
+        <x:v>5993.64</x:v>
       </x:c>
       <x:c r="E129" s="0">
-        <x:v>6606.76</x:v>
+        <x:v>6735.11</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="1">
-        <x:v>45916.314212963</x:v>
+        <x:v>45939.3272685185</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C130" s="0">
-        <x:v>10.2</x:v>
+        <x:v>11.63</x:v>
       </x:c>
       <x:c r="D130" s="0">
-        <x:v>5887.434</x:v>
+        <x:v>6010.653</x:v>
       </x:c>
       <x:c r="E130" s="0">
-        <x:v>6615.28</x:v>
+        <x:v>6753.72</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="1">
-        <x:v>45915.9270949074</x:v>
+        <x:v>45938.927037037</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C131" s="0">
-        <x:v>10.11</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D131" s="0">
-        <x:v>5886.561</x:v>
+        <x:v>6010.811</x:v>
       </x:c>
       <x:c r="E131" s="0">
-        <x:v>6615.28</x:v>
+        <x:v>6753.72</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="1">
-        <x:v>45915.3170833333</x:v>
+        <x:v>45937.9281944444</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C132" s="0">
-        <x:v>9.79</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D132" s="0">
-        <x:v>5858.98</x:v>
+        <x:v>5975.948</x:v>
       </x:c>
       <x:c r="E132" s="0">
-        <x:v>6584.29</x:v>
+        <x:v>6714.59</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="1">
-        <x:v>45912.9234375</x:v>
+        <x:v>45937.3222569444</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C133" s="0">
-        <x:v>9.76</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D133" s="0">
-        <x:v>5859.83</x:v>
+        <x:v>5998.812</x:v>
       </x:c>
       <x:c r="E133" s="0">
-        <x:v>6584.29</x:v>
+        <x:v>6740.28</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="1">
-        <x:v>45912.3096527778</x:v>
+        <x:v>45936.9242361111</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C134" s="0">
-        <x:v>9.81</x:v>
+        <x:v>11.45</x:v>
       </x:c>
       <x:c r="D134" s="0">
-        <x:v>5862.66</x:v>
+        <x:v>5998.508</x:v>
       </x:c>
       <x:c r="E134" s="0">
-        <x:v>6587.47</x:v>
+        <x:v>6740.28</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="1">
-        <x:v>45911.9251851852</x:v>
+        <x:v>45936.3349074074</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C135" s="0">
-        <x:v>9.81</x:v>
+        <x:v>11.39</x:v>
       </x:c>
       <x:c r="D135" s="0">
-        <x:v>5862.806</x:v>
+        <x:v>5976.712</x:v>
       </x:c>
       <x:c r="E135" s="0">
-        <x:v>6587.47</x:v>
+        <x:v>6715.79</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="1">
-        <x:v>45911.3308101852</x:v>
+        <x:v>45933.9289351852</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C136" s="0">
-        <x:v>9.22</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D136" s="0">
-        <x:v>5813.473</x:v>
+        <x:v>5976.568</x:v>
       </x:c>
       <x:c r="E136" s="0">
-        <x:v>6532.04</x:v>
+        <x:v>6715.79</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="1">
-        <x:v>45910.9240509259</x:v>
+        <x:v>45933.3311111111</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C137" s="0">
-        <x:v>9.2</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D137" s="0">
-        <x:v>5813.389</x:v>
+        <x:v>5976.176</x:v>
       </x:c>
       <x:c r="E137" s="0">
-        <x:v>6532.04</x:v>
+        <x:v>6715.35</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="1">
-        <x:v>45910.2980671296</x:v>
+        <x:v>45932.9250462963</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C138" s="0">
-        <x:v>9.2</x:v>
+        <x:v>11.15</x:v>
       </x:c>
       <x:c r="D138" s="0">
-        <x:v>5796.096</x:v>
+        <x:v>5976.604</x:v>
       </x:c>
       <x:c r="E138" s="0">
-        <x:v>6512.61</x:v>
+        <x:v>6715.35</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="1">
-        <x:v>45909.9245601852</x:v>
+        <x:v>45932.3523958333</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C139" s="0">
-        <x:v>8.99</x:v>
+        <x:v>11.17</x:v>
       </x:c>
       <x:c r="D139" s="0">
-        <x:v>5796.105</x:v>
+        <x:v>5972.91</x:v>
       </x:c>
       <x:c r="E139" s="0">
-        <x:v>6512.64</x:v>
+        <x:v>6711.2</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="1">
-        <x:v>45909.3354861111</x:v>
+        <x:v>45931.9294560185</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C140" s="0">
-        <x:v>8.89</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D140" s="0">
-        <x:v>5780.539</x:v>
+        <x:v>5972.735</x:v>
       </x:c>
       <x:c r="E140" s="0">
-        <x:v>6495.15</x:v>
+        <x:v>6711.2</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5">
       <x:c r="A141" s="1">
-        <x:v>45908.9240162037</x:v>
+        <x:v>45931.3342476852</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C141" s="0">
-        <x:v>8.81</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="D141" s="0">
-        <x:v>5780.444</x:v>
+        <x:v>5952.497</x:v>
       </x:c>
       <x:c r="E141" s="0">
-        <x:v>6495.15</x:v>
+        <x:v>6688.46</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5">
       <x:c r="A142" s="1">
-        <x:v>45908.3013425926</x:v>
+        <x:v>45930.9339467593</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C142" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="D142" s="0">
-        <x:v>5768.296</x:v>
+        <x:v>5952.264</x:v>
       </x:c>
       <x:c r="E142" s="0">
-        <x:v>6481.5</x:v>
+        <x:v>6688.46</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5">
       <x:c r="A143" s="1">
-        <x:v>45905.9285532407</x:v>
+        <x:v>45930.3326851852</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C143" s="0">
-        <x:v>8.69</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D143" s="0">
-        <x:v>5767.904</x:v>
+        <x:v>5928.011</x:v>
       </x:c>
       <x:c r="E143" s="0">
-        <x:v>6481.5</x:v>
+        <x:v>6661.21</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5">
       <x:c r="A144" s="1">
-        <x:v>45905.3095023148</x:v>
+        <x:v>45929.9323726852</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C144" s="0">
-        <x:v>9.03</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D144" s="0">
-        <x:v>5786.22</x:v>
+        <x:v>5928.437</x:v>
       </x:c>
       <x:c r="E144" s="0">
-        <x:v>6502.08</x:v>
+        <x:v>6661.21</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5">
       <x:c r="A145" s="1">
-        <x:v>45904.9245717593</x:v>
+        <x:v>45929.3289467593</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C145" s="0">
-        <x:v>8.92</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D145" s="0">
-        <x:v>5786.446</x:v>
+        <x:v>5912.853</x:v>
       </x:c>
       <x:c r="E145" s="0">
-        <x:v>6502.08</x:v>
+        <x:v>6643.7</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5">
       <x:c r="A146" s="1">
-        <x:v>45904.3202199074</x:v>
+        <x:v>45926.9299189815</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C146" s="0">
-        <x:v>8.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="D146" s="0">
-        <x:v>5738.546</x:v>
+        <x:v>5912.764</x:v>
       </x:c>
       <x:c r="E146" s="0">
-        <x:v>6448.26</x:v>
+        <x:v>6643.7</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5">
       <x:c r="A147" s="1">
-        <x:v>45903.9236342593</x:v>
+        <x:v>45926.3217939815</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C147" s="0">
-        <x:v>8.36</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D147" s="0">
-        <x:v>5738.867</x:v>
+        <x:v>5878.072</x:v>
       </x:c>
       <x:c r="E147" s="0">
-        <x:v>6448.26</x:v>
+        <x:v>6604.72</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5">
       <x:c r="A148" s="1">
-        <x:v>45903.3225231481</x:v>
+        <x:v>45925.9294097222</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C148" s="0">
-        <x:v>8.06</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D148" s="0">
-        <x:v>5709.746</x:v>
+        <x:v>5878.147</x:v>
       </x:c>
       <x:c r="E148" s="0">
-        <x:v>6415.54</x:v>
+        <x:v>6604.72</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5">
       <x:c r="A149" s="1">
-        <x:v>45902.9238657407</x:v>
+        <x:v>45925.315474537</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C149" s="0">
-        <x:v>8.04</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D149" s="0">
-        <x:v>5709.35</x:v>
+        <x:v>5907.739</x:v>
       </x:c>
       <x:c r="E149" s="0">
-        <x:v>6415.54</x:v>
+        <x:v>6637.97</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5">
       <x:c r="A150" s="1">
-        <x:v>45902.3291782407</x:v>
+        <x:v>45924.9297106481</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C150" s="0">
-        <x:v>8.49</x:v>
+        <x:v>10.27</x:v>
       </x:c>
       <x:c r="D150" s="0">
-        <x:v>5749.15</x:v>
+        <x:v>5907.766</x:v>
       </x:c>
       <x:c r="E150" s="0">
-        <x:v>6460.26</x:v>
+        <x:v>6637.97</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5">
       <x:c r="A151" s="1">
-        <x:v>45898.9303356481</x:v>
+        <x:v>45924.3777777778</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C151" s="0">
-        <x:v>8.55</x:v>
+        <x:v>10.69</x:v>
       </x:c>
       <x:c r="D151" s="0">
-        <x:v>5749.23</x:v>
+        <x:v>5924.632</x:v>
       </x:c>
       <x:c r="E151" s="0">
-        <x:v>6460.26</x:v>
+        <x:v>6656.92</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5">
       <x:c r="A152" s="1">
-        <x:v>45898.3268402778</x:v>
+        <x:v>45923.9251388889</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C152" s="0">
-        <x:v>8.98</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D152" s="0">
-        <x:v>5786.254</x:v>
+        <x:v>5924.659</x:v>
       </x:c>
       <x:c r="E152" s="0">
-        <x:v>6501.86</x:v>
+        <x:v>6656.92</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5">
       <x:c r="A153" s="1">
-        <x:v>45897.9274768519</x:v>
+        <x:v>45922.926712963</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C153" s="0">
-        <x:v>9.02</x:v>
+        <x:v>11.02</x:v>
       </x:c>
       <x:c r="D153" s="0">
-        <x:v>5786.542</x:v>
+        <x:v>5957.058</x:v>
       </x:c>
       <x:c r="E153" s="0">
-        <x:v>6501.86</x:v>
+        <x:v>6693.75</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5">
       <x:c r="A154" s="1">
-        <x:v>45897.3190972222</x:v>
+        <x:v>45922.3338888889</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C154" s="0">
-        <x:v>8.73</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="D154" s="0">
-        <x:v>5768.333</x:v>
+        <x:v>5930.901</x:v>
       </x:c>
       <x:c r="E154" s="0">
-        <x:v>6481.4</x:v>
+        <x:v>6664.36</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5">
       <x:c r="A155" s="1">
-        <x:v>45896.924849537</x:v>
+        <x:v>45919.9342361111</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C155" s="0">
-        <x:v>8.8</x:v>
+        <x:v>10.67</x:v>
       </x:c>
       <x:c r="D155" s="0">
-        <x:v>5768.425</x:v>
+        <x:v>5931.268</x:v>
       </x:c>
       <x:c r="E155" s="0">
-        <x:v>6481.38</x:v>
+        <x:v>6664.36</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5">
       <x:c r="A156" s="1">
-        <x:v>45896.3337615741</x:v>
+        <x:v>45919.3281018519</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C156" s="0">
-        <x:v>8.68</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D156" s="0">
-        <x:v>5754.683</x:v>
+        <x:v>5902.432</x:v>
       </x:c>
       <x:c r="E156" s="0">
-        <x:v>6465.94</x:v>
+        <x:v>6631.96</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5">
       <x:c r="A157" s="1">
-        <x:v>45895.9239814815</x:v>
+        <x:v>45918.9265856482</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C157" s="0">
-        <x:v>8.65</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D157" s="0">
-        <x:v>5754.395</x:v>
+        <x:v>5902.367</x:v>
       </x:c>
       <x:c r="E157" s="0">
-        <x:v>6465.94</x:v>
+        <x:v>6631.95</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5">
       <x:c r="A158" s="1">
-        <x:v>45895.329375</x:v>
+        <x:v>45918.3014583333</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C158" s="0">
-        <x:v>8.35</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D158" s="0">
-        <x:v>5730.703</x:v>
+        <x:v>5874.243</x:v>
       </x:c>
       <x:c r="E158" s="0">
-        <x:v>6439.32</x:v>
+        <x:v>6600.35</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5">
       <x:c r="A159" s="1">
-        <x:v>45894.923912037</x:v>
+        <x:v>45917.9270833333</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C159" s="0">
-        <x:v>8.38</x:v>
+        <x:v>9.91</x:v>
       </x:c>
       <x:c r="D159" s="0">
-        <x:v>5730.903</x:v>
+        <x:v>5874.239</x:v>
       </x:c>
       <x:c r="E159" s="0">
-        <x:v>6439.32</x:v>
+        <x:v>6600.35</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5">
       <x:c r="A160" s="1">
-        <x:v>45894.3297685185</x:v>
+        <x:v>45917.3258564815</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C160" s="0">
-        <x:v>8.65</x:v>
+        <x:v>9.95</x:v>
       </x:c>
       <x:c r="D160" s="0">
-        <x:v>5755.458</x:v>
+        <x:v>5879.944</x:v>
       </x:c>
       <x:c r="E160" s="0">
-        <x:v>6466.91</x:v>
+        <x:v>6606.76</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5">
       <x:c r="A161" s="1">
-        <x:v>45891.9251967593</x:v>
+        <x:v>45916.9259375</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C161" s="0">
-        <x:v>8.7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D161" s="0">
-        <x:v>5755.356</x:v>
+        <x:v>5879.851</x:v>
       </x:c>
       <x:c r="E161" s="0">
-        <x:v>6466.91</x:v>
+        <x:v>6606.76</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5">
       <x:c r="A162" s="1">
-        <x:v>45891.3279861111</x:v>
+        <x:v>45916.314212963</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C162" s="0">
-        <x:v>7.75</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D162" s="0">
-        <x:v>5669.258</x:v>
+        <x:v>5887.434</x:v>
       </x:c>
       <x:c r="E162" s="0">
-        <x:v>6370.17</x:v>
+        <x:v>6615.28</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5">
       <x:c r="A163" s="1">
-        <x:v>45890.9256944444</x:v>
+        <x:v>45915.9270949074</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C163" s="0">
-        <x:v>7.77</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D163" s="0">
-        <x:v>5668.877</x:v>
+        <x:v>5886.561</x:v>
       </x:c>
       <x:c r="E163" s="0">
-        <x:v>6370.17</x:v>
+        <x:v>6615.28</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5">
       <x:c r="A164" s="1">
-        <x:v>45890.3406944444</x:v>
+        <x:v>45915.3170833333</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C164" s="0">
-        <x:v>8.02</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="D164" s="0">
-        <x:v>5691.67</x:v>
+        <x:v>5858.98</x:v>
       </x:c>
       <x:c r="E164" s="0">
-        <x:v>6395.78</x:v>
+        <x:v>6584.29</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5">
       <x:c r="A165" s="1">
-        <x:v>45889.9243171296</x:v>
+        <x:v>45912.9234375</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C165" s="0">
-        <x:v>8.03</x:v>
+        <x:v>9.76</x:v>
       </x:c>
       <x:c r="D165" s="0">
-        <x:v>5692.129</x:v>
+        <x:v>5859.83</x:v>
       </x:c>
       <x:c r="E165" s="0">
-        <x:v>6395.78</x:v>
+        <x:v>6584.29</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5">
       <x:c r="A166" s="1">
-        <x:v>45889.311087963</x:v>
+        <x:v>45912.3096527778</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C166" s="0">
-        <x:v>7.99</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D166" s="0">
-        <x:v>5706.004</x:v>
+        <x:v>5862.66</x:v>
       </x:c>
       <x:c r="E166" s="0">
-        <x:v>6411.37</x:v>
+        <x:v>6587.47</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5">
       <x:c r="A167" s="1">
-        <x:v>45888.9238078704</x:v>
+        <x:v>45911.9251851852</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C167" s="0">
-        <x:v>8.19</x:v>
+        <x:v>9.81</x:v>
       </x:c>
       <x:c r="D167" s="0">
-        <x:v>5705.746</x:v>
+        <x:v>5862.806</x:v>
       </x:c>
       <x:c r="E167" s="0">
-        <x:v>6411.37</x:v>
+        <x:v>6587.47</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5">
       <x:c r="A168" s="1">
-        <x:v>45888.3193055556</x:v>
+        <x:v>45911.3308101852</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C168" s="0">
-        <x:v>8.46</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="D168" s="0">
-        <x:v>5739.37</x:v>
+        <x:v>5813.473</x:v>
       </x:c>
       <x:c r="E168" s="0">
-        <x:v>6449.15</x:v>
+        <x:v>6532.04</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5">
       <x:c r="A169" s="1">
-        <x:v>45887.9246064815</x:v>
+        <x:v>45910.9240509259</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C169" s="0">
-        <x:v>8.6</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D169" s="0">
-        <x:v>5739.399</x:v>
+        <x:v>5813.389</x:v>
       </x:c>
       <x:c r="E169" s="0">
-        <x:v>6449.15</x:v>
+        <x:v>6532.04</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5">
       <x:c r="A170" s="1">
-        <x:v>45887.3188773148</x:v>
+        <x:v>45910.2980671296</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C170" s="0">
-        <x:v>8.7</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D170" s="0">
-        <x:v>5739.978</x:v>
+        <x:v>5796.096</x:v>
       </x:c>
       <x:c r="E170" s="0">
-        <x:v>6449.8</x:v>
+        <x:v>6512.61</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5">
       <x:c r="A171" s="1">
-        <x:v>45884.9247569444</x:v>
+        <x:v>45909.9245601852</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C171" s="0">
-        <x:v>8.63</x:v>
+        <x:v>8.99</x:v>
       </x:c>
       <x:c r="D171" s="0">
-        <x:v>5739.303</x:v>
+        <x:v>5796.105</x:v>
       </x:c>
       <x:c r="E171" s="0">
-        <x:v>6449.8</x:v>
+        <x:v>6512.64</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5">
       <x:c r="A172" s="1">
-        <x:v>45884.3109953704</x:v>
+        <x:v>45909.3354861111</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C172" s="0">
-        <x:v>9.01</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="D172" s="0">
-        <x:v>5755.982</x:v>
+        <x:v>5780.539</x:v>
       </x:c>
       <x:c r="E172" s="0">
-        <x:v>6468.54</x:v>
+        <x:v>6495.15</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5">
       <x:c r="A173" s="1">
-        <x:v>45883.9240277778</x:v>
+        <x:v>45908.9240162037</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C173" s="0">
-        <x:v>8.84</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D173" s="0">
-        <x:v>5756.833</x:v>
+        <x:v>5780.444</x:v>
       </x:c>
       <x:c r="E173" s="0">
-        <x:v>6468.54</x:v>
+        <x:v>6495.15</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5">
       <x:c r="A174" s="1">
-        <x:v>45883.3327777778</x:v>
+        <x:v>45908.3013425926</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C174" s="0">
         <x:v>8.72</x:v>
       </x:c>
       <x:c r="D174" s="0">
-        <x:v>5755.089</x:v>
+        <x:v>5768.296</x:v>
       </x:c>
       <x:c r="E174" s="0">
-        <x:v>6466.58</x:v>
+        <x:v>6481.5</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5">
       <x:c r="A175" s="1">
-        <x:v>45882.923912037</x:v>
+        <x:v>45905.9285532407</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C175" s="0">
-        <x:v>8.82</x:v>
+        <x:v>8.69</x:v>
       </x:c>
       <x:c r="D175" s="0">
-        <x:v>5755.107</x:v>
+        <x:v>5767.904</x:v>
       </x:c>
       <x:c r="E175" s="0">
-        <x:v>6466.58</x:v>
+        <x:v>6481.5</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5">
       <x:c r="A176" s="1">
-        <x:v>45882.3203819444</x:v>
+        <x:v>45905.3095023148</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C176" s="0">
-        <x:v>8.61</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D176" s="0">
-        <x:v>5736.578</x:v>
+        <x:v>5786.22</x:v>
       </x:c>
       <x:c r="E176" s="0">
-        <x:v>6445.76</x:v>
+        <x:v>6502.08</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5">
       <x:c r="A177" s="1">
-        <x:v>45881.9233796296</x:v>
+        <x:v>45904.9245717593</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C177" s="0">
-        <x:v>8.61</x:v>
+        <x:v>8.92</x:v>
       </x:c>
       <x:c r="D177" s="0">
-        <x:v>5736.592</x:v>
+        <x:v>5786.446</x:v>
       </x:c>
       <x:c r="E177" s="0">
-        <x:v>6445.76</x:v>
+        <x:v>6502.08</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5">
       <x:c r="A178" s="1">
-        <x:v>45881.3727777778</x:v>
+        <x:v>45904.3202199074</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C178" s="0">
-        <x:v>8.02</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="D178" s="0">
-        <x:v>5672.236</x:v>
+        <x:v>5738.546</x:v>
       </x:c>
       <x:c r="E178" s="0">
-        <x:v>6373.45</x:v>
+        <x:v>6448.26</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5">
       <x:c r="A179" s="1">
-        <x:v>45880.9235763889</x:v>
+        <x:v>45903.9236342593</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C179" s="0">
-        <x:v>7.9</x:v>
+        <x:v>8.36</x:v>
       </x:c>
       <x:c r="D179" s="0">
-        <x:v>5671.932</x:v>
+        <x:v>5738.867</x:v>
       </x:c>
       <x:c r="E179" s="0">
-        <x:v>6373.45</x:v>
+        <x:v>6448.26</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5">
       <x:c r="A180" s="1">
-        <x:v>45880.3183564815</x:v>
+        <x:v>45903.3225231481</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C180" s="0">
-        <x:v>8.16</x:v>
+        <x:v>8.06</x:v>
       </x:c>
       <x:c r="D180" s="0">
-        <x:v>5686.172</x:v>
+        <x:v>5709.746</x:v>
       </x:c>
       <x:c r="E180" s="0">
-        <x:v>6389.45</x:v>
+        <x:v>6415.54</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5">
       <x:c r="A181" s="1">
-        <x:v>45877.9331944444</x:v>
+        <x:v>45902.9238657407</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C181" s="0">
-        <x:v>8.08</x:v>
+        <x:v>8.04</x:v>
       </x:c>
       <x:c r="D181" s="0">
-        <x:v>5686.2</x:v>
+        <x:v>5709.35</x:v>
       </x:c>
       <x:c r="E181" s="0">
-        <x:v>6389.45</x:v>
+        <x:v>6415.54</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5">
       <x:c r="A182" s="1">
-        <x:v>45877.3108333333</x:v>
+        <x:v>45902.3291782407</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C182" s="0">
-        <x:v>7.77</x:v>
+        <x:v>8.49</x:v>
       </x:c>
       <x:c r="D182" s="0">
-        <x:v>5642.189</x:v>
+        <x:v>5749.15</x:v>
       </x:c>
       <x:c r="E182" s="0">
-        <x:v>6340</x:v>
+        <x:v>6460.26</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5">
       <x:c r="A183" s="1">
-        <x:v>45876.9384490741</x:v>
+        <x:v>45898.9303356481</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C183" s="0">
-        <x:v>7.61</x:v>
+        <x:v>8.55</x:v>
       </x:c>
       <x:c r="D183" s="0">
-        <x:v>5642.548</x:v>
+        <x:v>5749.23</x:v>
       </x:c>
       <x:c r="E183" s="0">
-        <x:v>6340</x:v>
+        <x:v>6460.26</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5">
       <x:c r="A184" s="1">
-        <x:v>45876.3216782407</x:v>
+        <x:v>45898.3268402778</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C184" s="0">
-        <x:v>7.8</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="D184" s="0">
-        <x:v>5647.051</x:v>
+        <x:v>5786.254</x:v>
       </x:c>
       <x:c r="E184" s="0">
-        <x:v>6345.06</x:v>
+        <x:v>6501.86</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5">
       <x:c r="A185" s="1">
-        <x:v>45875.9344444444</x:v>
+        <x:v>45897.9274768519</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C185" s="0">
-        <x:v>7.67</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D185" s="0">
-        <x:v>5647.096</x:v>
+        <x:v>5786.542</x:v>
       </x:c>
       <x:c r="E185" s="0">
-        <x:v>6345.06</x:v>
+        <x:v>6501.86</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5">
       <x:c r="A186" s="1">
-        <x:v>45875.292650463</x:v>
+        <x:v>45897.3190972222</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C186" s="0">
-        <x:v>7.4</x:v>
+        <x:v>8.73</x:v>
       </x:c>
       <x:c r="D186" s="0">
-        <x:v>5606.271</x:v>
+        <x:v>5768.333</x:v>
       </x:c>
       <x:c r="E186" s="0">
-        <x:v>6299.19</x:v>
+        <x:v>6481.4</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5">
       <x:c r="A187" s="1">
-        <x:v>45874.9326273148</x:v>
+        <x:v>45896.924849537</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C187" s="0">
-        <x:v>7.26</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="D187" s="0">
-        <x:v>5606.217</x:v>
+        <x:v>5768.425</x:v>
       </x:c>
       <x:c r="E187" s="0">
-        <x:v>6299.19</x:v>
+        <x:v>6481.38</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5">
       <x:c r="A188" s="1">
-        <x:v>45874.3206134259</x:v>
+        <x:v>45896.3337615741</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C188" s="0">
-        <x:v>7.68</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="D188" s="0">
-        <x:v>5633.585</x:v>
+        <x:v>5754.683</x:v>
       </x:c>
       <x:c r="E188" s="0">
-        <x:v>6329.94</x:v>
+        <x:v>6465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5">
       <x:c r="A189" s="1">
-        <x:v>45873.9313425926</x:v>
+        <x:v>45895.9239814815</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C189" s="0">
-        <x:v>7.56</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D189" s="0">
-        <x:v>5633.479</x:v>
+        <x:v>5754.395</x:v>
       </x:c>
       <x:c r="E189" s="0">
-        <x:v>6329.94</x:v>
+        <x:v>6465.94</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5">
       <x:c r="A190" s="1">
-        <x:v>45873.3305555556</x:v>
+        <x:v>45895.329375</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C190" s="0">
-        <x:v>6.91</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="D190" s="0">
-        <x:v>5641.89</x:v>
+        <x:v>5730.703</x:v>
       </x:c>
       <x:c r="E190" s="0">
-        <x:v>6339.39</x:v>
+        <x:v>6439.32</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5">
       <x:c r="A191" s="1">
-        <x:v>45870.3093634259</x:v>
+        <x:v>45894.923912037</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C191" s="0">
-        <x:v>7.61</x:v>
+        <x:v>8.38</x:v>
       </x:c>
       <x:c r="D191" s="0">
-        <x:v>5642.057</x:v>
+        <x:v>5730.903</x:v>
       </x:c>
       <x:c r="E191" s="0">
-        <x:v>6339.39</x:v>
+        <x:v>6439.32</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5">
       <x:c r="A192" s="1">
-        <x:v>45869.9244212963</x:v>
+        <x:v>45894.3297685185</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C192" s="0">
-        <x:v>7.68</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D192" s="0">
-        <x:v>5641.709</x:v>
+        <x:v>5755.458</x:v>
       </x:c>
       <x:c r="E192" s="0">
-        <x:v>6339.39</x:v>
+        <x:v>6466.91</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5">
       <x:c r="A193" s="1">
-        <x:v>45869.3149189815</x:v>
+        <x:v>45891.9251967593</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C193" s="0">
-        <x:v>8.52</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D193" s="0">
-        <x:v>5662.633</x:v>
+        <x:v>5755.356</x:v>
       </x:c>
       <x:c r="E193" s="0">
-        <x:v>6362.9</x:v>
+        <x:v>6466.91</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5">
       <x:c r="A194" s="1">
-        <x:v>45868.9255092593</x:v>
+        <x:v>45891.3279861111</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C194" s="0">
-        <x:v>7.92</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="D194" s="0">
-        <x:v>5662.953</x:v>
+        <x:v>5669.258</x:v>
       </x:c>
       <x:c r="E194" s="0">
-        <x:v>6362.9</x:v>
+        <x:v>6370.17</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5">
       <x:c r="A195" s="1">
-        <x:v>45868.3284722222</x:v>
+        <x:v>45890.9256944444</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C195" s="0">
-        <x:v>8.14</x:v>
+        <x:v>7.77</x:v>
       </x:c>
       <x:c r="D195" s="0">
-        <x:v>5670.038</x:v>
+        <x:v>5668.877</x:v>
       </x:c>
       <x:c r="E195" s="0">
-        <x:v>6370.86</x:v>
+        <x:v>6370.17</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5">
       <x:c r="A196" s="1">
-        <x:v>45867.9289814815</x:v>
+        <x:v>45890.3406944444</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C196" s="0">
-        <x:v>8.01</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D196" s="0">
-        <x:v>5670.045</x:v>
+        <x:v>5691.67</x:v>
       </x:c>
       <x:c r="E196" s="0">
-        <x:v>6370.86</x:v>
+        <x:v>6395.78</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5">
       <x:c r="A197" s="1">
-        <x:v>45867.3012731482</x:v>
+        <x:v>45889.9243171296</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C197" s="0">
-        <x:v>8.3</x:v>
+        <x:v>8.03</x:v>
       </x:c>
       <x:c r="D197" s="0">
-        <x:v>5686.874</x:v>
+        <x:v>5692.129</x:v>
       </x:c>
       <x:c r="E197" s="0">
-        <x:v>6389.77</x:v>
+        <x:v>6395.78</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5">
       <x:c r="A198" s="1">
-        <x:v>45866.9278587963</x:v>
+        <x:v>45889.311087963</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C198" s="0">
-        <x:v>8.21</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D198" s="0">
-        <x:v>5686.895</x:v>
+        <x:v>5706.004</x:v>
       </x:c>
       <x:c r="E198" s="0">
-        <x:v>6389.77</x:v>
+        <x:v>6411.37</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5">
       <x:c r="A199" s="1">
-        <x:v>45863.9269097222</x:v>
+        <x:v>45888.9238078704</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C199" s="0">
-        <x:v>8.23</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="D199" s="0">
-        <x:v>5685.655</x:v>
+        <x:v>5705.746</x:v>
       </x:c>
       <x:c r="E199" s="0">
-        <x:v>6388.64</x:v>
+        <x:v>6411.37</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5">
       <x:c r="A200" s="1">
-        <x:v>45863.3330671296</x:v>
+        <x:v>45888.3193055556</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C200" s="0">
-        <x:v>8.13</x:v>
+        <x:v>8.46</x:v>
       </x:c>
       <x:c r="D200" s="0">
-        <x:v>5663.147</x:v>
+        <x:v>5739.37</x:v>
       </x:c>
       <x:c r="E200" s="0">
-        <x:v>6363.35</x:v>
+        <x:v>6449.15</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5">
       <x:c r="A201" s="1">
-        <x:v>45862.9245601852</x:v>
+        <x:v>45887.9246064815</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C201" s="0">
-        <x:v>7.98</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="D201" s="0">
-        <x:v>5663.345</x:v>
+        <x:v>5739.399</x:v>
       </x:c>
       <x:c r="E201" s="0">
-        <x:v>6363.35</x:v>
+        <x:v>6449.15</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5">
       <x:c r="A202" s="1">
-        <x:v>45862.3205439815</x:v>
+        <x:v>45887.3188773148</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C202" s="0">
-        <x:v>7.99</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="D202" s="0">
-        <x:v>5659.393</x:v>
+        <x:v>5739.978</x:v>
       </x:c>
       <x:c r="E202" s="0">
-        <x:v>6358.91</x:v>
+        <x:v>6449.8</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5">
       <x:c r="A203" s="1">
-        <x:v>45861.926400463</x:v>
+        <x:v>45884.9247569444</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C203" s="0">
-        <x:v>7.95</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="D203" s="0">
-        <x:v>5659.41</x:v>
+        <x:v>5739.303</x:v>
       </x:c>
       <x:c r="E203" s="0">
-        <x:v>6358.95</x:v>
+        <x:v>6449.8</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5">
       <x:c r="A204" s="1">
-        <x:v>45861.3266550926</x:v>
+        <x:v>45884.3109953704</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C204" s="0">
-        <x:v>7.65</x:v>
+        <x:v>9.01</x:v>
       </x:c>
       <x:c r="D204" s="0">
-        <x:v>5615.506</x:v>
+        <x:v>5755.982</x:v>
       </x:c>
       <x:c r="E204" s="0">
-        <x:v>6309.62</x:v>
+        <x:v>6468.54</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5">
       <x:c r="A205" s="1">
-        <x:v>45860.9260648148</x:v>
+        <x:v>45883.9240277778</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C205" s="0">
-        <x:v>7.49</x:v>
+        <x:v>8.84</x:v>
       </x:c>
       <x:c r="D205" s="0">
-        <x:v>5615.472</x:v>
+        <x:v>5756.833</x:v>
       </x:c>
       <x:c r="E205" s="0">
-        <x:v>6309.62</x:v>
+        <x:v>6468.54</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5">
       <x:c r="A206" s="1">
-        <x:v>45860.3213194444</x:v>
+        <x:v>45883.3327777778</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C206" s="0">
-        <x:v>7.42</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D206" s="0">
-        <x:v>5611.894</x:v>
+        <x:v>5755.089</x:v>
       </x:c>
       <x:c r="E206" s="0">
-        <x:v>6305.6</x:v>
+        <x:v>6466.58</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5">
       <x:c r="A207" s="1">
-        <x:v>45859.9273611111</x:v>
+        <x:v>45882.923912037</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C207" s="0">
-        <x:v>7.46</x:v>
+        <x:v>8.82</x:v>
       </x:c>
       <x:c r="D207" s="0">
-        <x:v>5611.876</x:v>
+        <x:v>5755.107</x:v>
       </x:c>
       <x:c r="E207" s="0">
-        <x:v>6305.6</x:v>
+        <x:v>6466.58</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5">
       <x:c r="A208" s="1">
-        <x:v>45859.3186342593</x:v>
+        <x:v>45882.3203819444</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C208" s="0">
-        <x:v>7.44</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D208" s="0">
-        <x:v>5604.035</x:v>
+        <x:v>5736.578</x:v>
       </x:c>
       <x:c r="E208" s="0">
-        <x:v>6296.79</x:v>
+        <x:v>6445.76</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5">
       <x:c r="A209" s="1">
-        <x:v>45856.949212963</x:v>
+        <x:v>45881.9233796296</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C209" s="0">
-        <x:v>7.4</x:v>
+        <x:v>8.61</x:v>
       </x:c>
       <x:c r="D209" s="0">
-        <x:v>5603.868</x:v>
+        <x:v>5736.592</x:v>
       </x:c>
       <x:c r="E209" s="0">
-        <x:v>6296.79</x:v>
+        <x:v>6445.76</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5">
       <x:c r="A210" s="1">
-        <x:v>45856.3029398148</x:v>
+        <x:v>45881.3727777778</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C210" s="0">
-        <x:v>7.55</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="D210" s="0">
-        <x:v>5604.376</x:v>
+        <x:v>5672.236</x:v>
       </x:c>
       <x:c r="E210" s="0">
-        <x:v>6297.36</x:v>
+        <x:v>6373.45</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5">
       <x:c r="A211" s="1">
-        <x:v>45855.9327777778</x:v>
+        <x:v>45880.9235763889</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C211" s="0">
-        <x:v>7.41</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="D211" s="0">
-        <x:v>5604.606</x:v>
+        <x:v>5671.932</x:v>
       </x:c>
       <x:c r="E211" s="0">
-        <x:v>6297.36</x:v>
+        <x:v>6373.45</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5">
       <x:c r="A212" s="1">
-        <x:v>45855.3328819444</x:v>
+        <x:v>45880.3183564815</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C212" s="0">
-        <x:v>7.08</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="D212" s="0">
-        <x:v>5574.649</x:v>
+        <x:v>5686.172</x:v>
       </x:c>
       <x:c r="E212" s="0">
-        <x:v>6263.7</x:v>
+        <x:v>6389.45</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5">
       <x:c r="A213" s="1">
-        <x:v>45854.9360416667</x:v>
+        <x:v>45877.9331944444</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C213" s="0">
-        <x:v>7.11</x:v>
+        <x:v>8.08</x:v>
       </x:c>
       <x:c r="D213" s="0">
-        <x:v>5574.693</x:v>
+        <x:v>5686.2</x:v>
       </x:c>
       <x:c r="E213" s="0">
-        <x:v>6263.7</x:v>
+        <x:v>6389.45</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5">
       <x:c r="A214" s="1">
-        <x:v>45853.9275462963</x:v>
+        <x:v>45877.3108333333</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C214" s="0">
-        <x:v>6.94</x:v>
+        <x:v>7.77</x:v>
       </x:c>
       <x:c r="D214" s="0">
-        <x:v>5556.534</x:v>
+        <x:v>5642.189</x:v>
       </x:c>
       <x:c r="E214" s="0">
-        <x:v>6243.76</x:v>
+        <x:v>6340</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5">
       <x:c r="A215" s="1">
-        <x:v>45853.3148032407</x:v>
+        <x:v>45876.9384490741</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C215" s="0">
-        <x:v>7.34</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="D215" s="0">
-        <x:v>5578.606</x:v>
+        <x:v>5642.548</x:v>
       </x:c>
       <x:c r="E215" s="0">
-        <x:v>6268.56</x:v>
+        <x:v>6340</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5">
       <x:c r="A216" s="1">
-        <x:v>45852.9328472222</x:v>
+        <x:v>45876.3216782407</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C216" s="0">
-        <x:v>7.17</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D216" s="0">
-        <x:v>5579.011</x:v>
+        <x:v>5647.051</x:v>
       </x:c>
       <x:c r="E216" s="0">
-        <x:v>6268.56</x:v>
+        <x:v>6345.06</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5">
       <x:c r="A217" s="1">
-        <x:v>45852.3465277778</x:v>
+        <x:v>45875.9344444444</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C217" s="0">
-        <x:v>6.76</x:v>
+        <x:v>7.67</x:v>
       </x:c>
       <x:c r="D217" s="0">
-        <x:v>5571.17</x:v>
+        <x:v>5647.096</x:v>
       </x:c>
       <x:c r="E217" s="0">
-        <x:v>6259.75</x:v>
+        <x:v>6345.06</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5">
       <x:c r="A218" s="1">
-        <x:v>45849.9250115741</x:v>
+        <x:v>45875.292650463</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C218" s="0">
-        <x:v>7.11</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D218" s="0">
-        <x:v>5571.173</x:v>
+        <x:v>5606.271</x:v>
       </x:c>
       <x:c r="E218" s="0">
-        <x:v>6259.75</x:v>
+        <x:v>6299.19</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5">
       <x:c r="A219" s="1">
-        <x:v>45849.3223148148</x:v>
+        <x:v>45874.9326273148</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C219" s="0">
-        <x:v>7.18</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D219" s="0">
-        <x:v>5589.605</x:v>
+        <x:v>5606.217</x:v>
       </x:c>
       <x:c r="E219" s="0">
-        <x:v>6280.46</x:v>
+        <x:v>6299.19</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5">
       <x:c r="A220" s="1">
-        <x:v>45848.9261689815</x:v>
+        <x:v>45874.3206134259</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C220" s="0">
-        <x:v>7.32</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D220" s="0">
-        <x:v>5588.987</x:v>
+        <x:v>5633.585</x:v>
       </x:c>
       <x:c r="E220" s="0">
-        <x:v>6280.46</x:v>
+        <x:v>6329.94</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5">
       <x:c r="A221" s="1">
-        <x:v>45848.341400463</x:v>
+        <x:v>45873.9313425926</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C221" s="0">
-        <x:v>7.01</x:v>
+        <x:v>7.56</x:v>
       </x:c>
       <x:c r="D221" s="0">
-        <x:v>5573.679</x:v>
+        <x:v>5633.479</x:v>
       </x:c>
       <x:c r="E221" s="0">
-        <x:v>6263.26</x:v>
+        <x:v>6329.94</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5">
       <x:c r="A222" s="1">
-        <x:v>45847.9257638889</x:v>
+        <x:v>45873.3305555556</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C222" s="0">
-        <x:v>7.16</x:v>
+        <x:v>6.91</x:v>
       </x:c>
       <x:c r="D222" s="0">
-        <x:v>5574.25</x:v>
+        <x:v>5641.89</x:v>
       </x:c>
       <x:c r="E222" s="0">
-        <x:v>6263.26</x:v>
+        <x:v>6339.39</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5">
       <x:c r="A223" s="1">
-        <x:v>45847.3742592593</x:v>
+        <x:v>45870.3093634259</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C223" s="0">
-        <x:v>6.84</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="D223" s="0">
-        <x:v>5540.662</x:v>
+        <x:v>5642.057</x:v>
       </x:c>
       <x:c r="E223" s="0">
-        <x:v>6225.52</x:v>
+        <x:v>6339.39</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5">
       <x:c r="A224" s="1">
-        <x:v>45846.9248842593</x:v>
+        <x:v>45869.9244212963</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C224" s="0">
-        <x:v>6.84</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D224" s="0">
-        <x:v>5540.692</x:v>
+        <x:v>5641.709</x:v>
       </x:c>
       <x:c r="E224" s="0">
-        <x:v>6225.52</x:v>
+        <x:v>6339.39</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5">
       <x:c r="A225" s="1">
-        <x:v>45846.3252083333</x:v>
+        <x:v>45869.3149189815</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C225" s="0">
-        <x:v>6.88</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="D225" s="0">
-        <x:v>5544.661</x:v>
+        <x:v>5662.633</x:v>
       </x:c>
       <x:c r="E225" s="0">
-        <x:v>6229.98</x:v>
+        <x:v>6362.9</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5">
       <x:c r="A226" s="1">
-        <x:v>45845.9274768519</x:v>
+        <x:v>45868.9255092593</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C226" s="0">
-        <x:v>6.86</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="D226" s="0">
-        <x:v>5544.597</x:v>
+        <x:v>5662.953</x:v>
       </x:c>
       <x:c r="E226" s="0">
-        <x:v>6229.98</x:v>
+        <x:v>6362.9</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5">
       <x:c r="A227" s="1">
-        <x:v>45845.3086921296</x:v>
+        <x:v>45868.3284722222</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C227" s="0">
-        <x:v>7.04</x:v>
+        <x:v>8.14</x:v>
       </x:c>
       <x:c r="D227" s="0">
-        <x:v>5588.536</x:v>
+        <x:v>5670.038</x:v>
       </x:c>
       <x:c r="E227" s="0">
-        <x:v>6279.35</x:v>
+        <x:v>6370.86</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5">
       <x:c r="A228" s="1">
-        <x:v>45841.8023263889</x:v>
+        <x:v>45867.9289814815</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C228" s="0">
-        <x:v>7.36</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D228" s="0">
-        <x:v>5587.934</x:v>
+        <x:v>5670.045</x:v>
       </x:c>
       <x:c r="E228" s="0">
-        <x:v>6279.35</x:v>
+        <x:v>6370.86</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5">
       <x:c r="A229" s="1">
-        <x:v>45841.3248726852</x:v>
+        <x:v>45867.3012731482</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C229" s="0">
-        <x:v>6.96</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D229" s="0">
-        <x:v>5541.717</x:v>
+        <x:v>5686.874</x:v>
       </x:c>
       <x:c r="E229" s="0">
-        <x:v>6227.42</x:v>
+        <x:v>6389.77</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5">
       <x:c r="A230" s="1">
-        <x:v>45840.9303472222</x:v>
+        <x:v>45866.9278587963</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C230" s="0">
-        <x:v>6.9</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D230" s="0">
-        <x:v>5542.292</x:v>
+        <x:v>5686.895</x:v>
       </x:c>
       <x:c r="E230" s="0">
-        <x:v>6227.42</x:v>
+        <x:v>6389.77</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5">
       <x:c r="A231" s="1">
-        <x:v>45840.3303472222</x:v>
+        <x:v>45863.9269097222</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C231" s="0">
-        <x:v>6.78</x:v>
+        <x:v>8.23</x:v>
       </x:c>
       <x:c r="D231" s="0">
-        <x:v>5516.118</x:v>
+        <x:v>5685.655</x:v>
       </x:c>
       <x:c r="E231" s="0">
-        <x:v>6198.01</x:v>
+        <x:v>6388.64</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5">
       <x:c r="A232" s="1">
-        <x:v>45839.9249884259</x:v>
+        <x:v>45863.3330671296</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C232" s="0">
-        <x:v>6.66</x:v>
+        <x:v>8.13</x:v>
       </x:c>
       <x:c r="D232" s="0">
-        <x:v>5516.126</x:v>
+        <x:v>5663.147</x:v>
       </x:c>
       <x:c r="E232" s="0">
-        <x:v>6198.01</x:v>
+        <x:v>6363.35</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5">
       <x:c r="A233" s="1">
-        <x:v>45839.6668055556</x:v>
+        <x:v>45862.9245601852</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C233" s="0">
-        <x:v>6.66</x:v>
+        <x:v>7.98</x:v>
       </x:c>
       <x:c r="D233" s="0">
-        <x:v>5522.303</x:v>
+        <x:v>5663.345</x:v>
       </x:c>
       <x:c r="E233" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6363.35</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5">
       <x:c r="A234" s="1">
-        <x:v>45839.4783912037</x:v>
+        <x:v>45862.3205439815</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C234" s="0">
-        <x:v>6.62</x:v>
+        <x:v>7.99</x:v>
       </x:c>
       <x:c r="D234" s="0">
-        <x:v>5522.303</x:v>
+        <x:v>5659.393</x:v>
       </x:c>
       <x:c r="E234" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6358.91</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5">
       <x:c r="A235" s="1">
-        <x:v>45839.3819675926</x:v>
+        <x:v>45861.926400463</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C235" s="0">
-        <x:v>6.66</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="D235" s="0">
-        <x:v>5522.303</x:v>
+        <x:v>5659.41</x:v>
       </x:c>
       <x:c r="E235" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6358.95</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5">
       <x:c r="A236" s="1">
-        <x:v>45838.9258564815</x:v>
+        <x:v>45861.3266550926</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C236" s="0">
-        <x:v>6.73</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D236" s="0">
-        <x:v>5522.038</x:v>
+        <x:v>5615.506</x:v>
       </x:c>
       <x:c r="E236" s="0">
-        <x:v>6204.95</x:v>
+        <x:v>6309.62</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5">
       <x:c r="A237" s="1">
-        <x:v>45838.3080671296</x:v>
+        <x:v>45860.9260648148</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C237" s="0">
-        <x:v>6.66</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="D237" s="0">
-        <x:v>5493.691</x:v>
+        <x:v>5615.472</x:v>
       </x:c>
       <x:c r="E237" s="0">
-        <x:v>6173.1</x:v>
+        <x:v>6309.62</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5">
       <x:c r="A238" s="1">
-        <x:v>45835.9281712963</x:v>
+        <x:v>45860.3213194444</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C238" s="0">
-        <x:v>6.48</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D238" s="0">
-        <x:v>5493.747</x:v>
+        <x:v>5611.894</x:v>
       </x:c>
       <x:c r="E238" s="0">
-        <x:v>6173.1</x:v>
+        <x:v>6305.6</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5">
       <x:c r="A239" s="1">
-        <x:v>45835.307025463</x:v>
+        <x:v>45859.9273611111</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C239" s="0">
-        <x:v>6.31</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D239" s="0">
-        <x:v>5465.196</x:v>
+        <x:v>5611.876</x:v>
       </x:c>
       <x:c r="E239" s="0">
-        <x:v>6141.02</x:v>
+        <x:v>6305.6</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5">
       <x:c r="A240" s="1">
-        <x:v>45834.9274884259</x:v>
+        <x:v>45859.3186342593</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C240" s="0">
-        <x:v>6.23</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="D240" s="0">
-        <x:v>5465.455</x:v>
+        <x:v>5604.035</x:v>
       </x:c>
       <x:c r="E240" s="0">
-        <x:v>6141.02</x:v>
+        <x:v>6296.79</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5">
       <x:c r="A241" s="1">
-        <x:v>45834.3176851852</x:v>
+        <x:v>45856.949212963</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C241" s="0">
-        <x:v>5.94</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="D241" s="0">
-        <x:v>5421.97</x:v>
+        <x:v>5603.868</x:v>
       </x:c>
       <x:c r="E241" s="0">
-        <x:v>6092.16</x:v>
+        <x:v>6296.79</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5">
       <x:c r="A242" s="1">
-        <x:v>45833.9268402778</x:v>
+        <x:v>45856.3029398148</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C242" s="0">
-        <x:v>5.86</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="D242" s="0">
-        <x:v>5421.989</x:v>
+        <x:v>5604.376</x:v>
       </x:c>
       <x:c r="E242" s="0">
-        <x:v>6092.16</x:v>
+        <x:v>6297.36</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5">
       <x:c r="A243" s="1">
-        <x:v>45833.3086921296</x:v>
+        <x:v>45855.9327777778</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C243" s="0">
-        <x:v>5.89</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="D243" s="0">
-        <x:v>5422.042</x:v>
+        <x:v>5604.606</x:v>
       </x:c>
       <x:c r="E243" s="0">
-        <x:v>6092.22</x:v>
+        <x:v>6297.36</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5">
       <x:c r="A244" s="1">
-        <x:v>45832.9265856482</x:v>
+        <x:v>45855.3328819444</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C244" s="0">
-        <x:v>5.86</x:v>
+        <x:v>7.08</x:v>
       </x:c>
       <x:c r="D244" s="0">
-        <x:v>5421.982</x:v>
+        <x:v>5574.649</x:v>
       </x:c>
       <x:c r="E244" s="0">
-        <x:v>6092.22</x:v>
+        <x:v>6263.7</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5">
       <x:c r="A245" s="1">
-        <x:v>45832.3006365741</x:v>
+        <x:v>45854.9360416667</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C245" s="0">
-        <x:v>5.64</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D245" s="0">
-        <x:v>5362.307</x:v>
+        <x:v>5574.693</x:v>
       </x:c>
       <x:c r="E245" s="0">
-        <x:v>6025.17</x:v>
+        <x:v>6263.7</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5">
       <x:c r="A246" s="1">
-        <x:v>45831.9246412037</x:v>
+        <x:v>45853.9275462963</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C246" s="0">
-        <x:v>5.39</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="D246" s="0">
-        <x:v>5362.329</x:v>
+        <x:v>5556.534</x:v>
       </x:c>
       <x:c r="E246" s="0">
-        <x:v>6025.17</x:v>
+        <x:v>6243.76</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5">
       <x:c r="A247" s="1">
-        <x:v>45831.306875</x:v>
+        <x:v>45853.3148032407</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C247" s="0">
-        <x:v>4.92</x:v>
+        <x:v>7.34</x:v>
       </x:c>
       <x:c r="D247" s="0">
-        <x:v>5311.305</x:v>
+        <x:v>5578.606</x:v>
       </x:c>
       <x:c r="E247" s="0">
-        <x:v>5967.84</x:v>
+        <x:v>6268.56</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5">
       <x:c r="A248" s="1">
-        <x:v>45828.9428819444</x:v>
+        <x:v>45852.9328472222</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C248" s="0">
-        <x:v>5.02</x:v>
+        <x:v>7.17</x:v>
       </x:c>
       <x:c r="D248" s="0">
-        <x:v>5311.141</x:v>
+        <x:v>5579.011</x:v>
       </x:c>
       <x:c r="E248" s="0">
-        <x:v>5967.84</x:v>
+        <x:v>6268.56</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5">
       <x:c r="A249" s="1">
-        <x:v>45828.3668634259</x:v>
+        <x:v>45852.3465277778</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C249" s="0">
-        <x:v>5.03</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D249" s="0">
-        <x:v>5322.738</x:v>
+        <x:v>5571.17</x:v>
       </x:c>
       <x:c r="E249" s="0">
-        <x:v>5980.87</x:v>
+        <x:v>6259.75</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5">
       <x:c r="A250" s="1">
-        <x:v>45828.3146527778</x:v>
+        <x:v>45849.9250115741</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C250" s="0">
-        <x:v>5.02</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="D250" s="0">
-        <x:v>5322.738</x:v>
+        <x:v>5571.173</x:v>
       </x:c>
       <x:c r="E250" s="0">
-        <x:v>5980.87</x:v>
+        <x:v>6259.75</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5">
       <x:c r="A251" s="1">
-        <x:v>45826.9303240741</x:v>
+        <x:v>45849.3223148148</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C251" s="0">
-        <x:v>5.12</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="D251" s="0">
-        <x:v>5322.832</x:v>
+        <x:v>5589.605</x:v>
       </x:c>
       <x:c r="E251" s="0">
-        <x:v>5980.87</x:v>
+        <x:v>6280.46</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5">
       <x:c r="A252" s="1">
-        <x:v>45826.3250925926</x:v>
+        <x:v>45848.9261689815</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C252" s="0">
-        <x:v>5.18</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="D252" s="0">
-        <x:v>5324.478</x:v>
+        <x:v>5588.987</x:v>
       </x:c>
       <x:c r="E252" s="0">
-        <x:v>5982.72</x:v>
+        <x:v>6280.46</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5">
       <x:c r="A253" s="1">
-        <x:v>45825.9253935185</x:v>
+        <x:v>45848.341400463</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C253" s="0">
-        <x:v>5.14</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D253" s="0">
-        <x:v>5324.491</x:v>
+        <x:v>5573.679</x:v>
       </x:c>
       <x:c r="E253" s="0">
-        <x:v>5982.72</x:v>
+        <x:v>6263.26</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5">
       <x:c r="A254" s="1">
-        <x:v>45825.3552199074</x:v>
+        <x:v>45847.9257638889</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C254" s="0">
-        <x:v>5.32</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="D254" s="0">
-        <x:v>5369.338</x:v>
+        <x:v>5574.25</x:v>
       </x:c>
       <x:c r="E254" s="0">
-        <x:v>6033.11</x:v>
+        <x:v>6263.26</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5">
       <x:c r="A255" s="1">
-        <x:v>45824.9235185185</x:v>
+        <x:v>45847.3742592593</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C255" s="0">
-        <x:v>5.52</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D255" s="0">
-        <x:v>5368.782</x:v>
+        <x:v>5540.662</x:v>
       </x:c>
       <x:c r="E255" s="0">
-        <x:v>6033.11</x:v>
+        <x:v>6225.52</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5">
       <x:c r="A256" s="1">
-        <x:v>45824.3396064815</x:v>
+        <x:v>45846.9248842593</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C256" s="0">
-        <x:v>5.22</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="D256" s="0">
-        <x:v>5318.817</x:v>
+        <x:v>5540.692</x:v>
       </x:c>
       <x:c r="E256" s="0">
-        <x:v>5976.97</x:v>
+        <x:v>6225.52</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5">
       <x:c r="A257" s="1">
-        <x:v>45821.9253009259</x:v>
+        <x:v>45846.3252083333</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C257" s="0">
-        <x:v>5.14</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="D257" s="0">
-        <x:v>5318.798</x:v>
+        <x:v>5544.661</x:v>
       </x:c>
       <x:c r="E257" s="0">
-        <x:v>5976.97</x:v>
+        <x:v>6229.98</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5">
       <x:c r="A258" s="1">
-        <x:v>45821.3721064815</x:v>
+        <x:v>45845.9274768519</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C258" s="0">
-        <x:v>5.05</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="D258" s="0">
-        <x:v>5379.576</x:v>
+        <x:v>5544.597</x:v>
       </x:c>
       <x:c r="E258" s="0">
-        <x:v>6045.26</x:v>
+        <x:v>6229.98</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5">
       <x:c r="A259" s="1">
-        <x:v>45820.9288888889</x:v>
+        <x:v>45845.3086921296</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C259" s="0">
-        <x:v>5.65</x:v>
+        <x:v>7.04</x:v>
       </x:c>
       <x:c r="D259" s="0">
-        <x:v>5380.234</x:v>
+        <x:v>5588.536</x:v>
       </x:c>
       <x:c r="E259" s="0">
-        <x:v>6045.26</x:v>
+        <x:v>6279.35</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5">
       <x:c r="A260" s="1">
-        <x:v>45820.3712384259</x:v>
+        <x:v>45841.8023263889</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C260" s="0">
-        <x:v>5.4</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D260" s="0">
-        <x:v>5359.8</x:v>
+        <x:v>5587.934</x:v>
       </x:c>
       <x:c r="E260" s="0">
-        <x:v>6022.3</x:v>
+        <x:v>6279.35</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5">
       <x:c r="A261" s="1">
-        <x:v>45820.3363194444</x:v>
+        <x:v>45841.3248726852</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C261" s="0">
-        <x:v>5.38</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D261" s="0">
-        <x:v>5359.746</x:v>
+        <x:v>5541.717</x:v>
       </x:c>
       <x:c r="E261" s="0">
-        <x:v>6022.24</x:v>
+        <x:v>6227.42</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5">
       <x:c r="A262" s="1">
-        <x:v>45819.9235532407</x:v>
+        <x:v>45840.9303472222</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C262" s="0">
-        <x:v>5.49</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="D262" s="0">
-        <x:v>5359.795</x:v>
+        <x:v>5542.292</x:v>
       </x:c>
       <x:c r="E262" s="0">
-        <x:v>6022.3</x:v>
+        <x:v>6227.42</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5">
       <x:c r="A263" s="1">
-        <x:v>45819.3319907407</x:v>
+        <x:v>45840.3303472222</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C263" s="0">
-        <x:v>5.48</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="D263" s="0">
-        <x:v>5374.489</x:v>
+        <x:v>5516.118</x:v>
       </x:c>
       <x:c r="E263" s="0">
-        <x:v>6038.81</x:v>
+        <x:v>6198.01</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5">
       <x:c r="A264" s="1">
-        <x:v>45818.9234606481</x:v>
+        <x:v>45839.9249884259</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C264" s="0">
-        <x:v>5.62</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D264" s="0">
-        <x:v>5374.397</x:v>
+        <x:v>5516.126</x:v>
       </x:c>
       <x:c r="E264" s="0">
-        <x:v>6038.81</x:v>
+        <x:v>6198.01</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5">
       <x:c r="A265" s="1">
-        <x:v>45818.3301736111</x:v>
+        <x:v>45839.6668055556</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C265" s="0">
-        <x:v>5.37</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D265" s="0">
-        <x:v>5340.177</x:v>
+        <x:v>5522.303</x:v>
       </x:c>
       <x:c r="E265" s="0">
-        <x:v>6000.36</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5">
       <x:c r="A266" s="1">
-        <x:v>45817.3307638889</x:v>
+        <x:v>45839.4783912037</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C266" s="0">
-        <x:v>5.28</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D266" s="0">
-        <x:v>5340.32</x:v>
+        <x:v>5522.303</x:v>
       </x:c>
       <x:c r="E266" s="0">
-        <x:v>6000.36</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5">
       <x:c r="A267" s="1">
-        <x:v>45814.9279282407</x:v>
+        <x:v>45839.3819675926</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C267" s="0">
-        <x:v>5.37</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D267" s="0">
-        <x:v>5339.832</x:v>
+        <x:v>5522.303</x:v>
       </x:c>
       <x:c r="E267" s="0">
-        <x:v>6000.36</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5">
       <x:c r="A268" s="1">
-        <x:v>45814.3348726852</x:v>
+        <x:v>45838.9258564815</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C268" s="0">
-        <x:v>5.11</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D268" s="0">
-        <x:v>5285.488</x:v>
+        <x:v>5522.038</x:v>
       </x:c>
       <x:c r="E268" s="0">
-        <x:v>5939.3</x:v>
+        <x:v>6204.95</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5">
       <x:c r="A269" s="1">
-        <x:v>45813.9353356482</x:v>
+        <x:v>45838.3080671296</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C269" s="0">
-        <x:v>4.96</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D269" s="0">
-        <x:v>5285.639</x:v>
+        <x:v>5493.691</x:v>
       </x:c>
       <x:c r="E269" s="0">
-        <x:v>5939.3</x:v>
+        <x:v>6173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5">
       <x:c r="A270" s="1">
-        <x:v>45813.9312268519</x:v>
+        <x:v>45835.9281712963</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C270" s="0">
-        <x:v>4.96</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D270" s="0">
-        <x:v>5285.639</x:v>
+        <x:v>5493.747</x:v>
       </x:c>
       <x:c r="E270" s="0">
-        <x:v>5939.3</x:v>
+        <x:v>6173.1</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5">
       <x:c r="A271" s="1">
-        <x:v>45813.3163773148</x:v>
+        <x:v>45835.307025463</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C271" s="0">
-        <x:v>5.15</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D271" s="0">
-        <x:v>5313.683</x:v>
+        <x:v>5465.196</x:v>
       </x:c>
       <x:c r="E271" s="0">
-        <x:v>5970.81</x:v>
+        <x:v>6141.02</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5">
       <x:c r="A272" s="1">
-        <x:v>45812.9289814815</x:v>
+        <x:v>45834.9274884259</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C272" s="0">
-        <x:v>5.19</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D272" s="0">
-        <x:v>5313.848</x:v>
+        <x:v>5465.455</x:v>
       </x:c>
       <x:c r="E272" s="0">
-        <x:v>5970.81</x:v>
+        <x:v>6141.02</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5">
       <x:c r="A273" s="1">
-        <x:v>45812.3098611111</x:v>
+        <x:v>45834.3176851852</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C273" s="0">
-        <x:v>5.17</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="D273" s="0">
-        <x:v>5313.456</x:v>
+        <x:v>5421.97</x:v>
       </x:c>
       <x:c r="E273" s="0">
-        <x:v>5970.37</x:v>
+        <x:v>6092.16</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5">
       <x:c r="A274" s="1">
-        <x:v>45811.9362152778</x:v>
+        <x:v>45833.9268402778</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C274" s="0">
-        <x:v>5.19</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D274" s="0">
-        <x:v>5313.566</x:v>
+        <x:v>5421.989</x:v>
       </x:c>
       <x:c r="E274" s="0">
-        <x:v>5970.37</x:v>
+        <x:v>6092.16</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5">
       <x:c r="A275" s="1">
-        <x:v>45811.3127430556</x:v>
+        <x:v>45833.3086921296</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C275" s="0">
-        <x:v>4.83</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D275" s="0">
-        <x:v>5282.923</x:v>
+        <x:v>5422.042</x:v>
       </x:c>
       <x:c r="E275" s="0">
-        <x:v>5935.94</x:v>
+        <x:v>6092.22</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5">
       <x:c r="A276" s="1">
-        <x:v>45810.9414814815</x:v>
+        <x:v>45832.9265856482</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C276" s="0">
-        <x:v>4.96</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D276" s="0">
-        <x:v>5282.486</x:v>
+        <x:v>5421.982</x:v>
       </x:c>
       <x:c r="E276" s="0">
-        <x:v>5935.94</x:v>
+        <x:v>6092.22</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5">
       <x:c r="A277" s="1">
-        <x:v>45800.9241898148</x:v>
+        <x:v>45832.3006365741</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C277" s="0">
-        <x:v>4.23</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="D277" s="0">
-        <x:v>5164.264</x:v>
+        <x:v>5362.307</x:v>
       </x:c>
       <x:c r="E277" s="0">
-        <x:v>5802.82</x:v>
+        <x:v>6025.17</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5">
       <x:c r="A278" s="1">
-        <x:v>45800.3403125</x:v>
+        <x:v>45831.9246412037</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C278" s="0">
-        <x:v>4.42</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D278" s="0">
-        <x:v>5199.143</x:v>
+        <x:v>5362.329</x:v>
       </x:c>
       <x:c r="E278" s="0">
-        <x:v>5842.01</x:v>
+        <x:v>6025.17</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5">
       <x:c r="A279" s="1">
-        <x:v>45799.9263425926</x:v>
+        <x:v>45831.306875</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C279" s="0">
-        <x:v>4.47</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D279" s="0">
-        <x:v>5199.302</x:v>
+        <x:v>5311.305</x:v>
       </x:c>
       <x:c r="E279" s="0">
-        <x:v>5842.01</x:v>
+        <x:v>5967.84</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5">
       <x:c r="A280" s="1">
-        <x:v>45799.3380324074</x:v>
+        <x:v>45828.9428819444</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C280" s="0">
-        <x:v>4.54</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D280" s="0">
-        <x:v>5201.616</x:v>
+        <x:v>5311.141</x:v>
       </x:c>
       <x:c r="E280" s="0">
-        <x:v>5844.61</x:v>
+        <x:v>5967.84</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5">
       <x:c r="A281" s="1">
-        <x:v>45798.9249884259</x:v>
+        <x:v>45828.3668634259</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C281" s="0">
-        <x:v>4.49</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D281" s="0">
-        <x:v>5201.57</x:v>
+        <x:v>5322.738</x:v>
       </x:c>
       <x:c r="E281" s="0">
-        <x:v>5844.61</x:v>
+        <x:v>5980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5">
       <x:c r="A282" s="1">
-        <x:v>45798.3289236111</x:v>
+        <x:v>45828.3146527778</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C282" s="0">
-        <x:v>4.99</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D282" s="0">
-        <x:v>5286.877</x:v>
+        <x:v>5322.738</x:v>
       </x:c>
       <x:c r="E282" s="0">
-        <x:v>5940.46</x:v>
+        <x:v>5980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5">
       <x:c r="A283" s="1">
-        <x:v>45797.9233680556</x:v>
+        <x:v>45826.9303240741</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C283" s="0">
-        <x:v>5.16</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D283" s="0">
-        <x:v>5286.924</x:v>
+        <x:v>5322.832</x:v>
       </x:c>
       <x:c r="E283" s="0">
-        <x:v>5940.46</x:v>
+        <x:v>5980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5">
       <x:c r="A284" s="1">
-        <x:v>45797.3326851852</x:v>
+        <x:v>45826.3250925926</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C284" s="0">
-        <x:v>5.21</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D284" s="0">
-        <x:v>5307.518</x:v>
+        <x:v>5324.478</x:v>
       </x:c>
       <x:c r="E284" s="0">
-        <x:v>5963.6</x:v>
+        <x:v>5982.72</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5">
       <x:c r="A285" s="1">
-        <x:v>45796.9244328704</x:v>
+        <x:v>45825.9253935185</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C285" s="0">
-        <x:v>5.33</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D285" s="0">
-        <x:v>5307.004</x:v>
+        <x:v>5324.491</x:v>
       </x:c>
       <x:c r="E285" s="0">
-        <x:v>5963.6</x:v>
+        <x:v>5982.72</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5">
       <x:c r="A286" s="1">
-        <x:v>45796.3431481481</x:v>
+        <x:v>45825.3552199074</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C286" s="0">
-        <x:v>4.87</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="D286" s="0">
-        <x:v>5302.358</x:v>
+        <x:v>5369.338</x:v>
       </x:c>
       <x:c r="E286" s="0">
-        <x:v>5958.38</x:v>
+        <x:v>6033.11</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5">
       <x:c r="A287" s="1">
-        <x:v>45793.9259375</x:v>
+        <x:v>45824.9235185185</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C287" s="0">
-        <x:v>5.31</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D287" s="0">
-        <x:v>5302.411</x:v>
+        <x:v>5368.782</x:v>
       </x:c>
       <x:c r="E287" s="0">
-        <x:v>5958.38</x:v>
+        <x:v>6033.11</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5">
       <x:c r="A288" s="1">
-        <x:v>45793.3222800926</x:v>
+        <x:v>45824.3396064815</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C288" s="0">
-        <x:v>5.01</x:v>
+        <x:v>5.22</x:v>
       </x:c>
       <x:c r="D288" s="0">
-        <x:v>5265.52</x:v>
+        <x:v>5318.817</x:v>
       </x:c>
       <x:c r="E288" s="0">
-        <x:v>5916.93</x:v>
+        <x:v>5976.97</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5">
       <x:c r="A289" s="1">
-        <x:v>45792.9359953704</x:v>
+        <x:v>45821.9253009259</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C289" s="0">
-        <x:v>5.03</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D289" s="0">
-        <x:v>5265.036</x:v>
+        <x:v>5318.798</x:v>
       </x:c>
       <x:c r="E289" s="0">
-        <x:v>5916.93</x:v>
+        <x:v>5976.97</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5">
       <x:c r="A290" s="1">
-        <x:v>45792.3632986111</x:v>
+        <x:v>45821.3721064815</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C290" s="0">
-        <x:v>4.7</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="D290" s="0">
-        <x:v>5243.364</x:v>
+        <x:v>5379.576</x:v>
       </x:c>
       <x:c r="E290" s="0">
-        <x:v>5892.58</x:v>
+        <x:v>6045.26</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5">
       <x:c r="A291" s="1">
-        <x:v>45791.9275694444</x:v>
+        <x:v>45820.9288888889</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C291" s="0">
-        <x:v>4.87</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D291" s="0">
-        <x:v>5244.208</x:v>
+        <x:v>5380.234</x:v>
       </x:c>
       <x:c r="E291" s="0">
-        <x:v>5892.58</x:v>
+        <x:v>6045.26</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5">
       <x:c r="A292" s="1">
-        <x:v>45791.3168055556</x:v>
+        <x:v>45820.3712384259</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C292" s="0">
-        <x:v>4.86</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="D292" s="0">
-        <x:v>5238.842</x:v>
+        <x:v>5359.8</x:v>
       </x:c>
       <x:c r="E292" s="0">
-        <x:v>5886.55</x:v>
+        <x:v>6022.3</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5">
       <x:c r="A293" s="1">
-        <x:v>45790.9286342593</x:v>
+        <x:v>45820.3363194444</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C293" s="0">
-        <x:v>4.83</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D293" s="0">
-        <x:v>5238.924</x:v>
+        <x:v>5359.746</x:v>
       </x:c>
       <x:c r="E293" s="0">
-        <x:v>5886.55</x:v>
+        <x:v>6022.24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5">
       <x:c r="A294" s="1">
-        <x:v>45790.3103935185</x:v>
+        <x:v>45819.9235532407</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C294" s="0">
-        <x:v>4.44</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D294" s="0">
-        <x:v>5201.224</x:v>
+        <x:v>5359.795</x:v>
       </x:c>
       <x:c r="E294" s="0">
-        <x:v>5844.19</x:v>
+        <x:v>6022.3</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5">
       <x:c r="A295" s="1">
-        <x:v>45789.9277662037</x:v>
+        <x:v>45819.3319907407</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C295" s="0">
-        <x:v>4.57</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D295" s="0">
-        <x:v>5200.858</x:v>
+        <x:v>5374.489</x:v>
       </x:c>
       <x:c r="E295" s="0">
-        <x:v>5844.19</x:v>
+        <x:v>6038.81</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5">
       <x:c r="A296" s="1">
-        <x:v>45789.3140277778</x:v>
+        <x:v>45818.9234606481</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C296" s="0">
-        <x:v>4.04</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D296" s="0">
-        <x:v>5036.849</x:v>
+        <x:v>5374.397</x:v>
       </x:c>
       <x:c r="E296" s="0">
-        <x:v>5659.91</x:v>
+        <x:v>6038.81</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5">
       <x:c r="A297" s="1">
-        <x:v>45786.9254282407</x:v>
+        <x:v>45818.3301736111</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C297" s="0">
-        <x:v>3.63</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D297" s="0">
-        <x:v>5036.623</x:v>
+        <x:v>5340.177</x:v>
       </x:c>
       <x:c r="E297" s="0">
-        <x:v>5659.91</x:v>
+        <x:v>6000.36</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5">
       <x:c r="A298" s="1">
-        <x:v>45786.3723148148</x:v>
+        <x:v>45817.3307638889</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C298" s="0">
-        <x:v>3.7</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D298" s="0">
-        <x:v>5040.21</x:v>
+        <x:v>5340.32</x:v>
       </x:c>
       <x:c r="E298" s="0">
-        <x:v>5663.94</x:v>
+        <x:v>6000.36</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5">
       <x:c r="A299" s="1">
-        <x:v>45786.3470023148</x:v>
+        <x:v>45814.9279282407</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C299" s="0">
-        <x:v>3.69</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="D299" s="0">
-        <x:v>5040.21</x:v>
+        <x:v>5339.832</x:v>
       </x:c>
       <x:c r="E299" s="0">
-        <x:v>5663.94</x:v>
+        <x:v>6000.36</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5">
       <x:c r="A300" s="1">
-        <x:v>45785.9240277778</x:v>
+        <x:v>45814.3348726852</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C300" s="0">
-        <x:v>3.65</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D300" s="0">
-        <x:v>5040.9</x:v>
+        <x:v>5285.488</x:v>
       </x:c>
       <x:c r="E300" s="0">
-        <x:v>5663.94</x:v>
+        <x:v>5939.3</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5">
       <x:c r="A301" s="1">
-        <x:v>45785.3334027778</x:v>
+        <x:v>45813.9353356482</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C301" s="0">
-        <x:v>3.7</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D301" s="0">
-        <x:v>5011.833</x:v>
+        <x:v>5285.639</x:v>
       </x:c>
       <x:c r="E301" s="0">
-        <x:v>5631.28</x:v>
+        <x:v>5939.3</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5">
       <x:c r="A302" s="1">
-        <x:v>45784.9235069444</x:v>
+        <x:v>45813.9312268519</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C302" s="0">
-        <x:v>3.5</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D302" s="0">
-        <x:v>5011.804</x:v>
+        <x:v>5285.639</x:v>
       </x:c>
       <x:c r="E302" s="0">
-        <x:v>5631.27</x:v>
+        <x:v>5939.3</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5">
       <x:c r="A303" s="1">
-        <x:v>45784.3171759259</x:v>
+        <x:v>45813.3163773148</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C303" s="0">
-        <x:v>3.53</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D303" s="0">
-        <x:v>4990.123</x:v>
+        <x:v>5313.683</x:v>
       </x:c>
       <x:c r="E303" s="0">
-        <x:v>5606.91</x:v>
+        <x:v>5970.81</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5">
       <x:c r="A304" s="1">
-        <x:v>45783.9247222222</x:v>
+        <x:v>45812.9289814815</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C304" s="0">
-        <x:v>3.38</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D304" s="0">
-        <x:v>4990.088</x:v>
+        <x:v>5313.848</x:v>
       </x:c>
       <x:c r="E304" s="0">
-        <x:v>5606.9</x:v>
+        <x:v>5970.81</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5">
       <x:c r="A305" s="1">
-        <x:v>45783.3026273148</x:v>
+        <x:v>45812.3098611111</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C305" s="0">
-        <x:v>3.54</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D305" s="0">
-        <x:v>5028.785</x:v>
+        <x:v>5313.456</x:v>
       </x:c>
       <x:c r="E305" s="0">
-        <x:v>5650.38</x:v>
+        <x:v>5970.37</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5">
       <x:c r="A306" s="1">
-        <x:v>45782.9244675926</x:v>
+        <x:v>45811.9362152778</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C306" s="0">
-        <x:v>3.61</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D306" s="0">
-        <x:v>5028.634</x:v>
+        <x:v>5313.566</x:v>
       </x:c>
       <x:c r="E306" s="0">
-        <x:v>5650.38</x:v>
+        <x:v>5970.37</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5">
       <x:c r="A307" s="1">
-        <x:v>45782.330462963</x:v>
+        <x:v>45811.3127430556</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C307" s="0">
-        <x:v>3.59</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="D307" s="0">
-        <x:v>5060.932</x:v>
+        <x:v>5282.923</x:v>
       </x:c>
       <x:c r="E307" s="0">
-        <x:v>5686.67</x:v>
+        <x:v>5935.94</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5">
       <x:c r="A308" s="1">
-        <x:v>45779.9288310185</x:v>
+        <x:v>45810.9414814815</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C308" s="0">
-        <x:v>3.81</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="D308" s="0">
-        <x:v>5061.013</x:v>
+        <x:v>5282.486</x:v>
       </x:c>
       <x:c r="E308" s="0">
-        <x:v>5686.67</x:v>
+        <x:v>5935.94</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5">
       <x:c r="A309" s="1">
-        <x:v>45779.3399652778</x:v>
+        <x:v>45800.9241898148</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C309" s="0">
-        <x:v>3.58</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D309" s="0">
-        <x:v>4956.34</x:v>
+        <x:v>5164.264</x:v>
       </x:c>
       <x:c r="E309" s="0">
-        <x:v>5569.06</x:v>
+        <x:v>5802.82</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5">
       <x:c r="A310" s="1">
-        <x:v>45778.4046412037</x:v>
+        <x:v>45800.3403125</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C310" s="0">
-        <x:v>3.5</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D310" s="0">
-        <x:v>4956.463</x:v>
+        <x:v>5199.143</x:v>
       </x:c>
       <x:c r="E310" s="0">
-        <x:v>5569.06</x:v>
+        <x:v>5842.01</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5">
       <x:c r="A311" s="1">
-        <x:v>45777.9324768518</x:v>
+        <x:v>45799.9263425926</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C311" s="0">
-        <x:v>3.27</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="D311" s="0">
-        <x:v>4956.157</x:v>
+        <x:v>5199.302</x:v>
       </x:c>
       <x:c r="E311" s="0">
-        <x:v>5569.06</x:v>
+        <x:v>5842.01</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5">
       <x:c r="A312" s="1">
-        <x:v>45777.3307291667</x:v>
+        <x:v>45799.3380324074</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C312" s="0">
-        <x:v>3.11</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D312" s="0">
-        <x:v>4948.833</x:v>
+        <x:v>5201.616</x:v>
       </x:c>
       <x:c r="E312" s="0">
-        <x:v>5560.83</x:v>
+        <x:v>5844.61</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5">
       <x:c r="A313" s="1">
-        <x:v>45776.924849537</x:v>
+        <x:v>45798.9249884259</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C313" s="0">
-        <x:v>3.23</x:v>
+        <x:v>4.49</x:v>
       </x:c>
       <x:c r="D313" s="0">
-        <x:v>4949.126</x:v>
+        <x:v>5201.57</x:v>
       </x:c>
       <x:c r="E313" s="0">
-        <x:v>5560.83</x:v>
+        <x:v>5844.61</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5">
       <x:c r="A314" s="1">
-        <x:v>45776.3338194444</x:v>
+        <x:v>45798.3289236111</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C314" s="0">
-        <x:v>3.11</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="D314" s="0">
-        <x:v>4920.574</x:v>
+        <x:v>5286.877</x:v>
       </x:c>
       <x:c r="E314" s="0">
-        <x:v>5528.75</x:v>
+        <x:v>5940.46</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5">
       <x:c r="A315" s="1">
-        <x:v>45775.9312731481</x:v>
+        <x:v>45797.9233680556</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C315" s="0">
-        <x:v>3.09</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D315" s="0">
-        <x:v>4920.518</x:v>
+        <x:v>5286.924</x:v>
       </x:c>
       <x:c r="E315" s="0">
-        <x:v>5528.75</x:v>
+        <x:v>5940.46</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5">
       <x:c r="A316" s="1">
-        <x:v>45775.3247222222</x:v>
+        <x:v>45797.3326851852</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C316" s="0">
-        <x:v>2.94</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D316" s="0">
-        <x:v>4917.367</x:v>
+        <x:v>5307.518</x:v>
       </x:c>
       <x:c r="E316" s="0">
-        <x:v>5525.21</x:v>
+        <x:v>5963.6</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5">
       <x:c r="A317" s="1">
-        <x:v>45772.9278703704</x:v>
+        <x:v>45796.9244328704</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C317" s="0">
-        <x:v>3.09</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D317" s="0">
-        <x:v>4917.415</x:v>
+        <x:v>5307.004</x:v>
       </x:c>
       <x:c r="E317" s="0">
-        <x:v>5525.21</x:v>
+        <x:v>5963.6</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5">
       <x:c r="A318" s="1">
-        <x:v>45772.305625</x:v>
+        <x:v>45796.3431481481</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C318" s="0">
-        <x:v>3.01</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D318" s="0">
-        <x:v>4881.423</x:v>
+        <x:v>5302.358</x:v>
       </x:c>
       <x:c r="E318" s="0">
-        <x:v>5484.77</x:v>
+        <x:v>5958.38</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5">
       <x:c r="A319" s="1">
-        <x:v>45771.9286458333</x:v>
+        <x:v>45793.9259375</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C319" s="0">
-        <x:v>2.92</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D319" s="0">
-        <x:v>4881.445</x:v>
+        <x:v>5302.411</x:v>
       </x:c>
       <x:c r="E319" s="0">
-        <x:v>5484.77</x:v>
+        <x:v>5958.38</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5">
       <x:c r="A320" s="1">
-        <x:v>45770.9297685185</x:v>
+        <x:v>45793.3222800926</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C320" s="0">
-        <x:v>2.51</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D320" s="0">
-        <x:v>4784.431</x:v>
+        <x:v>5265.52</x:v>
       </x:c>
       <x:c r="E320" s="0">
-        <x:v>5375.85</x:v>
+        <x:v>5916.93</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5">
       <x:c r="A321" s="1">
-        <x:v>45770.3241898148</x:v>
+        <x:v>45792.9359953704</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C321" s="0">
-        <x:v>2.49</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D321" s="0">
-        <x:v>4706.031</x:v>
+        <x:v>5265.036</x:v>
       </x:c>
       <x:c r="E321" s="0">
-        <x:v>5287.76</x:v>
+        <x:v>5916.93</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5">
       <x:c r="A322" s="1">
-        <x:v>45769.9290972222</x:v>
+        <x:v>45792.3632986111</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C322" s="0">
-        <x:v>2.22</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="D322" s="0">
-        <x:v>4706.016</x:v>
+        <x:v>5243.364</x:v>
       </x:c>
       <x:c r="E322" s="0">
-        <x:v>5287.76</x:v>
+        <x:v>5892.58</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5">
       <x:c r="A323" s="1">
-        <x:v>45769.3334722222</x:v>
+        <x:v>45791.9275694444</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C323" s="0">
-        <x:v>1.85</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D323" s="0">
-        <x:v>4701.513</x:v>
+        <x:v>5244.208</x:v>
       </x:c>
       <x:c r="E323" s="0">
-        <x:v>5282.7</x:v>
+        <x:v>5892.58</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5">
       <x:c r="A324" s="1">
-        <x:v>45768.3754513889</x:v>
+        <x:v>45791.3168055556</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C324" s="0">
-        <x:v>2.06</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D324" s="0">
-        <x:v>4701.603</x:v>
+        <x:v>5238.842</x:v>
       </x:c>
       <x:c r="E324" s="0">
-        <x:v>5282.7</x:v>
+        <x:v>5886.55</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5">
       <x:c r="A325" s="1">
-        <x:v>45764.930775463</x:v>
+        <x:v>45790.9286342593</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C325" s="0">
-        <x:v>2.21</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="D325" s="0">
-        <x:v>4701.546</x:v>
+        <x:v>5238.924</x:v>
       </x:c>
       <x:c r="E325" s="0">
-        <x:v>5282.7</x:v>
+        <x:v>5886.55</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5">
       <x:c r="A326" s="1">
-        <x:v>45764.3071527778</x:v>
+        <x:v>45790.3103935185</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C326" s="0">
-        <x:v>2.32</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D326" s="0">
-        <x:v>4695.316</x:v>
+        <x:v>5201.224</x:v>
       </x:c>
       <x:c r="E326" s="0">
-        <x:v>5275.7</x:v>
+        <x:v>5844.19</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5">
       <x:c r="A327" s="1">
-        <x:v>45763.9303009259</x:v>
+        <x:v>45789.9277662037</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C327" s="0">
-        <x:v>2.19</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D327" s="0">
-        <x:v>4695.275</x:v>
+        <x:v>5200.858</x:v>
       </x:c>
       <x:c r="E327" s="0">
-        <x:v>5275.7</x:v>
+        <x:v>5844.19</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5">
       <x:c r="A328" s="1">
-        <x:v>45763.3015509259</x:v>
+        <x:v>45789.3140277778</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C328" s="0">
-        <x:v>2.46</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D328" s="0">
-        <x:v>4802.903</x:v>
+        <x:v>5036.849</x:v>
       </x:c>
       <x:c r="E328" s="0">
-        <x:v>5396.63</x:v>
+        <x:v>5659.91</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5">
       <x:c r="A329" s="1">
-        <x:v>45762.9290625</x:v>
+        <x:v>45786.9254282407</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C329" s="0">
-        <x:v>2.68</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D329" s="0">
-        <x:v>4802.645</x:v>
+        <x:v>5036.623</x:v>
       </x:c>
       <x:c r="E329" s="0">
-        <x:v>5396.63</x:v>
+        <x:v>5659.91</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5">
       <x:c r="A330" s="1">
-        <x:v>45762.3053009259</x:v>
+        <x:v>45786.3723148148</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C330" s="0">
-        <x:v>2.69</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D330" s="0">
-        <x:v>4810.957</x:v>
+        <x:v>5040.21</x:v>
       </x:c>
       <x:c r="E330" s="0">
-        <x:v>5405.97</x:v>
+        <x:v>5663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5">
       <x:c r="A331" s="1">
-        <x:v>45761.9296875</x:v>
+        <x:v>45786.3470023148</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C331" s="0">
-        <x:v>2.71</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D331" s="0">
-        <x:v>4811.306</x:v>
+        <x:v>5040.21</x:v>
       </x:c>
       <x:c r="E331" s="0">
-        <x:v>5405.97</x:v>
+        <x:v>5663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5">
       <x:c r="A332" s="1">
-        <x:v>45761.3063773148</x:v>
+        <x:v>45785.9240277778</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C332" s="0">
-        <x:v>2.77</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D332" s="0">
-        <x:v>4773.383</x:v>
+        <x:v>5040.9</x:v>
       </x:c>
       <x:c r="E332" s="0">
-        <x:v>5363.36</x:v>
+        <x:v>5663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5">
       <x:c r="A333" s="1">
-        <x:v>45758.9254166667</x:v>
+        <x:v>45785.3334027778</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C333" s="0">
-        <x:v>2.56</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D333" s="0">
-        <x:v>4773.293</x:v>
+        <x:v>5011.833</x:v>
       </x:c>
       <x:c r="E333" s="0">
-        <x:v>5363.36</x:v>
+        <x:v>5631.28</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5">
       <x:c r="A334" s="1">
-        <x:v>45758.3115740741</x:v>
+        <x:v>45784.9235069444</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C334" s="0">
-        <x:v>2.26</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D334" s="0">
-        <x:v>4688.467</x:v>
+        <x:v>5011.804</x:v>
       </x:c>
       <x:c r="E334" s="0">
-        <x:v>5268.05</x:v>
+        <x:v>5631.27</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5">
       <x:c r="A335" s="1">
-        <x:v>45757.9250694444</x:v>
+        <x:v>45784.3171759259</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C335" s="0">
-        <x:v>2.24</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D335" s="0">
-        <x:v>4687.912</x:v>
+        <x:v>4990.123</x:v>
       </x:c>
       <x:c r="E335" s="0">
-        <x:v>5268.05</x:v>
+        <x:v>5606.91</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5">
       <x:c r="A336" s="1">
-        <x:v>45757.3225925926</x:v>
+        <x:v>45783.9247222222</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C336" s="0">
-        <x:v>2.91</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D336" s="0">
-        <x:v>4855.989</x:v>
+        <x:v>4990.088</x:v>
       </x:c>
       <x:c r="E336" s="0">
-        <x:v>5456.9</x:v>
+        <x:v>5606.9</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5">
       <x:c r="A337" s="1">
-        <x:v>45756.9250578704</x:v>
+        <x:v>45783.3026273148</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C337" s="0">
-        <x:v>3.1</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D337" s="0">
-        <x:v>4856.59</x:v>
+        <x:v>5028.785</x:v>
       </x:c>
       <x:c r="E337" s="0">
-        <x:v>5456.9</x:v>
+        <x:v>5650.38</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5">
       <x:c r="A338" s="1">
-        <x:v>45756.3212847222</x:v>
+        <x:v>45782.9244675926</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C338" s="0">
-        <x:v>1.45</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D338" s="0">
-        <x:v>4434.614</x:v>
+        <x:v>5028.634</x:v>
       </x:c>
       <x:c r="E338" s="0">
-        <x:v>4982.77</x:v>
+        <x:v>5650.38</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5">
       <x:c r="A339" s="1">
-        <x:v>45755.9267013889</x:v>
+        <x:v>45782.330462963</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C339" s="0">
-        <x:v>1.76</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D339" s="0">
-        <x:v>4434.655</x:v>
+        <x:v>5060.932</x:v>
       </x:c>
       <x:c r="E339" s="0">
-        <x:v>4982.77</x:v>
+        <x:v>5686.67</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5">
       <x:c r="A340" s="1">
-        <x:v>45755.3096064815</x:v>
+        <x:v>45779.9288310185</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C340" s="0">
-        <x:v>2.19</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D340" s="0">
-        <x:v>4505.392</x:v>
+        <x:v>5061.013</x:v>
       </x:c>
       <x:c r="E340" s="0">
-        <x:v>5062.25</x:v>
+        <x:v>5686.67</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5">
       <x:c r="A341" s="1">
-        <x:v>45754.9256944444</x:v>
+        <x:v>45779.3399652778</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C341" s="0">
-        <x:v>2.01</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D341" s="0">
-        <x:v>4505.356</x:v>
+        <x:v>4956.34</x:v>
       </x:c>
       <x:c r="E341" s="0">
-        <x:v>5062.25</x:v>
+        <x:v>5569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5">
       <x:c r="A342" s="1">
-        <x:v>45754.3222916667</x:v>
+        <x:v>45778.4046412037</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C342" s="0">
-        <x:v>1.51</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D342" s="0">
-        <x:v>4515.885</x:v>
+        <x:v>4956.463</x:v>
       </x:c>
       <x:c r="E342" s="0">
-        <x:v>5074.08</x:v>
+        <x:v>5569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5">
       <x:c r="A343" s="1">
-        <x:v>45751.9453587963</x:v>
+        <x:v>45777.9324768518</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C343" s="0">
-        <x:v>2.06</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D343" s="0">
-        <x:v>4515.43</x:v>
+        <x:v>4956.157</x:v>
       </x:c>
       <x:c r="E343" s="0">
-        <x:v>5074.08</x:v>
+        <x:v>5569.06</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5">
       <x:c r="A344" s="1">
-        <x:v>45751.3357523148</x:v>
+        <x:v>45777.3307291667</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C344" s="0">
-        <x:v>3.85</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D344" s="0">
-        <x:v>4802.401</x:v>
+        <x:v>4948.833</x:v>
       </x:c>
       <x:c r="E344" s="0">
-        <x:v>5396.52</x:v>
+        <x:v>5560.83</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5">
       <x:c r="A345" s="1">
-        <x:v>45750.9256712963</x:v>
+        <x:v>45776.924849537</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C345" s="0">
-        <x:v>3.95</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D345" s="0">
-        <x:v>4802.717</x:v>
+        <x:v>4949.126</x:v>
       </x:c>
       <x:c r="E345" s="0">
-        <x:v>5396.52</x:v>
+        <x:v>5560.83</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5">
       <x:c r="A346" s="1">
-        <x:v>45750.3403587963</x:v>
+        <x:v>45776.3338194444</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C346" s="0">
-        <x:v>4.95</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D346" s="0">
-        <x:v>5046.977</x:v>
+        <x:v>4920.574</x:v>
       </x:c>
       <x:c r="E346" s="0">
-        <x:v>5670.97</x:v>
+        <x:v>5528.75</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5">
       <x:c r="A347" s="1">
-        <x:v>45749.3305787037</x:v>
+        <x:v>45775.9312731481</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C347" s="0">
-        <x:v>6.04</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D347" s="0">
-        <x:v>5013.32</x:v>
+        <x:v>4920.518</x:v>
       </x:c>
       <x:c r="E347" s="0">
-        <x:v>5633.07</x:v>
+        <x:v>5528.75</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5">
       <x:c r="A348" s="1">
-        <x:v>45748.9241898148</x:v>
+        <x:v>45775.3247222222</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C348" s="0">
-        <x:v>6.13</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D348" s="0">
-        <x:v>5013.331</x:v>
+        <x:v>4917.367</x:v>
       </x:c>
       <x:c r="E348" s="0">
-        <x:v>5633.07</x:v>
+        <x:v>5525.21</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5">
       <x:c r="A349" s="1">
-        <x:v>45748.3265856481</x:v>
+        <x:v>45772.9278703704</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C349" s="0">
-        <x:v>5.8</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D349" s="0">
-        <x:v>4994.446</x:v>
+        <x:v>4917.415</x:v>
       </x:c>
       <x:c r="E349" s="0">
-        <x:v>5611.85</x:v>
+        <x:v>5525.21</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5">
       <x:c r="A350" s="1">
-        <x:v>45747.9264236111</x:v>
+        <x:v>45772.305625</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C350" s="0">
-        <x:v>5.95</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D350" s="0">
-        <x:v>4994.14</x:v>
+        <x:v>4881.423</x:v>
       </x:c>
       <x:c r="E350" s="0">
-        <x:v>5611.85</x:v>
+        <x:v>5484.77</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5">
       <x:c r="A351" s="1">
-        <x:v>45747.3300578704</x:v>
+        <x:v>45771.9286458333</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C351" s="0">
-        <x:v>5.39</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D351" s="0">
-        <x:v>4966.63</x:v>
+        <x:v>4881.445</x:v>
       </x:c>
       <x:c r="E351" s="0">
-        <x:v>5580.94</x:v>
+        <x:v>5484.77</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5">
       <x:c r="A352" s="1">
-        <x:v>45744.8838888889</x:v>
+        <x:v>45770.9297685185</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C352" s="0">
-        <x:v>5.72</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D352" s="0">
-        <x:v>4966.911</x:v>
+        <x:v>4784.431</x:v>
       </x:c>
       <x:c r="E352" s="0">
-        <x:v>5580.94</x:v>
+        <x:v>5375.85</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5">
       <x:c r="A353" s="1">
-        <x:v>45744.3355555556</x:v>
+        <x:v>45770.3241898148</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C353" s="0">
-        <x:v>6.77</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D353" s="0">
-        <x:v>5066.921</x:v>
+        <x:v>4706.031</x:v>
       </x:c>
       <x:c r="E353" s="0">
-        <x:v>5693.31</x:v>
+        <x:v>5287.76</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5">
       <x:c r="A354" s="1">
-        <x:v>45743.8879166667</x:v>
+        <x:v>45769.9290972222</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C354" s="0">
-        <x:v>6.79</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D354" s="0">
-        <x:v>5067.032</x:v>
+        <x:v>4706.016</x:v>
       </x:c>
       <x:c r="E354" s="0">
-        <x:v>5693.31</x:v>
+        <x:v>5287.76</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5">
       <x:c r="A355" s="1">
-        <x:v>45743.3084837963</x:v>
+        <x:v>45769.3334722222</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C355" s="0">
-        <x:v>7.06</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D355" s="0">
-        <x:v>5083.844</x:v>
+        <x:v>4701.513</x:v>
       </x:c>
       <x:c r="E355" s="0">
-        <x:v>5712.2</x:v>
+        <x:v>5282.7</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5">
       <x:c r="A356" s="1">
-        <x:v>45742.8862268518</x:v>
+        <x:v>45768.3754513889</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C356" s="0">
-        <x:v>6.99</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D356" s="0">
-        <x:v>5083.858</x:v>
+        <x:v>4701.603</x:v>
       </x:c>
       <x:c r="E356" s="0">
-        <x:v>5712.2</x:v>
+        <x:v>5282.7</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5">
       <x:c r="A357" s="1">
-        <x:v>45741.8884490741</x:v>
+        <x:v>45764.930775463</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C357" s="0">
-        <x:v>7.68</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D357" s="0">
-        <x:v>5141.06</x:v>
+        <x:v>4701.546</x:v>
       </x:c>
       <x:c r="E357" s="0">
-        <x:v>5776.65</x:v>
+        <x:v>5282.7</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5">
       <x:c r="A358" s="1">
-        <x:v>45741.3256712963</x:v>
+        <x:v>45764.3071527778</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C358" s="0">
-        <x:v>7.46</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D358" s="0">
-        <x:v>5132.979</x:v>
+        <x:v>4695.316</x:v>
       </x:c>
       <x:c r="E358" s="0">
-        <x:v>5767.57</x:v>
+        <x:v>5275.7</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5">
       <x:c r="A359" s="1">
-        <x:v>45740.888599537</x:v>
+        <x:v>45763.9303009259</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C359" s="0">
-        <x:v>7.59</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D359" s="0">
-        <x:v>5133.106</x:v>
+        <x:v>4695.275</x:v>
       </x:c>
       <x:c r="E359" s="0">
-        <x:v>5767.57</x:v>
+        <x:v>5275.7</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5">
       <x:c r="A360" s="1">
-        <x:v>45740.3152083333</x:v>
+        <x:v>45763.3015509259</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C360" s="0">
-        <x:v>7.02</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D360" s="0">
-        <x:v>5044.097</x:v>
+        <x:v>4802.903</x:v>
       </x:c>
       <x:c r="E360" s="0">
-        <x:v>5667.56</x:v>
+        <x:v>5396.63</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5">
       <x:c r="A361" s="1">
-        <x:v>45737.8933101852</x:v>
+        <x:v>45762.9290625</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C361" s="0">
-        <x:v>6.67</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D361" s="0">
-        <x:v>5044.022</x:v>
+        <x:v>4802.645</x:v>
       </x:c>
       <x:c r="E361" s="0">
-        <x:v>5667.56</x:v>
+        <x:v>5396.63</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5">
       <x:c r="A362" s="1">
-        <x:v>45737.3250231482</x:v>
+        <x:v>45762.3053009259</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C362" s="0">
-        <x:v>6.6</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D362" s="0">
-        <x:v>5039.865</x:v>
+        <x:v>4810.957</x:v>
       </x:c>
       <x:c r="E362" s="0">
-        <x:v>5662.89</x:v>
+        <x:v>5405.97</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5">
       <x:c r="A363" s="1">
-        <x:v>45736.8918171296</x:v>
+        <x:v>45761.9296875</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C363" s="0">
-        <x:v>6.63</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D363" s="0">
-        <x:v>5039.49</x:v>
+        <x:v>4811.306</x:v>
       </x:c>
       <x:c r="E363" s="0">
-        <x:v>5662.89</x:v>
+        <x:v>5405.97</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5">
       <x:c r="A364" s="1">
-        <x:v>45736.3183796296</x:v>
+        <x:v>45761.3063773148</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C364" s="0">
-        <x:v>7.01</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D364" s="0">
-        <x:v>5050.526</x:v>
+        <x:v>4773.383</x:v>
       </x:c>
       <x:c r="E364" s="0">
-        <x:v>5675.29</x:v>
+        <x:v>5363.36</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5">
       <x:c r="A365" s="1">
-        <x:v>45735.8917592593</x:v>
+        <x:v>45758.9254166667</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C365" s="0">
-        <x:v>6.76</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D365" s="0">
-        <x:v>5050.974</x:v>
+        <x:v>4773.293</x:v>
       </x:c>
       <x:c r="E365" s="0">
-        <x:v>5675.29</x:v>
+        <x:v>5363.36</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5">
       <x:c r="A366" s="1">
-        <x:v>45735.3342361111</x:v>
+        <x:v>45758.3115740741</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C366" s="0">
-        <x:v>6.28</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D366" s="0">
-        <x:v>4997.014</x:v>
+        <x:v>4688.467</x:v>
       </x:c>
       <x:c r="E366" s="0">
-        <x:v>5614.66</x:v>
+        <x:v>5268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5">
       <x:c r="A367" s="1">
-        <x:v>45734.8848958333</x:v>
+        <x:v>45757.9250694444</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C367" s="0">
-        <x:v>6.22</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D367" s="0">
-        <x:v>4996.907</x:v>
+        <x:v>4687.912</x:v>
       </x:c>
       <x:c r="E367" s="0">
-        <x:v>5614.66</x:v>
+        <x:v>5268.05</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5">
       <x:c r="A368" s="1">
-        <x:v>45734.3080439815</x:v>
+        <x:v>45757.3225925926</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C368" s="0">
-        <x:v>6.64</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D368" s="0">
-        <x:v>5050.716</x:v>
+        <x:v>4855.989</x:v>
       </x:c>
       <x:c r="E368" s="0">
-        <x:v>5675.12</x:v>
+        <x:v>5456.9</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5">
       <x:c r="A369" s="1">
-        <x:v>45733.885787037</x:v>
+        <x:v>45756.9250578704</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C369" s="0">
-        <x:v>6.81</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D369" s="0">
-        <x:v>5050.575</x:v>
+        <x:v>4856.59</x:v>
       </x:c>
       <x:c r="E369" s="0">
-        <x:v>5675.12</x:v>
+        <x:v>5456.9</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5">
       <x:c r="A370" s="1">
-        <x:v>45733.3035300926</x:v>
+        <x:v>45756.3212847222</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C370" s="0">
-        <x:v>6.18</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D370" s="0">
-        <x:v>5018.374</x:v>
+        <x:v>4434.614</x:v>
       </x:c>
       <x:c r="E370" s="0">
-        <x:v>5638.94</x:v>
+        <x:v>4982.77</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5">
       <x:c r="A371" s="1">
-        <x:v>45730.8910416667</x:v>
+        <x:v>45755.9267013889</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C371" s="0">
-        <x:v>6.5</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D371" s="0">
-        <x:v>4913.358</x:v>
+        <x:v>4434.655</x:v>
       </x:c>
       <x:c r="E371" s="0">
-        <x:v>5638.94</x:v>
+        <x:v>4982.77</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5">
       <x:c r="A372" s="1">
-        <x:v>45730.329212963</x:v>
+        <x:v>45755.3096064815</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C372" s="0">
-        <x:v>5.85</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D372" s="0">
-        <x:v>4913.358</x:v>
+        <x:v>4505.392</x:v>
       </x:c>
       <x:c r="E372" s="0">
-        <x:v>5521.52</x:v>
+        <x:v>5062.25</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5">
       <x:c r="A373" s="1">
-        <x:v>45729.9203125</x:v>
+        <x:v>45754.9256944444</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C373" s="0">
-        <x:v>5.55</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D373" s="0">
-        <x:v>4914.153</x:v>
+        <x:v>4505.356</x:v>
       </x:c>
       <x:c r="E373" s="0">
-        <x:v>0</x:v>
+        <x:v>5062.25</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5">
       <x:c r="A374" s="1">
-        <x:v>45729.3311805556</x:v>
+        <x:v>45754.3222916667</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C374" s="0">
-        <x:v>6.05</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D374" s="0">
-        <x:v>4983.052</x:v>
+        <x:v>4515.885</x:v>
       </x:c>
       <x:c r="E374" s="0">
-        <x:v>5576.831</x:v>
+        <x:v>5074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5">
       <x:c r="A375" s="1">
-        <x:v>45728.8941319444</x:v>
+        <x:v>45751.9453587963</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C375" s="0">
-        <x:v>6.25</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="D375" s="0">
-        <x:v>4983.377</x:v>
+        <x:v>4515.43</x:v>
       </x:c>
       <x:c r="E375" s="0">
-        <x:v>0</x:v>
+        <x:v>5074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5">
       <x:c r="A376" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45751.3357523148</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C376" s="0">
-        <x:v>6.13</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D376" s="0">
-        <x:v>4959.142</x:v>
+        <x:v>4802.401</x:v>
       </x:c>
       <x:c r="E376" s="0">
-        <x:v>0</x:v>
+        <x:v>5396.52</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5">
       <x:c r="A377" s="1">
-        <x:v>45728.3230787037</x:v>
+        <x:v>45750.9256712963</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C377" s="0">
-        <x:v>6.13</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="D377" s="0">
-        <x:v>4959.142</x:v>
+        <x:v>4802.717</x:v>
       </x:c>
       <x:c r="E377" s="0">
-        <x:v>5572.07</x:v>
+        <x:v>5396.52</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5">
       <x:c r="A378" s="1">
-        <x:v>45727.8961689815</x:v>
+        <x:v>45750.3403587963</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C378" s="0">
-        <x:v>6.02</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D378" s="0">
-        <x:v>4959.142</x:v>
+        <x:v>5046.977</x:v>
       </x:c>
       <x:c r="E378" s="0">
-        <x:v>5572.07</x:v>
+        <x:v>5670.97</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5">
       <x:c r="A379" s="1">
-        <x:v>45727.2981018519</x:v>
+        <x:v>45749.3305787037</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C379" s="0">
-        <x:v>6.47</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D379" s="0">
-        <x:v>4996.958</x:v>
+        <x:v>5013.32</x:v>
       </x:c>
       <x:c r="E379" s="0">
-        <x:v>5614.56</x:v>
+        <x:v>5633.07</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5">
       <x:c r="A380" s="1">
-        <x:v>45726.893912037</x:v>
+        <x:v>45748.9241898148</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C380" s="0">
-        <x:v>6.42</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D380" s="0">
-        <x:v>5135.478</x:v>
+        <x:v>5013.331</x:v>
       </x:c>
       <x:c r="E380" s="0">
-        <x:v>5770.2</x:v>
+        <x:v>5633.07</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5">
       <x:c r="A381" s="1">
-        <x:v>45726.3257407407</x:v>
+        <x:v>45748.3265856481</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C381" s="0">
-        <x:v>7.84</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="D381" s="0">
-        <x:v>5135.478</x:v>
+        <x:v>4994.446</x:v>
       </x:c>
       <x:c r="E381" s="0">
-        <x:v>5770.2</x:v>
+        <x:v>5611.85</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5">
       <x:c r="A382" s="1">
-        <x:v>45723.9237384259</x:v>
+        <x:v>45747.9264236111</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C382" s="0">
-        <x:v>8.21</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D382" s="0">
-        <x:v>5107.283</x:v>
+        <x:v>4994.14</x:v>
       </x:c>
       <x:c r="E382" s="0">
-        <x:v>5738.52</x:v>
+        <x:v>5611.85</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5">
       <x:c r="A383" s="1">
-        <x:v>45723.3273032407</x:v>
+        <x:v>45747.3300578704</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C383" s="0">
-        <x:v>7.93</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="D383" s="0">
-        <x:v>5107.283</x:v>
+        <x:v>4966.63</x:v>
       </x:c>
       <x:c r="E383" s="0">
-        <x:v>5738.52</x:v>
+        <x:v>5580.94</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5">
       <x:c r="A384" s="1">
-        <x:v>45722.9231481481</x:v>
+        <x:v>45744.8838888889</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C384" s="0">
-        <x:v>7.86</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D384" s="0">
-        <x:v>5199.941</x:v>
+        <x:v>4966.911</x:v>
       </x:c>
       <x:c r="E384" s="0">
-        <x:v>5842.63</x:v>
+        <x:v>5580.94</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5">
       <x:c r="A385" s="1">
-        <x:v>45722.3079166667</x:v>
+        <x:v>45744.3355555556</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C385" s="0">
-        <x:v>9.04</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="D385" s="0">
-        <x:v>5199.941</x:v>
+        <x:v>5066.921</x:v>
       </x:c>
       <x:c r="E385" s="0">
-        <x:v>5842.63</x:v>
+        <x:v>5693.31</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5">
       <x:c r="A386" s="1">
-        <x:v>45721.9268287037</x:v>
+        <x:v>45743.8879166667</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C386" s="0">
-        <x:v>9.18</x:v>
+        <x:v>6.79</x:v>
       </x:c>
       <x:c r="D386" s="0">
-        <x:v>5142.554</x:v>
+        <x:v>5067.032</x:v>
       </x:c>
       <x:c r="E386" s="0">
-        <x:v>5778.15</x:v>
+        <x:v>5693.31</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5">
       <x:c r="A387" s="1">
-        <x:v>45721.3042476852</x:v>
+        <x:v>45743.3084837963</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C387" s="0">
-        <x:v>8.88</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D387" s="0">
-        <x:v>5142.554</x:v>
+        <x:v>5083.844</x:v>
       </x:c>
       <x:c r="E387" s="0">
-        <x:v>5778.15</x:v>
+        <x:v>5712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5">
       <x:c r="A388" s="1">
-        <x:v>45720.924525463</x:v>
+        <x:v>45742.8862268518</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C388" s="0">
-        <x:v>8.43</x:v>
+        <x:v>6.99</x:v>
       </x:c>
       <x:c r="D388" s="0">
-        <x:v>5206.251</x:v>
+        <x:v>5083.858</x:v>
       </x:c>
       <x:c r="E388" s="0">
-        <x:v>5849.72</x:v>
+        <x:v>5712.2</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5">
       <x:c r="A389" s="1">
-        <x:v>45720.3012962963</x:v>
+        <x:v>45741.8884490741</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C389" s="0">
-        <x:v>9.56</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="D389" s="0">
-        <x:v>5206.251</x:v>
+        <x:v>5141.06</x:v>
       </x:c>
       <x:c r="E389" s="0">
-        <x:v>5849.72</x:v>
+        <x:v>5776.65</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5">
       <x:c r="A390" s="1">
-        <x:v>45719.9236689815</x:v>
+        <x:v>45741.3256712963</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C390" s="0">
-        <x:v>9.36</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D390" s="0">
-        <x:v>5299.505</x:v>
+        <x:v>5132.979</x:v>
       </x:c>
       <x:c r="E390" s="0">
-        <x:v>5954.5</x:v>
+        <x:v>5767.57</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5">
       <x:c r="A391" s="1">
-        <x:v>45719.3276851852</x:v>
+        <x:v>45740.888599537</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C391" s="0">
-        <x:v>11.01</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D391" s="0">
-        <x:v>5299.505</x:v>
+        <x:v>5133.106</x:v>
       </x:c>
       <x:c r="E391" s="0">
-        <x:v>5954.5</x:v>
+        <x:v>5767.57</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5">
       <x:c r="A392" s="1">
-        <x:v>45716.9268865741</x:v>
+        <x:v>45740.3152083333</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C392" s="0">
-        <x:v>10.93</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="D392" s="0">
-        <x:v>5216.806</x:v>
+        <x:v>5044.097</x:v>
       </x:c>
       <x:c r="E392" s="0">
-        <x:v>5861.58</x:v>
+        <x:v>5667.56</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5">
       <x:c r="A393" s="1">
-        <x:v>45716.3362731481</x:v>
+        <x:v>45737.8933101852</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C393" s="0">
-        <x:v>9.79</x:v>
+        <x:v>6.67</x:v>
       </x:c>
       <x:c r="D393" s="0">
-        <x:v>5216.806</x:v>
+        <x:v>5044.022</x:v>
       </x:c>
       <x:c r="E393" s="0">
-        <x:v>5861.58</x:v>
+        <x:v>5667.56</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5">
       <x:c r="A394" s="1">
-        <x:v>45715.9237384259</x:v>
+        <x:v>45737.3250231482</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C394" s="0">
-        <x:v>9.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="D394" s="0">
-        <x:v>5300.893</x:v>
+        <x:v>5039.865</x:v>
       </x:c>
       <x:c r="E394" s="0">
-        <x:v>5956.06</x:v>
+        <x:v>5662.89</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5">
       <x:c r="A395" s="1">
-        <x:v>45715.3300810185</x:v>
+        <x:v>45736.8918171296</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C395" s="0">
-        <x:v>11.46</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="D395" s="0">
-        <x:v>5300.893</x:v>
+        <x:v>5039.49</x:v>
       </x:c>
       <x:c r="E395" s="0">
-        <x:v>5956.06</x:v>
+        <x:v>5662.89</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5">
       <x:c r="A396" s="1">
-        <x:v>45714.9284953704</x:v>
+        <x:v>45736.3183796296</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C396" s="0">
-        <x:v>11.12</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D396" s="0">
-        <x:v>5300.172</x:v>
+        <x:v>5050.526</x:v>
       </x:c>
       <x:c r="E396" s="0">
-        <x:v>5955.25</x:v>
+        <x:v>5675.29</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5">
       <x:c r="A397" s="1">
-        <x:v>45714.3319212963</x:v>
+        <x:v>45735.8917592593</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C397" s="0">
-        <x:v>11.47</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="D397" s="0">
-        <x:v>5300.172</x:v>
+        <x:v>5050.974</x:v>
       </x:c>
       <x:c r="E397" s="0">
-        <x:v>5955.25</x:v>
+        <x:v>5675.29</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5">
       <x:c r="A398" s="1">
-        <x:v>45713.9238888889</x:v>
+        <x:v>45735.3342361111</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C398" s="0">
-        <x:v>11.12</x:v>
+        <x:v>6.28</x:v>
       </x:c>
       <x:c r="D398" s="0">
-        <x:v>5325.101</x:v>
+        <x:v>4997.014</x:v>
       </x:c>
       <x:c r="E398" s="0">
-        <x:v>5983.26</x:v>
+        <x:v>5614.66</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5">
       <x:c r="A399" s="1">
-        <x:v>45713.3260069444</x:v>
+        <x:v>45734.8848958333</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C399" s="0">
-        <x:v>11.7</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="D399" s="0">
-        <x:v>5325.101</x:v>
+        <x:v>4996.907</x:v>
       </x:c>
       <x:c r="E399" s="0">
-        <x:v>5983.26</x:v>
+        <x:v>5614.66</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5">
       <x:c r="A400" s="1">
-        <x:v>45712.9268634259</x:v>
+        <x:v>45734.3080439815</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C400" s="0">
-        <x:v>11.57</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D400" s="0">
-        <x:v>5351.686</x:v>
+        <x:v>5050.716</x:v>
       </x:c>
       <x:c r="E400" s="0">
-        <x:v>6013.13</x:v>
+        <x:v>5675.12</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5">
       <x:c r="A401" s="1">
-        <x:v>45712.3301736111</x:v>
+        <x:v>45733.885787037</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C401" s="0">
-        <x:v>12.56</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D401" s="0">
-        <x:v>5351.686</x:v>
+        <x:v>5050.575</x:v>
       </x:c>
       <x:c r="E401" s="0">
-        <x:v>6013.13</x:v>
+        <x:v>5675.12</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5">
       <x:c r="A402" s="1">
-        <x:v>45709.9264930556</x:v>
+        <x:v>45733.3035300926</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C402" s="0">
-        <x:v>12.09</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D402" s="0">
-        <x:v>5444.593</x:v>
+        <x:v>5018.374</x:v>
       </x:c>
       <x:c r="E402" s="0">
-        <x:v>6117.52</x:v>
+        <x:v>5638.94</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5">
       <x:c r="A403" s="1">
-        <x:v>45709.3341319444</x:v>
+        <x:v>45730.8910416667</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C403" s="0">
-        <x:v>14.04</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="D403" s="0">
-        <x:v>5444.593</x:v>
+        <x:v>4913.358</x:v>
       </x:c>
       <x:c r="E403" s="0">
-        <x:v>6117.52</x:v>
+        <x:v>5638.94</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5">
       <x:c r="A404" s="1">
-        <x:v>45708.9231944444</x:v>
+        <x:v>45730.329212963</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C404" s="0">
-        <x:v>14.01</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D404" s="0">
-        <x:v>5468.294</x:v>
+        <x:v>4913.358</x:v>
       </x:c>
       <x:c r="E404" s="0">
-        <x:v>6144.15</x:v>
+        <x:v>5521.52</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5">
       <x:c r="A405" s="1">
-        <x:v>45708.3309606481</x:v>
+        <x:v>45729.9203125</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C405" s="0">
-        <x:v>14.17</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="D405" s="0">
-        <x:v>5468.294</x:v>
+        <x:v>4914.153</x:v>
       </x:c>
       <x:c r="E405" s="0">
-        <x:v>6144.15</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5">
       <x:c r="A406" s="1">
-        <x:v>45707.9353587963</x:v>
+        <x:v>45729.3311805556</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C406" s="0">
-        <x:v>14.52</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="D406" s="0">
-        <x:v>5455.326</x:v>
+        <x:v>4983.052</x:v>
       </x:c>
       <x:c r="E406" s="0">
-        <x:v>6129.58</x:v>
+        <x:v>5576.831</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5">
       <x:c r="A407" s="1">
-        <x:v>45707.3252083333</x:v>
+        <x:v>45728.8941319444</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C407" s="0">
-        <x:v>14.38</x:v>
+        <x:v>6.25</x:v>
       </x:c>
       <x:c r="D407" s="0">
-        <x:v>5455.326</x:v>
+        <x:v>4983.377</x:v>
       </x:c>
       <x:c r="E407" s="0">
-        <x:v>6129.58</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5">
       <x:c r="A408" s="1">
-        <x:v>45706.9293634259</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C408" s="0">
-        <x:v>14.26</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D408" s="0">
-        <x:v>5442.021</x:v>
+        <x:v>4959.142</x:v>
       </x:c>
       <x:c r="E408" s="0">
-        <x:v>6114.63</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5">
       <x:c r="A409" s="1">
-        <x:v>45706.3336226852</x:v>
+        <x:v>45728.3230787037</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C409" s="0">
-        <x:v>14.35</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D409" s="0">
-        <x:v>5442.021</x:v>
+        <x:v>4959.142</x:v>
       </x:c>
       <x:c r="E409" s="0">
-        <x:v>6114.63</x:v>
+        <x:v>5572.07</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5">
       <x:c r="A410" s="1">
-        <x:v>45702.9275925926</x:v>
+        <x:v>45727.8961689815</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C410" s="0">
-        <x:v>14.04</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D410" s="0">
-        <x:v>5442.412</x:v>
+        <x:v>4959.142</x:v>
       </x:c>
       <x:c r="E410" s="0">
-        <x:v>6115.07</x:v>
+        <x:v>5572.07</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5">
       <x:c r="A411" s="1">
-        <x:v>45702.3050115741</x:v>
+        <x:v>45727.2981018519</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C411" s="0">
-        <x:v>14.15</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="D411" s="0">
-        <x:v>5442.412</x:v>
+        <x:v>4996.958</x:v>
       </x:c>
       <x:c r="E411" s="0">
-        <x:v>6115.07</x:v>
+        <x:v>5614.56</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5">
       <x:c r="A412" s="1">
-        <x:v>45701.3087268519</x:v>
+        <x:v>45726.893912037</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C412" s="0">
-        <x:v>13.2</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D412" s="0">
-        <x:v>5386.253</x:v>
+        <x:v>5135.478</x:v>
       </x:c>
       <x:c r="E412" s="0">
-        <x:v>6051.97</x:v>
+        <x:v>5770.2</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5">
       <x:c r="A413" s="1">
-        <x:v>45700.9254976852</x:v>
+        <x:v>45726.3257407407</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C413" s="0">
-        <x:v>12.98</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D413" s="0">
-        <x:v>5400.965</x:v>
+        <x:v>5135.478</x:v>
       </x:c>
       <x:c r="E413" s="0">
-        <x:v>6068.5</x:v>
+        <x:v>5770.2</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5">
       <x:c r="A414" s="1">
-        <x:v>45700.3382407407</x:v>
+        <x:v>45723.9237384259</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C414" s="0">
-        <x:v>13.24</x:v>
+        <x:v>8.21</x:v>
       </x:c>
       <x:c r="D414" s="0">
-        <x:v>5400.965</x:v>
+        <x:v>5107.283</x:v>
       </x:c>
       <x:c r="E414" s="0">
-        <x:v>6068.5</x:v>
+        <x:v>5738.52</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5">
       <x:c r="A415" s="1">
-        <x:v>45699.9276388889</x:v>
+        <x:v>45723.3273032407</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C415" s="0">
-        <x:v>13.27</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="D415" s="0">
-        <x:v>5399.132</x:v>
+        <x:v>5107.283</x:v>
       </x:c>
       <x:c r="E415" s="0">
-        <x:v>6066.44</x:v>
+        <x:v>5738.52</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5">
       <x:c r="A416" s="1">
-        <x:v>45699.3331828704</x:v>
+        <x:v>45722.9231481481</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C416" s="0">
-        <x:v>12.99</x:v>
+        <x:v>7.86</x:v>
       </x:c>
       <x:c r="D416" s="0">
-        <x:v>5399.132</x:v>
+        <x:v>5199.941</x:v>
       </x:c>
       <x:c r="E416" s="0">
-        <x:v>6066.44</x:v>
+        <x:v>5842.63</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5">
       <x:c r="A417" s="1">
-        <x:v>45698.9262615741</x:v>
+        <x:v>45722.3079166667</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C417" s="0">
-        <x:v>13.25</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D417" s="0">
-        <x:v>5399.132</x:v>
+        <x:v>5199.941</x:v>
       </x:c>
       <x:c r="E417" s="0">
-        <x:v>6066.44</x:v>
+        <x:v>5842.63</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5">
       <x:c r="A418" s="1">
-        <x:v>45698.3236458333</x:v>
+        <x:v>45721.9268287037</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C418" s="0">
-        <x:v>12.89</x:v>
+        <x:v>9.18</x:v>
       </x:c>
       <x:c r="D418" s="0">
-        <x:v>5363.131</x:v>
+        <x:v>5142.554</x:v>
       </x:c>
       <x:c r="E418" s="0">
-        <x:v>6025.99</x:v>
+        <x:v>5778.15</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5">
       <x:c r="A419" s="1">
-        <x:v>45695.9360069444</x:v>
+        <x:v>45721.3042476852</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C419" s="0">
-        <x:v>12.61</x:v>
+        <x:v>8.88</x:v>
       </x:c>
       <x:c r="D419" s="0">
-        <x:v>5414.377</x:v>
+        <x:v>5142.554</x:v>
       </x:c>
       <x:c r="E419" s="0">
-        <x:v>6083.57</x:v>
+        <x:v>5778.15</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5">
       <x:c r="A420" s="1">
-        <x:v>45695.3078819444</x:v>
+        <x:v>45720.924525463</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C420" s="0">
-        <x:v>13.49</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D420" s="0">
-        <x:v>5414.377</x:v>
+        <x:v>5206.251</x:v>
       </x:c>
       <x:c r="E420" s="0">
-        <x:v>6083.57</x:v>
+        <x:v>5849.72</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5">
       <x:c r="A421" s="1">
-        <x:v>45694.92375</x:v>
+        <x:v>45720.3012962963</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C421" s="0">
-        <x:v>13.65</x:v>
+        <x:v>9.56</x:v>
       </x:c>
       <x:c r="D421" s="0">
-        <x:v>5394.717</x:v>
+        <x:v>5206.251</x:v>
       </x:c>
       <x:c r="E421" s="0">
-        <x:v>6061.48</x:v>
+        <x:v>5849.72</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5">
       <x:c r="A422" s="1">
-        <x:v>45693.9253009259</x:v>
+        <x:v>45719.9236689815</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C422" s="0">
-        <x:v>13.28</x:v>
+        <x:v>9.36</x:v>
       </x:c>
       <x:c r="D422" s="0">
-        <x:v>5394.717</x:v>
+        <x:v>5299.505</x:v>
       </x:c>
       <x:c r="E422" s="0">
-        <x:v>6061.48</x:v>
+        <x:v>5954.5</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5">
       <x:c r="A423" s="1">
-        <x:v>45693.3224421296</x:v>
+        <x:v>45719.3276851852</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C423" s="0">
-        <x:v>12.38</x:v>
+        <x:v>11.01</x:v>
       </x:c>
       <x:c r="D423" s="0">
-        <x:v>5373.713</x:v>
+        <x:v>5299.505</x:v>
       </x:c>
       <x:c r="E423" s="0">
-        <x:v>6037.88</x:v>
+        <x:v>5954.5</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5">
       <x:c r="A424" s="1">
-        <x:v>45692.9270949074</x:v>
+        <x:v>45716.9268865741</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C424" s="0">
-        <x:v>12.89</x:v>
+        <x:v>10.93</x:v>
       </x:c>
       <x:c r="D424" s="0">
-        <x:v>5373.713</x:v>
+        <x:v>5216.806</x:v>
       </x:c>
       <x:c r="E424" s="0">
-        <x:v>6037.88</x:v>
+        <x:v>5861.58</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5">
       <x:c r="A425" s="1">
-        <x:v>45692.3038657407</x:v>
+        <x:v>45716.3362731481</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C425" s="0">
-        <x:v>12.06</x:v>
+        <x:v>9.79</x:v>
       </x:c>
       <x:c r="D425" s="0">
-        <x:v>5335.167</x:v>
+        <x:v>5216.806</x:v>
       </x:c>
       <x:c r="E425" s="0">
-        <x:v>5994.57</x:v>
+        <x:v>5861.58</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5">
       <x:c r="A426" s="1">
-        <x:v>45691.9280671296</x:v>
+        <x:v>45715.9237384259</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C426" s="0">
-        <x:v>12.2</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="D426" s="0">
-        <x:v>5335.167</x:v>
+        <x:v>5300.893</x:v>
       </x:c>
       <x:c r="E426" s="0">
-        <x:v>5994.57</x:v>
+        <x:v>5956.06</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5">
       <x:c r="A427" s="1">
-        <x:v>45691.2980902778</x:v>
+        <x:v>45715.3300810185</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C427" s="0">
-        <x:v>11.03</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D427" s="0">
-        <x:v>5376.072</x:v>
+        <x:v>5300.893</x:v>
       </x:c>
       <x:c r="E427" s="0">
-        <x:v>6040.53</x:v>
+        <x:v>5956.06</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5">
       <x:c r="A428" s="1">
-        <x:v>45688.9467708333</x:v>
+        <x:v>45714.9284953704</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C428" s="0">
-        <x:v>13.03</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D428" s="0">
-        <x:v>5376.072</x:v>
+        <x:v>5300.172</x:v>
       </x:c>
       <x:c r="E428" s="0">
-        <x:v>6040.53</x:v>
+        <x:v>5955.25</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5">
       <x:c r="A429" s="1">
-        <x:v>45688.3275231481</x:v>
+        <x:v>45714.3319212963</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C429" s="0">
-        <x:v>13.93</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D429" s="0">
-        <x:v>5403.341</x:v>
+        <x:v>5300.172</x:v>
       </x:c>
       <x:c r="E429" s="0">
-        <x:v>6071.17</x:v>
+        <x:v>5955.25</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5">
       <x:c r="A430" s="1">
-        <x:v>45687.9293055556</x:v>
+        <x:v>45713.9238888889</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C430" s="0">
-        <x:v>13.59</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D430" s="0">
-        <x:v>5403.341</x:v>
+        <x:v>5325.101</x:v>
       </x:c>
       <x:c r="E430" s="0">
-        <x:v>6071.17</x:v>
+        <x:v>5983.26</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5">
       <x:c r="A431" s="1">
-        <x:v>45687.2884837963</x:v>
+        <x:v>45713.3260069444</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C431" s="0">
-        <x:v>13.4</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="D431" s="0">
-        <x:v>5374.986</x:v>
+        <x:v>5325.101</x:v>
       </x:c>
       <x:c r="E431" s="0">
-        <x:v>6039.31</x:v>
+        <x:v>5983.26</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5">
       <x:c r="A432" s="1">
-        <x:v>45686.9239930556</x:v>
+        <x:v>45712.9268634259</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C432" s="0">
-        <x:v>13.05</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D432" s="0">
-        <x:v>5374.986</x:v>
+        <x:v>5351.686</x:v>
       </x:c>
       <x:c r="E432" s="0">
-        <x:v>6039.31</x:v>
+        <x:v>6013.13</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5">
       <x:c r="A433" s="1">
-        <x:v>45686.2993402778</x:v>
+        <x:v>45712.3301736111</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C433" s="0">
-        <x:v>13.75</x:v>
+        <x:v>12.56</x:v>
       </x:c>
       <x:c r="D433" s="0">
-        <x:v>5400.253</x:v>
+        <x:v>5351.686</x:v>
       </x:c>
       <x:c r="E433" s="0">
-        <x:v>6067.7</x:v>
+        <x:v>6013.13</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5">
       <x:c r="A434" s="1">
-        <x:v>45685.9323263889</x:v>
+        <x:v>45709.9264930556</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C434" s="0">
-        <x:v>13.57</x:v>
+        <x:v>12.09</x:v>
       </x:c>
       <x:c r="D434" s="0">
-        <x:v>5400.253</x:v>
+        <x:v>5444.593</x:v>
       </x:c>
       <x:c r="E434" s="0">
-        <x:v>6067.7</x:v>
+        <x:v>6117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5">
       <x:c r="A435" s="1">
-        <x:v>45684.3267708333</x:v>
+        <x:v>45709.3341319444</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C435" s="0">
-        <x:v>12.75</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="D435" s="0">
-        <x:v>5430.104</x:v>
+        <x:v>5444.593</x:v>
       </x:c>
       <x:c r="E435" s="0">
-        <x:v>6101.24</x:v>
+        <x:v>6117.52</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5">
       <x:c r="A436" s="1">
-        <x:v>45681.9228125</x:v>
+        <x:v>45708.9231944444</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C436" s="0">
-        <x:v>14.38</x:v>
+        <x:v>14.01</x:v>
       </x:c>
       <x:c r="D436" s="0">
-        <x:v>5430.104</x:v>
+        <x:v>5468.294</x:v>
       </x:c>
       <x:c r="E436" s="0">
-        <x:v>6101.24</x:v>
+        <x:v>6144.15</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5">
       <x:c r="A437" s="1">
-        <x:v>45681.3366203704</x:v>
+        <x:v>45708.3309606481</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C437" s="0">
-        <x:v>14.62</x:v>
+        <x:v>14.17</x:v>
       </x:c>
       <x:c r="D437" s="0">
-        <x:v>5445.652</x:v>
+        <x:v>5468.294</x:v>
       </x:c>
       <x:c r="E437" s="0">
-        <x:v>6118.71</x:v>
+        <x:v>6144.15</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5">
       <x:c r="A438" s="1">
-        <x:v>45680.3001157407</x:v>
+        <x:v>45707.9353587963</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C438" s="0">
-        <x:v>13.98</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="D438" s="0">
-        <x:v>5416.86</x:v>
+        <x:v>5455.326</x:v>
       </x:c>
       <x:c r="E438" s="0">
-        <x:v>6086.36</x:v>
+        <x:v>6129.58</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5">
       <x:c r="A439" s="1">
-        <x:v>45679.9244097222</x:v>
+        <x:v>45707.3252083333</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C439" s="0">
-        <x:v>14.14</x:v>
+        <x:v>14.38</x:v>
       </x:c>
       <x:c r="D439" s="0">
-        <x:v>5416.86</x:v>
+        <x:v>5455.326</x:v>
       </x:c>
       <x:c r="E439" s="0">
-        <x:v>6086.36</x:v>
+        <x:v>6129.58</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5">
       <x:c r="A440" s="1">
-        <x:v>45679.4487962963</x:v>
+        <x:v>45706.9293634259</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C440" s="0">
-        <x:v>13.97</x:v>
+        <x:v>14.26</x:v>
       </x:c>
       <x:c r="D440" s="0">
-        <x:v>5383.824</x:v>
+        <x:v>5442.021</x:v>
       </x:c>
       <x:c r="E440" s="0">
-        <x:v>6049.24</x:v>
+        <x:v>6114.63</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5">
       <x:c r="A441" s="1">
-        <x:v>45679.3365162037</x:v>
+        <x:v>45706.3336226852</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C441" s="0">
-        <x:v>13.73</x:v>
+        <x:v>14.35</x:v>
       </x:c>
       <x:c r="D441" s="0">
-        <x:v>5383.824</x:v>
+        <x:v>5442.021</x:v>
       </x:c>
       <x:c r="E441" s="0">
-        <x:v>6049.24</x:v>
+        <x:v>6114.63</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5">
       <x:c r="A442" s="1">
-        <x:v>45678.9235300926</x:v>
+        <x:v>45702.9275925926</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C442" s="0">
-        <x:v>13.49</x:v>
+        <x:v>14.04</x:v>
       </x:c>
       <x:c r="D442" s="0">
-        <x:v>5383.824</x:v>
+        <x:v>5442.412</x:v>
       </x:c>
       <x:c r="E442" s="0">
-        <x:v>6049.24</x:v>
+        <x:v>6115.07</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5">
       <x:c r="A443" s="1">
-        <x:v>45678.381412037</x:v>
+        <x:v>45702.3050115741</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C443" s="0">
-        <x:v>12.83</x:v>
+        <x:v>14.15</x:v>
       </x:c>
       <x:c r="D443" s="0">
-        <x:v>5337.027</x:v>
+        <x:v>5442.412</x:v>
       </x:c>
       <x:c r="E443" s="0">
-        <x:v>5996.66</x:v>
+        <x:v>6115.07</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5">
       <x:c r="A444" s="1">
-        <x:v>45674.9244791667</x:v>
+        <x:v>45701.3087268519</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C444" s="0">
-        <x:v>12.65</x:v>
+        <x:v>13.2</x:v>
       </x:c>
       <x:c r="D444" s="0">
-        <x:v>5337.027</x:v>
+        <x:v>5386.253</x:v>
       </x:c>
       <x:c r="E444" s="0">
-        <x:v>5996.66</x:v>
+        <x:v>6051.97</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5">
       <x:c r="A445" s="1">
-        <x:v>45674.3320833333</x:v>
+        <x:v>45700.9254976852</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C445" s="0">
-        <x:v>11.9</x:v>
+        <x:v>12.98</x:v>
       </x:c>
       <x:c r="D445" s="0">
-        <x:v>5284.233</x:v>
+        <x:v>5400.965</x:v>
       </x:c>
       <x:c r="E445" s="0">
-        <x:v>5937.34</x:v>
+        <x:v>6068.5</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5">
       <x:c r="A446" s="1">
-        <x:v>45673.925625</x:v>
+        <x:v>45700.3382407407</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C446" s="0">
-        <x:v>11.73</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="D446" s="0">
-        <x:v>5284.233</x:v>
+        <x:v>5400.965</x:v>
       </x:c>
       <x:c r="E446" s="0">
-        <x:v>5937.34</x:v>
+        <x:v>6068.5</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5">
       <x:c r="A447" s="1">
-        <x:v>45673.4051967593</x:v>
+        <x:v>45699.9276388889</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C447" s="0">
-        <x:v>12.28</x:v>
+        <x:v>13.27</x:v>
       </x:c>
       <x:c r="D447" s="0">
-        <x:v>5295.42</x:v>
+        <x:v>5399.132</x:v>
       </x:c>
       <x:c r="E447" s="0">
-        <x:v>5949.91</x:v>
+        <x:v>6066.44</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5">
       <x:c r="A448" s="1">
-        <x:v>45672.9260300926</x:v>
+        <x:v>45699.3331828704</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C448" s="0">
-        <x:v>11.94</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D448" s="0">
-        <x:v>5295.42</x:v>
+        <x:v>5399.132</x:v>
       </x:c>
       <x:c r="E448" s="0">
-        <x:v>5949.91</x:v>
+        <x:v>6066.44</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5">
       <x:c r="A449" s="1">
-        <x:v>45672.3295023148</x:v>
+        <x:v>45698.9262615741</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C449" s="0">
-        <x:v>10.47</x:v>
+        <x:v>13.25</x:v>
       </x:c>
       <x:c r="D449" s="0">
-        <x:v>5200.19</x:v>
+        <x:v>5399.132</x:v>
       </x:c>
       <x:c r="E449" s="0">
-        <x:v>5842.91</x:v>
+        <x:v>6066.44</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5">
       <x:c r="A450" s="1">
-        <x:v>45671.9241087963</x:v>
+        <x:v>45698.3236458333</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C450" s="0">
-        <x:v>10.42</x:v>
+        <x:v>12.89</x:v>
       </x:c>
       <x:c r="D450" s="0">
-        <x:v>5200.19</x:v>
+        <x:v>5363.131</x:v>
       </x:c>
       <x:c r="E450" s="0">
-        <x:v>5842.91</x:v>
+        <x:v>6025.99</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5">
       <x:c r="A451" s="1">
-        <x:v>45671.3250115741</x:v>
+        <x:v>45695.9360069444</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C451" s="0">
-        <x:v>10.62</x:v>
+        <x:v>12.61</x:v>
       </x:c>
       <x:c r="D451" s="0">
-        <x:v>5194.236</x:v>
+        <x:v>5414.377</x:v>
       </x:c>
       <x:c r="E451" s="0">
-        <x:v>5836.22</x:v>
+        <x:v>6083.57</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5">
       <x:c r="A452" s="1">
-        <x:v>45670.9314583333</x:v>
+        <x:v>45695.3078819444</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C452" s="0">
-        <x:v>10.34</x:v>
+        <x:v>13.49</x:v>
       </x:c>
       <x:c r="D452" s="0">
-        <x:v>5194.236</x:v>
+        <x:v>5414.377</x:v>
       </x:c>
       <x:c r="E452" s="0">
-        <x:v>5836.22</x:v>
+        <x:v>6083.57</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5">
       <x:c r="A453" s="1">
-        <x:v>45670.3234953704</x:v>
+        <x:v>45694.92375</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C453" s="0">
-        <x:v>9.89</x:v>
+        <x:v>13.65</x:v>
       </x:c>
       <x:c r="D453" s="0">
-        <x:v>5186.066</x:v>
+        <x:v>5394.717</x:v>
       </x:c>
       <x:c r="E453" s="0">
-        <x:v>5827.04</x:v>
+        <x:v>6061.48</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5">
       <x:c r="A454" s="1">
-        <x:v>45667.9297222222</x:v>
+        <x:v>45693.9253009259</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C454" s="0">
-        <x:v>10.24</x:v>
+        <x:v>13.28</x:v>
       </x:c>
       <x:c r="D454" s="0">
-        <x:v>5186.066</x:v>
+        <x:v>5394.717</x:v>
       </x:c>
       <x:c r="E454" s="0">
-        <x:v>5827.04</x:v>
+        <x:v>6061.48</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5">
       <x:c r="A455" s="1">
-        <x:v>45667.3069212963</x:v>
+        <x:v>45693.3224421296</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C455" s="0">
-        <x:v>11.46</x:v>
+        <x:v>12.38</x:v>
       </x:c>
       <x:c r="D455" s="0">
-        <x:v>5267.242</x:v>
+        <x:v>5373.713</x:v>
       </x:c>
       <x:c r="E455" s="0">
-        <x:v>5918.25</x:v>
+        <x:v>6037.88</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5">
       <x:c r="A456" s="1">
-        <x:v>45665.9258101852</x:v>
+        <x:v>45692.9270949074</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C456" s="0">
-        <x:v>11.7</x:v>
+        <x:v>12.89</x:v>
       </x:c>
       <x:c r="D456" s="0">
-        <x:v>5267.225</x:v>
+        <x:v>5373.713</x:v>
       </x:c>
       <x:c r="E456" s="0">
-        <x:v>5918.23</x:v>
+        <x:v>6037.88</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5">
       <x:c r="A457" s="1">
-        <x:v>45665.3223611111</x:v>
+        <x:v>45692.3038657407</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C457" s="0">
-        <x:v>11.85</x:v>
+        <x:v>12.06</x:v>
       </x:c>
       <x:c r="D457" s="0">
-        <x:v>5259.037</x:v>
+        <x:v>5335.167</x:v>
       </x:c>
       <x:c r="E457" s="0">
-        <x:v>5909.03</x:v>
+        <x:v>5994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5">
       <x:c r="A458" s="1">
-        <x:v>45664.9260185185</x:v>
+        <x:v>45691.9280671296</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C458" s="0">
-        <x:v>11.57</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D458" s="0">
-        <x:v>5259.037</x:v>
+        <x:v>5335.167</x:v>
       </x:c>
       <x:c r="E458" s="0">
-        <x:v>5909.03</x:v>
+        <x:v>5994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5">
       <x:c r="A459" s="1">
-        <x:v>45664.3059259259</x:v>
+        <x:v>45691.2980902778</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C459" s="0">
-        <x:v>12.62</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="D459" s="0">
-        <x:v>5318.088</x:v>
+        <x:v>5376.072</x:v>
       </x:c>
       <x:c r="E459" s="0">
-        <x:v>5975.38</x:v>
+        <x:v>6040.53</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5">
       <x:c r="A460" s="1">
-        <x:v>45663.923275463</x:v>
+        <x:v>45688.9467708333</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C460" s="0">
-        <x:v>12.71</x:v>
+        <x:v>13.03</x:v>
       </x:c>
       <x:c r="D460" s="0">
-        <x:v>5318.088</x:v>
+        <x:v>5376.072</x:v>
       </x:c>
       <x:c r="E460" s="0">
-        <x:v>5975.38</x:v>
+        <x:v>6040.53</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5">
       <x:c r="A461" s="1">
-        <x:v>45663.3329282407</x:v>
+        <x:v>45688.3275231481</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C461" s="0">
-        <x:v>12.25</x:v>
+        <x:v>13.93</x:v>
       </x:c>
       <x:c r="D461" s="0">
-        <x:v>5288.798</x:v>
+        <x:v>5403.341</x:v>
       </x:c>
       <x:c r="E461" s="0">
-        <x:v>5942.47</x:v>
+        <x:v>6071.17</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5">
       <x:c r="A462" s="1">
-        <x:v>45660.9250231481</x:v>
+        <x:v>45687.9293055556</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C462" s="0">
-        <x:v>12.2</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="D462" s="0">
-        <x:v>5288.798</x:v>
+        <x:v>5403.341</x:v>
       </x:c>
       <x:c r="E462" s="0">
-        <x:v>5942.47</x:v>
+        <x:v>6071.17</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5">
       <x:c r="A463" s="1">
-        <x:v>45660.3227430556</x:v>
+        <x:v>45687.2884837963</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C463" s="0">
-        <x:v>11.27</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D463" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5374.986</x:v>
       </x:c>
       <x:c r="E463" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>6039.31</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5">
       <x:c r="A464" s="1">
-        <x:v>45659.312025463</x:v>
+        <x:v>45686.9239930556</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C464" s="0">
-        <x:v>11.77</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D464" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5374.986</x:v>
       </x:c>
       <x:c r="E464" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>6039.31</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5">
       <x:c r="A465" s="1">
-        <x:v>45657.3295949074</x:v>
+        <x:v>45686.2993402778</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C465" s="0">
-        <x:v>11.58</x:v>
+        <x:v>13.75</x:v>
       </x:c>
       <x:c r="D465" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5400.253</x:v>
       </x:c>
       <x:c r="E465" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>6067.7</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5">
       <x:c r="A466" s="1">
-        <x:v>45656.9242824074</x:v>
+        <x:v>45685.9323263889</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C466" s="0">
-        <x:v>11.69</x:v>
+        <x:v>13.57</x:v>
       </x:c>
       <x:c r="D466" s="0">
-        <x:v>5257.177</x:v>
+        <x:v>5400.253</x:v>
       </x:c>
       <x:c r="E466" s="0">
-        <x:v>5906.94</x:v>
+        <x:v>6067.7</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5">
       <x:c r="A467" s="1">
-        <x:v>45656.3022453704</x:v>
+        <x:v>45684.3267708333</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C467" s="0">
-        <x:v>12.63</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="D467" s="0">
-        <x:v>5314.048</x:v>
+        <x:v>5430.104</x:v>
       </x:c>
       <x:c r="E467" s="0">
-        <x:v>5970.84</x:v>
+        <x:v>6101.24</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5">
       <x:c r="A468" s="1">
-        <x:v>45653.9297337963</x:v>
+        <x:v>45681.9228125</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C468" s="0">
-        <x:v>12.83</x:v>
+        <x:v>14.38</x:v>
       </x:c>
       <x:c r="D468" s="0">
-        <x:v>5314.048</x:v>
+        <x:v>5430.104</x:v>
       </x:c>
       <x:c r="E468" s="0">
-        <x:v>5970.84</x:v>
+        <x:v>6101.24</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5">
       <x:c r="A469" s="1">
-        <x:v>45653.3879976852</x:v>
+        <x:v>45681.3366203704</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C469" s="0">
-        <x:v>13.65</x:v>
+        <x:v>14.62</x:v>
       </x:c>
       <x:c r="D469" s="0">
-        <x:v>5316.922</x:v>
+        <x:v>5445.652</x:v>
       </x:c>
       <x:c r="E469" s="0">
-        <x:v>5974.07</x:v>
+        <x:v>6118.71</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5">
       <x:c r="A470" s="1">
-        <x:v>45649.9280208333</x:v>
+        <x:v>45680.3001157407</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C470" s="0">
-        <x:v>12.94</x:v>
+        <x:v>13.98</x:v>
       </x:c>
       <x:c r="D470" s="0">
-        <x:v>5316.922</x:v>
+        <x:v>5416.86</x:v>
       </x:c>
       <x:c r="E470" s="0">
-        <x:v>5974.07</x:v>
+        <x:v>6086.36</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5">
       <x:c r="A471" s="1">
-        <x:v>45649.315150463</x:v>
+        <x:v>45679.9244097222</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C471" s="0">
-        <x:v>12.8</x:v>
+        <x:v>14.14</x:v>
       </x:c>
       <x:c r="D471" s="0">
-        <x:v>5278.456</x:v>
+        <x:v>5416.86</x:v>
       </x:c>
       <x:c r="E471" s="0">
-        <x:v>5930.85</x:v>
+        <x:v>6086.36</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5">
       <x:c r="A472" s="1">
-        <x:v>45646.9391435185</x:v>
+        <x:v>45679.4487962963</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C472" s="0">
-        <x:v>12.26</x:v>
+        <x:v>13.97</x:v>
       </x:c>
       <x:c r="D472" s="0">
-        <x:v>5278.456</x:v>
+        <x:v>5383.824</x:v>
       </x:c>
       <x:c r="E472" s="0">
-        <x:v>5930.85</x:v>
+        <x:v>6049.24</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5">
       <x:c r="A473" s="1">
-        <x:v>45646.9252893518</x:v>
+        <x:v>45679.3365162037</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C473" s="0">
-        <x:v>12.26</x:v>
+        <x:v>13.73</x:v>
       </x:c>
       <x:c r="D473" s="0">
-        <x:v>5278.456</x:v>
+        <x:v>5383.824</x:v>
       </x:c>
       <x:c r="E473" s="0">
-        <x:v>5930.85</x:v>
+        <x:v>6049.24</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5">
       <x:c r="A474" s="1">
-        <x:v>45646.3145949074</x:v>
+        <x:v>45678.9235300926</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C474" s="0">
-        <x:v>11.08</x:v>
+        <x:v>13.49</x:v>
       </x:c>
       <x:c r="D474" s="0">
-        <x:v>5221.701</x:v>
+        <x:v>5383.824</x:v>
       </x:c>
       <x:c r="E474" s="0">
-        <x:v>5867.08</x:v>
+        <x:v>6049.24</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5">
       <x:c r="A475" s="1">
-        <x:v>45645.9285416667</x:v>
+        <x:v>45678.381412037</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C475" s="0">
-        <x:v>11.29</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D475" s="0">
-        <x:v>5221.701</x:v>
+        <x:v>5337.027</x:v>
       </x:c>
       <x:c r="E475" s="0">
-        <x:v>5867.08</x:v>
+        <x:v>5996.66</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5">
       <x:c r="A476" s="1">
-        <x:v>45645.3294791667</x:v>
+        <x:v>45674.9244791667</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C476" s="0">
-        <x:v>11.43</x:v>
+        <x:v>12.65</x:v>
       </x:c>
       <x:c r="D476" s="0">
-        <x:v>5226.222</x:v>
+        <x:v>5337.027</x:v>
       </x:c>
       <x:c r="E476" s="0">
-        <x:v>5872.16</x:v>
+        <x:v>5996.66</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5">
       <x:c r="A477" s="1">
-        <x:v>45644.9405902778</x:v>
+        <x:v>45674.3320833333</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C477" s="0">
-        <x:v>11.38</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D477" s="0">
-        <x:v>5226.222</x:v>
+        <x:v>5284.233</x:v>
       </x:c>
       <x:c r="E477" s="0">
-        <x:v>5872.16</x:v>
+        <x:v>5937.34</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5">
       <x:c r="A478" s="1">
-        <x:v>45644.339375</x:v>
+        <x:v>45673.925625</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C478" s="0">
-        <x:v>15.06</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="D478" s="0">
-        <x:v>5385.043</x:v>
+        <x:v>5284.233</x:v>
       </x:c>
       <x:c r="E478" s="0">
-        <x:v>6050.61</x:v>
+        <x:v>5937.34</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5">
       <x:c r="A479" s="1">
-        <x:v>45643.9373958333</x:v>
+        <x:v>45673.4051967593</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C479" s="0">
-        <x:v>14.92</x:v>
+        <x:v>12.28</x:v>
       </x:c>
       <x:c r="D479" s="0">
-        <x:v>5385.043</x:v>
+        <x:v>5295.42</x:v>
       </x:c>
       <x:c r="E479" s="0">
-        <x:v>6050.61</x:v>
+        <x:v>5949.91</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5">
       <x:c r="A480" s="1">
-        <x:v>45643.3718634259</x:v>
+        <x:v>45672.9260300926</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C480" s="0">
-        <x:v>15.08</x:v>
+        <x:v>11.94</x:v>
       </x:c>
       <x:c r="D480" s="0">
-        <x:v>5405.931</x:v>
+        <x:v>5295.42</x:v>
       </x:c>
       <x:c r="E480" s="0">
-        <x:v>6074.08</x:v>
+        <x:v>5949.91</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5">
       <x:c r="A481" s="1">
-        <x:v>45642.9331597222</x:v>
+        <x:v>45672.3295023148</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C481" s="0">
-        <x:v>15.41</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D481" s="0">
-        <x:v>5405.931</x:v>
+        <x:v>5200.19</x:v>
       </x:c>
       <x:c r="E481" s="0">
-        <x:v>6074.08</x:v>
+        <x:v>5842.91</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5">
       <x:c r="A482" s="1">
-        <x:v>45642.3397685185</x:v>
+        <x:v>45671.9241087963</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C482" s="0">
-        <x:v>15.02</x:v>
+        <x:v>10.42</x:v>
       </x:c>
       <x:c r="D482" s="0">
-        <x:v>5385.47</x:v>
+        <x:v>5200.19</x:v>
       </x:c>
       <x:c r="E482" s="0">
-        <x:v>6051.09</x:v>
+        <x:v>5842.91</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5">
       <x:c r="A483" s="1">
-        <x:v>45639.9310763889</x:v>
+        <x:v>45671.3250115741</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C483" s="0">
-        <x:v>15</x:v>
+        <x:v>10.62</x:v>
       </x:c>
       <x:c r="D483" s="0">
-        <x:v>5385.47</x:v>
+        <x:v>5194.236</x:v>
       </x:c>
       <x:c r="E483" s="0">
-        <x:v>6051.09</x:v>
+        <x:v>5836.22</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5">
       <x:c r="A484" s="1">
-        <x:v>45639.3657407407</x:v>
+        <x:v>45670.9314583333</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C484" s="0">
-        <x:v>15.26</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="D484" s="0">
-        <x:v>5385.612</x:v>
+        <x:v>5194.236</x:v>
       </x:c>
       <x:c r="E484" s="0">
-        <x:v>6051.25</x:v>
+        <x:v>5836.22</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5">
       <x:c r="A485" s="1">
-        <x:v>45638.9302777778</x:v>
+        <x:v>45670.3234953704</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C485" s="0">
-        <x:v>15.01</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D485" s="0">
-        <x:v>5385.612</x:v>
+        <x:v>5186.066</x:v>
       </x:c>
       <x:c r="E485" s="0">
-        <x:v>6051.25</x:v>
+        <x:v>5827.04</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5">
       <x:c r="A486" s="1">
-        <x:v>45637.9260069444</x:v>
+        <x:v>45667.9297222222</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C486" s="0">
-        <x:v>15.71</x:v>
+        <x:v>10.24</x:v>
       </x:c>
       <x:c r="D486" s="0">
-        <x:v>5414.929</x:v>
+        <x:v>5186.066</x:v>
       </x:c>
       <x:c r="E486" s="0">
-        <x:v>6084.19</x:v>
+        <x:v>5827.04</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5">
       <x:c r="A487" s="1">
-        <x:v>45637.3268402778</x:v>
+        <x:v>45667.3069212963</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C487" s="0">
-        <x:v>14.92</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D487" s="0">
-        <x:v>5371.07</x:v>
+        <x:v>5267.242</x:v>
       </x:c>
       <x:c r="E487" s="0">
-        <x:v>6034.91</x:v>
+        <x:v>5918.25</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5">
       <x:c r="A488" s="1">
-        <x:v>45636.9246412037</x:v>
+        <x:v>45665.9258101852</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C488" s="0">
-        <x:v>14.76</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="D488" s="0">
-        <x:v>5371.07</x:v>
+        <x:v>5267.225</x:v>
       </x:c>
       <x:c r="E488" s="0">
-        <x:v>6034.91</x:v>
+        <x:v>5918.23</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5">
       <x:c r="A489" s="1">
-        <x:v>45636.3330902778</x:v>
+        <x:v>45665.3223611111</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C489" s="0">
-        <x:v>15.1</x:v>
+        <x:v>11.85</x:v>
       </x:c>
       <x:c r="D489" s="0">
-        <x:v>5387.036</x:v>
+        <x:v>5259.037</x:v>
       </x:c>
       <x:c r="E489" s="0">
-        <x:v>6052.85</x:v>
+        <x:v>5909.03</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5">
       <x:c r="A490" s="1">
-        <x:v>45635.9293055556</x:v>
+        <x:v>45664.9260185185</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C490" s="0">
-        <x:v>15.13</x:v>
+        <x:v>11.57</x:v>
       </x:c>
       <x:c r="D490" s="0">
-        <x:v>5387.126</x:v>
+        <x:v>5259.037</x:v>
       </x:c>
       <x:c r="E490" s="0">
-        <x:v>6052.95</x:v>
+        <x:v>5909.03</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5">
       <x:c r="A491" s="1">
-        <x:v>45635.3342939815</x:v>
+        <x:v>45664.3059259259</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C491" s="0">
-        <x:v>15.84</x:v>
+        <x:v>12.62</x:v>
       </x:c>
       <x:c r="D491" s="0">
-        <x:v>5420.34</x:v>
+        <x:v>5318.088</x:v>
       </x:c>
       <x:c r="E491" s="0">
-        <x:v>6090.27</x:v>
+        <x:v>5975.38</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5">
       <x:c r="A492" s="1">
-        <x:v>45632.930150463</x:v>
+        <x:v>45663.923275463</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C492" s="0">
-        <x:v>15.96</x:v>
+        <x:v>12.71</x:v>
       </x:c>
       <x:c r="D492" s="0">
-        <x:v>5420.34</x:v>
+        <x:v>5318.088</x:v>
       </x:c>
       <x:c r="E492" s="0">
-        <x:v>6090.27</x:v>
+        <x:v>5975.38</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5">
       <x:c r="A493" s="1">
-        <x:v>45632.3303587963</x:v>
+        <x:v>45663.3329282407</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C493" s="0">
-        <x:v>15.66</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="D493" s="0">
-        <x:v>5406.848</x:v>
+        <x:v>5288.798</x:v>
       </x:c>
       <x:c r="E493" s="0">
-        <x:v>6075.11</x:v>
+        <x:v>5942.47</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5">
       <x:c r="A494" s="1">
-        <x:v>45631.9230555556</x:v>
+        <x:v>45660.9250231481</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C494" s="0">
-        <x:v>15.66</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D494" s="0">
-        <x:v>5406.848</x:v>
+        <x:v>5288.798</x:v>
       </x:c>
       <x:c r="E494" s="0">
-        <x:v>6075.11</x:v>
+        <x:v>5942.47</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5">
       <x:c r="A495" s="1">
-        <x:v>45631.3355671296</x:v>
+        <x:v>45660.3227430556</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C495" s="0">
-        <x:v>15.82</x:v>
+        <x:v>11.27</x:v>
       </x:c>
       <x:c r="D495" s="0">
-        <x:v>5416.976</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E495" s="0">
-        <x:v>6086.49</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5">
       <x:c r="A496" s="1">
-        <x:v>45630.9239699074</x:v>
+        <x:v>45659.312025463</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C496" s="0">
-        <x:v>15.91</x:v>
+        <x:v>11.77</x:v>
       </x:c>
       <x:c r="D496" s="0">
-        <x:v>5416.976</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E496" s="0">
-        <x:v>6086.49</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5">
       <x:c r="A497" s="1">
-        <x:v>45630.3720486111</x:v>
+        <x:v>45657.3295949074</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C497" s="0">
-        <x:v>15.34</x:v>
+        <x:v>11.58</x:v>
       </x:c>
       <x:c r="D497" s="0">
-        <x:v>5384.393</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E497" s="0">
-        <x:v>6049.88</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5">
       <x:c r="A498" s="1">
-        <x:v>45630.3197800926</x:v>
+        <x:v>45656.9242824074</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C498" s="0">
-        <x:v>15.37</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D498" s="0">
-        <x:v>5384.393</x:v>
+        <x:v>5257.177</x:v>
       </x:c>
       <x:c r="E498" s="0">
-        <x:v>6049.88</x:v>
+        <x:v>5906.94</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5">
       <x:c r="A499" s="1">
-        <x:v>45629.3090162037</x:v>
+        <x:v>45656.3022453704</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C499" s="0">
-        <x:v>15.24</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D499" s="0">
-        <x:v>5381.964</x:v>
+        <x:v>5314.048</x:v>
       </x:c>
       <x:c r="E499" s="0">
-        <x:v>6047.15</x:v>
+        <x:v>5970.84</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5">
       <x:c r="A500" s="1">
-        <x:v>45628.9241898148</x:v>
+        <x:v>45653.9297337963</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C500" s="0">
-        <x:v>15.15</x:v>
+        <x:v>12.83</x:v>
       </x:c>
       <x:c r="D500" s="0">
-        <x:v>5381.964</x:v>
+        <x:v>5314.048</x:v>
       </x:c>
       <x:c r="E500" s="0">
-        <x:v>6047.15</x:v>
+        <x:v>5970.84</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5">
       <x:c r="A501" s="1">
-        <x:v>45628.3102199074</x:v>
+        <x:v>45653.3879976852</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C501" s="0">
-        <x:v>14.68</x:v>
+        <x:v>13.65</x:v>
       </x:c>
       <x:c r="D501" s="0">
-        <x:v>5368.818</x:v>
+        <x:v>5316.922</x:v>
       </x:c>
       <x:c r="E501" s="0">
-        <x:v>6032.38</x:v>
+        <x:v>5974.07</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5">
       <x:c r="A502" s="1">
-        <x:v>45625.8309722222</x:v>
+        <x:v>45649.9280208333</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C502" s="0">
-        <x:v>14.9</x:v>
+        <x:v>12.94</x:v>
       </x:c>
       <x:c r="D502" s="0">
-        <x:v>5368.818</x:v>
+        <x:v>5316.922</x:v>
       </x:c>
       <x:c r="E502" s="0">
-        <x:v>6032.38</x:v>
+        <x:v>5974.07</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:5">
       <x:c r="A503" s="1">
-        <x:v>45625.3345601852</x:v>
+        <x:v>45649.315150463</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C503" s="0">
-        <x:v>14.59</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="D503" s="0">
-        <x:v>5338.879</x:v>
+        <x:v>5278.456</x:v>
       </x:c>
       <x:c r="E503" s="0">
-        <x:v>5998.74</x:v>
+        <x:v>5930.85</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:5">
       <x:c r="A504" s="1">
-        <x:v>45623.9383912037</x:v>
+        <x:v>45646.9391435185</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C504" s="0">
-        <x:v>14.28</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D504" s="0">
-        <x:v>5338.879</x:v>
+        <x:v>5278.456</x:v>
       </x:c>
       <x:c r="E504" s="0">
-        <x:v>5998.74</x:v>
+        <x:v>5930.85</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:5">
       <x:c r="A505" s="1">
-        <x:v>45623.3308796296</x:v>
+        <x:v>45646.9252893518</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C505" s="0">
-        <x:v>14.73</x:v>
+        <x:v>12.26</x:v>
       </x:c>
       <x:c r="D505" s="0">
-        <x:v>5359.251</x:v>
+        <x:v>5278.456</x:v>
       </x:c>
       <x:c r="E505" s="0">
-        <x:v>6021.63</x:v>
+        <x:v>5930.85</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:5">
       <x:c r="A506" s="1">
-        <x:v>45622.925625</x:v>
+        <x:v>45646.3145949074</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C506" s="0">
-        <x:v>14.74</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="D506" s="0">
-        <x:v>5359.251</x:v>
+        <x:v>5221.701</x:v>
       </x:c>
       <x:c r="E506" s="0">
-        <x:v>6021.63</x:v>
+        <x:v>5867.08</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:5">
       <x:c r="A507" s="1">
-        <x:v>45622.3245717593</x:v>
+        <x:v>45645.9285416667</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C507" s="0">
-        <x:v>14.14</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D507" s="0">
-        <x:v>5328.759</x:v>
+        <x:v>5221.701</x:v>
       </x:c>
       <x:c r="E507" s="0">
-        <x:v>5987.37</x:v>
+        <x:v>5867.08</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:5">
       <x:c r="A508" s="1">
-        <x:v>45621.9280555556</x:v>
+        <x:v>45645.3294791667</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C508" s="0">
-        <x:v>14.11</x:v>
+        <x:v>11.43</x:v>
       </x:c>
       <x:c r="D508" s="0">
-        <x:v>5328.759</x:v>
+        <x:v>5226.222</x:v>
       </x:c>
       <x:c r="E508" s="0">
-        <x:v>5987.37</x:v>
+        <x:v>5872.16</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:5">
       <x:c r="A509" s="1">
-        <x:v>45621.327037037</x:v>
+        <x:v>45644.9405902778</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C509" s="0">
-        <x:v>14.23</x:v>
+        <x:v>11.38</x:v>
       </x:c>
       <x:c r="D509" s="0">
-        <x:v>5312.713</x:v>
+        <x:v>5226.222</x:v>
       </x:c>
       <x:c r="E509" s="0">
-        <x:v>5969.34</x:v>
+        <x:v>5872.16</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:5">
       <x:c r="A510" s="1">
-        <x:v>45618.9261689815</x:v>
+        <x:v>45644.339375</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C510" s="0">
-        <x:v>13.82</x:v>
+        <x:v>15.06</x:v>
       </x:c>
       <x:c r="D510" s="0">
-        <x:v>5312.713</x:v>
+        <x:v>5385.043</x:v>
       </x:c>
       <x:c r="E510" s="0">
-        <x:v>5969.34</x:v>
+        <x:v>6050.61</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:5">
       <x:c r="A511" s="1">
-        <x:v>45618.3145717593</x:v>
+        <x:v>45643.9373958333</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C511" s="0">
-        <x:v>13.47</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D511" s="0">
-        <x:v>5294.352</x:v>
+        <x:v>5385.043</x:v>
       </x:c>
       <x:c r="E511" s="0">
-        <x:v>5948.71</x:v>
+        <x:v>6050.61</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:5">
       <x:c r="A512" s="1">
-        <x:v>45617.9237962963</x:v>
+        <x:v>45643.3718634259</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C512" s="0">
-        <x:v>13.46</x:v>
+        <x:v>15.08</x:v>
       </x:c>
       <x:c r="D512" s="0">
-        <x:v>5294.352</x:v>
+        <x:v>5405.931</x:v>
       </x:c>
       <x:c r="E512" s="0">
-        <x:v>5948.71</x:v>
+        <x:v>6074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:5">
       <x:c r="A513" s="1">
-        <x:v>45617.3206944444</x:v>
+        <x:v>45642.9331597222</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C513" s="0">
-        <x:v>12.69</x:v>
+        <x:v>15.41</x:v>
       </x:c>
       <x:c r="D513" s="0">
-        <x:v>5266.228</x:v>
+        <x:v>5405.931</x:v>
       </x:c>
       <x:c r="E513" s="0">
-        <x:v>5917.11</x:v>
+        <x:v>6074.08</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:5">
       <x:c r="A514" s="1">
-        <x:v>45616.9246990741</x:v>
+        <x:v>45642.3397685185</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C514" s="0">
-        <x:v>12.91</x:v>
+        <x:v>15.02</x:v>
       </x:c>
       <x:c r="D514" s="0">
-        <x:v>5266.228</x:v>
+        <x:v>5385.47</x:v>
       </x:c>
       <x:c r="E514" s="0">
-        <x:v>5917.11</x:v>
+        <x:v>6051.09</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:5">
       <x:c r="A515" s="1">
-        <x:v>45616.3339814815</x:v>
+        <x:v>45639.9310763889</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C515" s="0">
-        <x:v>13.17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D515" s="0">
-        <x:v>5266.112</x:v>
+        <x:v>5385.47</x:v>
       </x:c>
       <x:c r="E515" s="0">
-        <x:v>5916.98</x:v>
+        <x:v>6051.09</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:5">
       <x:c r="A516" s="1">
-        <x:v>45616.3293865741</x:v>
+        <x:v>45639.3657407407</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C516" s="0">
-        <x:v>13.17</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="D516" s="0">
-        <x:v>5266.112</x:v>
+        <x:v>5385.612</x:v>
       </x:c>
       <x:c r="E516" s="0">
-        <x:v>5916.98</x:v>
+        <x:v>6051.25</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:5">
       <x:c r="A517" s="1">
-        <x:v>45615.9253125</x:v>
+        <x:v>45638.9302777778</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C517" s="0">
-        <x:v>12.92</x:v>
+        <x:v>15.01</x:v>
       </x:c>
       <x:c r="D517" s="0">
-        <x:v>5266.112</x:v>
+        <x:v>5385.612</x:v>
       </x:c>
       <x:c r="E517" s="0">
-        <x:v>5916.98</x:v>
+        <x:v>6051.25</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:5">
       <x:c r="A518" s="1">
-        <x:v>45615.3392592593</x:v>
+        <x:v>45637.9260069444</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C518" s="0">
-        <x:v>12.74</x:v>
+        <x:v>15.71</x:v>
       </x:c>
       <x:c r="D518" s="0">
-        <x:v>5245.322</x:v>
+        <x:v>5414.929</x:v>
       </x:c>
       <x:c r="E518" s="0">
-        <x:v>5893.62</x:v>
+        <x:v>6084.19</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:5">
       <x:c r="A519" s="1">
-        <x:v>45614.9242013889</x:v>
+        <x:v>45637.3268402778</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C519" s="0">
-        <x:v>12.54</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="D519" s="0">
-        <x:v>5245.322</x:v>
+        <x:v>5371.07</x:v>
       </x:c>
       <x:c r="E519" s="0">
-        <x:v>5893.62</x:v>
+        <x:v>6034.91</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:5">
       <x:c r="A520" s="1">
-        <x:v>45611.9274189815</x:v>
+        <x:v>45636.9246412037</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C520" s="0">
-        <x:v>12.19</x:v>
+        <x:v>14.76</x:v>
       </x:c>
       <x:c r="D520" s="0">
-        <x:v>5224.852</x:v>
+        <x:v>5371.07</x:v>
       </x:c>
       <x:c r="E520" s="0">
-        <x:v>5870.62</x:v>
+        <x:v>6034.91</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:5">
       <x:c r="A521" s="1">
-        <x:v>45611.3089351852</x:v>
+        <x:v>45636.3330902778</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C521" s="0">
-        <x:v>13.31</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D521" s="0">
-        <x:v>5294.761</x:v>
+        <x:v>5387.036</x:v>
       </x:c>
       <x:c r="E521" s="0">
-        <x:v>5949.17</x:v>
+        <x:v>6052.85</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:5">
       <x:c r="A522" s="1">
-        <x:v>45610.9252430556</x:v>
+        <x:v>45635.9293055556</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C522" s="0">
-        <x:v>13.63</x:v>
+        <x:v>15.13</x:v>
       </x:c>
       <x:c r="D522" s="0">
-        <x:v>5294.761</x:v>
+        <x:v>5387.126</x:v>
       </x:c>
       <x:c r="E522" s="0">
-        <x:v>5949.17</x:v>
+        <x:v>6052.95</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:5">
       <x:c r="A523" s="1">
-        <x:v>45610.33375</x:v>
+        <x:v>45635.3342939815</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C523" s="0">
-        <x:v>14.26</x:v>
+        <x:v>15.84</x:v>
       </x:c>
       <x:c r="D523" s="0">
-        <x:v>5326.988</x:v>
+        <x:v>5420.34</x:v>
       </x:c>
       <x:c r="E523" s="0">
-        <x:v>5985.38</x:v>
+        <x:v>6090.27</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:5">
       <x:c r="A524" s="1">
-        <x:v>45609.9228703704</x:v>
+        <x:v>45632.930150463</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C524" s="0">
-        <x:v>14.34</x:v>
+        <x:v>15.96</x:v>
       </x:c>
       <x:c r="D524" s="0">
-        <x:v>5326.988</x:v>
+        <x:v>5420.34</x:v>
       </x:c>
       <x:c r="E524" s="0">
-        <x:v>5985.38</x:v>
+        <x:v>6090.27</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:5">
       <x:c r="A525" s="1">
-        <x:v>45609.3326967593</x:v>
+        <x:v>45632.3303587963</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C525" s="0">
-        <x:v>14.08</x:v>
+        <x:v>15.66</x:v>
       </x:c>
       <x:c r="D525" s="0">
-        <x:v>5325.751</x:v>
+        <x:v>5406.848</x:v>
       </x:c>
       <x:c r="E525" s="0">
-        <x:v>5983.99</x:v>
+        <x:v>6075.11</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:5">
       <x:c r="A526" s="1">
-        <x:v>45608.9377893519</x:v>
+        <x:v>45631.9230555556</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C526" s="0">
-        <x:v>14.32</x:v>
+        <x:v>15.66</x:v>
       </x:c>
       <x:c r="D526" s="0">
-        <x:v>5325.751</x:v>
+        <x:v>5406.848</x:v>
       </x:c>
       <x:c r="E526" s="0">
-        <x:v>5983.99</x:v>
+        <x:v>6075.11</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:5">
       <x:c r="A527" s="1">
-        <x:v>45608.3158333333</x:v>
+        <x:v>45631.3355671296</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C527" s="0">
-        <x:v>14.6</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="D527" s="0">
-        <x:v>5341.202</x:v>
+        <x:v>5416.976</x:v>
       </x:c>
       <x:c r="E527" s="0">
-        <x:v>6001.35</x:v>
+        <x:v>6086.49</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:5">
       <x:c r="A528" s="1">
-        <x:v>45607.9260416667</x:v>
+        <x:v>45630.9239699074</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C528" s="0">
-        <x:v>14.67</x:v>
+        <x:v>15.91</x:v>
       </x:c>
       <x:c r="D528" s="0">
-        <x:v>5341.202</x:v>
+        <x:v>5416.976</x:v>
       </x:c>
       <x:c r="E528" s="0">
-        <x:v>6001.35</x:v>
+        <x:v>6086.49</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:5">
       <x:c r="A529" s="1">
-        <x:v>45604.9256365741</x:v>
+        <x:v>45630.3720486111</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C529" s="0">
-        <x:v>14.61</x:v>
+        <x:v>15.34</x:v>
       </x:c>
       <x:c r="D529" s="0">
-        <x:v>5336.031</x:v>
+        <x:v>5384.393</x:v>
       </x:c>
       <x:c r="E529" s="0">
-        <x:v>5995.54</x:v>
+        <x:v>6049.88</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:5">
       <x:c r="A530" s="1">
-        <x:v>45604.3280439815</x:v>
+        <x:v>45630.3197800926</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C530" s="0">
-        <x:v>14.25</x:v>
+        <x:v>15.37</x:v>
       </x:c>
       <x:c r="D530" s="0">
-        <x:v>5316.059</x:v>
+        <x:v>5384.393</x:v>
       </x:c>
       <x:c r="E530" s="0">
-        <x:v>5973.1</x:v>
+        <x:v>6049.88</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:5">
       <x:c r="A531" s="1">
-        <x:v>45603.9239236111</x:v>
+        <x:v>45629.3090162037</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C531" s="0">
-        <x:v>14.19</x:v>
+        <x:v>15.24</x:v>
       </x:c>
       <x:c r="D531" s="0">
-        <x:v>5316.059</x:v>
+        <x:v>5381.964</x:v>
       </x:c>
       <x:c r="E531" s="0">
-        <x:v>5973.1</x:v>
+        <x:v>6047.15</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:5">
       <x:c r="A532" s="1">
-        <x:v>45603.3279282407</x:v>
+        <x:v>45628.9241898148</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C532" s="0">
-        <x:v>13.58</x:v>
+        <x:v>15.15</x:v>
       </x:c>
       <x:c r="D532" s="0">
-        <x:v>5276.846</x:v>
+        <x:v>5381.964</x:v>
       </x:c>
       <x:c r="E532" s="0">
-        <x:v>5929.04</x:v>
+        <x:v>6047.15</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:5">
       <x:c r="A533" s="1">
-        <x:v>45602.9256365741</x:v>
+        <x:v>45628.3102199074</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C533" s="0">
-        <x:v>13.4</x:v>
+        <x:v>14.68</x:v>
       </x:c>
       <x:c r="D533" s="0">
-        <x:v>5276.846</x:v>
+        <x:v>5368.818</x:v>
       </x:c>
       <x:c r="E533" s="0">
-        <x:v>5929.04</x:v>
+        <x:v>6032.38</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:5">
       <x:c r="A534" s="1">
-        <x:v>45602.2873148148</x:v>
+        <x:v>45625.8309722222</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C534" s="0">
-        <x:v>12.27</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="D534" s="0">
-        <x:v>5146.656</x:v>
+        <x:v>5368.818</x:v>
       </x:c>
       <x:c r="E534" s="0">
-        <x:v>5782.76</x:v>
+        <x:v>6032.38</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:5">
       <x:c r="A535" s="1">
-        <x:v>45601.925625</x:v>
+        <x:v>45625.3345601852</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C535" s="0">
-        <x:v>11.16</x:v>
+        <x:v>14.59</x:v>
       </x:c>
       <x:c r="D535" s="0">
-        <x:v>5146.656</x:v>
+        <x:v>5338.879</x:v>
       </x:c>
       <x:c r="E535" s="0">
-        <x:v>5782.76</x:v>
+        <x:v>5998.74</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:5">
       <x:c r="A536" s="1">
-        <x:v>45601.3076388889</x:v>
+        <x:v>45623.9383912037</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C536" s="0">
-        <x:v>10.25</x:v>
+        <x:v>14.28</x:v>
       </x:c>
       <x:c r="D536" s="0">
-        <x:v>5084.294</x:v>
+        <x:v>5338.879</x:v>
       </x:c>
       <x:c r="E536" s="0">
-        <x:v>5712.69</x:v>
+        <x:v>5998.74</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:5">
       <x:c r="A537" s="1">
-        <x:v>45600.9294560185</x:v>
+        <x:v>45623.3308796296</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C537" s="0">
-        <x:v>10.17</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="D537" s="0">
-        <x:v>5084.294</x:v>
+        <x:v>5359.251</x:v>
       </x:c>
       <x:c r="E537" s="0">
-        <x:v>5712.69</x:v>
+        <x:v>6021.63</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:5">
       <x:c r="A538" s="1">
-        <x:v>45600.300787037</x:v>
+        <x:v>45622.925625</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C538" s="0">
-        <x:v>10.6</x:v>
+        <x:v>14.74</x:v>
       </x:c>
       <x:c r="D538" s="0">
-        <x:v>5098.632</x:v>
+        <x:v>5359.251</x:v>
       </x:c>
       <x:c r="E538" s="0">
-        <x:v>5728.8</x:v>
+        <x:v>6021.63</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:5">
       <x:c r="A539" s="1">
-        <x:v>45597.8878472222</x:v>
+        <x:v>45622.3245717593</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C539" s="0">
-        <x:v>10.44</x:v>
+        <x:v>14.14</x:v>
       </x:c>
       <x:c r="D539" s="0">
-        <x:v>5098.632</x:v>
+        <x:v>5328.759</x:v>
       </x:c>
       <x:c r="E539" s="0">
-        <x:v>5728.8</x:v>
+        <x:v>5987.37</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:5">
       <x:c r="A540" s="1">
-        <x:v>45597.332337963</x:v>
+        <x:v>45621.9280555556</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C540" s="0">
-        <x:v>10.28</x:v>
+        <x:v>14.11</x:v>
       </x:c>
       <x:c r="D540" s="0">
-        <x:v>5077.842</x:v>
+        <x:v>5328.759</x:v>
       </x:c>
       <x:c r="E540" s="0">
-        <x:v>5705.44</x:v>
+        <x:v>5987.37</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:5">
       <x:c r="A541" s="1">
-        <x:v>45596.8870833333</x:v>
+        <x:v>45621.327037037</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C541" s="0">
-        <x:v>10.12</x:v>
+        <x:v>14.23</x:v>
       </x:c>
       <x:c r="D541" s="0">
-        <x:v>5077.842</x:v>
+        <x:v>5312.713</x:v>
       </x:c>
       <x:c r="E541" s="0">
-        <x:v>5705.44</x:v>
+        <x:v>5969.34</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:5">
       <x:c r="A542" s="1">
-        <x:v>45596.3297569444</x:v>
+        <x:v>45618.9261689815</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C542" s="0">
-        <x:v>11.4</x:v>
+        <x:v>13.82</x:v>
       </x:c>
       <x:c r="D542" s="0">
-        <x:v>5174.166</x:v>
+        <x:v>5312.713</x:v>
       </x:c>
       <x:c r="E542" s="0">
-        <x:v>5813.67</x:v>
+        <x:v>5969.34</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:5">
       <x:c r="A543" s="1">
-        <x:v>45595.8839814815</x:v>
+        <x:v>45618.3145717593</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C543" s="0">
-        <x:v>11.9</x:v>
+        <x:v>13.47</x:v>
       </x:c>
       <x:c r="D543" s="0">
-        <x:v>5174.166</x:v>
+        <x:v>5294.352</x:v>
       </x:c>
       <x:c r="E543" s="0">
-        <x:v>5813.67</x:v>
+        <x:v>5948.71</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:5">
       <x:c r="A544" s="1">
-        <x:v>45595.3305787037</x:v>
+        <x:v>45617.9237962963</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C544" s="0">
-        <x:v>12.51</x:v>
+        <x:v>13.46</x:v>
       </x:c>
       <x:c r="D544" s="0">
-        <x:v>5191.299</x:v>
+        <x:v>5294.352</x:v>
       </x:c>
       <x:c r="E544" s="0">
-        <x:v>5832.92</x:v>
+        <x:v>5948.71</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:5">
       <x:c r="A545" s="1">
-        <x:v>45594.8862731481</x:v>
+        <x:v>45617.3206944444</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C545" s="0">
-        <x:v>12.24</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D545" s="0">
-        <x:v>5191.343</x:v>
+        <x:v>5266.228</x:v>
       </x:c>
       <x:c r="E545" s="0">
-        <x:v>5832.97</x:v>
+        <x:v>5917.11</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:5">
       <x:c r="A546" s="1">
-        <x:v>45593.8878356482</x:v>
+        <x:v>45616.9246990741</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C546" s="0">
-        <x:v>12.1</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="D546" s="0">
-        <x:v>5182.933</x:v>
+        <x:v>5266.228</x:v>
       </x:c>
       <x:c r="E546" s="0">
-        <x:v>5823.52</x:v>
+        <x:v>5917.11</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:5">
       <x:c r="A547" s="1">
-        <x:v>45593.3395023148</x:v>
+        <x:v>45616.3339814815</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C547" s="0">
-        <x:v>12.34</x:v>
+        <x:v>13.17</x:v>
       </x:c>
       <x:c r="D547" s="0">
-        <x:v>5169.227</x:v>
+        <x:v>5266.112</x:v>
       </x:c>
       <x:c r="E547" s="0">
-        <x:v>5808.12</x:v>
+        <x:v>5916.98</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:5">
       <x:c r="A548" s="1">
-        <x:v>45590.9259259259</x:v>
+        <x:v>45616.3293865741</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C548" s="0">
-        <x:v>11.89</x:v>
+        <x:v>13.17</x:v>
       </x:c>
       <x:c r="D548" s="0">
-        <x:v>5169.227</x:v>
+        <x:v>5266.112</x:v>
       </x:c>
       <x:c r="E548" s="0">
-        <x:v>5808.12</x:v>
+        <x:v>5916.98</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:5">
       <x:c r="A549" s="1">
-        <x:v>45590.3330324074</x:v>
+        <x:v>45615.9253125</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C549" s="0">
-        <x:v>11.96</x:v>
+        <x:v>12.92</x:v>
       </x:c>
       <x:c r="D549" s="0">
-        <x:v>5170.775</x:v>
+        <x:v>5266.112</x:v>
       </x:c>
       <x:c r="E549" s="0">
-        <x:v>5809.86</x:v>
+        <x:v>5916.98</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:5">
       <x:c r="A550" s="1">
-        <x:v>45589.9268634259</x:v>
+        <x:v>45615.3392592593</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C550" s="0">
-        <x:v>11.93</x:v>
+        <x:v>12.74</x:v>
       </x:c>
       <x:c r="D550" s="0">
-        <x:v>5170.775</x:v>
+        <x:v>5245.322</x:v>
       </x:c>
       <x:c r="E550" s="0">
-        <x:v>5809.86</x:v>
+        <x:v>5893.62</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:5">
       <x:c r="A551" s="1">
-        <x:v>45588.9250810185</x:v>
+        <x:v>45614.9242013889</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C551" s="0">
-        <x:v>11.74</x:v>
+        <x:v>12.54</x:v>
       </x:c>
       <x:c r="D551" s="0">
-        <x:v>5159.704</x:v>
+        <x:v>5245.322</x:v>
       </x:c>
       <x:c r="E551" s="0">
-        <x:v>5797.42</x:v>
+        <x:v>5893.62</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:5">
       <x:c r="A552" s="1">
-        <x:v>45588.3165046296</x:v>
+        <x:v>45611.9274189815</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C552" s="0">
-        <x:v>12.63</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D552" s="0">
-        <x:v>5207.568</x:v>
+        <x:v>5224.852</x:v>
       </x:c>
       <x:c r="E552" s="0">
-        <x:v>5851.2</x:v>
+        <x:v>5870.62</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:5">
       <x:c r="A553" s="1">
-        <x:v>45587.9286111111</x:v>
+        <x:v>45611.3089351852</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C553" s="0">
-        <x:v>12.69</x:v>
+        <x:v>13.31</x:v>
       </x:c>
       <x:c r="D553" s="0">
-        <x:v>5207.568</x:v>
+        <x:v>5294.761</x:v>
       </x:c>
       <x:c r="E553" s="0">
-        <x:v>5851.2</x:v>
+        <x:v>5949.17</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:5">
       <x:c r="A554" s="1">
-        <x:v>45587.326099537</x:v>
+        <x:v>45610.9252430556</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C554" s="0">
-        <x:v>12.6</x:v>
+        <x:v>13.63</x:v>
       </x:c>
       <x:c r="D554" s="0">
-        <x:v>5210.042</x:v>
+        <x:v>5294.761</x:v>
       </x:c>
       <x:c r="E554" s="0">
-        <x:v>5853.98</x:v>
+        <x:v>5949.17</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:5">
       <x:c r="A555" s="1">
-        <x:v>45586.9257407407</x:v>
+        <x:v>45610.33375</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C555" s="0">
-        <x:v>12.75</x:v>
+        <x:v>14.26</x:v>
       </x:c>
       <x:c r="D555" s="0">
-        <x:v>5210.042</x:v>
+        <x:v>5326.988</x:v>
       </x:c>
       <x:c r="E555" s="0">
-        <x:v>5853.98</x:v>
+        <x:v>5985.38</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:5">
       <x:c r="A556" s="1">
-        <x:v>45586.3304976852</x:v>
+        <x:v>45609.9228703704</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C556" s="0">
-        <x:v>12.91</x:v>
+        <x:v>14.34</x:v>
       </x:c>
       <x:c r="D556" s="0">
-        <x:v>5219.556</x:v>
+        <x:v>5326.988</x:v>
       </x:c>
       <x:c r="E556" s="0">
-        <x:v>5864.67</x:v>
+        <x:v>5985.38</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:5">
       <x:c r="A557" s="1">
-        <x:v>45581.3264351852</x:v>
+        <x:v>45609.3326967593</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C557" s="0">
-        <x:v>12.29</x:v>
+        <x:v>14.08</x:v>
       </x:c>
       <x:c r="D557" s="0">
-        <x:v>5175.581</x:v>
+        <x:v>5325.751</x:v>
       </x:c>
       <x:c r="E557" s="0">
-        <x:v>5815.26</x:v>
+        <x:v>5983.99</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:5">
       <x:c r="A558" s="1">
-        <x:v>45580.9392476852</x:v>
+        <x:v>45608.9377893519</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C558" s="0">
-        <x:v>12.19</x:v>
+        <x:v>14.32</x:v>
       </x:c>
       <x:c r="D558" s="0">
-        <x:v>5175.581</x:v>
+        <x:v>5325.751</x:v>
       </x:c>
       <x:c r="E558" s="0">
-        <x:v>5815.26</x:v>
+        <x:v>5983.99</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:5">
       <x:c r="A559" s="1">
-        <x:v>45580.3263541667</x:v>
+        <x:v>45608.3158333333</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C559" s="0">
-        <x:v>13.07</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="D559" s="0">
-        <x:v>5215.266</x:v>
+        <x:v>5341.202</x:v>
       </x:c>
       <x:c r="E559" s="0">
-        <x:v>5859.85</x:v>
+        <x:v>6001.35</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:5">
       <x:c r="A560" s="1">
-        <x:v>45579.9269097222</x:v>
+        <x:v>45607.9260416667</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C560" s="0">
-        <x:v>12.99</x:v>
+        <x:v>14.67</x:v>
       </x:c>
       <x:c r="D560" s="0">
-        <x:v>5215.266</x:v>
+        <x:v>5341.202</x:v>
       </x:c>
       <x:c r="E560" s="0">
-        <x:v>5859.85</x:v>
+        <x:v>6001.35</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:5">
       <x:c r="A561" s="1">
-        <x:v>45576.9277777778</x:v>
+        <x:v>45604.9256365741</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C561" s="0">
-        <x:v>12.27</x:v>
+        <x:v>14.61</x:v>
       </x:c>
       <x:c r="D561" s="0">
-        <x:v>5175.377</x:v>
+        <x:v>5336.031</x:v>
       </x:c>
       <x:c r="E561" s="0">
-        <x:v>5815.03</x:v>
+        <x:v>5995.54</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:5">
       <x:c r="A562" s="1">
-        <x:v>45576.3246296296</x:v>
+        <x:v>45604.3280439815</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C562" s="0">
-        <x:v>11.74</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D562" s="0">
-        <x:v>5144.244</x:v>
+        <x:v>5316.059</x:v>
       </x:c>
       <x:c r="E562" s="0">
-        <x:v>5780.05</x:v>
+        <x:v>5973.1</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:5">
       <x:c r="A563" s="1">
-        <x:v>45575.9298148148</x:v>
+        <x:v>45603.9239236111</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C563" s="0">
-        <x:v>11.72</x:v>
+        <x:v>14.19</x:v>
       </x:c>
       <x:c r="D563" s="0">
-        <x:v>5144.244</x:v>
+        <x:v>5316.059</x:v>
       </x:c>
       <x:c r="E563" s="0">
-        <x:v>5780.05</x:v>
+        <x:v>5973.1</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:5">
       <x:c r="A564" s="1">
-        <x:v>45575.3252893519</x:v>
+        <x:v>45603.3279282407</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C564" s="0">
-        <x:v>11.9</x:v>
+        <x:v>13.58</x:v>
       </x:c>
       <x:c r="D564" s="0">
-        <x:v>5154.916</x:v>
+        <x:v>5276.846</x:v>
       </x:c>
       <x:c r="E564" s="0">
-        <x:v>5792.04</x:v>
+        <x:v>5929.04</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:5">
       <x:c r="A565" s="1">
-        <x:v>45574.923287037</x:v>
+        <x:v>45602.9256365741</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C565" s="0">
-        <x:v>11.92</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="D565" s="0">
-        <x:v>5154.916</x:v>
+        <x:v>5276.846</x:v>
       </x:c>
       <x:c r="E565" s="0">
-        <x:v>5792.04</x:v>
+        <x:v>5929.04</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:5">
       <x:c r="A566" s="1">
-        <x:v>45574.3277314815</x:v>
+        <x:v>45602.2873148148</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C566" s="0">
-        <x:v>11.14</x:v>
+        <x:v>12.27</x:v>
       </x:c>
       <x:c r="D566" s="0">
-        <x:v>5118.506</x:v>
+        <x:v>5146.656</x:v>
       </x:c>
       <x:c r="E566" s="0">
-        <x:v>5751.13</x:v>
+        <x:v>5782.76</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:5">
       <x:c r="A567" s="1">
-        <x:v>45573.9226851852</x:v>
+        <x:v>45601.925625</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C567" s="0">
-        <x:v>11.29</x:v>
+        <x:v>11.16</x:v>
       </x:c>
       <x:c r="D567" s="0">
-        <x:v>5118.506</x:v>
+        <x:v>5146.656</x:v>
       </x:c>
       <x:c r="E567" s="0">
-        <x:v>5751.13</x:v>
+        <x:v>5782.76</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:5">
       <x:c r="A568" s="1">
-        <x:v>45573.3288541667</x:v>
+        <x:v>45601.3076388889</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C568" s="0">
-        <x:v>10.46</x:v>
+        <x:v>10.25</x:v>
       </x:c>
       <x:c r="D568" s="0">
-        <x:v>5069.387</x:v>
+        <x:v>5084.294</x:v>
       </x:c>
       <x:c r="E568" s="0">
-        <x:v>5695.94</x:v>
+        <x:v>5712.69</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:5">
       <x:c r="A569" s="1">
-        <x:v>45572.9229166667</x:v>
+        <x:v>45600.9294560185</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C569" s="0">
-        <x:v>10.49</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D569" s="0">
-        <x:v>5069.387</x:v>
+        <x:v>5084.294</x:v>
       </x:c>
       <x:c r="E569" s="0">
-        <x:v>5695.94</x:v>
+        <x:v>5712.69</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:5">
       <x:c r="A570" s="1">
-        <x:v>45572.3259375</x:v>
+        <x:v>45600.300787037</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C570" s="0">
-        <x:v>11.23</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="D570" s="0">
-        <x:v>5118.452</x:v>
+        <x:v>5098.632</x:v>
       </x:c>
       <x:c r="E570" s="0">
-        <x:v>5751.07</x:v>
+        <x:v>5728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:5">
       <x:c r="A571" s="1">
-        <x:v>45569.9240625</x:v>
+        <x:v>45597.8878472222</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C571" s="0">
-        <x:v>11.41</x:v>
+        <x:v>10.44</x:v>
       </x:c>
       <x:c r="D571" s="0">
-        <x:v>5118.452</x:v>
+        <x:v>5098.632</x:v>
       </x:c>
       <x:c r="E571" s="0">
-        <x:v>5751.07</x:v>
+        <x:v>5728.8</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:5">
       <x:c r="A572" s="1">
-        <x:v>45569.3273958333</x:v>
+        <x:v>45597.332337963</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C572" s="0">
-        <x:v>10.7</x:v>
+        <x:v>10.28</x:v>
       </x:c>
       <x:c r="D572" s="0">
-        <x:v>5072.947</x:v>
+        <x:v>5077.842</x:v>
       </x:c>
       <x:c r="E572" s="0">
-        <x:v>5699.94</x:v>
+        <x:v>5705.44</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:5">
       <x:c r="A573" s="1">
-        <x:v>45568.9236805556</x:v>
+        <x:v>45596.8870833333</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C573" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.12</x:v>
       </x:c>
       <x:c r="D573" s="0">
-        <x:v>5072.947</x:v>
+        <x:v>5077.842</x:v>
       </x:c>
       <x:c r="E573" s="0">
-        <x:v>5699.94</x:v>
+        <x:v>5705.44</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:5">
       <x:c r="A574" s="1">
-        <x:v>45568.3090740741</x:v>
+        <x:v>45596.3297569444</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C574" s="0">
-        <x:v>10.64</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="D574" s="0">
-        <x:v>5080.788</x:v>
+        <x:v>5174.166</x:v>
       </x:c>
       <x:c r="E574" s="0">
-        <x:v>5708.75</x:v>
+        <x:v>5813.67</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:5">
       <x:c r="A575" s="1">
-        <x:v>45567.9236574074</x:v>
+        <x:v>45595.8839814815</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C575" s="0">
-        <x:v>10</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D575" s="0">
-        <x:v>5081.491</x:v>
+        <x:v>5174.166</x:v>
       </x:c>
       <x:c r="E575" s="0">
-        <x:v>5709.54</x:v>
+        <x:v>5813.67</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:5">
       <x:c r="A576" s="1">
-        <x:v>45567.3817939815</x:v>
+        <x:v>45595.3305787037</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C576" s="0">
-        <x:v>10.56</x:v>
+        <x:v>12.51</x:v>
       </x:c>
       <x:c r="D576" s="0">
-        <x:v>5128.607</x:v>
+        <x:v>5191.299</x:v>
       </x:c>
       <x:c r="E576" s="0">
-        <x:v>5762.48</x:v>
+        <x:v>5832.92</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:5">
       <x:c r="A577" s="1">
-        <x:v>45566.9237962963</x:v>
+        <x:v>45594.8862731481</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C577" s="0">
-        <x:v>10.8</x:v>
+        <x:v>12.24</x:v>
       </x:c>
       <x:c r="D577" s="0">
-        <x:v>5080.788</x:v>
+        <x:v>5191.343</x:v>
       </x:c>
       <x:c r="E577" s="0">
-        <x:v>5708.75</x:v>
+        <x:v>5832.97</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:5">
       <x:c r="A578" s="1">
-        <x:v>45566.3285648148</x:v>
+        <x:v>45593.8878356482</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C578" s="0">
-        <x:v>11.59</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="D578" s="0">
-        <x:v>5128.607</x:v>
+        <x:v>5182.933</x:v>
       </x:c>
       <x:c r="E578" s="0">
-        <x:v>5762.48</x:v>
+        <x:v>5823.52</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:5">
       <x:c r="A579" s="1">
-        <x:v>45565.9304861111</x:v>
+        <x:v>45593.3395023148</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C579" s="0">
-        <x:v>11.69</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="D579" s="0">
-        <x:v>5128.58</x:v>
+        <x:v>5169.227</x:v>
       </x:c>
       <x:c r="E579" s="0">
-        <x:v>5762.45</x:v>
+        <x:v>5808.12</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:5">
       <x:c r="A580" s="1">
-        <x:v>45565.3313888889</x:v>
+        <x:v>45590.9259259259</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C580" s="0">
-        <x:v>11.24</x:v>
+        <x:v>11.89</x:v>
       </x:c>
       <x:c r="D580" s="0">
-        <x:v>5106.971</x:v>
+        <x:v>5169.227</x:v>
       </x:c>
       <x:c r="E580" s="0">
-        <x:v>5738.17</x:v>
+        <x:v>5808.12</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:5">
       <x:c r="A581" s="1">
-        <x:v>45562.9247800926</x:v>
+        <x:v>45590.3330324074</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C581" s="0">
-        <x:v>11.34</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D581" s="0">
-        <x:v>5106.971</x:v>
+        <x:v>5170.775</x:v>
       </x:c>
       <x:c r="E581" s="0">
-        <x:v>5738.17</x:v>
+        <x:v>5809.86</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:5">
       <x:c r="A582" s="1">
-        <x:v>45562.3250578704</x:v>
+        <x:v>45589.9268634259</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C582" s="0">
-        <x:v>11.47</x:v>
+        <x:v>11.93</x:v>
       </x:c>
       <x:c r="D582" s="0">
-        <x:v>5113.379</x:v>
+        <x:v>5170.775</x:v>
       </x:c>
       <x:c r="E582" s="0">
-        <x:v>5745.37</x:v>
+        <x:v>5809.86</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:5">
       <x:c r="A583" s="1">
-        <x:v>45561.9243287037</x:v>
+        <x:v>45588.9250810185</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C583" s="0">
-        <x:v>11.47</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D583" s="0">
-        <x:v>5113.379</x:v>
+        <x:v>5159.704</x:v>
       </x:c>
       <x:c r="E583" s="0">
-        <x:v>5745.37</x:v>
+        <x:v>5797.42</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:5">
       <x:c r="A584" s="1">
-        <x:v>45561.3341550926</x:v>
+        <x:v>45588.3165046296</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C584" s="0">
-        <x:v>11.66</x:v>
+        <x:v>12.63</x:v>
       </x:c>
       <x:c r="D584" s="0">
-        <x:v>5092.811</x:v>
+        <x:v>5207.568</x:v>
       </x:c>
       <x:c r="E584" s="0">
-        <x:v>5722.26</x:v>
+        <x:v>5851.2</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:5">
       <x:c r="A585" s="1">
-        <x:v>45560.9241435185</x:v>
+        <x:v>45587.9286111111</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C585" s="0">
-        <x:v>11.12</x:v>
+        <x:v>12.69</x:v>
       </x:c>
       <x:c r="D585" s="0">
-        <x:v>5092.811</x:v>
+        <x:v>5207.568</x:v>
       </x:c>
       <x:c r="E585" s="0">
-        <x:v>5722.26</x:v>
+        <x:v>5851.2</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:5">
       <x:c r="A586" s="1">
-        <x:v>45560.3227083333</x:v>
+        <x:v>45587.326099537</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C586" s="0">
-        <x:v>11.21</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="D586" s="0">
-        <x:v>5102.308</x:v>
+        <x:v>5210.042</x:v>
       </x:c>
       <x:c r="E586" s="0">
-        <x:v>5732.93</x:v>
+        <x:v>5853.98</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:5">
       <x:c r="A587" s="1">
-        <x:v>45559.925</x:v>
+        <x:v>45586.9257407407</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C587" s="0">
-        <x:v>11.3</x:v>
+        <x:v>12.75</x:v>
       </x:c>
       <x:c r="D587" s="0">
-        <x:v>5102.308</x:v>
+        <x:v>5210.042</x:v>
       </x:c>
       <x:c r="E587" s="0">
-        <x:v>5732.93</x:v>
+        <x:v>5853.98</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:5">
       <x:c r="A588" s="1">
-        <x:v>45559.3215625</x:v>
+        <x:v>45586.3304976852</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C588" s="0">
-        <x:v>11.11</x:v>
+        <x:v>12.91</x:v>
       </x:c>
       <x:c r="D588" s="0">
-        <x:v>5089.527</x:v>
+        <x:v>5219.556</x:v>
       </x:c>
       <x:c r="E588" s="0">
-        <x:v>5718.57</x:v>
+        <x:v>5864.67</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:5">
       <x:c r="A589" s="1">
-        <x:v>45558.9281481481</x:v>
+        <x:v>45581.3264351852</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C589" s="0">
-        <x:v>11.09</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="D589" s="0">
-        <x:v>5089.527</x:v>
+        <x:v>5175.581</x:v>
       </x:c>
       <x:c r="E589" s="0">
-        <x:v>5718.57</x:v>
+        <x:v>5815.26</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:5">
       <x:c r="A590" s="1">
-        <x:v>45558.3321990741</x:v>
+        <x:v>45580.9392476852</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C590" s="0">
-        <x:v>11.08</x:v>
+        <x:v>12.19</x:v>
       </x:c>
       <x:c r="D590" s="0">
-        <x:v>5075.27</x:v>
+        <x:v>5175.581</x:v>
       </x:c>
       <x:c r="E590" s="0">
-        <x:v>5702.55</x:v>
+        <x:v>5815.26</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:5">
       <x:c r="A591" s="1">
-        <x:v>45555.9287962963</x:v>
+        <x:v>45580.3263541667</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C591" s="0">
-        <x:v>10.88</x:v>
+        <x:v>13.07</x:v>
       </x:c>
       <x:c r="D591" s="0">
-        <x:v>5075.27</x:v>
+        <x:v>5215.266</x:v>
       </x:c>
       <x:c r="E591" s="0">
-        <x:v>5702.55</x:v>
+        <x:v>5859.85</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:5">
       <x:c r="A592" s="1">
-        <x:v>45555.3192361111</x:v>
+        <x:v>45579.9269097222</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C592" s="0">
-        <x:v>10.97</x:v>
+        <x:v>12.99</x:v>
       </x:c>
       <x:c r="D592" s="0">
-        <x:v>5085.14</x:v>
+        <x:v>5215.266</x:v>
       </x:c>
       <x:c r="E592" s="0">
-        <x:v>5713.64</x:v>
+        <x:v>5859.85</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:5">
       <x:c r="A593" s="1">
-        <x:v>45554.9249421296</x:v>
+        <x:v>45576.9277777778</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C593" s="0">
-        <x:v>11.07</x:v>
+        <x:v>12.27</x:v>
       </x:c>
       <x:c r="D593" s="0">
-        <x:v>5085.14</x:v>
+        <x:v>5175.377</x:v>
       </x:c>
       <x:c r="E593" s="0">
-        <x:v>5713.64</x:v>
+        <x:v>5815.03</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:5">
       <x:c r="A594" s="1">
-        <x:v>45554.3120949074</x:v>
+        <x:v>45576.3246296296</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C594" s="0">
-        <x:v>10.51</x:v>
+        <x:v>11.74</x:v>
       </x:c>
       <x:c r="D594" s="0">
-        <x:v>5000.251</x:v>
+        <x:v>5144.244</x:v>
       </x:c>
       <x:c r="E594" s="0">
-        <x:v>5618.26</x:v>
+        <x:v>5780.05</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:5">
       <x:c r="A595" s="1">
-        <x:v>45553.9238657407</x:v>
+        <x:v>45575.9298148148</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C595" s="0">
-        <x:v>9.75</x:v>
+        <x:v>11.72</x:v>
       </x:c>
       <x:c r="D595" s="0">
-        <x:v>5000.251</x:v>
+        <x:v>5144.244</x:v>
       </x:c>
       <x:c r="E595" s="0">
-        <x:v>5618.26</x:v>
+        <x:v>5780.05</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:5">
       <x:c r="A596" s="1">
-        <x:v>45553.3324305556</x:v>
+        <x:v>45575.3252893519</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C596" s="0">
-        <x:v>10.07</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="D596" s="0">
-        <x:v>5014.776</x:v>
+        <x:v>5154.916</x:v>
       </x:c>
       <x:c r="E596" s="0">
-        <x:v>5634.58</x:v>
+        <x:v>5792.04</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:5">
       <x:c r="A597" s="1">
-        <x:v>45552.9225</x:v>
+        <x:v>45574.923287037</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C597" s="0">
-        <x:v>10</x:v>
+        <x:v>11.92</x:v>
       </x:c>
       <x:c r="D597" s="0">
-        <x:v>5014.776</x:v>
+        <x:v>5154.916</x:v>
       </x:c>
       <x:c r="E597" s="0">
-        <x:v>5634.58</x:v>
+        <x:v>5792.04</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:5">
       <x:c r="A598" s="1">
-        <x:v>45552.3273032407</x:v>
+        <x:v>45574.3277314815</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C598" s="0">
-        <x:v>10</x:v>
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="D598" s="0">
-        <x:v>5013.45</x:v>
+        <x:v>5118.506</x:v>
       </x:c>
       <x:c r="E598" s="0">
-        <x:v>5633.09</x:v>
+        <x:v>5751.13</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:5">
       <x:c r="A599" s="1">
-        <x:v>45551.9244328704</x:v>
+        <x:v>45573.9226851852</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C599" s="0">
-        <x:v>9.99</x:v>
+        <x:v>11.29</x:v>
       </x:c>
       <x:c r="D599" s="0">
-        <x:v>5013.45</x:v>
+        <x:v>5118.506</x:v>
       </x:c>
       <x:c r="E599" s="0">
-        <x:v>5633.09</x:v>
+        <x:v>5751.13</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:5">
       <x:c r="A600" s="1">
-        <x:v>45551.3323263889</x:v>
+        <x:v>45573.3288541667</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C600" s="0">
-        <x:v>9.89</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D600" s="0">
-        <x:v>5007.158</x:v>
+        <x:v>5069.387</x:v>
       </x:c>
       <x:c r="E600" s="0">
-        <x:v>5626.02</x:v>
+        <x:v>5695.94</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:5">
       <x:c r="A601" s="1">
-        <x:v>45548.3333333333</x:v>
+        <x:v>45572.9229166667</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C601" s="0">
-        <x:v>9.61</x:v>
+        <x:v>10.49</x:v>
       </x:c>
       <x:c r="D601" s="0">
-        <x:v>4980.226</x:v>
+        <x:v>5069.387</x:v>
       </x:c>
       <x:c r="E601" s="0">
-        <x:v>5595.76</x:v>
+        <x:v>5695.94</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:5">
       <x:c r="A602" s="1">
-        <x:v>45547.9299537037</x:v>
+        <x:v>45572.3259375</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C602" s="0">
-        <x:v>9.51</x:v>
+        <x:v>11.23</x:v>
       </x:c>
       <x:c r="D602" s="0">
-        <x:v>4980.226</x:v>
+        <x:v>5118.452</x:v>
       </x:c>
       <x:c r="E602" s="0">
-        <x:v>5595.76</x:v>
+        <x:v>5751.07</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:5">
       <x:c r="A603" s="1">
-        <x:v>45547.3251273148</x:v>
+        <x:v>45569.9240625</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C603" s="0">
-        <x:v>9.13</x:v>
+        <x:v>11.41</x:v>
       </x:c>
       <x:c r="D603" s="0">
-        <x:v>4943.176</x:v>
+        <x:v>5118.452</x:v>
       </x:c>
       <x:c r="E603" s="0">
-        <x:v>5554.13</x:v>
+        <x:v>5751.07</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:5">
       <x:c r="A604" s="1">
-        <x:v>45546.9262731482</x:v>
+        <x:v>45569.3273958333</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C604" s="0">
-        <x:v>8.98</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D604" s="0">
-        <x:v>4943.176</x:v>
+        <x:v>5072.947</x:v>
       </x:c>
       <x:c r="E604" s="0">
-        <x:v>5554.13</x:v>
+        <x:v>5699.94</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:5">
       <x:c r="A605" s="1">
-        <x:v>45546.3280092593</x:v>
+        <x:v>45568.9236805556</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C605" s="0">
-        <x:v>7.91</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D605" s="0">
-        <x:v>4891.013</x:v>
+        <x:v>5072.947</x:v>
       </x:c>
       <x:c r="E605" s="0">
-        <x:v>5495.52</x:v>
+        <x:v>5699.94</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:5">
       <x:c r="A606" s="1">
-        <x:v>45545.9253472222</x:v>
+        <x:v>45568.3090740741</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C606" s="0">
-        <x:v>8.28</x:v>
+        <x:v>10.64</x:v>
       </x:c>
       <x:c r="D606" s="0">
-        <x:v>4891.013</x:v>
+        <x:v>5080.788</x:v>
       </x:c>
       <x:c r="E606" s="0">
-        <x:v>5495.52</x:v>
+        <x:v>5708.75</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:5">
       <x:c r="A607" s="1">
-        <x:v>45545.311400463</x:v>
+        <x:v>45567.9236574074</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C607" s="0">
-        <x:v>7.93</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D607" s="0">
-        <x:v>4869.243</x:v>
+        <x:v>5081.491</x:v>
       </x:c>
       <x:c r="E607" s="0">
-        <x:v>5471.06</x:v>
+        <x:v>5709.54</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:5">
       <x:c r="A608" s="1">
-        <x:v>45544.9243287037</x:v>
+        <x:v>45567.3817939815</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C608" s="0">
-        <x:v>8.01</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="D608" s="0">
-        <x:v>4869.243</x:v>
+        <x:v>5128.607</x:v>
       </x:c>
       <x:c r="E608" s="0">
-        <x:v>5471.06</x:v>
+        <x:v>5762.48</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:5">
       <x:c r="A609" s="1">
-        <x:v>45544.3102662037</x:v>
+        <x:v>45566.9237962963</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C609" s="0">
-        <x:v>7.6</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="D609" s="0">
-        <x:v>4813.494</x:v>
+        <x:v>5080.788</x:v>
       </x:c>
       <x:c r="E609" s="0">
-        <x:v>5408.42</x:v>
+        <x:v>5708.75</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:5">
       <x:c r="A610" s="1">
-        <x:v>45541.92625</x:v>
+        <x:v>45566.3285648148</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C610" s="0">
-        <x:v>7.35</x:v>
+        <x:v>11.59</x:v>
       </x:c>
       <x:c r="D610" s="0">
-        <x:v>4813.494</x:v>
+        <x:v>5128.607</x:v>
       </x:c>
       <x:c r="E610" s="0">
-        <x:v>5408.42</x:v>
+        <x:v>5762.48</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:5">
       <x:c r="A611" s="1">
-        <x:v>45541.3326851852</x:v>
+        <x:v>45565.9304861111</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C611" s="0">
-        <x:v>8.43</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="D611" s="0">
-        <x:v>4898.035</x:v>
+        <x:v>5128.58</x:v>
       </x:c>
       <x:c r="E611" s="0">
-        <x:v>5503.41</x:v>
+        <x:v>5762.45</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:5">
       <x:c r="A612" s="1">
-        <x:v>45540.9252199074</x:v>
+        <x:v>45565.3313888889</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C612" s="0">
-        <x:v>8.53</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D612" s="0">
-        <x:v>4898.035</x:v>
+        <x:v>5106.971</x:v>
       </x:c>
       <x:c r="E612" s="0">
-        <x:v>5503.41</x:v>
+        <x:v>5738.17</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:5">
       <x:c r="A613" s="1">
-        <x:v>45540.3322569444</x:v>
+        <x:v>45562.9247800926</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C613" s="0">
-        <x:v>8.68</x:v>
+        <x:v>11.34</x:v>
       </x:c>
       <x:c r="D613" s="0">
-        <x:v>4912.862</x:v>
+        <x:v>5106.971</x:v>
       </x:c>
       <x:c r="E613" s="0">
-        <x:v>5520.07</x:v>
+        <x:v>5738.17</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:5">
       <x:c r="A614" s="1">
-        <x:v>45539.9232291667</x:v>
+        <x:v>45562.3250578704</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C614" s="0">
-        <x:v>8.75</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D614" s="0">
-        <x:v>4912.862</x:v>
+        <x:v>5113.379</x:v>
       </x:c>
       <x:c r="E614" s="0">
-        <x:v>5520.07</x:v>
+        <x:v>5745.37</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:5">
       <x:c r="A615" s="1">
-        <x:v>45539.3312384259</x:v>
+        <x:v>45561.9243287037</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C615" s="0">
-        <x:v>8.48</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="D615" s="0">
-        <x:v>4920.748</x:v>
+        <x:v>5113.379</x:v>
       </x:c>
       <x:c r="E615" s="0">
-        <x:v>5528.93</x:v>
+        <x:v>5745.37</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:5">
       <x:c r="A616" s="1">
-        <x:v>45538.3171296296</x:v>
+        <x:v>45561.3341550926</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C616" s="0">
-        <x:v>10.57</x:v>
+        <x:v>11.66</x:v>
       </x:c>
       <x:c r="D616" s="0">
-        <x:v>5027.076</x:v>
+        <x:v>5092.811</x:v>
       </x:c>
       <x:c r="E616" s="0">
-        <x:v>5648.4</x:v>
+        <x:v>5722.26</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:5">
       <x:c r="A617" s="1">
-        <x:v>45534.9323148148</x:v>
+        <x:v>45560.9241435185</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C617" s="0">
-        <x:v>10.75</x:v>
+        <x:v>11.12</x:v>
       </x:c>
       <x:c r="D617" s="0">
-        <x:v>5027.076</x:v>
+        <x:v>5092.811</x:v>
       </x:c>
       <x:c r="E617" s="0">
-        <x:v>5648.4</x:v>
+        <x:v>5722.26</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:5">
       <x:c r="A618" s="1">
-        <x:v>45534.3329050926</x:v>
+        <x:v>45560.3227083333</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C618" s="0">
-        <x:v>10.2</x:v>
+        <x:v>11.21</x:v>
       </x:c>
       <x:c r="D618" s="0">
-        <x:v>4976.844</x:v>
+        <x:v>5102.308</x:v>
       </x:c>
       <x:c r="E618" s="0">
-        <x:v>5591.96</x:v>
+        <x:v>5732.93</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:5">
       <x:c r="A619" s="1">
-        <x:v>45533.9304050926</x:v>
+        <x:v>45559.925</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C619" s="0">
-        <x:v>9.95</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D619" s="0">
-        <x:v>4976.844</x:v>
+        <x:v>5102.308</x:v>
       </x:c>
       <x:c r="E619" s="0">
-        <x:v>5591.96</x:v>
+        <x:v>5732.93</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:5">
       <x:c r="A620" s="1">
-        <x:v>45533.3049074074</x:v>
+        <x:v>45559.3215625</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C620" s="0">
-        <x:v>9.73</x:v>
+        <x:v>11.11</x:v>
       </x:c>
       <x:c r="D620" s="0">
-        <x:v>4977.04</x:v>
+        <x:v>5089.527</x:v>
       </x:c>
       <x:c r="E620" s="0">
-        <x:v>5592.18</x:v>
+        <x:v>5718.57</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:5">
       <x:c r="A621" s="1">
-        <x:v>45532.9225115741</x:v>
+        <x:v>45558.9281481481</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C621" s="0">
-        <x:v>9.96</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="D621" s="0">
-        <x:v>4977.04</x:v>
+        <x:v>5089.527</x:v>
       </x:c>
       <x:c r="E621" s="0">
-        <x:v>5592.18</x:v>
+        <x:v>5718.57</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:5">
       <x:c r="A622" s="1">
-        <x:v>45532.3276736111</x:v>
+        <x:v>45558.3321990741</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C622" s="0">
-        <x:v>10.48</x:v>
+        <x:v>11.08</x:v>
       </x:c>
       <x:c r="D622" s="0">
-        <x:v>5006.962</x:v>
+        <x:v>5075.27</x:v>
       </x:c>
       <x:c r="E622" s="0">
-        <x:v>5625.8</x:v>
+        <x:v>5702.55</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:5">
       <x:c r="A623" s="1">
-        <x:v>45531.9246527778</x:v>
+        <x:v>45555.9287962963</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C623" s="0">
-        <x:v>10.47</x:v>
+        <x:v>10.88</x:v>
       </x:c>
       <x:c r="D623" s="0">
-        <x:v>5006.962</x:v>
+        <x:v>5075.27</x:v>
       </x:c>
       <x:c r="E623" s="0">
-        <x:v>5625.8</x:v>
+        <x:v>5702.55</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:5">
       <x:c r="A624" s="1">
-        <x:v>45531.3201273148</x:v>
+        <x:v>45555.3192361111</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C624" s="0">
-        <x:v>10.39</x:v>
+        <x:v>10.97</x:v>
       </x:c>
       <x:c r="D624" s="0">
-        <x:v>4998.988</x:v>
+        <x:v>5085.14</x:v>
       </x:c>
       <x:c r="E624" s="0">
-        <x:v>5616.84</x:v>
+        <x:v>5713.64</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:5">
       <x:c r="A625" s="1">
-        <x:v>45530.9242013889</x:v>
+        <x:v>45554.9249421296</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C625" s="0">
-        <x:v>10.35</x:v>
+        <x:v>11.07</x:v>
       </x:c>
       <x:c r="D625" s="0">
-        <x:v>4998.988</x:v>
+        <x:v>5085.14</x:v>
       </x:c>
       <x:c r="E625" s="0">
-        <x:v>5616.84</x:v>
+        <x:v>5713.64</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:5">
       <x:c r="A626" s="1">
-        <x:v>45530.3180324074</x:v>
+        <x:v>45554.3120949074</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C626" s="0">
-        <x:v>10.55</x:v>
+        <x:v>10.51</x:v>
       </x:c>
       <x:c r="D626" s="0">
-        <x:v>5014.803</x:v>
+        <x:v>5000.251</x:v>
       </x:c>
       <x:c r="E626" s="0">
-        <x:v>5634.61</x:v>
+        <x:v>5618.26</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:5">
       <x:c r="A627" s="1">
-        <x:v>45527.9239699074</x:v>
+        <x:v>45553.9238657407</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C627" s="0">
-        <x:v>10.66</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="D627" s="0">
-        <x:v>5014.803</x:v>
+        <x:v>5000.251</x:v>
       </x:c>
       <x:c r="E627" s="0">
-        <x:v>5634.61</x:v>
+        <x:v>5618.26</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:5">
       <x:c r="A628" s="1">
-        <x:v>45527.3191203704</x:v>
+        <x:v>45553.3324305556</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C628" s="0">
-        <x:v>10.1</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="D628" s="0">
-        <x:v>4957.87</x:v>
+        <x:v>5014.776</x:v>
       </x:c>
       <x:c r="E628" s="0">
-        <x:v>5570.64</x:v>
+        <x:v>5634.58</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:5">
       <x:c r="A629" s="1">
-        <x:v>45526.9254976852</x:v>
+        <x:v>45552.9225</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C629" s="0">
-        <x:v>9.77</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D629" s="0">
-        <x:v>4957.87</x:v>
+        <x:v>5014.776</x:v>
       </x:c>
       <x:c r="E629" s="0">
-        <x:v>5570.64</x:v>
+        <x:v>5634.58</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:5">
       <x:c r="A630" s="1">
-        <x:v>45526.3317013889</x:v>
+        <x:v>45552.3273032407</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C630" s="0">
-        <x:v>10.47</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="D630" s="0">
-        <x:v>5002.556</x:v>
+        <x:v>5013.45</x:v>
       </x:c>
       <x:c r="E630" s="0">
-        <x:v>5620.85</x:v>
+        <x:v>5633.09</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:5">
       <x:c r="A631" s="1">
-        <x:v>45525.9232523148</x:v>
+        <x:v>45551.9244328704</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C631" s="0">
-        <x:v>10.54</x:v>
+        <x:v>9.99</x:v>
       </x:c>
       <x:c r="D631" s="0">
-        <x:v>5002.556</x:v>
+        <x:v>5013.45</x:v>
       </x:c>
       <x:c r="E631" s="0">
-        <x:v>5620.85</x:v>
+        <x:v>5633.09</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:5">
       <x:c r="A632" s="1">
-        <x:v>45525.3258217593</x:v>
+        <x:v>45551.3323263889</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C632" s="0">
-        <x:v>10.33</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="D632" s="0">
-        <x:v>4981.437</x:v>
+        <x:v>5007.158</x:v>
       </x:c>
       <x:c r="E632" s="0">
-        <x:v>5597.12</x:v>
+        <x:v>5626.02</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:5">
       <x:c r="A633" s="1">
-        <x:v>45524.9226273148</x:v>
+        <x:v>45548.3333333333</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C633" s="0">
-        <x:v>10.21</x:v>
+        <x:v>9.61</x:v>
       </x:c>
       <x:c r="D633" s="0">
-        <x:v>4981.437</x:v>
+        <x:v>4980.226</x:v>
       </x:c>
       <x:c r="E633" s="0">
-        <x:v>5597.12</x:v>
+        <x:v>5595.76</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:5">
       <x:c r="A634" s="1">
-        <x:v>45524.3244212963</x:v>
+        <x:v>45547.9299537037</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C634" s="0">
-        <x:v>10.39</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="D634" s="0">
-        <x:v>4991.342</x:v>
+        <x:v>4980.226</x:v>
       </x:c>
       <x:c r="E634" s="0">
-        <x:v>5608.25</x:v>
+        <x:v>5595.76</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:5">
       <x:c r="A635" s="1">
-        <x:v>45523.9245486111</x:v>
+        <x:v>45547.3251273148</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C635" s="0">
-        <x:v>10.38</x:v>
+        <x:v>9.13</x:v>
       </x:c>
       <x:c r="D635" s="0">
-        <x:v>4991.342</x:v>
+        <x:v>4943.176</x:v>
       </x:c>
       <x:c r="E635" s="0">
-        <x:v>5608.25</x:v>
+        <x:v>5554.13</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:5">
       <x:c r="A636" s="1">
-        <x:v>45523.3216203704</x:v>
+        <x:v>45546.9262731482</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C636" s="0">
-        <x:v>9.62</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="D636" s="0">
-        <x:v>4943.282</x:v>
+        <x:v>4943.176</x:v>
       </x:c>
       <x:c r="E636" s="0">
-        <x:v>5554.25</x:v>
+        <x:v>5554.13</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:5">
       <x:c r="A637" s="1">
-        <x:v>45520.9330555556</x:v>
+        <x:v>45546.3280092593</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C637" s="0">
-        <x:v>9.66</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D637" s="0">
-        <x:v>4943.282</x:v>
+        <x:v>4891.013</x:v>
       </x:c>
       <x:c r="E637" s="0">
-        <x:v>5554.25</x:v>
+        <x:v>5495.52</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:5">
       <x:c r="A638" s="1">
-        <x:v>45520.3310185185</x:v>
+        <x:v>45545.9253472222</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C638" s="0">
-        <x:v>9.68</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D638" s="0">
-        <x:v>4933.466</x:v>
+        <x:v>4891.013</x:v>
       </x:c>
       <x:c r="E638" s="0">
-        <x:v>5543.22</x:v>
+        <x:v>5495.52</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:5">
       <x:c r="A639" s="1">
-        <x:v>45519.9273032407</x:v>
+        <x:v>45545.311400463</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C639" s="0">
-        <x:v>9.52</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="D639" s="0">
-        <x:v>4933.466</x:v>
+        <x:v>4869.243</x:v>
       </x:c>
       <x:c r="E639" s="0">
-        <x:v>5543.22</x:v>
+        <x:v>5471.06</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:5">
       <x:c r="A640" s="1">
-        <x:v>45519.3336226852</x:v>
+        <x:v>45544.9243287037</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C640" s="0">
-        <x:v>8.5</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D640" s="0">
-        <x:v>4855.137</x:v>
+        <x:v>4869.243</x:v>
       </x:c>
       <x:c r="E640" s="0">
-        <x:v>5455.21</x:v>
+        <x:v>5471.06</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:5">
       <x:c r="A641" s="1">
-        <x:v>45518.9340856482</x:v>
+        <x:v>45544.3102662037</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C641" s="0">
-        <x:v>8.43</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="D641" s="0">
-        <x:v>4855.137</x:v>
+        <x:v>4813.494</x:v>
       </x:c>
       <x:c r="E641" s="0">
-        <x:v>5455.21</x:v>
+        <x:v>5408.42</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:5">
       <x:c r="A642" s="1">
-        <x:v>45518.3261226852</x:v>
+        <x:v>45541.92625</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C642" s="0">
-        <x:v>8.18</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="D642" s="0">
-        <x:v>4836.643</x:v>
+        <x:v>4813.494</x:v>
       </x:c>
       <x:c r="E642" s="0">
-        <x:v>5434.43</x:v>
+        <x:v>5408.42</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:5">
       <x:c r="A643" s="1">
-        <x:v>45517.9317592593</x:v>
+        <x:v>45541.3326851852</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C643" s="0">
-        <x:v>8.18</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D643" s="0">
-        <x:v>4836.643</x:v>
+        <x:v>4898.035</x:v>
       </x:c>
       <x:c r="E643" s="0">
-        <x:v>5434.43</x:v>
+        <x:v>5503.41</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:5">
       <x:c r="A644" s="1">
-        <x:v>45517.321412037</x:v>
+        <x:v>45540.9252199074</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C644" s="0">
-        <x:v>7.36</x:v>
+        <x:v>8.53</x:v>
       </x:c>
       <x:c r="D644" s="0">
-        <x:v>4756.507</x:v>
+        <x:v>4898.035</x:v>
       </x:c>
       <x:c r="E644" s="0">
-        <x:v>5344.39</x:v>
+        <x:v>5503.41</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:5">
       <x:c r="A645" s="1">
-        <x:v>45516.9273726852</x:v>
+        <x:v>45540.3322569444</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C645" s="0">
-        <x:v>7.22</x:v>
+        <x:v>8.68</x:v>
       </x:c>
       <x:c r="D645" s="0">
-        <x:v>4756.507</x:v>
+        <x:v>4912.862</x:v>
       </x:c>
       <x:c r="E645" s="0">
-        <x:v>5344.39</x:v>
+        <x:v>5520.07</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:5">
       <x:c r="A646" s="1">
-        <x:v>45516.3169097222</x:v>
+        <x:v>45539.9232291667</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C646" s="0">
-        <x:v>7.26</x:v>
+        <x:v>8.75</x:v>
       </x:c>
       <x:c r="D646" s="0">
-        <x:v>4756.302</x:v>
+        <x:v>4912.862</x:v>
       </x:c>
       <x:c r="E646" s="0">
-        <x:v>5344.16</x:v>
+        <x:v>5520.07</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:5">
       <x:c r="A647" s="1">
-        <x:v>45513.9299768519</x:v>
+        <x:v>45539.3312384259</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C647" s="0">
-        <x:v>7.24</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D647" s="0">
-        <x:v>4756.302</x:v>
+        <x:v>4920.748</x:v>
       </x:c>
       <x:c r="E647" s="0">
-        <x:v>5344.16</x:v>
+        <x:v>5528.93</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:5">
       <x:c r="A648" s="1">
-        <x:v>45513.3361458333</x:v>
+        <x:v>45538.3171296296</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C648" s="0">
-        <x:v>7</x:v>
+        <x:v>10.57</x:v>
       </x:c>
       <x:c r="D648" s="0">
-        <x:v>4734.186</x:v>
+        <x:v>5027.076</x:v>
       </x:c>
       <x:c r="E648" s="0">
-        <x:v>5319.31</x:v>
+        <x:v>5648.4</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:5">
       <x:c r="A649" s="1">
-        <x:v>45512.9331365741</x:v>
+        <x:v>45534.9323148148</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C649" s="0">
-        <x:v>6.98</x:v>
+        <x:v>10.75</x:v>
       </x:c>
       <x:c r="D649" s="0">
-        <x:v>4734.186</x:v>
+        <x:v>5027.076</x:v>
       </x:c>
       <x:c r="E649" s="0">
-        <x:v>5319.31</x:v>
+        <x:v>5648.4</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:5">
       <x:c r="A650" s="1">
-        <x:v>45512.3364583333</x:v>
+        <x:v>45534.3329050926</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C650" s="0">
-        <x:v>5.82</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="D650" s="0">
-        <x:v>4627.555</x:v>
+        <x:v>4976.844</x:v>
       </x:c>
       <x:c r="E650" s="0">
-        <x:v>5199.5</x:v>
+        <x:v>5591.96</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:5">
       <x:c r="A651" s="1">
-        <x:v>45511.9284722222</x:v>
+        <x:v>45533.9304050926</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C651" s="0">
-        <x:v>5.9</x:v>
+        <x:v>9.95</x:v>
       </x:c>
       <x:c r="D651" s="0">
-        <x:v>4627.564</x:v>
+        <x:v>4976.844</x:v>
       </x:c>
       <x:c r="E651" s="0">
-        <x:v>5199.51</x:v>
+        <x:v>5591.96</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:5">
       <x:c r="A652" s="1">
-        <x:v>45511.31625</x:v>
+        <x:v>45533.3049074074</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C652" s="0">
-        <x:v>6.71</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="D652" s="0">
-        <x:v>4663.627</x:v>
+        <x:v>4977.04</x:v>
       </x:c>
       <x:c r="E652" s="0">
-        <x:v>5240.03</x:v>
+        <x:v>5592.18</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:5">
       <x:c r="A653" s="1">
-        <x:v>45510.9307291667</x:v>
+        <x:v>45532.9225115741</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C653" s="0">
-        <x:v>6.3</x:v>
+        <x:v>9.96</x:v>
       </x:c>
       <x:c r="D653" s="0">
-        <x:v>4663.627</x:v>
+        <x:v>4977.04</x:v>
       </x:c>
       <x:c r="E653" s="0">
-        <x:v>5240.03</x:v>
+        <x:v>5592.18</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:5">
       <x:c r="A654" s="1">
-        <x:v>45510.3258101852</x:v>
+        <x:v>45532.3276736111</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C654" s="0">
-        <x:v>6.57</x:v>
+        <x:v>10.48</x:v>
       </x:c>
       <x:c r="D654" s="0">
-        <x:v>4615.834</x:v>
+        <x:v>5006.962</x:v>
       </x:c>
       <x:c r="E654" s="0">
-        <x:v>5186.33</x:v>
+        <x:v>5625.8</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:5">
       <x:c r="A655" s="1">
-        <x:v>45509.9290393519</x:v>
+        <x:v>45531.9246527778</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C655" s="0">
-        <x:v>5.82</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D655" s="0">
-        <x:v>4615.834</x:v>
+        <x:v>5006.962</x:v>
       </x:c>
       <x:c r="E655" s="0">
-        <x:v>5186.33</x:v>
+        <x:v>5625.8</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:5">
       <x:c r="A656" s="1">
-        <x:v>45509.3203587963</x:v>
+        <x:v>45531.3201273148</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C656" s="0">
-        <x:v>6.58</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D656" s="0">
-        <x:v>4758.438</x:v>
+        <x:v>4998.988</x:v>
       </x:c>
       <x:c r="E656" s="0">
-        <x:v>5346.56</x:v>
+        <x:v>5616.84</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:5">
       <x:c r="A657" s="1">
-        <x:v>45506.9320138889</x:v>
+        <x:v>45530.9242013889</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C657" s="0">
-        <x:v>7.7</x:v>
+        <x:v>10.35</x:v>
       </x:c>
       <x:c r="D657" s="0">
-        <x:v>4758.438</x:v>
+        <x:v>4998.988</x:v>
       </x:c>
       <x:c r="E657" s="0">
-        <x:v>5346.56</x:v>
+        <x:v>5616.84</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:5">
       <x:c r="A658" s="1">
-        <x:v>45506.3229166667</x:v>
+        <x:v>45530.3180324074</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C658" s="0">
-        <x:v>8.56</x:v>
+        <x:v>10.55</x:v>
       </x:c>
       <x:c r="D658" s="0">
-        <x:v>4914.847</x:v>
+        <x:v>5014.803</x:v>
       </x:c>
       <x:c r="E658" s="0">
-        <x:v>5522.3</x:v>
+        <x:v>5634.61</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:5">
       <x:c r="A659" s="1">
-        <x:v>45505.3170601852</x:v>
+        <x:v>45527.9239699074</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C659" s="0">
-        <x:v>10.82</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="D659" s="0">
-        <x:v>4914.847</x:v>
+        <x:v>5014.803</x:v>
       </x:c>
       <x:c r="E659" s="0">
-        <x:v>5522.3</x:v>
+        <x:v>5634.61</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:5">
       <x:c r="A660" s="1">
-        <x:v>45504.9304976852</x:v>
+        <x:v>45527.3191203704</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C660" s="0">
-        <x:v>10.36</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D660" s="0">
-        <x:v>4914.847</x:v>
+        <x:v>4957.87</x:v>
       </x:c>
       <x:c r="E660" s="0">
-        <x:v>5522.3</x:v>
+        <x:v>5570.64</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:5">
       <x:c r="A661" s="1">
-        <x:v>45504.3250347222</x:v>
+        <x:v>45526.9254976852</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C661" s="0">
-        <x:v>9.55</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="D661" s="0">
-        <x:v>4838.414</x:v>
+        <x:v>4957.87</x:v>
       </x:c>
       <x:c r="E661" s="0">
-        <x:v>5436.42</x:v>
+        <x:v>5570.64</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:5">
       <x:c r="A662" s="1">
-        <x:v>45503.92625</x:v>
+        <x:v>45526.3317013889</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C662" s="0">
-        <x:v>9.21</x:v>
+        <x:v>10.47</x:v>
       </x:c>
       <x:c r="D662" s="0">
-        <x:v>4838.414</x:v>
+        <x:v>5002.556</x:v>
       </x:c>
       <x:c r="E662" s="0">
-        <x:v>5436.42</x:v>
+        <x:v>5620.85</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:5">
       <x:c r="A663" s="1">
-        <x:v>45503.3302199074</x:v>
+        <x:v>45525.9232523148</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C663" s="0">
-        <x:v>9.6</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D663" s="0">
-        <x:v>4862.551</x:v>
+        <x:v>5002.556</x:v>
       </x:c>
       <x:c r="E663" s="0">
-        <x:v>5463.54</x:v>
+        <x:v>5620.85</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:5">
       <x:c r="A664" s="1">
-        <x:v>45502.9221296296</x:v>
+        <x:v>45525.3258217593</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C664" s="0">
-        <x:v>9.6</x:v>
+        <x:v>10.33</x:v>
       </x:c>
       <x:c r="D664" s="0">
-        <x:v>4862.551</x:v>
+        <x:v>4981.437</x:v>
       </x:c>
       <x:c r="E664" s="0">
-        <x:v>5463.54</x:v>
+        <x:v>5597.12</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:5">
       <x:c r="A665" s="1">
-        <x:v>45502.3150810185</x:v>
+        <x:v>45524.9226273148</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C665" s="0">
-        <x:v>9.92</x:v>
+        <x:v>10.21</x:v>
       </x:c>
       <x:c r="D665" s="0">
-        <x:v>4858.599</x:v>
+        <x:v>4981.437</x:v>
       </x:c>
       <x:c r="E665" s="0">
-        <x:v>5459.1</x:v>
+        <x:v>5597.12</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:5">
       <x:c r="A666" s="1">
-        <x:v>45499.9228819444</x:v>
+        <x:v>45524.3244212963</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C666" s="0">
-        <x:v>9.58</x:v>
+        <x:v>10.39</x:v>
       </x:c>
       <x:c r="D666" s="0">
-        <x:v>4858.599</x:v>
+        <x:v>4991.342</x:v>
       </x:c>
       <x:c r="E666" s="0">
-        <x:v>5459.1</x:v>
+        <x:v>5608.25</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:5">
       <x:c r="A667" s="1">
-        <x:v>45499.3250115741</x:v>
+        <x:v>45523.9245486111</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C667" s="0">
-        <x:v>9.2</x:v>
+        <x:v>10.38</x:v>
       </x:c>
       <x:c r="D667" s="0">
-        <x:v>4805.306</x:v>
+        <x:v>4991.342</x:v>
       </x:c>
       <x:c r="E667" s="0">
-        <x:v>5399.22</x:v>
+        <x:v>5608.25</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:5">
       <x:c r="A668" s="1">
-        <x:v>45498.9226736111</x:v>
+        <x:v>45523.3216203704</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C668" s="0">
-        <x:v>8.8</x:v>
+        <x:v>9.62</x:v>
       </x:c>
       <x:c r="D668" s="0">
-        <x:v>4805.306</x:v>
+        <x:v>4943.282</x:v>
       </x:c>
       <x:c r="E668" s="0">
-        <x:v>5399.22</x:v>
+        <x:v>5554.25</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:5">
       <x:c r="A669" s="1">
-        <x:v>45498.3175694444</x:v>
+        <x:v>45520.9330555556</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C669" s="0">
-        <x:v>9.39</x:v>
+        <x:v>9.66</x:v>
       </x:c>
       <x:c r="D669" s="0">
-        <x:v>4830.146</x:v>
+        <x:v>4943.282</x:v>
       </x:c>
       <x:c r="E669" s="0">
-        <x:v>5427.13</x:v>
+        <x:v>5554.25</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:5">
       <x:c r="A670" s="1">
-        <x:v>45497.9293634259</x:v>
+        <x:v>45520.3310185185</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C670" s="0">
-        <x:v>9.19</x:v>
+        <x:v>9.68</x:v>
       </x:c>
       <x:c r="D670" s="0">
-        <x:v>4830.146</x:v>
+        <x:v>4933.466</x:v>
       </x:c>
       <x:c r="E670" s="0">
-        <x:v>5427.13</x:v>
+        <x:v>5543.22</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:5">
       <x:c r="A671" s="1">
-        <x:v>45497.3237152778</x:v>
+        <x:v>45519.9273032407</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C671" s="0">
-        <x:v>10.84</x:v>
+        <x:v>9.52</x:v>
       </x:c>
       <x:c r="D671" s="0">
-        <x:v>4944.609</x:v>
+        <x:v>4933.466</x:v>
       </x:c>
       <x:c r="E671" s="0">
-        <x:v>5555.74</x:v>
+        <x:v>5543.22</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:5">
       <x:c r="A672" s="1">
-        <x:v>45496.9225925926</x:v>
+        <x:v>45519.3336226852</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C672" s="0">
-        <x:v>11.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="D672" s="0">
-        <x:v>4944.582</x:v>
+        <x:v>4855.137</x:v>
       </x:c>
       <x:c r="E672" s="0">
-        <x:v>5555.71</x:v>
+        <x:v>5455.21</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:5">
       <x:c r="A673" s="1">
-        <x:v>45495.9266666667</x:v>
+        <x:v>45518.9340856482</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C673" s="0">
-        <x:v>11.46</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D673" s="0">
-        <x:v>4952.325</x:v>
+        <x:v>4855.137</x:v>
       </x:c>
       <x:c r="E673" s="0">
-        <x:v>5564.41</x:v>
+        <x:v>5455.21</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:5">
       <x:c r="A674" s="1">
-        <x:v>45495.3233449074</x:v>
+        <x:v>45518.3261226852</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C674" s="0">
-        <x:v>10.79</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="D674" s="0">
-        <x:v>4899.45</x:v>
+        <x:v>4836.643</x:v>
       </x:c>
       <x:c r="E674" s="0">
-        <x:v>5505</x:v>
+        <x:v>5434.43</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:5">
       <x:c r="A675" s="1">
-        <x:v>45492.9244444444</x:v>
+        <x:v>45517.9317592593</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C675" s="0">
-        <x:v>10.58</x:v>
+        <x:v>8.18</x:v>
       </x:c>
       <x:c r="D675" s="0">
-        <x:v>4899.45</x:v>
+        <x:v>4836.643</x:v>
       </x:c>
       <x:c r="E675" s="0">
-        <x:v>5505</x:v>
+        <x:v>5434.43</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:5">
       <x:c r="A676" s="1">
-        <x:v>45492.3181365741</x:v>
+        <x:v>45517.321412037</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C676" s="0">
-        <x:v>11.46</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="D676" s="0">
-        <x:v>4934.685</x:v>
+        <x:v>4756.507</x:v>
       </x:c>
       <x:c r="E676" s="0">
-        <x:v>5544.59</x:v>
+        <x:v>5344.39</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:5">
       <x:c r="A677" s="1">
-        <x:v>45491.9232523148</x:v>
+        <x:v>45516.9273726852</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C677" s="0">
-        <x:v>11.24</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D677" s="0">
-        <x:v>4934.685</x:v>
+        <x:v>4756.507</x:v>
       </x:c>
       <x:c r="E677" s="0">
-        <x:v>5544.59</x:v>
+        <x:v>5344.39</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:5">
       <x:c r="A678" s="1">
-        <x:v>45491.298599537</x:v>
+        <x:v>45516.3169097222</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C678" s="0">
-        <x:v>12.22</x:v>
+        <x:v>7.26</x:v>
       </x:c>
       <x:c r="D678" s="0">
-        <x:v>4973.56</x:v>
+        <x:v>4756.302</x:v>
       </x:c>
       <x:c r="E678" s="0">
-        <x:v>5588.27</x:v>
+        <x:v>5344.16</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:5">
       <x:c r="A679" s="1">
-        <x:v>45490.9301273148</x:v>
+        <x:v>45513.9299768519</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C679" s="0">
-        <x:v>12</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D679" s="0">
-        <x:v>4973.56</x:v>
+        <x:v>4756.302</x:v>
       </x:c>
       <x:c r="E679" s="0">
-        <x:v>5588.27</x:v>
+        <x:v>5344.16</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:5">
       <x:c r="A680" s="1">
-        <x:v>45490.3273842593</x:v>
+        <x:v>45513.3361458333</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C680" s="0">
-        <x:v>13.31</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D680" s="0">
-        <x:v>5043.808</x:v>
+        <x:v>4734.186</x:v>
       </x:c>
       <x:c r="E680" s="0">
-        <x:v>5667.2</x:v>
+        <x:v>5319.31</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:5">
       <x:c r="A681" s="1">
-        <x:v>45489.922962963</x:v>
+        <x:v>45512.9331365741</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C681" s="0">
-        <x:v>13.53</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="D681" s="0">
-        <x:v>5043.808</x:v>
+        <x:v>4734.186</x:v>
       </x:c>
       <x:c r="E681" s="0">
-        <x:v>5667.2</x:v>
+        <x:v>5319.31</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:5">
       <x:c r="A682" s="1">
-        <x:v>45488.9234027778</x:v>
+        <x:v>45512.3364583333</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C682" s="0">
-        <x:v>12.88</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D682" s="0">
-        <x:v>5011.786</x:v>
+        <x:v>4627.555</x:v>
       </x:c>
       <x:c r="E682" s="0">
-        <x:v>5631.22</x:v>
+        <x:v>5199.5</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:5">
       <x:c r="A683" s="1">
-        <x:v>45488.306875</x:v>
+        <x:v>45511.9284722222</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C683" s="0">
-        <x:v>12.78</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="D683" s="0">
-        <x:v>4997.662</x:v>
+        <x:v>4627.564</x:v>
       </x:c>
       <x:c r="E683" s="0">
-        <x:v>5615.35</x:v>
+        <x:v>5199.51</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:5">
       <x:c r="A684" s="1">
-        <x:v>45485.923587963</x:v>
+        <x:v>45511.31625</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C684" s="0">
-        <x:v>12.64</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D684" s="0">
-        <x:v>4997.662</x:v>
+        <x:v>4663.627</x:v>
       </x:c>
       <x:c r="E684" s="0">
-        <x:v>5615.35</x:v>
+        <x:v>5240.03</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:5">
       <x:c r="A685" s="1">
-        <x:v>45485.328599537</x:v>
+        <x:v>45510.9307291667</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C685" s="0">
-        <x:v>12.22</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D685" s="0">
-        <x:v>4970.241</x:v>
+        <x:v>4663.627</x:v>
       </x:c>
       <x:c r="E685" s="0">
-        <x:v>5584.54</x:v>
+        <x:v>5240.03</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:5">
       <x:c r="A686" s="1">
-        <x:v>45484.9256597222</x:v>
+        <x:v>45510.3258101852</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C686" s="0">
-        <x:v>12.12</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="D686" s="0">
-        <x:v>4970.241</x:v>
+        <x:v>4615.834</x:v>
       </x:c>
       <x:c r="E686" s="0">
-        <x:v>5584.54</x:v>
+        <x:v>5186.33</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:5">
       <x:c r="A687" s="1">
-        <x:v>45484.3254861111</x:v>
+        <x:v>45509.9290393519</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C687" s="0">
-        <x:v>13.01</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D687" s="0">
-        <x:v>5014.18</x:v>
+        <x:v>4615.834</x:v>
       </x:c>
       <x:c r="E687" s="0">
-        <x:v>5633.91</x:v>
+        <x:v>5186.33</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:5">
       <x:c r="A688" s="1">
-        <x:v>45483.9237731481</x:v>
+        <x:v>45509.3203587963</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C688" s="0">
-        <x:v>13.05</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="D688" s="0">
-        <x:v>5014.18</x:v>
+        <x:v>4758.438</x:v>
       </x:c>
       <x:c r="E688" s="0">
-        <x:v>5633.91</x:v>
+        <x:v>5346.56</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:5">
       <x:c r="A689" s="1">
-        <x:v>45483.3252430556</x:v>
+        <x:v>45506.9320138889</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C689" s="0">
-        <x:v>12.12</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D689" s="0">
-        <x:v>4963.512</x:v>
+        <x:v>4758.438</x:v>
       </x:c>
       <x:c r="E689" s="0">
-        <x:v>5576.98</x:v>
+        <x:v>5346.56</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:5">
       <x:c r="A690" s="1">
-        <x:v>45482.9237037037</x:v>
+        <x:v>45506.3229166667</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C690" s="0">
-        <x:v>12.07</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="D690" s="0">
-        <x:v>4963.512</x:v>
+        <x:v>4914.847</x:v>
       </x:c>
       <x:c r="E690" s="0">
-        <x:v>5576.98</x:v>
+        <x:v>5522.3</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:5">
       <x:c r="A691" s="1">
-        <x:v>45482.3311342593</x:v>
+        <x:v>45505.3170601852</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C691" s="0">
-        <x:v>12.2</x:v>
+        <x:v>10.82</x:v>
       </x:c>
       <x:c r="D691" s="0">
-        <x:v>4959.836</x:v>
+        <x:v>4914.847</x:v>
       </x:c>
       <x:c r="E691" s="0">
-        <x:v>5572.85</x:v>
+        <x:v>5522.3</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:5">
       <x:c r="A692" s="1">
-        <x:v>45481.9249074074</x:v>
+        <x:v>45504.9304976852</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C692" s="0">
-        <x:v>12.01</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="D692" s="0">
-        <x:v>4959.836</x:v>
+        <x:v>4914.847</x:v>
       </x:c>
       <x:c r="E692" s="0">
-        <x:v>5572.85</x:v>
+        <x:v>5522.3</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:5">
       <x:c r="A693" s="1">
-        <x:v>45481.3294560185</x:v>
+        <x:v>45504.3250347222</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C693" s="0">
-        <x:v>11.75</x:v>
+        <x:v>9.55</x:v>
       </x:c>
       <x:c r="D693" s="0">
-        <x:v>4954.799</x:v>
+        <x:v>4838.414</x:v>
       </x:c>
       <x:c r="E693" s="0">
-        <x:v>5567.19</x:v>
+        <x:v>5436.42</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:5">
       <x:c r="A694" s="1">
-        <x:v>45478.9321064815</x:v>
+        <x:v>45503.92625</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C694" s="0">
-        <x:v>11.96</x:v>
+        <x:v>9.21</x:v>
       </x:c>
       <x:c r="D694" s="0">
-        <x:v>4954.799</x:v>
+        <x:v>4838.414</x:v>
       </x:c>
       <x:c r="E694" s="0">
-        <x:v>5567.19</x:v>
+        <x:v>5436.42</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:5">
       <x:c r="A695" s="1">
-        <x:v>45478.3246412037</x:v>
+        <x:v>45503.3302199074</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C695" s="0">
-        <x:v>11.49</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D695" s="0">
-        <x:v>4927.948</x:v>
+        <x:v>4862.551</x:v>
       </x:c>
       <x:c r="E695" s="0">
-        <x:v>5537.02</x:v>
+        <x:v>5463.54</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:5">
       <x:c r="A696" s="1">
-        <x:v>45476.8021990741</x:v>
+        <x:v>45502.9221296296</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C696" s="0">
-        <x:v>11.48</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="D696" s="0">
-        <x:v>4927.948</x:v>
+        <x:v>4862.551</x:v>
       </x:c>
       <x:c r="E696" s="0">
-        <x:v>5537.02</x:v>
+        <x:v>5463.54</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:5">
       <x:c r="A697" s="1">
-        <x:v>45476.3268518519</x:v>
+        <x:v>45502.3150810185</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C697" s="0">
-        <x:v>10.99</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="D697" s="0">
-        <x:v>4903.019</x:v>
+        <x:v>4858.599</x:v>
       </x:c>
       <x:c r="E697" s="0">
-        <x:v>5509.01</x:v>
+        <x:v>5459.1</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:5">
       <x:c r="A698" s="1">
-        <x:v>45475.9273842593</x:v>
+        <x:v>45499.9228819444</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C698" s="0">
-        <x:v>11.04</x:v>
+        <x:v>9.58</x:v>
       </x:c>
       <x:c r="D698" s="0">
-        <x:v>4903.019</x:v>
+        <x:v>4858.599</x:v>
       </x:c>
       <x:c r="E698" s="0">
-        <x:v>5509.01</x:v>
+        <x:v>5459.1</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:5">
       <x:c r="A699" s="1">
-        <x:v>45475.3329398148</x:v>
+        <x:v>45499.3250115741</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C699" s="0">
-        <x:v>10.43</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="D699" s="0">
-        <x:v>4872.83</x:v>
+        <x:v>4805.306</x:v>
       </x:c>
       <x:c r="E699" s="0">
-        <x:v>5475.09</x:v>
+        <x:v>5399.22</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:5">
       <x:c r="A700" s="1">
-        <x:v>45474.9265856482</x:v>
+        <x:v>45498.9226736111</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C700" s="0">
-        <x:v>10.54</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="D700" s="0">
-        <x:v>4872.83</x:v>
+        <x:v>4805.306</x:v>
       </x:c>
       <x:c r="E700" s="0">
-        <x:v>5475.09</x:v>
+        <x:v>5399.22</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:5">
       <x:c r="A701" s="1">
-        <x:v>45474.3295023148</x:v>
+        <x:v>45498.3175694444</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C701" s="0">
-        <x:v>10.59</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="D701" s="0">
-        <x:v>4860.032</x:v>
+        <x:v>4830.146</x:v>
       </x:c>
       <x:c r="E701" s="0">
-        <x:v>5460.71</x:v>
+        <x:v>5427.13</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:5">
       <x:c r="A702" s="1">
-        <x:v>45471.9306018519</x:v>
+        <x:v>45497.9293634259</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C702" s="0">
-        <x:v>10.36</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D702" s="0">
-        <x:v>4860.032</x:v>
+        <x:v>4830.146</x:v>
       </x:c>
       <x:c r="E702" s="0">
-        <x:v>5460.71</x:v>
+        <x:v>5427.13</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:5">
       <x:c r="A703" s="1">
-        <x:v>45471.3466782407</x:v>
+        <x:v>45497.3237152778</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C703" s="0">
-        <x:v>10.98</x:v>
+        <x:v>10.84</x:v>
       </x:c>
       <x:c r="D703" s="0">
-        <x:v>4879.754</x:v>
+        <x:v>4944.609</x:v>
       </x:c>
       <x:c r="E703" s="0">
-        <x:v>5482.87</x:v>
+        <x:v>5555.74</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:5">
       <x:c r="A704" s="1">
-        <x:v>45470.9296875</x:v>
+        <x:v>45496.9225925926</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C704" s="0">
-        <x:v>10.71</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="D704" s="0">
-        <x:v>4879.754</x:v>
+        <x:v>4944.582</x:v>
       </x:c>
       <x:c r="E704" s="0">
-        <x:v>5482.87</x:v>
+        <x:v>5555.71</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:5">
       <x:c r="A705" s="1">
-        <x:v>45470.3229976852</x:v>
+        <x:v>45495.9266666667</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C705" s="0">
-        <x:v>10.46</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D705" s="0">
-        <x:v>4875.331</x:v>
+        <x:v>4952.325</x:v>
       </x:c>
       <x:c r="E705" s="0">
-        <x:v>5477.9</x:v>
+        <x:v>5564.41</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:5">
       <x:c r="A706" s="1">
-        <x:v>45469.9290393519</x:v>
+        <x:v>45495.3233449074</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C706" s="0">
-        <x:v>10.65</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="D706" s="0">
-        <x:v>4875.331</x:v>
+        <x:v>4899.45</x:v>
       </x:c>
       <x:c r="E706" s="0">
-        <x:v>5477.9</x:v>
+        <x:v>5505</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:5">
       <x:c r="A707" s="1">
-        <x:v>45469.3386342593</x:v>
+        <x:v>45492.9244444444</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C707" s="0">
-        <x:v>10.64</x:v>
+        <x:v>10.58</x:v>
       </x:c>
       <x:c r="D707" s="0">
-        <x:v>4867.677</x:v>
+        <x:v>4899.45</x:v>
       </x:c>
       <x:c r="E707" s="0">
-        <x:v>5469.3</x:v>
+        <x:v>5505</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:5">
       <x:c r="A708" s="1">
-        <x:v>45468.9344212963</x:v>
+        <x:v>45492.3181365741</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C708" s="0">
-        <x:v>10.53</x:v>
+        <x:v>11.46</x:v>
       </x:c>
       <x:c r="D708" s="0">
-        <x:v>4867.677</x:v>
+        <x:v>4934.685</x:v>
       </x:c>
       <x:c r="E708" s="0">
-        <x:v>5469.3</x:v>
+        <x:v>5544.59</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:5">
       <x:c r="A709" s="1">
-        <x:v>45467.9280902778</x:v>
+        <x:v>45491.9232523148</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C709" s="0">
-        <x:v>10.22</x:v>
+        <x:v>11.24</x:v>
       </x:c>
       <x:c r="D709" s="0">
-        <x:v>4848.604</x:v>
+        <x:v>4934.685</x:v>
       </x:c>
       <x:c r="E709" s="0">
-        <x:v>5447.87</x:v>
+        <x:v>5544.59</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:5">
       <x:c r="A710" s="1">
-        <x:v>45467.3440509259</x:v>
+        <x:v>45491.298599537</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C710" s="0">
-        <x:v>10.52</x:v>
+        <x:v>12.22</x:v>
       </x:c>
       <x:c r="D710" s="0">
-        <x:v>4863.512</x:v>
+        <x:v>4973.56</x:v>
       </x:c>
       <x:c r="E710" s="0">
-        <x:v>5464.62</x:v>
+        <x:v>5588.27</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:5">
       <x:c r="A711" s="1">
-        <x:v>45464.9261689815</x:v>
+        <x:v>45490.9301273148</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C711" s="0">
-        <x:v>10.51</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D711" s="0">
-        <x:v>4863.512</x:v>
+        <x:v>4973.56</x:v>
       </x:c>
       <x:c r="E711" s="0">
-        <x:v>5464.62</x:v>
+        <x:v>5588.27</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:5">
       <x:c r="A712" s="1">
-        <x:v>45464.3312615741</x:v>
+        <x:v>45490.3273842593</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C712" s="0">
-        <x:v>10.77</x:v>
+        <x:v>13.31</x:v>
       </x:c>
       <x:c r="D712" s="0">
-        <x:v>4871.121</x:v>
+        <x:v>5043.808</x:v>
       </x:c>
       <x:c r="E712" s="0">
-        <x:v>5473.17</x:v>
+        <x:v>5667.2</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:5">
       <x:c r="A713" s="1">
-        <x:v>45463.9259722222</x:v>
+        <x:v>45489.922962963</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C713" s="0">
-        <x:v>10.66</x:v>
+        <x:v>13.53</x:v>
       </x:c>
       <x:c r="D713" s="0">
-        <x:v>4871.121</x:v>
+        <x:v>5043.808</x:v>
       </x:c>
       <x:c r="E713" s="0">
-        <x:v>5473.17</x:v>
+        <x:v>5667.2</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:5">
       <x:c r="A714" s="1">
-        <x:v>45463.327025463</x:v>
+        <x:v>45488.9234027778</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C714" s="0">
-        <x:v>11.2</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D714" s="0">
-        <x:v>4883.457</x:v>
+        <x:v>5011.786</x:v>
       </x:c>
       <x:c r="E714" s="0">
-        <x:v>5487.03</x:v>
+        <x:v>5631.22</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:5">
       <x:c r="A715" s="1">
-        <x:v>45461.9264583333</x:v>
+        <x:v>45488.306875</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C715" s="0">
-        <x:v>10.91</x:v>
+        <x:v>12.78</x:v>
       </x:c>
       <x:c r="D715" s="0">
-        <x:v>4883.457</x:v>
+        <x:v>4997.662</x:v>
       </x:c>
       <x:c r="E715" s="0">
-        <x:v>5487.03</x:v>
+        <x:v>5615.35</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:5">
       <x:c r="A716" s="1">
-        <x:v>45461.3366203704</x:v>
+        <x:v>45485.923587963</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C716" s="0">
-        <x:v>10.74</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="D716" s="0">
-        <x:v>4871.175</x:v>
+        <x:v>4997.662</x:v>
       </x:c>
       <x:c r="E716" s="0">
-        <x:v>5473.23</x:v>
+        <x:v>5615.35</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:5">
       <x:c r="A717" s="1">
-        <x:v>45461.3289583333</x:v>
+        <x:v>45485.328599537</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C717" s="0">
-        <x:v>10.74</x:v>
+        <x:v>12.22</x:v>
       </x:c>
       <x:c r="D717" s="0">
-        <x:v>4871.175</x:v>
+        <x:v>4970.241</x:v>
       </x:c>
       <x:c r="E717" s="0">
-        <x:v>5473.23</x:v>
+        <x:v>5584.54</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:5">
       <x:c r="A718" s="1">
-        <x:v>45460.9265740741</x:v>
+        <x:v>45484.9256597222</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C718" s="0">
-        <x:v>10.7</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D718" s="0">
-        <x:v>4871.175</x:v>
+        <x:v>4970.241</x:v>
       </x:c>
       <x:c r="E718" s="0">
-        <x:v>5473.23</x:v>
+        <x:v>5584.54</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:5">
       <x:c r="A719" s="1">
-        <x:v>45460.3274884259</x:v>
+        <x:v>45484.3254861111</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C719" s="0">
-        <x:v>10.1</x:v>
+        <x:v>13.01</x:v>
       </x:c>
       <x:c r="D719" s="0">
-        <x:v>4834.124</x:v>
+        <x:v>5014.18</x:v>
       </x:c>
       <x:c r="E719" s="0">
-        <x:v>5431.6</x:v>
+        <x:v>5633.91</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:5">
       <x:c r="A720" s="1">
-        <x:v>45457.9238310185</x:v>
+        <x:v>45483.9237731481</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C720" s="0">
-        <x:v>10.11</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="D720" s="0">
-        <x:v>4834.124</x:v>
+        <x:v>5014.18</x:v>
       </x:c>
       <x:c r="E720" s="0">
-        <x:v>5431.6</x:v>
+        <x:v>5633.91</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:5">
       <x:c r="A721" s="1">
-        <x:v>45457.3176851852</x:v>
+        <x:v>45483.3252430556</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C721" s="0">
-        <x:v>10.17</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D721" s="0">
-        <x:v>4836.029</x:v>
+        <x:v>4963.512</x:v>
       </x:c>
       <x:c r="E721" s="0">
-        <x:v>5433.74</x:v>
+        <x:v>5576.98</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:5">
       <x:c r="A722" s="1">
-        <x:v>45456.9231018519</x:v>
+        <x:v>45482.9237037037</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C722" s="0">
-        <x:v>10.15</x:v>
+        <x:v>12.07</x:v>
       </x:c>
       <x:c r="D722" s="0">
-        <x:v>4836.029</x:v>
+        <x:v>4963.512</x:v>
       </x:c>
       <x:c r="E722" s="0">
-        <x:v>5433.74</x:v>
+        <x:v>5576.98</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:5">
       <x:c r="A723" s="1">
-        <x:v>45456.3235416667</x:v>
+        <x:v>45482.3311342593</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C723" s="0">
-        <x:v>10.13</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D723" s="0">
-        <x:v>4824.646</x:v>
+        <x:v>4959.836</x:v>
       </x:c>
       <x:c r="E723" s="0">
-        <x:v>5420.95</x:v>
+        <x:v>5572.85</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:5">
       <x:c r="A724" s="1">
-        <x:v>45455.9237384259</x:v>
+        <x:v>45481.9249074074</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C724" s="0">
-        <x:v>9.97</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="D724" s="0">
-        <x:v>4824.646</x:v>
+        <x:v>4959.836</x:v>
       </x:c>
       <x:c r="E724" s="0">
-        <x:v>5420.95</x:v>
+        <x:v>5572.85</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:5">
       <x:c r="A725" s="1">
-        <x:v>45454.9234259259</x:v>
+        <x:v>45481.3294560185</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C725" s="0">
-        <x:v>9.35</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="D725" s="0">
-        <x:v>4784.035</x:v>
+        <x:v>4954.799</x:v>
       </x:c>
       <x:c r="E725" s="0">
-        <x:v>5375.32</x:v>
+        <x:v>5567.19</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:5">
       <x:c r="A726" s="1">
-        <x:v>45453.9238425926</x:v>
+        <x:v>45478.9321064815</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C726" s="0">
-        <x:v>9.16</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D726" s="0">
-        <x:v>4771.103</x:v>
+        <x:v>4954.799</x:v>
       </x:c>
       <x:c r="E726" s="0">
-        <x:v>5360.79</x:v>
+        <x:v>5567.19</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:5">
       <x:c r="A727" s="1">
-        <x:v>45450.9296296296</x:v>
+        <x:v>45478.3246412037</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C727" s="0">
-        <x:v>9</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="D727" s="0">
-        <x:v>4758.821</x:v>
+        <x:v>4927.948</x:v>
       </x:c>
       <x:c r="E727" s="0">
-        <x:v>5346.99</x:v>
+        <x:v>5537.02</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:5">
       <x:c r="A728" s="1">
-        <x:v>45449.9242824074</x:v>
+        <x:v>45476.8021990741</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C728" s="0">
-        <x:v>9.09</x:v>
+        <x:v>11.48</x:v>
       </x:c>
       <x:c r="D728" s="0">
-        <x:v>4764.134</x:v>
+        <x:v>4927.948</x:v>
       </x:c>
       <x:c r="E728" s="0">
-        <x:v>5352.96</x:v>
+        <x:v>5537.02</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:5">
       <x:c r="A729" s="1">
-        <x:v>45448.9223726852</x:v>
+        <x:v>45476.3268518519</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C729" s="0">
-        <x:v>9.11</x:v>
+        <x:v>10.99</x:v>
       </x:c>
       <x:c r="D729" s="0">
-        <x:v>4765.087</x:v>
+        <x:v>4903.019</x:v>
       </x:c>
       <x:c r="E729" s="0">
-        <x:v>5354.03</x:v>
+        <x:v>5509.01</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:5">
       <x:c r="A730" s="1">
-        <x:v>45447.9233449074</x:v>
+        <x:v>45475.9273842593</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C730" s="0">
-        <x:v>8.33</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="D730" s="0">
-        <x:v>4709.293</x:v>
+        <x:v>4903.019</x:v>
       </x:c>
       <x:c r="E730" s="0">
-        <x:v>5291.34</x:v>
+        <x:v>5509.01</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:5">
       <x:c r="A731" s="1">
-        <x:v>45446.9240740741</x:v>
+        <x:v>45475.3329398148</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C731" s="0">
-        <x:v>8.24</x:v>
+        <x:v>10.43</x:v>
       </x:c>
       <x:c r="D731" s="0">
-        <x:v>4702.226</x:v>
+        <x:v>4872.83</x:v>
       </x:c>
       <x:c r="E731" s="0">
-        <x:v>5283.4</x:v>
+        <x:v>5475.09</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:5">
       <x:c r="A732" s="1">
-        <x:v>45443.9304166667</x:v>
+        <x:v>45474.9265856482</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C732" s="0">
-        <x:v>8.2</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="D732" s="0">
-        <x:v>4696.984</x:v>
+        <x:v>4872.83</x:v>
       </x:c>
       <x:c r="E732" s="0">
-        <x:v>5277.51</x:v>
+        <x:v>5475.09</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:5">
       <x:c r="A733" s="1">
-        <x:v>45442.9278240741</x:v>
+        <x:v>45474.3295023148</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C733" s="0">
-        <x:v>7.71</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="D733" s="0">
-        <x:v>4659.577</x:v>
+        <x:v>4860.032</x:v>
       </x:c>
       <x:c r="E733" s="0">
-        <x:v>5235.48</x:v>
+        <x:v>5460.71</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:5">
       <x:c r="A734" s="1">
-        <x:v>45441.9286805556</x:v>
+        <x:v>45471.9306018519</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C734" s="0">
-        <x:v>8.1</x:v>
+        <x:v>10.36</x:v>
       </x:c>
       <x:c r="D734" s="0">
-        <x:v>4687.586</x:v>
+        <x:v>4860.032</x:v>
       </x:c>
       <x:c r="E734" s="0">
-        <x:v>5266.95</x:v>
+        <x:v>5460.71</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:5">
       <x:c r="A735" s="1">
-        <x:v>45440.9254282407</x:v>
+        <x:v>45471.3466782407</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C735" s="0">
-        <x:v>8.62</x:v>
+        <x:v>10.98</x:v>
       </x:c>
       <x:c r="D735" s="0">
-        <x:v>4722.376</x:v>
+        <x:v>4879.754</x:v>
       </x:c>
       <x:c r="E735" s="0">
-        <x:v>5306.04</x:v>
+        <x:v>5482.87</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:5">
       <x:c r="A736" s="1">
-        <x:v>45436.9253935185</x:v>
+        <x:v>45470.9296875</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C736" s="0">
-        <x:v>8.65</x:v>
+        <x:v>10.71</x:v>
       </x:c>
       <x:c r="D736" s="0">
-        <x:v>4721.201</x:v>
+        <x:v>4879.754</x:v>
       </x:c>
       <x:c r="E736" s="0">
-        <x:v>5304.72</x:v>
+        <x:v>5482.87</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:5">
       <x:c r="A737" s="1">
-        <x:v>45435.9234027778</x:v>
+        <x:v>45470.3229976852</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C737" s="0">
-        <x:v>8.2</x:v>
+        <x:v>10.46</x:v>
       </x:c>
       <x:c r="D737" s="0">
-        <x:v>4688.378</x:v>
+        <x:v>4875.331</x:v>
       </x:c>
       <x:c r="E737" s="0">
-        <x:v>5267.84</x:v>
+        <x:v>5477.9</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:5">
       <x:c r="A738" s="1">
-        <x:v>45434.9225578704</x:v>
+        <x:v>45469.9290393519</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C738" s="0">
-        <x:v>8.72</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="D738" s="0">
-        <x:v>4723.23</x:v>
+        <x:v>4875.331</x:v>
       </x:c>
       <x:c r="E738" s="0">
-        <x:v>5307</x:v>
+        <x:v>5477.9</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:5">
       <x:c r="A739" s="1">
-        <x:v>45433.9224074074</x:v>
+        <x:v>45469.3386342593</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C739" s="0">
-        <x:v>8.93</x:v>
+        <x:v>10.64</x:v>
       </x:c>
       <x:c r="D739" s="0">
-        <x:v>4736.055</x:v>
+        <x:v>4867.677</x:v>
       </x:c>
       <x:c r="E739" s="0">
-        <x:v>5321.41</x:v>
+        <x:v>5469.3</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:5">
       <x:c r="A740" s="1">
-        <x:v>45429.9267361111</x:v>
+        <x:v>45468.9344212963</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C740" s="0">
-        <x:v>8.73</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D740" s="0">
-        <x:v>4719.91</x:v>
+        <x:v>4867.677</x:v>
       </x:c>
       <x:c r="E740" s="0">
-        <x:v>5303.27</x:v>
+        <x:v>5469.3</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:5">
       <x:c r="A741" s="1">
-        <x:v>45428.9289351852</x:v>
+        <x:v>45467.9280902778</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C741" s="0">
-        <x:v>8.66</x:v>
+        <x:v>10.22</x:v>
       </x:c>
       <x:c r="D741" s="0">
-        <x:v>4714.419</x:v>
+        <x:v>4848.604</x:v>
       </x:c>
       <x:c r="E741" s="0">
-        <x:v>5297.1</x:v>
+        <x:v>5447.87</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:5">
       <x:c r="A742" s="1">
-        <x:v>45427.9284606481</x:v>
+        <x:v>45467.3440509259</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C742" s="0">
-        <x:v>8.81</x:v>
+        <x:v>10.52</x:v>
       </x:c>
       <x:c r="D742" s="0">
-        <x:v>4724.254</x:v>
+        <x:v>4863.512</x:v>
       </x:c>
       <x:c r="E742" s="0">
-        <x:v>5308.15</x:v>
+        <x:v>5464.62</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:5">
       <x:c r="A743" s="1">
-        <x:v>45426.9281828704</x:v>
+        <x:v>45464.9261689815</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C743" s="0">
-        <x:v>8.05</x:v>
+        <x:v>10.51</x:v>
       </x:c>
       <x:c r="D743" s="0">
-        <x:v>4669.545</x:v>
+        <x:v>4863.512</x:v>
       </x:c>
       <x:c r="E743" s="0">
-        <x:v>5246.68</x:v>
+        <x:v>5464.62</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:5">
       <x:c r="A744" s="1">
-        <x:v>45425.9293518519</x:v>
+        <x:v>45464.3312615741</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C744" s="0">
-        <x:v>7.76</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="D744" s="0">
-        <x:v>4647.064</x:v>
+        <x:v>4871.121</x:v>
       </x:c>
       <x:c r="E744" s="0">
-        <x:v>5221.42</x:v>
+        <x:v>5473.17</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:5">
       <x:c r="A745" s="1">
-        <x:v>45422.9236689815</x:v>
+        <x:v>45463.9259722222</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C745" s="0">
-        <x:v>7.8</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="D745" s="0">
-        <x:v>4648.185</x:v>
+        <x:v>4871.121</x:v>
       </x:c>
       <x:c r="E745" s="0">
-        <x:v>5222.68</x:v>
+        <x:v>5473.17</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:5">
       <x:c r="A746" s="1">
-        <x:v>45420.9241782407</x:v>
+        <x:v>45463.327025463</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C746" s="0">
-        <x:v>7.42</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="D746" s="0">
-        <x:v>4617.026</x:v>
+        <x:v>4883.457</x:v>
       </x:c>
       <x:c r="E746" s="0">
-        <x:v>5187.67</x:v>
+        <x:v>5487.03</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:5">
       <x:c r="A747" s="1">
-        <x:v>45419.9259953704</x:v>
+        <x:v>45461.9264583333</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C747" s="0">
-        <x:v>7.43</x:v>
+        <x:v>10.91</x:v>
       </x:c>
       <x:c r="D747" s="0">
-        <x:v>4617.053</x:v>
+        <x:v>4883.457</x:v>
       </x:c>
       <x:c r="E747" s="0">
-        <x:v>5187.7</x:v>
+        <x:v>5487.03</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:5">
       <x:c r="A748" s="1">
-        <x:v>45418.9291087963</x:v>
+        <x:v>45461.3366203704</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C748" s="0">
-        <x:v>7.35</x:v>
+        <x:v>10.74</x:v>
       </x:c>
       <x:c r="D748" s="0">
-        <x:v>4610.859</x:v>
+        <x:v>4871.175</x:v>
       </x:c>
       <x:c r="E748" s="0">
-        <x:v>5180.74</x:v>
+        <x:v>5473.23</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:5">
       <x:c r="A749" s="1">
-        <x:v>45415.9287847222</x:v>
+        <x:v>45461.3289583333</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C749" s="0">
-        <x:v>6.82</x:v>
+        <x:v>10.74</x:v>
       </x:c>
       <x:c r="D749" s="0">
-        <x:v>4563.733</x:v>
+        <x:v>4871.175</x:v>
       </x:c>
       <x:c r="E749" s="0">
-        <x:v>5127.79</x:v>
+        <x:v>5473.23</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:5">
       <x:c r="A750" s="1">
-        <x:v>45414.9243981481</x:v>
+        <x:v>45460.9265740741</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C750" s="0">
-        <x:v>6.2</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="D750" s="0">
-        <x:v>4507.138</x:v>
+        <x:v>4871.175</x:v>
       </x:c>
       <x:c r="E750" s="0">
-        <x:v>5064.2</x:v>
+        <x:v>5473.23</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:5">
       <x:c r="A751" s="1">
-        <x:v>45412.9265625</x:v>
+        <x:v>45460.3274884259</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C751" s="0">
-        <x:v>5.95</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="D751" s="0">
-        <x:v>4481.755</x:v>
+        <x:v>4834.124</x:v>
       </x:c>
       <x:c r="E751" s="0">
-        <x:v>5035.68</x:v>
+        <x:v>5431.6</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:5">
       <x:c r="A752" s="1">
-        <x:v>45411.9246643518</x:v>
+        <x:v>45457.9238310185</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C752" s="0">
-        <x:v>6.81</x:v>
+        <x:v>10.11</x:v>
       </x:c>
       <x:c r="D752" s="0">
-        <x:v>4553.391</x:v>
+        <x:v>4834.124</x:v>
       </x:c>
       <x:c r="E752" s="0">
-        <x:v>5116.17</x:v>
+        <x:v>5431.6</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:5">
       <x:c r="A753" s="1">
-        <x:v>45408.9315393519</x:v>
+        <x:v>45457.3176851852</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C753" s="0">
-        <x:v>6.66</x:v>
+        <x:v>10.17</x:v>
       </x:c>
       <x:c r="D753" s="0">
-        <x:v>4538.964</x:v>
+        <x:v>4836.029</x:v>
       </x:c>
       <x:c r="E753" s="0">
-        <x:v>5099.96</x:v>
+        <x:v>5433.74</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:5">
       <x:c r="A754" s="1">
-        <x:v>45407.9436458333</x:v>
+        <x:v>45456.9231018519</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C754" s="0">
-        <x:v>6.17</x:v>
+        <x:v>10.15</x:v>
       </x:c>
       <x:c r="D754" s="0">
-        <x:v>4493.094</x:v>
+        <x:v>4836.029</x:v>
       </x:c>
       <x:c r="E754" s="0">
-        <x:v>5048.42</x:v>
+        <x:v>5433.74</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:5">
       <x:c r="A755" s="1">
-        <x:v>45406.9296759259</x:v>
+        <x:v>45456.3235416667</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C755" s="0">
-        <x:v>6.41</x:v>
+        <x:v>10.13</x:v>
       </x:c>
       <x:c r="D755" s="0">
-        <x:v>4513.751</x:v>
+        <x:v>4824.646</x:v>
       </x:c>
       <x:c r="E755" s="0">
-        <x:v>5071.63</x:v>
+        <x:v>5420.95</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:5">
       <x:c r="A756" s="1">
-        <x:v>45405.9324537037</x:v>
+        <x:v>45455.9237384259</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C756" s="0">
-        <x:v>6.41</x:v>
+        <x:v>9.97</x:v>
       </x:c>
       <x:c r="D756" s="0">
-        <x:v>4512.79</x:v>
+        <x:v>4824.646</x:v>
       </x:c>
       <x:c r="E756" s="0">
-        <x:v>5070.55</x:v>
+        <x:v>5420.95</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:5">
       <x:c r="A757" s="1">
-        <x:v>45404.9329861111</x:v>
+        <x:v>45454.9234259259</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C757" s="0">
-        <x:v>5.85</x:v>
+        <x:v>9.35</x:v>
       </x:c>
       <x:c r="D757" s="0">
-        <x:v>4459.434</x:v>
+        <x:v>4784.035</x:v>
       </x:c>
       <x:c r="E757" s="0">
-        <x:v>5010.6</x:v>
+        <x:v>5375.32</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:5">
       <x:c r="A758" s="1">
-        <x:v>45401.9232060185</x:v>
+        <x:v>45453.9238425926</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C758" s="0">
-        <x:v>5.49</x:v>
+        <x:v>9.16</x:v>
       </x:c>
       <x:c r="D758" s="0">
-        <x:v>4420.835</x:v>
+        <x:v>4771.103</x:v>
       </x:c>
       <x:c r="E758" s="0">
-        <x:v>4967.23</x:v>
+        <x:v>5360.79</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:5">
       <x:c r="A759" s="1">
-        <x:v>45400.9237615741</x:v>
+        <x:v>45450.9296296296</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C759" s="0">
-        <x:v>5.91</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D759" s="0">
-        <x:v>4459.897</x:v>
+        <x:v>4758.821</x:v>
       </x:c>
       <x:c r="E759" s="0">
-        <x:v>5011.12</x:v>
+        <x:v>5346.99</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:5">
       <x:c r="A760" s="1">
-        <x:v>45399.9244560185</x:v>
+        <x:v>45449.9242824074</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C760" s="0">
-        <x:v>6.02</x:v>
+        <x:v>9.09</x:v>
       </x:c>
       <x:c r="D760" s="0">
-        <x:v>4469.767</x:v>
+        <x:v>4764.134</x:v>
       </x:c>
       <x:c r="E760" s="0">
-        <x:v>5022.21</x:v>
+        <x:v>5352.96</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:5">
       <x:c r="A761" s="1">
-        <x:v>45398.9235763889</x:v>
+        <x:v>45448.9223726852</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C761" s="0">
-        <x:v>6.33</x:v>
+        <x:v>9.11</x:v>
       </x:c>
       <x:c r="D761" s="0">
-        <x:v>4495.755</x:v>
+        <x:v>4765.087</x:v>
       </x:c>
       <x:c r="E761" s="0">
-        <x:v>5051.41</x:v>
+        <x:v>5354.03</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:5">
       <x:c r="A762" s="1">
-        <x:v>45397.9233680556</x:v>
+        <x:v>45447.9233449074</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C762" s="0">
-        <x:v>6.44</x:v>
+        <x:v>8.33</x:v>
       </x:c>
       <x:c r="D762" s="0">
-        <x:v>4505.02</x:v>
+        <x:v>4709.293</x:v>
       </x:c>
       <x:c r="E762" s="0">
-        <x:v>5061.82</x:v>
+        <x:v>5291.34</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:5">
       <x:c r="A763" s="1">
-        <x:v>45394.9243518518</x:v>
+        <x:v>45446.9240740741</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C763" s="0">
-        <x:v>7.16</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="D763" s="0">
-        <x:v>4559.835</x:v>
+        <x:v>4702.226</x:v>
       </x:c>
       <x:c r="E763" s="0">
-        <x:v>5123.41</x:v>
+        <x:v>5283.4</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:5">
       <x:c r="A764" s="1">
-        <x:v>45393.9239351852</x:v>
+        <x:v>45443.9304166667</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C764" s="0">
-        <x:v>8.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D764" s="0">
-        <x:v>4627.163</x:v>
+        <x:v>4696.984</x:v>
       </x:c>
       <x:c r="E764" s="0">
-        <x:v>5199.06</x:v>
+        <x:v>5277.51</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:5">
       <x:c r="A765" s="1">
-        <x:v>45392.9227314815</x:v>
+        <x:v>45442.9278240741</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C765" s="0">
-        <x:v>7.66</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D765" s="0">
-        <x:v>4592.97</x:v>
+        <x:v>4659.577</x:v>
       </x:c>
       <x:c r="E765" s="0">
-        <x:v>5160.64</x:v>
+        <x:v>5235.48</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:5">
       <x:c r="A766" s="1">
-        <x:v>45391.926412037</x:v>
+        <x:v>45441.9286805556</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C766" s="0">
-        <x:v>8.29</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D766" s="0">
-        <x:v>4636.82</x:v>
+        <x:v>4687.586</x:v>
       </x:c>
       <x:c r="E766" s="0">
-        <x:v>5209.91</x:v>
+        <x:v>5266.95</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:5">
       <x:c r="A767" s="1">
-        <x:v>45390.9248148148</x:v>
+        <x:v>45440.9254282407</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C767" s="0">
-        <x:v>8.2</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="D767" s="0">
-        <x:v>4630.127</x:v>
+        <x:v>4722.376</x:v>
       </x:c>
       <x:c r="E767" s="0">
-        <x:v>5202.39</x:v>
+        <x:v>5306.04</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:5">
       <x:c r="A768" s="1">
-        <x:v>45387.9232523148</x:v>
+        <x:v>45436.9253935185</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C768" s="0">
-        <x:v>8.26</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D768" s="0">
-        <x:v>4631.863</x:v>
+        <x:v>4721.201</x:v>
       </x:c>
       <x:c r="E768" s="0">
-        <x:v>5204.34</x:v>
+        <x:v>5304.72</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:5">
       <x:c r="A769" s="1">
-        <x:v>45386.9251041667</x:v>
+        <x:v>45435.9234027778</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C769" s="0">
-        <x:v>7.59</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D769" s="0">
-        <x:v>4581.017</x:v>
+        <x:v>4688.378</x:v>
       </x:c>
       <x:c r="E769" s="0">
-        <x:v>5147.21</x:v>
+        <x:v>5267.84</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:5">
       <x:c r="A770" s="1">
-        <x:v>45385.9234837963</x:v>
+        <x:v>45434.9225578704</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C770" s="0">
-        <x:v>8.43</x:v>
+        <x:v>8.72</x:v>
       </x:c>
       <x:c r="D770" s="0">
-        <x:v>4638.226</x:v>
+        <x:v>4723.23</x:v>
       </x:c>
       <x:c r="E770" s="0">
-        <x:v>5211.49</x:v>
+        <x:v>5307</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:5">
       <x:c r="A771" s="1">
-        <x:v>45384.9259490741</x:v>
+        <x:v>45433.9224074074</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C771" s="0">
-        <x:v>8.37</x:v>
+        <x:v>8.93</x:v>
       </x:c>
       <x:c r="D771" s="0">
-        <x:v>4633.171</x:v>
+        <x:v>4736.055</x:v>
       </x:c>
       <x:c r="E771" s="0">
-        <x:v>5205.81</x:v>
+        <x:v>5321.41</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:5">
       <x:c r="A772" s="1">
-        <x:v>45379.8836921296</x:v>
+        <x:v>45429.9267361111</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C772" s="0">
-        <x:v>9.1</x:v>
+        <x:v>8.73</x:v>
       </x:c>
       <x:c r="D772" s="0">
-        <x:v>4676.372</x:v>
+        <x:v>4719.91</x:v>
       </x:c>
       <x:c r="E772" s="0">
-        <x:v>5254.35</x:v>
+        <x:v>5303.27</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:5">
       <x:c r="A773" s="1">
-        <x:v>45378.8832407407</x:v>
+        <x:v>45428.9289351852</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C773" s="0">
-        <x:v>9.03</x:v>
+        <x:v>8.66</x:v>
       </x:c>
       <x:c r="D773" s="0">
-        <x:v>4671.165</x:v>
+        <x:v>4714.419</x:v>
       </x:c>
       <x:c r="E773" s="0">
-        <x:v>5248.5</x:v>
+        <x:v>5297.1</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:5">
       <x:c r="A774" s="1">
-        <x:v>45377.8827199074</x:v>
+        <x:v>45427.9284606481</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C774" s="0">
-        <x:v>8.45</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="D774" s="0">
-        <x:v>4631.186</x:v>
+        <x:v>4724.254</x:v>
       </x:c>
       <x:c r="E774" s="0">
-        <x:v>5203.58</x:v>
+        <x:v>5308.15</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:5">
       <x:c r="A775" s="1">
-        <x:v>45376.8828819444</x:v>
+        <x:v>45426.9281828704</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C775" s="0">
-        <x:v>8.65</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="D775" s="0">
-        <x:v>4644.189</x:v>
+        <x:v>4669.545</x:v>
       </x:c>
       <x:c r="E775" s="0">
-        <x:v>5218.19</x:v>
+        <x:v>5246.68</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:5">
       <x:c r="A776" s="1">
-        <x:v>45373.8830671296</x:v>
+        <x:v>45425.9293518519</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C776" s="0">
-        <x:v>8.91</x:v>
+        <x:v>7.76</x:v>
       </x:c>
       <x:c r="D776" s="0">
-        <x:v>4658.42</x:v>
+        <x:v>4647.064</x:v>
       </x:c>
       <x:c r="E776" s="0">
-        <x:v>5234.18</x:v>
+        <x:v>5221.42</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:5">
       <x:c r="A777" s="1">
-        <x:v>45372.8844444444</x:v>
+        <x:v>45422.9236689815</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C777" s="0">
-        <x:v>9.02</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D777" s="0">
-        <x:v>4664.962</x:v>
+        <x:v>4648.185</x:v>
       </x:c>
       <x:c r="E777" s="0">
-        <x:v>5241.53</x:v>
+        <x:v>5222.68</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:5">
       <x:c r="A778" s="1">
-        <x:v>45362.8935648148</x:v>
+        <x:v>45420.9241782407</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C778" s="0">
-        <x:v>7.59</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="D778" s="0">
-        <x:v>4554.967</x:v>
+        <x:v>4617.026</x:v>
       </x:c>
       <x:c r="E778" s="0">
-        <x:v>5117.94</x:v>
+        <x:v>5187.67</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:5">
       <x:c r="A779" s="1">
-        <x:v>45359.9310648148</x:v>
+        <x:v>45419.9259953704</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C779" s="0">
-        <x:v>7.69</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="D779" s="0">
-        <x:v>4560.084</x:v>
+        <x:v>4617.053</x:v>
       </x:c>
       <x:c r="E779" s="0">
-        <x:v>5123.69</x:v>
+        <x:v>5187.7</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:5">
       <x:c r="A780" s="1">
-        <x:v>45358.9291087963</x:v>
+        <x:v>45418.9291087963</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C780" s="0">
-        <x:v>8.12</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="D780" s="0">
-        <x:v>4590.05</x:v>
+        <x:v>4610.859</x:v>
       </x:c>
       <x:c r="E780" s="0">
-        <x:v>5157.36</x:v>
+        <x:v>5180.74</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:5">
       <x:c r="A781" s="1">
-        <x:v>45357.9246296296</x:v>
+        <x:v>45415.9287847222</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C781" s="0">
-        <x:v>7.51</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D781" s="0">
-        <x:v>4543.236</x:v>
+        <x:v>4563.733</x:v>
       </x:c>
       <x:c r="E781" s="0">
-        <x:v>5104.76</x:v>
+        <x:v>5127.79</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:5">
       <x:c r="A782" s="1">
-        <x:v>45356.9297569444</x:v>
+        <x:v>45414.9243981481</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C782" s="0">
-        <x:v>7.22</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="D782" s="0">
-        <x:v>4519.998</x:v>
+        <x:v>4507.138</x:v>
       </x:c>
       <x:c r="E782" s="0">
-        <x:v>5078.65</x:v>
+        <x:v>5064.2</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:5">
       <x:c r="A783" s="1">
-        <x:v>45355.9261574074</x:v>
+        <x:v>45412.9265625</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C783" s="0">
-        <x:v>7.87</x:v>
+        <x:v>5.95</x:v>
       </x:c>
       <x:c r="D783" s="0">
-        <x:v>4566.546</x:v>
+        <x:v>4481.755</x:v>
       </x:c>
       <x:c r="E783" s="0">
-        <x:v>5130.95</x:v>
+        <x:v>5035.68</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:5">
       <x:c r="A784" s="1">
-        <x:v>45351.925787037</x:v>
+        <x:v>45411.9246643518</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C784" s="0">
-        <x:v>7.5</x:v>
+        <x:v>6.81</x:v>
       </x:c>
       <x:c r="D784" s="0">
-        <x:v>4535.68</x:v>
+        <x:v>4553.391</x:v>
       </x:c>
       <x:c r="E784" s="0">
-        <x:v>5096.27</x:v>
+        <x:v>5116.17</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:5">
       <x:c r="A785" s="1">
-        <x:v>45350.9235763889</x:v>
+        <x:v>45408.9315393519</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C785" s="0">
-        <x:v>7.2</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D785" s="0">
-        <x:v>4512.086</x:v>
+        <x:v>4538.964</x:v>
       </x:c>
       <x:c r="E785" s="0">
-        <x:v>5069.76</x:v>
+        <x:v>5099.96</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:5">
       <x:c r="A786" s="1">
-        <x:v>45349.922337963</x:v>
+        <x:v>45407.9436458333</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C786" s="0">
-        <x:v>7.3</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D786" s="0">
-        <x:v>4511.882</x:v>
+        <x:v>4493.094</x:v>
       </x:c>
       <x:c r="E786" s="0">
-        <x:v>5069.53</x:v>
+        <x:v>5048.42</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:5">
       <x:c r="A787" s="1">
-        <x:v>45348.9285532407</x:v>
+        <x:v>45406.9296759259</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C787" s="0">
-        <x:v>7.21</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D787" s="0">
-        <x:v>4529.032</x:v>
+        <x:v>4513.751</x:v>
       </x:c>
       <x:c r="E787" s="0">
-        <x:v>5088.8</x:v>
+        <x:v>5071.63</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:5">
       <x:c r="A788" s="1">
-        <x:v>45345.9262384259</x:v>
+        <x:v>45405.9324537037</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C788" s="0">
-        <x:v>7.47</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="D788" s="0">
-        <x:v>4529.032</x:v>
+        <x:v>4512.79</x:v>
       </x:c>
       <x:c r="E788" s="0">
-        <x:v>5088.8</x:v>
+        <x:v>5070.55</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:5">
       <x:c r="A789" s="1">
-        <x:v>45344.9258217593</x:v>
+        <x:v>45404.9329861111</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C789" s="0">
-        <x:v>7.46</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="D789" s="0">
-        <x:v>4527.457</x:v>
+        <x:v>4459.434</x:v>
       </x:c>
       <x:c r="E789" s="0">
-        <x:v>5087.03</x:v>
+        <x:v>5010.6</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:5">
       <x:c r="A790" s="1">
-        <x:v>45343.9246412037</x:v>
+        <x:v>45401.9232060185</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C790" s="0">
-        <x:v>6.38</x:v>
+        <x:v>5.49</x:v>
       </x:c>
       <x:c r="D790" s="0">
-        <x:v>4433.802</x:v>
+        <x:v>4420.835</x:v>
       </x:c>
       <x:c r="E790" s="0">
-        <x:v>4981.8</x:v>
+        <x:v>4967.23</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:5">
       <x:c r="A791" s="1">
-        <x:v>45342.9240162037</x:v>
+        <x:v>45400.9237615741</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C791" s="0">
-        <x:v>6.33</x:v>
+        <x:v>5.91</x:v>
       </x:c>
       <x:c r="D791" s="0">
-        <x:v>4428.204</x:v>
+        <x:v>4459.897</x:v>
       </x:c>
       <x:c r="E791" s="0">
-        <x:v>4975.51</x:v>
+        <x:v>5011.12</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:5">
       <x:c r="A792" s="1">
-        <x:v>45338.9307986111</x:v>
+        <x:v>45399.9244560185</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C792" s="0">
-        <x:v>6.68</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D792" s="0">
-        <x:v>4454.957</x:v>
+        <x:v>4469.767</x:v>
       </x:c>
       <x:c r="E792" s="0">
-        <x:v>5005.57</x:v>
+        <x:v>5022.21</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:5">
       <x:c r="A793" s="1">
-        <x:v>45337.9414699074</x:v>
+        <x:v>45398.9235763889</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C793" s="0">
-        <x:v>6.95</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D793" s="0">
-        <x:v>4476.46</x:v>
+        <x:v>4495.755</x:v>
       </x:c>
       <x:c r="E793" s="0">
-        <x:v>5029.73</x:v>
+        <x:v>5051.41</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:5">
       <x:c r="A794" s="1">
-        <x:v>45336.9321412037</x:v>
+        <x:v>45397.9233680556</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C794" s="0">
-        <x:v>6.64</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D794" s="0">
-        <x:v>4450.552</x:v>
+        <x:v>4505.02</x:v>
       </x:c>
       <x:c r="E794" s="0">
-        <x:v>5000.62</x:v>
+        <x:v>5061.82</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:5">
       <x:c r="A795" s="1">
-        <x:v>45335.9339814815</x:v>
+        <x:v>45394.9243518518</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C795" s="0">
-        <x:v>6.17</x:v>
+        <x:v>7.16</x:v>
       </x:c>
       <x:c r="D795" s="0">
-        <x:v>4408.321</x:v>
+        <x:v>4559.835</x:v>
       </x:c>
       <x:c r="E795" s="0">
-        <x:v>4953.17</x:v>
+        <x:v>5123.41</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:5">
       <x:c r="A796" s="1">
-        <x:v>45334.9284375</x:v>
+        <x:v>45393.9239351852</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C796" s="0">
-        <x:v>6.93</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="D796" s="0">
-        <x:v>4469.438</x:v>
+        <x:v>4627.163</x:v>
       </x:c>
       <x:c r="E796" s="0">
-        <x:v>5021.84</x:v>
+        <x:v>5199.06</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:5">
       <x:c r="A797" s="1">
-        <x:v>45331.9229976852</x:v>
+        <x:v>45392.9227314815</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C797" s="0">
-        <x:v>7.01</x:v>
+        <x:v>7.66</x:v>
       </x:c>
       <x:c r="D797" s="0">
-        <x:v>4473.683</x:v>
+        <x:v>4592.97</x:v>
       </x:c>
       <x:c r="E797" s="0">
-        <x:v>5026.61</x:v>
+        <x:v>5160.64</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:5">
       <x:c r="A798" s="1">
-        <x:v>45330.9228356481</x:v>
+        <x:v>45391.926412037</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C798" s="0">
-        <x:v>6.71</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="D798" s="0">
-        <x:v>4448.193</x:v>
+        <x:v>4636.82</x:v>
       </x:c>
       <x:c r="E798" s="0">
-        <x:v>4997.97</x:v>
+        <x:v>5209.91</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:5">
       <x:c r="A799" s="1">
-        <x:v>45329.9233912037</x:v>
+        <x:v>45390.9248148148</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C799" s="0">
-        <x:v>6.68</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="D799" s="0">
-        <x:v>4445.603</x:v>
+        <x:v>4630.127</x:v>
       </x:c>
       <x:c r="E799" s="0">
-        <x:v>4995.06</x:v>
+        <x:v>5202.39</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:5">
       <x:c r="A800" s="1">
-        <x:v>45328.9222800926</x:v>
+        <x:v>45387.9232523148</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C800" s="0">
-        <x:v>6.27</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="D800" s="0">
-        <x:v>4409.265</x:v>
+        <x:v>4631.863</x:v>
       </x:c>
       <x:c r="E800" s="0">
-        <x:v>4954.23</x:v>
+        <x:v>5204.34</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:5">
       <x:c r="A801" s="1">
-        <x:v>45327.9236689815</x:v>
+        <x:v>45386.9251041667</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C801" s="0">
-        <x:v>6.16</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D801" s="0">
-        <x:v>4399.101</x:v>
+        <x:v>4581.017</x:v>
       </x:c>
       <x:c r="E801" s="0">
-        <x:v>4942.81</x:v>
+        <x:v>5147.21</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:5">
       <x:c r="A802" s="1">
-        <x:v>45324.9259837963</x:v>
+        <x:v>45385.9234837963</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C802" s="0">
-        <x:v>6.35</x:v>
+        <x:v>8.43</x:v>
       </x:c>
       <x:c r="D802" s="0">
-        <x:v>4413.163</x:v>
+        <x:v>4638.226</x:v>
       </x:c>
       <x:c r="E802" s="0">
-        <x:v>4958.61</x:v>
+        <x:v>5211.49</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:5">
       <x:c r="A803" s="1">
-        <x:v>45323.9259606482</x:v>
+        <x:v>45384.9259490741</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C803" s="0">
-        <x:v>5.86</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="D803" s="0">
-        <x:v>4366.527</x:v>
+        <x:v>4633.171</x:v>
       </x:c>
       <x:c r="E803" s="0">
-        <x:v>4906.21</x:v>
+        <x:v>5205.81</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:5">
       <x:c r="A804" s="1">
-        <x:v>45322.9228935185</x:v>
+        <x:v>45379.8836921296</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C804" s="0">
-        <x:v>5.33</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="D804" s="0">
-        <x:v>4312.628</x:v>
+        <x:v>4676.372</x:v>
       </x:c>
       <x:c r="E804" s="0">
-        <x:v>4845.65</x:v>
+        <x:v>5254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:5">
       <x:c r="A805" s="1">
-        <x:v>45321.9409490741</x:v>
+        <x:v>45378.8832407407</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C805" s="0">
-        <x:v>6.12</x:v>
+        <x:v>9.03</x:v>
       </x:c>
       <x:c r="D805" s="0">
-        <x:v>4383.223</x:v>
+        <x:v>4671.165</x:v>
       </x:c>
       <x:c r="E805" s="0">
-        <x:v>4924.97</x:v>
+        <x:v>5248.5</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:5">
       <x:c r="A806" s="1">
-        <x:v>45320.9269675926</x:v>
+        <x:v>45377.8827199074</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C806" s="0">
-        <x:v>6.16</x:v>
+        <x:v>8.45</x:v>
       </x:c>
       <x:c r="D806" s="0">
-        <x:v>4385.858</x:v>
+        <x:v>4631.186</x:v>
       </x:c>
       <x:c r="E806" s="0">
-        <x:v>4927.93</x:v>
+        <x:v>5203.58</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:5">
       <x:c r="A807" s="1">
-        <x:v>45317.9266319444</x:v>
+        <x:v>45376.8828819444</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C807" s="0">
-        <x:v>5.83</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="D807" s="0">
-        <x:v>4352.963</x:v>
+        <x:v>4644.189</x:v>
       </x:c>
       <x:c r="E807" s="0">
-        <x:v>4890.97</x:v>
+        <x:v>5218.19</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:5">
       <x:c r="A808" s="1">
-        <x:v>45316.926099537</x:v>
+        <x:v>45373.8830671296</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C808" s="0">
-        <x:v>5.86</x:v>
+        <x:v>8.91</x:v>
       </x:c>
       <x:c r="D808" s="0">
-        <x:v>4355.802</x:v>
+        <x:v>4658.42</x:v>
       </x:c>
       <x:c r="E808" s="0">
-        <x:v>4894.16</x:v>
+        <x:v>5234.18</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:5">
       <x:c r="A809" s="1">
-        <x:v>45315.9284490741</x:v>
+        <x:v>45372.8844444444</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C809" s="0">
-        <x:v>5.63</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="D809" s="0">
-        <x:v>4333.01</x:v>
+        <x:v>4664.962</x:v>
       </x:c>
       <x:c r="E809" s="0">
-        <x:v>4868.55</x:v>
+        <x:v>5241.53</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:5">
       <x:c r="A810" s="1">
-        <x:v>45314.9280902778</x:v>
+        <x:v>45362.8935648148</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C810" s="0">
-        <x:v>5.6</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="D810" s="0">
-        <x:v>4329.494</x:v>
+        <x:v>4554.967</x:v>
       </x:c>
       <x:c r="E810" s="0">
-        <x:v>4864.6</x:v>
+        <x:v>5117.94</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:5">
       <x:c r="A811" s="1">
-        <x:v>45313.9286111111</x:v>
+        <x:v>45359.9310648148</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C811" s="0">
-        <x:v>5.48</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="D811" s="0">
-        <x:v>4316.883</x:v>
+        <x:v>4560.084</x:v>
       </x:c>
       <x:c r="E811" s="0">
-        <x:v>4850.43</x:v>
+        <x:v>5123.69</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:5">
       <x:c r="A812" s="1">
-        <x:v>45310.9221875</x:v>
+        <x:v>45358.9291087963</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C812" s="0">
-        <x:v>5.41</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="D812" s="0">
-        <x:v>4307.431</x:v>
+        <x:v>4590.05</x:v>
       </x:c>
       <x:c r="E812" s="0">
-        <x:v>4839.81</x:v>
+        <x:v>5157.36</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:5">
       <x:c r="A813" s="1">
-        <x:v>45309.922662037</x:v>
+        <x:v>45357.9246296296</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C813" s="0">
-        <x:v>4.93</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="D813" s="0">
-        <x:v>4255.037</x:v>
+        <x:v>4543.236</x:v>
       </x:c>
       <x:c r="E813" s="0">
-        <x:v>4780.94</x:v>
+        <x:v>5104.76</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:5">
       <x:c r="A814" s="1">
-        <x:v>45308.9233449074</x:v>
+        <x:v>45356.9297569444</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C814" s="0">
-        <x:v>4.6</x:v>
+        <x:v>7.22</x:v>
       </x:c>
       <x:c r="D814" s="0">
-        <x:v>4217.897</x:v>
+        <x:v>4519.998</x:v>
       </x:c>
       <x:c r="E814" s="0">
-        <x:v>4739.21</x:v>
+        <x:v>5078.65</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:5">
       <x:c r="A815" s="1">
-        <x:v>45307.9221990741</x:v>
+        <x:v>45355.9261574074</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C815" s="0">
-        <x:v>4.83</x:v>
+        <x:v>7.87</x:v>
       </x:c>
       <x:c r="D815" s="0">
-        <x:v>4241.722</x:v>
+        <x:v>4566.546</x:v>
       </x:c>
       <x:c r="E815" s="0">
-        <x:v>4765.98</x:v>
+        <x:v>5130.95</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:5">
       <x:c r="A816" s="1">
-        <x:v>45303.9228240741</x:v>
+        <x:v>45351.925787037</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C816" s="0">
-        <x:v>5</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="D816" s="0">
-        <x:v>4257.609</x:v>
+        <x:v>4535.68</x:v>
       </x:c>
       <x:c r="E816" s="0">
-        <x:v>4783.83</x:v>
+        <x:v>5096.27</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:5">
       <x:c r="A817" s="1">
-        <x:v>45302.9370138889</x:v>
+        <x:v>45350.9235763889</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C817" s="0">
-        <x:v>4.98</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D817" s="0">
-        <x:v>4254.414</x:v>
+        <x:v>4512.086</x:v>
       </x:c>
       <x:c r="E817" s="0">
-        <x:v>4780.24</x:v>
+        <x:v>5069.76</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:5">
       <x:c r="A818" s="1">
-        <x:v>45301.926712963</x:v>
+        <x:v>45349.922337963</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C818" s="0">
-        <x:v>5.01</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="D818" s="0">
-        <x:v>4257.27</x:v>
+        <x:v>4511.882</x:v>
       </x:c>
       <x:c r="E818" s="0">
-        <x:v>4783.45</x:v>
+        <x:v>5069.53</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:5">
       <x:c r="A819" s="1">
-        <x:v>45300.9303356481</x:v>
+        <x:v>45348.9285532407</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C819" s="0">
-        <x:v>4.8</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="D819" s="0">
-        <x:v>4233.285</x:v>
+        <x:v>4529.032</x:v>
       </x:c>
       <x:c r="E819" s="0">
-        <x:v>4756.5</x:v>
+        <x:v>5088.8</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:5">
       <x:c r="A820" s="1">
-        <x:v>45299.9238194444</x:v>
+        <x:v>45345.9262384259</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C820" s="0">
-        <x:v>4.85</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D820" s="0">
-        <x:v>4239.551</x:v>
+        <x:v>4529.032</x:v>
       </x:c>
       <x:c r="E820" s="0">
-        <x:v>4763.54</x:v>
+        <x:v>5088.8</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:5">
       <x:c r="A821" s="1">
-        <x:v>45296.9255208333</x:v>
+        <x:v>45344.9258217593</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C821" s="0">
-        <x:v>4.38</x:v>
+        <x:v>7.46</x:v>
       </x:c>
       <x:c r="D821" s="0">
-        <x:v>4180.544</x:v>
+        <x:v>4527.457</x:v>
       </x:c>
       <x:c r="E821" s="0">
-        <x:v>4697.24</x:v>
+        <x:v>5087.03</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:5">
       <x:c r="A822" s="1">
-        <x:v>45295.9240277778</x:v>
+        <x:v>45343.9246412037</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C822" s="0">
-        <x:v>4.32</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D822" s="0">
-        <x:v>4172.925</x:v>
+        <x:v>4433.802</x:v>
       </x:c>
       <x:c r="E822" s="0">
-        <x:v>4688.68</x:v>
+        <x:v>4981.8</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:5">
       <x:c r="A823" s="1">
-        <x:v>45294.9246527778</x:v>
+        <x:v>45342.9240162037</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C823" s="0">
-        <x:v>4.44</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="D823" s="0">
-        <x:v>4187.281</x:v>
+        <x:v>4428.204</x:v>
       </x:c>
       <x:c r="E823" s="0">
-        <x:v>4704.81</x:v>
+        <x:v>4975.51</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:5">
       <x:c r="A824" s="1">
-        <x:v>45289.9231134259</x:v>
+        <x:v>45338.9307986111</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C824" s="0">
-        <x:v>5.02</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D824" s="0">
-        <x:v>4245.149</x:v>
+        <x:v>4454.957</x:v>
       </x:c>
       <x:c r="E824" s="0">
-        <x:v>4769.83</x:v>
+        <x:v>5005.57</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:5">
       <x:c r="A825" s="1">
-        <x:v>45288.9222453704</x:v>
+        <x:v>45337.9414699074</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C825" s="0">
-        <x:v>5.18</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D825" s="0">
-        <x:v>4261.489</x:v>
+        <x:v>4476.46</x:v>
       </x:c>
       <x:c r="E825" s="0">
-        <x:v>4788.19</x:v>
+        <x:v>5029.73</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:5">
       <x:c r="A826" s="1">
-        <x:v>45287.9289930556</x:v>
+        <x:v>45336.9321412037</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C826" s="0">
-        <x:v>5.13</x:v>
+        <x:v>6.64</x:v>
       </x:c>
       <x:c r="D826" s="0">
-        <x:v>4255.606</x:v>
+        <x:v>4450.552</x:v>
       </x:c>
       <x:c r="E826" s="0">
-        <x:v>4781.58</x:v>
+        <x:v>5000.62</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:5">
       <x:c r="A827" s="1">
-        <x:v>45282.9305671296</x:v>
+        <x:v>45335.9339814815</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C827" s="0">
-        <x:v>4.93</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D827" s="0">
-        <x:v>4231.621</x:v>
+        <x:v>4408.321</x:v>
       </x:c>
       <x:c r="E827" s="0">
-        <x:v>4754.63</x:v>
+        <x:v>4953.17</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:5">
       <x:c r="A828" s="1">
-        <x:v>45281.9287615741</x:v>
+        <x:v>45334.9284375</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C828" s="0">
-        <x:v>4.88</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="D828" s="0">
-        <x:v>4224.608</x:v>
+        <x:v>4469.438</x:v>
       </x:c>
       <x:c r="E828" s="0">
-        <x:v>4746.75</x:v>
+        <x:v>5021.84</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:5">
       <x:c r="A829" s="1">
-        <x:v>45280.9229282407</x:v>
+        <x:v>45331.9229976852</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C829" s="0">
-        <x:v>4.51</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="D829" s="0">
-        <x:v>4181.532</x:v>
+        <x:v>4473.683</x:v>
       </x:c>
       <x:c r="E829" s="0">
-        <x:v>4698.35</x:v>
+        <x:v>5026.61</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:5">
       <x:c r="A830" s="1">
-        <x:v>45279.9272222222</x:v>
+        <x:v>45330.9228356481</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C830" s="0">
-        <x:v>5.11</x:v>
+        <x:v>6.71</x:v>
       </x:c>
       <x:c r="D830" s="0">
-        <x:v>4243.849</x:v>
+        <x:v>4448.193</x:v>
       </x:c>
       <x:c r="E830" s="0">
-        <x:v>4768.37</x:v>
+        <x:v>4997.97</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:5">
       <x:c r="A831" s="1">
-        <x:v>45278.9284953704</x:v>
+        <x:v>45329.9233912037</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C831" s="0">
-        <x:v>4.89</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="D831" s="0">
-        <x:v>4219.098</x:v>
+        <x:v>4445.603</x:v>
       </x:c>
       <x:c r="E831" s="0">
-        <x:v>4740.56</x:v>
+        <x:v>4995.06</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:5">
       <x:c r="A832" s="1">
-        <x:v>45275.9232638889</x:v>
+        <x:v>45328.9222800926</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C832" s="0">
-        <x:v>4.73</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="D832" s="0">
-        <x:v>4200.079</x:v>
+        <x:v>4409.265</x:v>
       </x:c>
       <x:c r="E832" s="0">
-        <x:v>4719.19</x:v>
+        <x:v>4954.23</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:5">
       <x:c r="A833" s="1">
-        <x:v>45274.9233680556</x:v>
+        <x:v>45327.9236689815</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C833" s="0">
-        <x:v>4.74</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D833" s="0">
-        <x:v>4200.4</x:v>
+        <x:v>4399.101</x:v>
       </x:c>
       <x:c r="E833" s="0">
-        <x:v>4719.55</x:v>
+        <x:v>4942.81</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:5">
       <x:c r="A834" s="1">
-        <x:v>45273.9260416667</x:v>
+        <x:v>45324.9259837963</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C834" s="0">
-        <x:v>4.64</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D834" s="0">
-        <x:v>4189.31</x:v>
+        <x:v>4413.163</x:v>
       </x:c>
       <x:c r="E834" s="0">
-        <x:v>4707.09</x:v>
+        <x:v>4958.61</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:5">
       <x:c r="A835" s="1">
-        <x:v>45272.9224537037</x:v>
+        <x:v>45323.9259606482</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C835" s="0">
-        <x:v>4.19</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D835" s="0">
-        <x:v>4132.893</x:v>
+        <x:v>4366.527</x:v>
       </x:c>
       <x:c r="E835" s="0">
-        <x:v>4643.7</x:v>
+        <x:v>4906.21</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:5">
       <x:c r="A836" s="1">
-        <x:v>45271.9244675926</x:v>
+        <x:v>45322.9228935185</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C836" s="0">
-        <x:v>4.04</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="D836" s="0">
-        <x:v>4113.972</x:v>
+        <x:v>4312.628</x:v>
       </x:c>
       <x:c r="E836" s="0">
-        <x:v>4622.44</x:v>
+        <x:v>4845.65</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:5">
       <x:c r="A837" s="1">
-        <x:v>45268.9356134259</x:v>
+        <x:v>45321.9409490741</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C837" s="0">
-        <x:v>3.94</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="D837" s="0">
-        <x:v>4097.889</x:v>
+        <x:v>4383.223</x:v>
       </x:c>
       <x:c r="E837" s="0">
-        <x:v>4604.37</x:v>
+        <x:v>4924.97</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:5">
       <x:c r="A838" s="1">
-        <x:v>45267.9261805556</x:v>
+        <x:v>45320.9269675926</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C838" s="0">
-        <x:v>3.82</x:v>
+        <x:v>6.16</x:v>
       </x:c>
       <x:c r="D838" s="0">
-        <x:v>4081.175</x:v>
+        <x:v>4385.858</x:v>
       </x:c>
       <x:c r="E838" s="0">
-        <x:v>4585.59</x:v>
+        <x:v>4927.93</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:5">
       <x:c r="A839" s="1">
-        <x:v>45266.9284027778</x:v>
+        <x:v>45317.9266319444</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C839" s="0">
-        <x:v>3.59</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D839" s="0">
-        <x:v>4048.913</x:v>
+        <x:v>4352.963</x:v>
       </x:c>
       <x:c r="E839" s="0">
-        <x:v>4549.34</x:v>
+        <x:v>4890.97</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:5">
       <x:c r="A840" s="1">
-        <x:v>45265.9406944444</x:v>
+        <x:v>45316.926099537</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C840" s="0">
-        <x:v>3.71</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D840" s="0">
-        <x:v>4064.79</x:v>
+        <x:v>4355.802</x:v>
       </x:c>
       <x:c r="E840" s="0">
-        <x:v>4567.18</x:v>
+        <x:v>4894.16</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:5">
       <x:c r="A841" s="1">
-        <x:v>45261.9243865741</x:v>
+        <x:v>45315.9284490741</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C841" s="0">
-        <x:v>3.91</x:v>
+        <x:v>5.63</x:v>
       </x:c>
       <x:c r="D841" s="0">
-        <x:v>4089.23</x:v>
+        <x:v>4333.01</x:v>
       </x:c>
       <x:c r="E841" s="0">
-        <x:v>4594.64</x:v>
+        <x:v>4868.55</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:5">
       <x:c r="A842" s="1">
-        <x:v>45260.9313425926</x:v>
+        <x:v>45314.9280902778</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C842" s="0">
-        <x:v>3.74</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="D842" s="0">
-        <x:v>4065.315</x:v>
+        <x:v>4329.494</x:v>
       </x:c>
       <x:c r="E842" s="0">
-        <x:v>4567.77</x:v>
+        <x:v>4864.6</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:5">
       <x:c r="A843" s="1">
-        <x:v>45259.9292592593</x:v>
+        <x:v>45313.9286111111</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C843" s="0">
-        <x:v>3.62</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="D843" s="0">
-        <x:v>4050.025</x:v>
+        <x:v>4316.883</x:v>
       </x:c>
       <x:c r="E843" s="0">
-        <x:v>4550.59</x:v>
+        <x:v>4850.43</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:5">
       <x:c r="A844" s="1">
-        <x:v>45258.9273958333</x:v>
+        <x:v>45310.9221875</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C844" s="0">
-        <x:v>3.65</x:v>
+        <x:v>5.41</x:v>
       </x:c>
       <x:c r="D844" s="0">
-        <x:v>4053.852</x:v>
+        <x:v>4307.431</x:v>
       </x:c>
       <x:c r="E844" s="0">
-        <x:v>4554.89</x:v>
+        <x:v>4839.81</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:5">
       <x:c r="A845" s="1">
-        <x:v>45257.9259143519</x:v>
+        <x:v>45309.922662037</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C845" s="0">
-        <x:v>3.63</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D845" s="0">
-        <x:v>4049.883</x:v>
+        <x:v>4255.037</x:v>
       </x:c>
       <x:c r="E845" s="0">
-        <x:v>4550.43</x:v>
+        <x:v>4780.94</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:5">
       <x:c r="A846" s="1">
-        <x:v>45254.8080324074</x:v>
+        <x:v>45308.9233449074</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C846" s="0">
-        <x:v>3.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D846" s="0">
-        <x:v>4057.813</x:v>
+        <x:v>4217.897</x:v>
       </x:c>
       <x:c r="E846" s="0">
-        <x:v>4559.34</x:v>
+        <x:v>4739.21</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:5">
       <x:c r="A847" s="1">
-        <x:v>45252.926412037</x:v>
+        <x:v>45307.9221990741</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C847" s="0">
-        <x:v>3.69</x:v>
+        <x:v>4.83</x:v>
       </x:c>
       <x:c r="D847" s="0">
-        <x:v>4055.392</x:v>
+        <x:v>4241.722</x:v>
       </x:c>
       <x:c r="E847" s="0">
-        <x:v>4556.62</x:v>
+        <x:v>4765.98</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:5">
       <x:c r="A848" s="1">
-        <x:v>45251.9299652778</x:v>
+        <x:v>45303.9228240741</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C848" s="0">
-        <x:v>3.58</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D848" s="0">
-        <x:v>4038.989</x:v>
+        <x:v>4257.609</x:v>
       </x:c>
       <x:c r="E848" s="0">
-        <x:v>4538.19</x:v>
+        <x:v>4783.83</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:5">
       <x:c r="A849" s="1">
-        <x:v>45250.924525463</x:v>
+        <x:v>45302.9370138889</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C849" s="0">
-        <x:v>3.64</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D849" s="0">
-        <x:v>4047.168</x:v>
+        <x:v>4254.414</x:v>
       </x:c>
       <x:c r="E849" s="0">
-        <x:v>4547.38</x:v>
+        <x:v>4780.24</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:5">
       <x:c r="A850" s="1">
-        <x:v>45247.9285648148</x:v>
+        <x:v>45301.926712963</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C850" s="0">
-        <x:v>3.45</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D850" s="0">
-        <x:v>4017.478</x:v>
+        <x:v>4257.27</x:v>
       </x:c>
       <x:c r="E850" s="0">
-        <x:v>4514.02</x:v>
+        <x:v>4783.45</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:5">
       <x:c r="A851" s="1">
-        <x:v>45246.9284490741</x:v>
+        <x:v>45300.9303356481</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C851" s="0">
-        <x:v>3.42</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="D851" s="0">
-        <x:v>4012.334</x:v>
+        <x:v>4233.285</x:v>
       </x:c>
       <x:c r="E851" s="0">
-        <x:v>4508.24</x:v>
+        <x:v>4756.5</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:5">
       <x:c r="A852" s="1">
-        <x:v>45245.9254976852</x:v>
+        <x:v>45299.9238194444</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C852" s="0">
-        <x:v>3.38</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D852" s="0">
-        <x:v>4007.563</x:v>
+        <x:v>4239.551</x:v>
       </x:c>
       <x:c r="E852" s="0">
-        <x:v>4502.88</x:v>
+        <x:v>4763.54</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:5">
       <x:c r="A853" s="1">
-        <x:v>45244.9246064815</x:v>
+        <x:v>45296.9255208333</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C853" s="0">
-        <x:v>3.34</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D853" s="0">
-        <x:v>4001.173</x:v>
+        <x:v>4180.544</x:v>
       </x:c>
       <x:c r="E853" s="0">
-        <x:v>4495.7</x:v>
+        <x:v>4697.24</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:5">
       <x:c r="A854" s="1">
-        <x:v>45243.9235532407</x:v>
+        <x:v>45295.9240277778</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C854" s="0">
-        <x:v>2.9</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="D854" s="0">
-        <x:v>3926.28</x:v>
+        <x:v>4172.925</x:v>
       </x:c>
       <x:c r="E854" s="0">
-        <x:v>4411.55</x:v>
+        <x:v>4688.68</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:5">
       <x:c r="A855" s="1">
-        <x:v>45240.9228125</x:v>
+        <x:v>45294.9246527778</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C855" s="0">
-        <x:v>2.93</x:v>
+        <x:v>4.44</x:v>
       </x:c>
       <x:c r="D855" s="0">
-        <x:v>3929.564</x:v>
+        <x:v>4187.281</x:v>
       </x:c>
       <x:c r="E855" s="0">
-        <x:v>4415.24</x:v>
+        <x:v>4704.81</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:5">
       <x:c r="A856" s="1">
-        <x:v>45239.923587963</x:v>
+        <x:v>45289.9231134259</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C856" s="0">
-        <x:v>2.6</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D856" s="0">
-        <x:v>3869.142</x:v>
+        <x:v>4245.149</x:v>
       </x:c>
       <x:c r="E856" s="0">
-        <x:v>4347.35</x:v>
+        <x:v>4769.83</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:5">
       <x:c r="A857" s="1">
-        <x:v>45238.9256134259</x:v>
+        <x:v>45288.9222453704</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C857" s="0">
-        <x:v>2.78</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D857" s="0">
-        <x:v>3900.692</x:v>
+        <x:v>4261.489</x:v>
       </x:c>
       <x:c r="E857" s="0">
-        <x:v>4382.8</x:v>
+        <x:v>4788.19</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:5">
       <x:c r="A858" s="1">
-        <x:v>45237.9230324074</x:v>
+        <x:v>45287.9289930556</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C858" s="0">
-        <x:v>2.76</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D858" s="0">
-        <x:v>3896.758</x:v>
+        <x:v>4255.606</x:v>
       </x:c>
       <x:c r="E858" s="0">
-        <x:v>4378.38</x:v>
+        <x:v>4781.58</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:5">
       <x:c r="A859" s="1">
-        <x:v>45236.922337963</x:v>
+        <x:v>45282.9305671296</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C859" s="0">
-        <x:v>2.7</x:v>
+        <x:v>4.93</x:v>
       </x:c>
       <x:c r="D859" s="0">
-        <x:v>3885.722</x:v>
+        <x:v>4231.621</x:v>
       </x:c>
       <x:c r="E859" s="0">
-        <x:v>4365.98</x:v>
+        <x:v>4754.63</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:5">
       <x:c r="A860" s="1">
-        <x:v>45233.880150463</x:v>
+        <x:v>45281.9287615741</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C860" s="0">
-        <x:v>2.67</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D860" s="0">
-        <x:v>3878.923</x:v>
+        <x:v>4224.608</x:v>
       </x:c>
       <x:c r="E860" s="0">
-        <x:v>4358.34</x:v>
+        <x:v>4746.75</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:5">
       <x:c r="A861" s="1">
-        <x:v>45233.880150463</x:v>
+        <x:v>45280.9229282407</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C861" s="0">
-        <x:v>2.67</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D861" s="0">
-        <x:v>3878.923</x:v>
+        <x:v>4181.532</x:v>
       </x:c>
       <x:c r="E861" s="0">
-        <x:v>4358.34</x:v>
+        <x:v>4698.35</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:5">
       <x:c r="A862" s="1">
-        <x:v>45232.8820486111</x:v>
+        <x:v>45279.9272222222</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C862" s="0">
-        <x:v>2.49</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D862" s="0">
-        <x:v>3842.824</x:v>
+        <x:v>4243.849</x:v>
       </x:c>
       <x:c r="E862" s="0">
-        <x:v>4317.78</x:v>
+        <x:v>4768.37</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:5">
       <x:c r="A863" s="1">
-        <x:v>45231.8818634259</x:v>
+        <x:v>45278.9284953704</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C863" s="0">
-        <x:v>2.16</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="D863" s="0">
-        <x:v>3771.695</x:v>
+        <x:v>4219.098</x:v>
       </x:c>
       <x:c r="E863" s="0">
-        <x:v>4237.86</x:v>
+        <x:v>4740.56</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:5">
       <x:c r="A864" s="1">
-        <x:v>45230.8849884259</x:v>
+        <x:v>45275.9232638889</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C864" s="0">
-        <x:v>2</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D864" s="0">
-        <x:v>3732.482</x:v>
+        <x:v>4200.079</x:v>
       </x:c>
       <x:c r="E864" s="0">
-        <x:v>4193.8</x:v>
+        <x:v>4719.19</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:5">
       <x:c r="A865" s="1">
-        <x:v>45229.881724537</x:v>
+        <x:v>45274.9233680556</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C865" s="0">
-        <x:v>1.9</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D865" s="0">
-        <x:v>3708.47</x:v>
+        <x:v>4200.4</x:v>
       </x:c>
       <x:c r="E865" s="0">
-        <x:v>4166.82</x:v>
+        <x:v>4719.55</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:5">
       <x:c r="A866" s="1">
-        <x:v>45226.9269675926</x:v>
+        <x:v>45273.9260416667</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C866" s="0">
-        <x:v>1.74</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D866" s="0">
-        <x:v>3664.459</x:v>
+        <x:v>4189.31</x:v>
       </x:c>
       <x:c r="E866" s="0">
-        <x:v>4117.37</x:v>
+        <x:v>4707.09</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:5">
       <x:c r="A867" s="1">
-        <x:v>45225.9248726852</x:v>
+        <x:v>45272.9224537037</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C867" s="0">
-        <x:v>1.81</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D867" s="0">
-        <x:v>3682.135</x:v>
+        <x:v>4132.893</x:v>
       </x:c>
       <x:c r="E867" s="0">
-        <x:v>4137.23</x:v>
+        <x:v>4643.7</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:5">
       <x:c r="A868" s="1">
-        <x:v>45224.9293402778</x:v>
+        <x:v>45271.9244675926</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C868" s="0">
-        <x:v>2</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D868" s="0">
-        <x:v>3726.225</x:v>
+        <x:v>4113.972</x:v>
       </x:c>
       <x:c r="E868" s="0">
-        <x:v>4186.77</x:v>
+        <x:v>4622.44</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:5">
       <x:c r="A869" s="1">
-        <x:v>45223.9281018519</x:v>
+        <x:v>45268.9356134259</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C869" s="0">
-        <x:v>2.27</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D869" s="0">
-        <x:v>3780.426</x:v>
+        <x:v>4097.889</x:v>
       </x:c>
       <x:c r="E869" s="0">
-        <x:v>4247.67</x:v>
+        <x:v>4604.37</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:5">
       <x:c r="A870" s="1">
-        <x:v>45222.9263541667</x:v>
+        <x:v>45267.9261805556</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C870" s="0">
-        <x:v>2.15</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D870" s="0">
-        <x:v>3753.166</x:v>
+        <x:v>4081.175</x:v>
       </x:c>
       <x:c r="E870" s="0">
-        <x:v>4217.04</x:v>
+        <x:v>4585.59</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:5">
       <x:c r="A871" s="1">
-        <x:v>45219.9264814815</x:v>
+        <x:v>45266.9284027778</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C871" s="0">
-        <x:v>2.18</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D871" s="0">
-        <x:v>3759.502</x:v>
+        <x:v>4048.913</x:v>
       </x:c>
       <x:c r="E871" s="0">
-        <x:v>4224.16</x:v>
+        <x:v>4549.34</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:5">
       <x:c r="A872" s="1">
-        <x:v>45218.9218055556</x:v>
+        <x:v>45265.9406944444</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C872" s="0">
-        <x:v>2.43</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D872" s="0">
-        <x:v>3807.42</x:v>
+        <x:v>4064.79</x:v>
       </x:c>
       <x:c r="E872" s="0">
-        <x:v>4278</x:v>
+        <x:v>4567.18</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:5">
       <x:c r="A873" s="1">
-        <x:v>45217.9234606481</x:v>
+        <x:v>45261.9243865741</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C873" s="0">
-        <x:v>2.61</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D873" s="0">
-        <x:v>3839.994</x:v>
+        <x:v>4089.23</x:v>
       </x:c>
       <x:c r="E873" s="0">
-        <x:v>4314.6</x:v>
+        <x:v>4594.64</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:5">
       <x:c r="A874" s="1">
-        <x:v>45216.9224537037</x:v>
+        <x:v>45260.9313425926</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C874" s="0">
-        <x:v>2.93</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D874" s="0">
-        <x:v>3892.148</x:v>
+        <x:v>4065.315</x:v>
       </x:c>
       <x:c r="E874" s="0">
-        <x:v>4373.2</x:v>
+        <x:v>4567.77</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:5">
       <x:c r="A875" s="1">
-        <x:v>45215.9262152778</x:v>
+        <x:v>45259.9292592593</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C875" s="0">
-        <x:v>2.93</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D875" s="0">
-        <x:v>3892.531</x:v>
+        <x:v>4050.025</x:v>
       </x:c>
       <x:c r="E875" s="0">
-        <x:v>4373.63</x:v>
+        <x:v>4550.59</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:5">
       <x:c r="A876" s="1">
-        <x:v>45212.9247222222</x:v>
+        <x:v>45258.9273958333</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C876" s="0">
-        <x:v>2.71</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D876" s="0">
-        <x:v>3851.724</x:v>
+        <x:v>4053.852</x:v>
       </x:c>
       <x:c r="E876" s="0">
-        <x:v>4327.78</x:v>
+        <x:v>4554.89</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:5">
       <x:c r="A877" s="1">
-        <x:v>45211.9241666667</x:v>
+        <x:v>45257.9259143519</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C877" s="0">
-        <x:v>2.83</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D877" s="0">
-        <x:v>3871.153</x:v>
+        <x:v>4049.883</x:v>
       </x:c>
       <x:c r="E877" s="0">
-        <x:v>4349.61</x:v>
+        <x:v>4550.43</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:5">
       <x:c r="A878" s="1">
-        <x:v>45210.926712963</x:v>
+        <x:v>45254.8080324074</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C878" s="0">
-        <x:v>2.98</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D878" s="0">
-        <x:v>3895.486</x:v>
+        <x:v>4057.813</x:v>
       </x:c>
       <x:c r="E878" s="0">
-        <x:v>4376.95</x:v>
+        <x:v>4559.34</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:5">
       <x:c r="A879" s="1">
-        <x:v>45209.9225462963</x:v>
+        <x:v>45252.926412037</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C879" s="0">
-        <x:v>2.88</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D879" s="0">
-        <x:v>3878.834</x:v>
+        <x:v>4055.392</x:v>
       </x:c>
       <x:c r="E879" s="0">
-        <x:v>4358.24</x:v>
+        <x:v>4556.62</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:5">
       <x:c r="A880" s="1">
-        <x:v>45208.9235763889</x:v>
+        <x:v>45251.9299652778</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C880" s="0">
-        <x:v>2.77</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D880" s="0">
-        <x:v>3858.737</x:v>
+        <x:v>4038.989</x:v>
       </x:c>
       <x:c r="E880" s="0">
-        <x:v>4335.66</x:v>
+        <x:v>4538.19</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:5">
       <x:c r="A881" s="1">
-        <x:v>45205.9328935185</x:v>
+        <x:v>45250.924525463</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C881" s="0">
-        <x:v>2.65</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D881" s="0">
-        <x:v>3834.565</x:v>
+        <x:v>4047.168</x:v>
       </x:c>
       <x:c r="E881" s="0">
-        <x:v>4308.5</x:v>
+        <x:v>4547.38</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:5">
       <x:c r="A882" s="1">
-        <x:v>45204.930474537</x:v>
+        <x:v>45247.9285648148</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C882" s="0">
-        <x:v>2.42</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D882" s="0">
-        <x:v>3789.78</x:v>
+        <x:v>4017.478</x:v>
       </x:c>
       <x:c r="E882" s="0">
-        <x:v>4258.18</x:v>
+        <x:v>4514.02</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:5">
       <x:c r="A883" s="1">
-        <x:v>45203.927662037</x:v>
+        <x:v>45246.9284490741</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C883" s="0">
-        <x:v>2.44</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D883" s="0">
-        <x:v>3794.738</x:v>
+        <x:v>4012.334</x:v>
       </x:c>
       <x:c r="E883" s="0">
-        <x:v>4263.75</x:v>
+        <x:v>4508.24</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:5">
       <x:c r="A884" s="1">
-        <x:v>45202.9255092593</x:v>
+        <x:v>45245.9254976852</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C884" s="0">
-        <x:v>2.3</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D884" s="0">
-        <x:v>3764.21</x:v>
+        <x:v>4007.563</x:v>
       </x:c>
       <x:c r="E884" s="0">
-        <x:v>4229.45</x:v>
+        <x:v>4502.88</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:5">
       <x:c r="A885" s="1">
-        <x:v>45201.9270833333</x:v>
+        <x:v>45244.9246064815</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C885" s="0">
-        <x:v>2.58</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D885" s="0">
-        <x:v>3816.667</x:v>
+        <x:v>4001.173</x:v>
       </x:c>
       <x:c r="E885" s="0">
-        <x:v>4288.39</x:v>
+        <x:v>4495.7</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:5">
       <x:c r="A886" s="1">
-        <x:v>45198.9240393518</x:v>
+        <x:v>45243.9235532407</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C886" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D886" s="0">
-        <x:v>3816.373</x:v>
+        <x:v>3926.28</x:v>
       </x:c>
       <x:c r="E886" s="0">
-        <x:v>4288.06</x:v>
+        <x:v>4411.55</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:5">
       <x:c r="A887" s="1">
-        <x:v>45197.9236921296</x:v>
+        <x:v>45240.9228125</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C887" s="0">
-        <x:v>2.65</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D887" s="0">
-        <x:v>3826.742</x:v>
+        <x:v>3929.564</x:v>
       </x:c>
       <x:c r="E887" s="0">
-        <x:v>4299.71</x:v>
+        <x:v>4415.24</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:5">
       <x:c r="A888" s="1">
-        <x:v>45196.9242592593</x:v>
+        <x:v>45239.923587963</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C888" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D888" s="0">
-        <x:v>3804.314</x:v>
+        <x:v>3869.142</x:v>
       </x:c>
       <x:c r="E888" s="0">
-        <x:v>4274.51</x:v>
+        <x:v>4347.35</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:5">
       <x:c r="A889" s="1">
-        <x:v>45195.923275463</x:v>
+        <x:v>45238.9256134259</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C889" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D889" s="0">
-        <x:v>3803.442</x:v>
+        <x:v>3900.692</x:v>
       </x:c>
       <x:c r="E889" s="0">
-        <x:v>4273.53</x:v>
+        <x:v>4382.8</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:5">
       <x:c r="A890" s="1">
-        <x:v>45194.9357638889</x:v>
+        <x:v>45237.9230324074</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C890" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D890" s="0">
-        <x:v>3860.322</x:v>
+        <x:v>3896.758</x:v>
       </x:c>
       <x:c r="E890" s="0">
-        <x:v>4337.44</x:v>
+        <x:v>4378.38</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:5">
       <x:c r="A891" s="1">
-        <x:v>45191.9258333333</x:v>
+        <x:v>45236.922337963</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C891" s="0">
-        <x:v>2.79</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D891" s="0">
-        <x:v>3844.853</x:v>
+        <x:v>3885.722</x:v>
       </x:c>
       <x:c r="E891" s="0">
-        <x:v>4320.06</x:v>
+        <x:v>4365.98</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:5">
       <x:c r="A892" s="1">
-        <x:v>45190.9233912037</x:v>
+        <x:v>45233.880150463</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C892" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D892" s="0">
-        <x:v>3853.7</x:v>
+        <x:v>3878.923</x:v>
       </x:c>
       <x:c r="E892" s="0">
-        <x:v>4330</x:v>
+        <x:v>4358.34</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:5">
       <x:c r="A893" s="1">
-        <x:v>45189.9258217593</x:v>
+        <x:v>45233.880150463</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C893" s="0">
-        <x:v>3.28</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D893" s="0">
-        <x:v>3917.967</x:v>
+        <x:v>3878.923</x:v>
       </x:c>
       <x:c r="E893" s="0">
-        <x:v>4402.21</x:v>
+        <x:v>4358.34</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:5">
       <x:c r="A894" s="1">
-        <x:v>45188.9231712963</x:v>
+        <x:v>45232.8820486111</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C894" s="0">
-        <x:v>3.55</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D894" s="0">
-        <x:v>3955.116</x:v>
+        <x:v>3842.824</x:v>
       </x:c>
       <x:c r="E894" s="0">
-        <x:v>4443.95</x:v>
+        <x:v>4317.78</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:5">
       <x:c r="A895" s="1">
-        <x:v>45187.9255671296</x:v>
+        <x:v>45231.8818634259</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C895" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D895" s="0">
-        <x:v>3963.642</x:v>
+        <x:v>3771.695</x:v>
       </x:c>
       <x:c r="E895" s="0">
-        <x:v>4453.53</x:v>
+        <x:v>4237.86</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:5">
       <x:c r="A896" s="1">
-        <x:v>45184.9348726852</x:v>
+        <x:v>45230.8849884259</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C896" s="0">
-        <x:v>3.61</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D896" s="0">
-        <x:v>3960.785</x:v>
+        <x:v>3732.482</x:v>
       </x:c>
       <x:c r="E896" s="0">
-        <x:v>4450.32</x:v>
+        <x:v>4193.8</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:5">
       <x:c r="A897" s="1">
-        <x:v>45183.9222685185</x:v>
+        <x:v>45229.881724537</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C897" s="0">
-        <x:v>4.01</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D897" s="0">
-        <x:v>4009.539</x:v>
+        <x:v>3708.47</x:v>
       </x:c>
       <x:c r="E897" s="0">
-        <x:v>4505.1</x:v>
+        <x:v>4166.82</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:5">
       <x:c r="A898" s="1">
-        <x:v>45182.9261921296</x:v>
+        <x:v>45226.9269675926</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C898" s="0">
-        <x:v>3.75</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D898" s="0">
-        <x:v>3976.022</x:v>
+        <x:v>3664.459</x:v>
       </x:c>
       <x:c r="E898" s="0">
-        <x:v>4467.44</x:v>
+        <x:v>4117.37</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:5">
       <x:c r="A899" s="1">
-        <x:v>45181.9272222222</x:v>
+        <x:v>45225.9248726852</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C899" s="0">
-        <x:v>3.72</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D899" s="0">
-        <x:v>3971.1</x:v>
+        <x:v>3682.135</x:v>
       </x:c>
       <x:c r="E899" s="0">
-        <x:v>4461.91</x:v>
+        <x:v>4137.23</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:5">
       <x:c r="A900" s="1">
-        <x:v>45180.9247106481</x:v>
+        <x:v>45224.9293402778</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C900" s="0">
-        <x:v>3.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D900" s="0">
-        <x:v>3993.848</x:v>
+        <x:v>3726.225</x:v>
       </x:c>
       <x:c r="E900" s="0">
-        <x:v>4487.47</x:v>
+        <x:v>4186.77</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:5">
       <x:c r="A901" s="1">
-        <x:v>45177.925787037</x:v>
+        <x:v>45223.9281018519</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C901" s="0">
-        <x:v>3.72</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D901" s="0">
-        <x:v>3967.175</x:v>
+        <x:v>3780.426</x:v>
       </x:c>
       <x:c r="E901" s="0">
-        <x:v>4457.5</x:v>
+        <x:v>4247.67</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:5">
       <x:c r="A902" s="1">
-        <x:v>45176.9232407407</x:v>
+        <x:v>45222.9263541667</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C902" s="0">
-        <x:v>3.68</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D902" s="0">
-        <x:v>3961.515</x:v>
+        <x:v>3753.166</x:v>
       </x:c>
       <x:c r="E902" s="0">
-        <x:v>4451.14</x:v>
+        <x:v>4217.04</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:5">
       <x:c r="A903" s="1">
-        <x:v>45175.9269212963</x:v>
+        <x:v>45219.9264814815</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C903" s="0">
-        <x:v>3.77</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D903" s="0">
-        <x:v>3974.277</x:v>
+        <x:v>3759.502</x:v>
       </x:c>
       <x:c r="E903" s="0">
-        <x:v>4465.48</x:v>
+        <x:v>4224.16</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:5">
       <x:c r="A904" s="1">
-        <x:v>45174.9250115741</x:v>
+        <x:v>45218.9218055556</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C904" s="0">
-        <x:v>4</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D904" s="0">
-        <x:v>4002.179</x:v>
+        <x:v>3807.42</x:v>
       </x:c>
       <x:c r="E904" s="0">
-        <x:v>4496.83</x:v>
+        <x:v>4278</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:5">
       <x:c r="A905" s="1">
-        <x:v>45170.9235648148</x:v>
+        <x:v>45217.9234606481</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C905" s="0">
-        <x:v>4.16</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D905" s="0">
-        <x:v>4019.035</x:v>
+        <x:v>3839.994</x:v>
       </x:c>
       <x:c r="E905" s="0">
-        <x:v>4515.77</x:v>
+        <x:v>4314.6</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:5">
       <x:c r="A906" s="1">
-        <x:v>45169.9249305556</x:v>
+        <x:v>45216.9224537037</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C906" s="0">
-        <x:v>4.11</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D906" s="0">
-        <x:v>4011.791</x:v>
+        <x:v>3892.148</x:v>
       </x:c>
       <x:c r="E906" s="0">
-        <x:v>4507.63</x:v>
+        <x:v>4373.2</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:5">
       <x:c r="A907" s="1">
-        <x:v>45168.9228935185</x:v>
+        <x:v>45215.9262152778</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C907" s="0">
-        <x:v>4.16</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D907" s="0">
-        <x:v>4018.234</x:v>
+        <x:v>3892.531</x:v>
       </x:c>
       <x:c r="E907" s="0">
-        <x:v>4514.87</x:v>
+        <x:v>4373.63</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:5">
       <x:c r="A908" s="1">
-        <x:v>45167.9230671296</x:v>
+        <x:v>45212.9247222222</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C908" s="0">
-        <x:v>4.03</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D908" s="0">
-        <x:v>4002.9</x:v>
+        <x:v>3851.724</x:v>
       </x:c>
       <x:c r="E908" s="0">
-        <x:v>4497.64</x:v>
+        <x:v>4327.78</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:5">
       <x:c r="A909" s="1">
-        <x:v>45166.9299305556</x:v>
+        <x:v>45211.9241666667</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C909" s="0">
-        <x:v>3.62</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D909" s="0">
-        <x:v>3945.646</x:v>
+        <x:v>3871.153</x:v>
       </x:c>
       <x:c r="E909" s="0">
-        <x:v>4433.31</x:v>
+        <x:v>4349.61</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:5">
       <x:c r="A910" s="1">
-        <x:v>45163.9260069444</x:v>
+        <x:v>45210.926712963</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C910" s="0">
-        <x:v>3.46</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D910" s="0">
-        <x:v>3921.082</x:v>
+        <x:v>3895.486</x:v>
       </x:c>
       <x:c r="E910" s="0">
-        <x:v>4405.71</x:v>
+        <x:v>4376.95</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:5">
       <x:c r="A911" s="1">
-        <x:v>45162.9230671296</x:v>
+        <x:v>45209.9225462963</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C911" s="0">
-        <x:v>3.28</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D911" s="0">
-        <x:v>3894.925</x:v>
+        <x:v>3878.834</x:v>
       </x:c>
       <x:c r="E911" s="0">
-        <x:v>4376.32</x:v>
+        <x:v>4358.24</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:5">
       <x:c r="A912" s="1">
-        <x:v>45161.9244560185</x:v>
+        <x:v>45208.9235763889</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C912" s="0">
-        <x:v>3.68</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D912" s="0">
-        <x:v>3948.084</x:v>
+        <x:v>3858.737</x:v>
       </x:c>
       <x:c r="E912" s="0">
-        <x:v>4436.05</x:v>
+        <x:v>4335.66</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:5">
       <x:c r="A913" s="1">
-        <x:v>45160.9242013889</x:v>
+        <x:v>45205.9328935185</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C913" s="0">
-        <x:v>3.39</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D913" s="0">
-        <x:v>3904.92</x:v>
+        <x:v>3834.565</x:v>
       </x:c>
       <x:c r="E913" s="0">
-        <x:v>4387.55</x:v>
+        <x:v>4308.5</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:5">
       <x:c r="A914" s="1">
-        <x:v>45159.9246643518</x:v>
+        <x:v>45204.930474537</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C914" s="0">
-        <x:v>3.47</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D914" s="0">
-        <x:v>3915.804</x:v>
+        <x:v>3789.78</x:v>
       </x:c>
       <x:c r="E914" s="0">
-        <x:v>4399.78</x:v>
+        <x:v>4258.18</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:5">
       <x:c r="A915" s="1">
-        <x:v>45156.9241435185</x:v>
+        <x:v>45203.927662037</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C915" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D915" s="0">
-        <x:v>3889.113</x:v>
+        <x:v>3794.738</x:v>
       </x:c>
       <x:c r="E915" s="0">
-        <x:v>4369.79</x:v>
+        <x:v>4263.75</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:5">
       <x:c r="A916" s="1">
-        <x:v>45155.9269444444</x:v>
+        <x:v>45202.9255092593</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C916" s="0">
-        <x:v>3.3</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D916" s="0">
-        <x:v>3889.558</x:v>
+        <x:v>3764.21</x:v>
       </x:c>
       <x:c r="E916" s="0">
-        <x:v>4370.29</x:v>
+        <x:v>4229.45</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:5">
       <x:c r="A917" s="1">
-        <x:v>45154.9236689815</x:v>
+        <x:v>45201.9270833333</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C917" s="0">
-        <x:v>3.52</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D917" s="0">
-        <x:v>3919.854</x:v>
+        <x:v>3816.667</x:v>
       </x:c>
       <x:c r="E917" s="0">
-        <x:v>4404.33</x:v>
+        <x:v>4288.39</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:5">
       <x:c r="A918" s="1">
-        <x:v>45153.9260300926</x:v>
+        <x:v>45198.9240393518</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C918" s="0">
-        <x:v>3.75</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D918" s="0">
-        <x:v>3949.678</x:v>
+        <x:v>3816.373</x:v>
       </x:c>
       <x:c r="E918" s="0">
-        <x:v>4437.84</x:v>
+        <x:v>4288.06</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:5">
       <x:c r="A919" s="1">
-        <x:v>45152.9223958333</x:v>
+        <x:v>45197.9236921296</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C919" s="0">
-        <x:v>4.13</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D919" s="0">
-        <x:v>3995.851</x:v>
+        <x:v>3826.742</x:v>
       </x:c>
       <x:c r="E919" s="0">
-        <x:v>4489.72</x:v>
+        <x:v>4299.71</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:5">
       <x:c r="A920" s="1">
-        <x:v>45149.9282986111</x:v>
+        <x:v>45196.9242592593</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C920" s="0">
-        <x:v>3.96</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D920" s="0">
-        <x:v>3973.004</x:v>
+        <x:v>3804.314</x:v>
       </x:c>
       <x:c r="E920" s="0">
-        <x:v>4464.05</x:v>
+        <x:v>4274.51</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:5">
       <x:c r="A921" s="1">
-        <x:v>45148.9247222222</x:v>
+        <x:v>45195.923275463</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C921" s="0">
-        <x:v>4</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D921" s="0">
-        <x:v>3977.268</x:v>
+        <x:v>3803.442</x:v>
       </x:c>
       <x:c r="E921" s="0">
-        <x:v>4468.84</x:v>
+        <x:v>4273.53</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:5">
       <x:c r="A922" s="1">
-        <x:v>45147.9264467593</x:v>
+        <x:v>45194.9357638889</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C922" s="0">
-        <x:v>3.99</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D922" s="0">
-        <x:v>3976.289</x:v>
+        <x:v>3860.322</x:v>
       </x:c>
       <x:c r="E922" s="0">
-        <x:v>4467.74</x:v>
+        <x:v>4337.44</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:5">
       <x:c r="A923" s="1">
-        <x:v>45146.9298148148</x:v>
+        <x:v>45191.9258333333</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C923" s="0">
-        <x:v>4.23</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D923" s="0">
-        <x:v>4004.448</x:v>
+        <x:v>3844.853</x:v>
       </x:c>
       <x:c r="E923" s="0">
-        <x:v>4499.38</x:v>
+        <x:v>4320.06</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:5">
       <x:c r="A924" s="1">
-        <x:v>45145.9271759259</x:v>
+        <x:v>45190.9233912037</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C924" s="0">
-        <x:v>4.38</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D924" s="0">
-        <x:v>4021.42</x:v>
+        <x:v>3853.7</x:v>
       </x:c>
       <x:c r="E924" s="0">
-        <x:v>4518.45</x:v>
+        <x:v>4330</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:5">
       <x:c r="A925" s="1">
-        <x:v>45142.9240162037</x:v>
+        <x:v>45189.9258217593</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C925" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D925" s="0">
-        <x:v>3985.447</x:v>
+        <x:v>3917.967</x:v>
       </x:c>
       <x:c r="E925" s="0">
-        <x:v>4478.03</x:v>
+        <x:v>4402.21</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:5">
       <x:c r="A926" s="1">
-        <x:v>45141.9269907407</x:v>
+        <x:v>45188.9231712963</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C926" s="0">
-        <x:v>4.29</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D926" s="0">
-        <x:v>4006.62</x:v>
+        <x:v>3955.116</x:v>
       </x:c>
       <x:c r="E926" s="0">
-        <x:v>4501.82</x:v>
+        <x:v>4443.95</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:5">
       <x:c r="A927" s="1">
-        <x:v>45140.9285532407</x:v>
+        <x:v>45187.9255671296</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C927" s="0">
-        <x:v>4.38</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D927" s="0">
-        <x:v>4016.899</x:v>
+        <x:v>3963.642</x:v>
       </x:c>
       <x:c r="E927" s="0">
-        <x:v>4513.37</x:v>
+        <x:v>4453.53</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:5">
       <x:c r="A928" s="1">
-        <x:v>45138.9233796296</x:v>
+        <x:v>45184.9348726852</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C928" s="0">
-        <x:v>5.06</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D928" s="0">
-        <x:v>4084.21</x:v>
+        <x:v>3960.785</x:v>
       </x:c>
       <x:c r="E928" s="0">
-        <x:v>4589</x:v>
+        <x:v>4450.32</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:5">
       <x:c r="A929" s="1">
-        <x:v>45135.9240740741</x:v>
+        <x:v>45183.9222685185</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C929" s="0">
-        <x:v>5.02</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D929" s="0">
-        <x:v>4078.185</x:v>
+        <x:v>4009.539</x:v>
       </x:c>
       <x:c r="E929" s="0">
-        <x:v>4582.23</x:v>
+        <x:v>4505.1</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:5">
       <x:c r="A930" s="1">
-        <x:v>45134.9268402778</x:v>
+        <x:v>45182.9261921296</x:v>
       </x:c>
       <x:c r="B930" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C930" s="0">
-        <x:v>4.65</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D930" s="0">
-        <x:v>4038.339</x:v>
+        <x:v>3976.022</x:v>
       </x:c>
       <x:c r="E930" s="0">
-        <x:v>4537.46</x:v>
+        <x:v>4467.44</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:5">
       <x:c r="A931" s="1">
-        <x:v>45133.9234143519</x:v>
+        <x:v>45181.9272222222</x:v>
       </x:c>
       <x:c r="B931" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C931" s="0">
-        <x:v>4.91</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D931" s="0">
-        <x:v>4064.416</x:v>
+        <x:v>3971.1</x:v>
       </x:c>
       <x:c r="E931" s="0">
-        <x:v>4566.76</x:v>
+        <x:v>4461.91</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:5">
       <x:c r="A932" s="1">
-        <x:v>45132.9250115741</x:v>
+        <x:v>45180.9247106481</x:v>
       </x:c>
       <x:c r="B932" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C932" s="0">
-        <x:v>4.92</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D932" s="0">
-        <x:v>4065.066</x:v>
+        <x:v>3993.848</x:v>
       </x:c>
       <x:c r="E932" s="0">
-        <x:v>4567.49</x:v>
+        <x:v>4487.47</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:5">
       <x:c r="A933" s="1">
-        <x:v>45131.924212963</x:v>
+        <x:v>45177.925787037</x:v>
       </x:c>
       <x:c r="B933" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C933" s="0">
-        <x:v>4.82</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D933" s="0">
-        <x:v>4053.63</x:v>
+        <x:v>3967.175</x:v>
       </x:c>
       <x:c r="E933" s="0">
-        <x:v>4554.64</x:v>
+        <x:v>4457.5</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:5">
       <x:c r="A934" s="1">
-        <x:v>45128.9254861111</x:v>
+        <x:v>45176.9232407407</x:v>
       </x:c>
       <x:c r="B934" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C934" s="0">
-        <x:v>4.68</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D934" s="0">
-        <x:v>4037.334</x:v>
+        <x:v>3961.515</x:v>
       </x:c>
       <x:c r="E934" s="0">
-        <x:v>4536.33</x:v>
+        <x:v>4451.14</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:5">
       <x:c r="A935" s="1">
-        <x:v>45127.9288078704</x:v>
+        <x:v>45175.9269212963</x:v>
       </x:c>
       <x:c r="B935" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C935" s="0">
-        <x:v>4.68</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D935" s="0">
-        <x:v>4036.034</x:v>
+        <x:v>3974.277</x:v>
       </x:c>
       <x:c r="E935" s="0">
-        <x:v>4534.87</x:v>
+        <x:v>4465.48</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:5">
       <x:c r="A936" s="1">
-        <x:v>45126.9250810185</x:v>
+        <x:v>45174.9250115741</x:v>
       </x:c>
       <x:c r="B936" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C936" s="0">
-        <x:v>4.95</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D936" s="0">
-        <x:v>4063.455</x:v>
+        <x:v>4002.179</x:v>
       </x:c>
       <x:c r="E936" s="0">
-        <x:v>4565.68</x:v>
+        <x:v>4496.83</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:5">
       <x:c r="A937" s="1">
-        <x:v>45125.9418518519</x:v>
+        <x:v>45170.9235648148</x:v>
       </x:c>
       <x:c r="B937" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C937" s="0">
-        <x:v>4.86</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D937" s="0">
-        <x:v>4053.932</x:v>
+        <x:v>4019.035</x:v>
       </x:c>
       <x:c r="E937" s="0">
-        <x:v>4554.98</x:v>
+        <x:v>4515.77</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:5">
       <x:c r="A938" s="1">
-        <x:v>45124.922037037</x:v>
+        <x:v>45169.9249305556</x:v>
       </x:c>
       <x:c r="B938" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C938" s="0">
-        <x:v>4.6</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D938" s="0">
-        <x:v>4025.283</x:v>
+        <x:v>4011.791</x:v>
       </x:c>
       <x:c r="E938" s="0">
-        <x:v>4522.79</x:v>
+        <x:v>4507.63</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:5">
       <x:c r="A939" s="1">
-        <x:v>45121.9280671296</x:v>
+        <x:v>45168.9228935185</x:v>
       </x:c>
       <x:c r="B939" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C939" s="0">
-        <x:v>4.48</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="D939" s="0">
-        <x:v>4009.85</x:v>
+        <x:v>4018.234</x:v>
       </x:c>
       <x:c r="E939" s="0">
-        <x:v>4505.45</x:v>
+        <x:v>4514.87</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:5">
       <x:c r="A940" s="1">
-        <x:v>45120.9246296296</x:v>
+        <x:v>45167.9230671296</x:v>
       </x:c>
       <x:c r="B940" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C940" s="0">
-        <x:v>4.52</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D940" s="0">
-        <x:v>4013.936</x:v>
+        <x:v>4002.9</x:v>
       </x:c>
       <x:c r="E940" s="0">
-        <x:v>4510.04</x:v>
+        <x:v>4497.64</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:5">
       <x:c r="A941" s="1">
-        <x:v>45119.9228587963</x:v>
+        <x:v>45166.9299305556</x:v>
       </x:c>
       <x:c r="B941" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C941" s="0">
-        <x:v>4.24</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D941" s="0">
-        <x:v>3980.231</x:v>
+        <x:v>3945.646</x:v>
       </x:c>
       <x:c r="E941" s="0">
-        <x:v>4472.17</x:v>
+        <x:v>4433.31</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:5">
       <x:c r="A942" s="1">
-        <x:v>45118.9245023148</x:v>
+        <x:v>45163.9260069444</x:v>
       </x:c>
       <x:c r="B942" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C942" s="0">
-        <x:v>4.01</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D942" s="0">
-        <x:v>3950.941</x:v>
+        <x:v>3921.082</x:v>
       </x:c>
       <x:c r="E942" s="0">
-        <x:v>4439.26</x:v>
+        <x:v>4405.71</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:5">
       <x:c r="A943" s="1">
-        <x:v>45114.9237731481</x:v>
+        <x:v>45162.9230671296</x:v>
       </x:c>
       <x:c r="B943" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C943" s="0">
-        <x:v>3.75</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D943" s="0">
-        <x:v>3915.066</x:v>
+        <x:v>3894.925</x:v>
       </x:c>
       <x:c r="E943" s="0">
-        <x:v>4398.95</x:v>
+        <x:v>4376.32</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:5">
       <x:c r="A944" s="1">
-        <x:v>45113.9230555556</x:v>
+        <x:v>45161.9244560185</x:v>
       </x:c>
       <x:c r="B944" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C944" s="0">
-        <x:v>3.83</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D944" s="0">
-        <x:v>3926.315</x:v>
+        <x:v>3948.084</x:v>
       </x:c>
       <x:c r="E944" s="0">
-        <x:v>4411.59</x:v>
+        <x:v>4436.05</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:5">
       <x:c r="A945" s="1">
-        <x:v>45112.9231944444</x:v>
+        <x:v>45160.9242013889</x:v>
       </x:c>
       <x:c r="B945" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C945" s="0">
-        <x:v>4.1</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D945" s="0">
-        <x:v>3957.67</x:v>
+        <x:v>3904.92</x:v>
       </x:c>
       <x:c r="E945" s="0">
-        <x:v>4446.82</x:v>
+        <x:v>4387.55</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:5">
       <x:c r="A946" s="1">
-        <x:v>45110.8096412037</x:v>
+        <x:v>45159.9246643518</x:v>
       </x:c>
       <x:c r="B946" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C946" s="0">
-        <x:v>4.17</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D946" s="0">
-        <x:v>3965.475</x:v>
+        <x:v>3915.804</x:v>
       </x:c>
       <x:c r="E946" s="0">
-        <x:v>4455.59</x:v>
+        <x:v>4399.78</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:5">
       <x:c r="A947" s="1">
-        <x:v>45107.9253240741</x:v>
+        <x:v>45156.9241435185</x:v>
       </x:c>
       <x:c r="B947" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C947" s="0">
-        <x:v>4.14</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D947" s="0">
-        <x:v>3960.829</x:v>
+        <x:v>3889.113</x:v>
       </x:c>
       <x:c r="E947" s="0">
-        <x:v>4450.37</x:v>
+        <x:v>4369.79</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:5">
       <x:c r="A948" s="1">
-        <x:v>45106.9274421296</x:v>
+        <x:v>45155.9269444444</x:v>
       </x:c>
       <x:c r="B948" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C948" s="0">
-        <x:v>3.78</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D948" s="0">
-        <x:v>3912.832</x:v>
+        <x:v>3889.558</x:v>
       </x:c>
       <x:c r="E948" s="0">
-        <x:v>4396.44</x:v>
+        <x:v>4370.29</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:5">
       <x:c r="A949" s="1">
-        <x:v>45105.9277777778</x:v>
+        <x:v>45154.9236689815</x:v>
       </x:c>
       <x:c r="B949" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C949" s="0">
-        <x:v>3.65</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D949" s="0">
-        <x:v>3895.414</x:v>
+        <x:v>3919.854</x:v>
       </x:c>
       <x:c r="E949" s="0">
-        <x:v>4376.87</x:v>
+        <x:v>4404.33</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:5">
       <x:c r="A950" s="1">
-        <x:v>45104.925474537</x:v>
+        <x:v>45153.9260300926</x:v>
       </x:c>
       <x:c r="B950" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C950" s="0">
-        <x:v>3.66</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D950" s="0">
-        <x:v>3896.785</x:v>
+        <x:v>3949.678</x:v>
       </x:c>
       <x:c r="E950" s="0">
-        <x:v>4378.41</x:v>
+        <x:v>4437.84</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:5">
       <x:c r="A951" s="1">
-        <x:v>45103.9273611111</x:v>
+        <x:v>45152.9223958333</x:v>
       </x:c>
       <x:c r="B951" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C951" s="0">
-        <x:v>3.36</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D951" s="0">
-        <x:v>3852.65</x:v>
+        <x:v>3995.851</x:v>
       </x:c>
       <x:c r="E951" s="0">
-        <x:v>4328.82</x:v>
+        <x:v>4489.72</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:5">
       <x:c r="A952" s="1">
-        <x:v>45100.9375694444</x:v>
+        <x:v>45149.9282986111</x:v>
       </x:c>
       <x:c r="B952" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C952" s="0">
-        <x:v>3.5</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D952" s="0">
-        <x:v>3870.014</x:v>
+        <x:v>3973.004</x:v>
       </x:c>
       <x:c r="E952" s="0">
-        <x:v>4348.33</x:v>
+        <x:v>4464.05</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:5">
       <x:c r="A953" s="1">
-        <x:v>45099.9302199074</x:v>
+        <x:v>45148.9247222222</x:v>
       </x:c>
       <x:c r="B953" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C953" s="0">
-        <x:v>3.73</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D953" s="0">
-        <x:v>3899.882</x:v>
+        <x:v>3977.268</x:v>
       </x:c>
       <x:c r="E953" s="0">
-        <x:v>4381.89</x:v>
+        <x:v>4468.84</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:5">
       <x:c r="A954" s="1">
-        <x:v>45098.9288541667</x:v>
+        <x:v>45147.9264467593</x:v>
       </x:c>
       <x:c r="B954" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C954" s="0">
-        <x:v>3.62</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="D954" s="0">
-        <x:v>3885.464</x:v>
+        <x:v>3976.289</x:v>
       </x:c>
       <x:c r="E954" s="0">
-        <x:v>4365.69</x:v>
+        <x:v>4467.74</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:5">
       <x:c r="A955" s="1">
-        <x:v>45097.9232060185</x:v>
+        <x:v>45146.9298148148</x:v>
       </x:c>
       <x:c r="B955" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C955" s="0">
-        <x:v>3.79</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D955" s="0">
-        <x:v>3905.97</x:v>
+        <x:v>4004.448</x:v>
       </x:c>
       <x:c r="E955" s="0">
-        <x:v>4388.73</x:v>
+        <x:v>4499.38</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:5">
       <x:c r="A956" s="1">
-        <x:v>45093.9228472222</x:v>
+        <x:v>45145.9271759259</x:v>
       </x:c>
       <x:c r="B956" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C956" s="0">
-        <x:v>3.96</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D956" s="0">
-        <x:v>3924.535</x:v>
+        <x:v>4021.42</x:v>
       </x:c>
       <x:c r="E956" s="0">
-        <x:v>4409.59</x:v>
+        <x:v>4518.45</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:5">
       <x:c r="A957" s="1">
-        <x:v>45092.9212037037</x:v>
+        <x:v>45142.9240162037</x:v>
       </x:c>
       <x:c r="B957" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C957" s="0">
-        <x:v>4.08</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D957" s="0">
-        <x:v>3939.006</x:v>
+        <x:v>3985.447</x:v>
       </x:c>
       <x:c r="E957" s="0">
-        <x:v>4425.85</x:v>
+        <x:v>4478.03</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:5">
       <x:c r="A958" s="1">
-        <x:v>45091.9230555556</x:v>
+        <x:v>45141.9269907407</x:v>
       </x:c>
       <x:c r="B958" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C958" s="0">
-        <x:v>3.72</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D958" s="0">
-        <x:v>3891.561</x:v>
+        <x:v>4006.62</x:v>
       </x:c>
       <x:c r="E958" s="0">
-        <x:v>4372.54</x:v>
+        <x:v>4501.82</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:5">
       <x:c r="A959" s="1">
-        <x:v>45090.9231018519</x:v>
+        <x:v>45140.9285532407</x:v>
       </x:c>
       <x:c r="B959" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C959" s="0">
-        <x:v>3.69</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D959" s="0">
-        <x:v>3888.419</x:v>
+        <x:v>4016.899</x:v>
       </x:c>
       <x:c r="E959" s="0">
-        <x:v>4369.01</x:v>
+        <x:v>4513.37</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:5">
       <x:c r="A960" s="1">
-        <x:v>45089.9227430556</x:v>
+        <x:v>45138.9233796296</x:v>
       </x:c>
       <x:c r="B960" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C960" s="0">
-        <x:v>3.5</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="D960" s="0">
-        <x:v>3861.719</x:v>
+        <x:v>4084.21</x:v>
       </x:c>
       <x:c r="E960" s="0">
-        <x:v>4339.01</x:v>
+        <x:v>4589</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:5">
       <x:c r="A961" s="1">
-        <x:v>45086.922037037</x:v>
+        <x:v>45135.9240740741</x:v>
       </x:c>
       <x:c r="B961" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C961" s="0">
-        <x:v>3.27</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="D961" s="0">
-        <x:v>3825.985</x:v>
+        <x:v>4078.185</x:v>
       </x:c>
       <x:c r="E961" s="0">
-        <x:v>4298.86</x:v>
+        <x:v>4582.23</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:5">
       <x:c r="A962" s="1">
-        <x:v>45085.9233680556</x:v>
+        <x:v>45134.9268402778</x:v>
       </x:c>
       <x:c r="B962" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C962" s="0">
-        <x:v>3.24</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D962" s="0">
-        <x:v>3821.598</x:v>
+        <x:v>4038.339</x:v>
       </x:c>
       <x:c r="E962" s="0">
-        <x:v>4293.93</x:v>
+        <x:v>4537.46</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:5">
       <x:c r="A963" s="1">
-        <x:v>45084.9221759259</x:v>
+        <x:v>45133.9234143519</x:v>
       </x:c>
       <x:c r="B963" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C963" s="0">
-        <x:v>3.09</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D963" s="0">
-        <x:v>3798.093</x:v>
+        <x:v>4064.416</x:v>
       </x:c>
       <x:c r="E963" s="0">
-        <x:v>4267.52</x:v>
+        <x:v>4566.76</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:5">
       <x:c r="A964" s="1">
-        <x:v>45083.9225694444</x:v>
+        <x:v>45132.9250115741</x:v>
       </x:c>
       <x:c r="B964" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C964" s="0">
-        <x:v>3.19</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D964" s="0">
-        <x:v>3812.618</x:v>
+        <x:v>4065.066</x:v>
       </x:c>
       <x:c r="E964" s="0">
-        <x:v>4283.84</x:v>
+        <x:v>4567.49</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:5">
       <x:c r="A965" s="1">
-        <x:v>45082.9218055556</x:v>
+        <x:v>45131.924212963</x:v>
       </x:c>
       <x:c r="B965" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C965" s="0">
-        <x:v>3.13</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="D965" s="0">
-        <x:v>3803.682</x:v>
+        <x:v>4053.63</x:v>
       </x:c>
       <x:c r="E965" s="0">
-        <x:v>4273.8</x:v>
+        <x:v>4554.64</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:5">
       <x:c r="A966" s="1">
-        <x:v>45079.9268171296</x:v>
+        <x:v>45128.9254861111</x:v>
       </x:c>
       <x:c r="B966" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C966" s="0">
-        <x:v>3.2</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D966" s="0">
-        <x:v>3811.309</x:v>
+        <x:v>4037.334</x:v>
       </x:c>
       <x:c r="E966" s="0">
-        <x:v>4282.37</x:v>
+        <x:v>4536.33</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:5">
       <x:c r="A967" s="1">
-        <x:v>45077.923599537</x:v>
+        <x:v>45127.9288078704</x:v>
       </x:c>
       <x:c r="B967" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C967" s="0">
-        <x:v>2.66</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D967" s="0">
-        <x:v>3720.093</x:v>
+        <x:v>4036.034</x:v>
       </x:c>
       <x:c r="E967" s="0">
-        <x:v>4179.88</x:v>
+        <x:v>4534.87</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:5">
       <x:c r="A968" s="1">
-        <x:v>45076.9226388889</x:v>
+        <x:v>45126.9250810185</x:v>
       </x:c>
       <x:c r="B968" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C968" s="0">
-        <x:v>2.79</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D968" s="0">
-        <x:v>3742.913</x:v>
+        <x:v>4063.455</x:v>
       </x:c>
       <x:c r="E968" s="0">
-        <x:v>4205.52</x:v>
+        <x:v>4565.68</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:5">
       <x:c r="A969" s="1">
-        <x:v>45072.9289814815</x:v>
+        <x:v>45125.9418518519</x:v>
       </x:c>
       <x:c r="B969" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C969" s="0">
-        <x:v>2.8</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="D969" s="0">
-        <x:v>3742.85</x:v>
+        <x:v>4053.932</x:v>
       </x:c>
       <x:c r="E969" s="0">
-        <x:v>4205.45</x:v>
+        <x:v>4554.98</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:5">
       <x:c r="A970" s="1">
-        <x:v>45071.9262962963</x:v>
+        <x:v>45124.922037037</x:v>
       </x:c>
       <x:c r="B970" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C970" s="0">
-        <x:v>2.54</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="D970" s="0">
-        <x:v>3694.639</x:v>
+        <x:v>4025.283</x:v>
       </x:c>
       <x:c r="E970" s="0">
-        <x:v>4151.28</x:v>
+        <x:v>4522.79</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:5">
       <x:c r="A971" s="1">
-        <x:v>45070.9252430556</x:v>
+        <x:v>45121.9280671296</x:v>
       </x:c>
       <x:c r="B971" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C971" s="0">
-        <x:v>2.38</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D971" s="0">
-        <x:v>3662.564</x:v>
+        <x:v>4009.85</x:v>
       </x:c>
       <x:c r="E971" s="0">
-        <x:v>4115.24</x:v>
+        <x:v>4505.45</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:5">
       <x:c r="A972" s="1">
-        <x:v>45069.9265393519</x:v>
+        <x:v>45120.9246296296</x:v>
       </x:c>
       <x:c r="B972" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C972" s="0">
-        <x:v>2.53</x:v>
+        <x:v>4.52</x:v>
       </x:c>
       <x:c r="D972" s="0">
-        <x:v>3689.566</x:v>
+        <x:v>4013.936</x:v>
       </x:c>
       <x:c r="E972" s="0">
-        <x:v>4145.58</x:v>
+        <x:v>4510.04</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:5">
       <x:c r="A973" s="1">
-        <x:v>45068.9245949074</x:v>
+        <x:v>45119.9228587963</x:v>
       </x:c>
       <x:c r="B973" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C973" s="0">
-        <x:v>2.78</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D973" s="0">
-        <x:v>3731.458</x:v>
+        <x:v>3980.231</x:v>
       </x:c>
       <x:c r="E973" s="0">
-        <x:v>4192.65</x:v>
+        <x:v>4472.17</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:5">
       <x:c r="A974" s="1">
-        <x:v>45065.9233101852</x:v>
+        <x:v>45118.9245023148</x:v>
       </x:c>
       <x:c r="B974" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C974" s="0">
-        <x:v>2.78</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D974" s="0">
-        <x:v>3730.853</x:v>
+        <x:v>3950.941</x:v>
       </x:c>
       <x:c r="E974" s="0">
-        <x:v>4191.97</x:v>
+        <x:v>4439.26</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:5">
       <x:c r="A975" s="1">
-        <x:v>45063.9257291667</x:v>
+        <x:v>45114.9237731481</x:v>
       </x:c>
       <x:c r="B975" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C975" s="0">
-        <x:v>2.62</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D975" s="0">
-        <x:v>3701.305</x:v>
+        <x:v>3915.066</x:v>
       </x:c>
       <x:c r="E975" s="0">
-        <x:v>4158.77</x:v>
+        <x:v>4398.95</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:5">
       <x:c r="A976" s="1">
-        <x:v>45062.9220601852</x:v>
+        <x:v>45113.9230555556</x:v>
       </x:c>
       <x:c r="B976" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C976" s="0">
-        <x:v>2.39</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D976" s="0">
-        <x:v>3657.802</x:v>
+        <x:v>3926.315</x:v>
       </x:c>
       <x:c r="E976" s="0">
-        <x:v>4109.89</x:v>
+        <x:v>4411.59</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:5">
       <x:c r="A977" s="1">
-        <x:v>45061.9232291667</x:v>
+        <x:v>45112.9231944444</x:v>
       </x:c>
       <x:c r="B977" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C977" s="0">
-        <x:v>2.53</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D977" s="0">
-        <x:v>3681.307</x:v>
+        <x:v>3957.67</x:v>
       </x:c>
       <x:c r="E977" s="0">
-        <x:v>4136.3</x:v>
+        <x:v>4446.82</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:5">
       <x:c r="A978" s="1">
-        <x:v>45058.9222685185</x:v>
+        <x:v>45110.8096412037</x:v>
       </x:c>
       <x:c r="B978" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C978" s="0">
-        <x:v>2.47</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D978" s="0">
-        <x:v>3670.44</x:v>
+        <x:v>3965.475</x:v>
       </x:c>
       <x:c r="E978" s="0">
-        <x:v>4124.09</x:v>
+        <x:v>4455.59</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:5">
       <x:c r="A979" s="1">
-        <x:v>45057.9220949074</x:v>
+        <x:v>45107.9253240741</x:v>
       </x:c>
       <x:c r="B979" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C979" s="0">
-        <x:v>2.5</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="D979" s="0">
-        <x:v>3676.261</x:v>
+        <x:v>3960.829</x:v>
       </x:c>
       <x:c r="E979" s="0">
-        <x:v>4130.63</x:v>
+        <x:v>4450.37</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:5">
       <x:c r="A980" s="1">
-        <x:v>45056.9215162037</x:v>
+        <x:v>45106.9274421296</x:v>
       </x:c>
       <x:c r="B980" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C980" s="0">
-        <x:v>2.54</x:v>
+        <x:v>3.78</x:v>
       </x:c>
       <x:c r="D980" s="0">
-        <x:v>3682.5</x:v>
+        <x:v>3912.832</x:v>
       </x:c>
       <x:c r="E980" s="0">
-        <x:v>4137.64</x:v>
+        <x:v>4396.44</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:5">
       <x:c r="A981" s="1">
-        <x:v>45055.9236921296</x:v>
+        <x:v>45105.9277777778</x:v>
       </x:c>
       <x:c r="B981" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C981" s="0">
-        <x:v>2.45</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="D981" s="0">
-        <x:v>3666.061</x:v>
+        <x:v>3895.414</x:v>
       </x:c>
       <x:c r="E981" s="0">
-        <x:v>4119.17</x:v>
+        <x:v>4376.87</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:5">
       <x:c r="A982" s="1">
-        <x:v>45054.9234143519</x:v>
+        <x:v>45104.925474537</x:v>
       </x:c>
       <x:c r="B982" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C982" s="0">
-        <x:v>2.55</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D982" s="0">
-        <x:v>3682.927</x:v>
+        <x:v>3896.785</x:v>
       </x:c>
       <x:c r="E982" s="0">
-        <x:v>4138.12</x:v>
+        <x:v>4378.41</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:5">
       <x:c r="A983" s="1">
-        <x:v>45051.9233101852</x:v>
+        <x:v>45103.9273611111</x:v>
       </x:c>
       <x:c r="B983" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C983" s="0">
-        <x:v>2.55</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D983" s="0">
-        <x:v>3681.28</x:v>
+        <x:v>3852.65</x:v>
       </x:c>
       <x:c r="E983" s="0">
-        <x:v>4136.27</x:v>
+        <x:v>4328.82</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:5">
       <x:c r="A984" s="1">
-        <x:v>45050.9222916667</x:v>
+        <x:v>45100.9375694444</x:v>
       </x:c>
       <x:c r="B984" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C984" s="0">
-        <x:v>2.22</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D984" s="0">
-        <x:v>3614.495</x:v>
+        <x:v>3870.014</x:v>
       </x:c>
       <x:c r="E984" s="0">
-        <x:v>4061.23</x:v>
+        <x:v>4348.33</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:5">
       <x:c r="A985" s="1">
-        <x:v>45049.9214467593</x:v>
+        <x:v>45099.9302199074</x:v>
       </x:c>
       <x:c r="B985" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C985" s="0">
-        <x:v>2.36</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D985" s="0">
-        <x:v>3640.785</x:v>
+        <x:v>3899.882</x:v>
       </x:c>
       <x:c r="E985" s="0">
-        <x:v>4090.77</x:v>
+        <x:v>4381.89</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:5">
       <x:c r="A986" s="1">
-        <x:v>45048.9297106481</x:v>
+        <x:v>45098.9288541667</x:v>
       </x:c>
       <x:c r="B986" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C986" s="0">
-        <x:v>2.5</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D986" s="0">
-        <x:v>3666.426</x:v>
+        <x:v>3885.464</x:v>
       </x:c>
       <x:c r="E986" s="0">
-        <x:v>4119.58</x:v>
+        <x:v>4365.69</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:5">
       <x:c r="A987" s="1">
-        <x:v>45044.9277314815</x:v>
+        <x:v>45097.9232060185</x:v>
       </x:c>
       <x:c r="B987" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C987" s="0">
-        <x:v>2.78</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D987" s="0">
-        <x:v>3710.855</x:v>
+        <x:v>3905.97</x:v>
       </x:c>
       <x:c r="E987" s="0">
-        <x:v>4169.5</x:v>
+        <x:v>4388.73</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:5">
       <x:c r="A988" s="1">
-        <x:v>45043.9243287037</x:v>
+        <x:v>45093.9228472222</x:v>
       </x:c>
       <x:c r="B988" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C988" s="0">
-        <x:v>2.61</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D988" s="0">
-        <x:v>3680.488</x:v>
+        <x:v>3924.535</x:v>
       </x:c>
       <x:c r="E988" s="0">
-        <x:v>4135.38</x:v>
+        <x:v>4409.59</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:5">
       <x:c r="A989" s="1">
-        <x:v>45042.9278009259</x:v>
+        <x:v>45092.9212037037</x:v>
       </x:c>
       <x:c r="B989" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C989" s="0">
-        <x:v>2.26</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D989" s="0">
-        <x:v>3609.813</x:v>
+        <x:v>3939.006</x:v>
       </x:c>
       <x:c r="E989" s="0">
-        <x:v>4055.97</x:v>
+        <x:v>4425.85</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:5">
       <x:c r="A990" s="1">
-        <x:v>45041.9269675926</x:v>
+        <x:v>45091.9230555556</x:v>
       </x:c>
       <x:c r="B990" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C990" s="0">
-        <x:v>2.33</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D990" s="0">
-        <x:v>3623.76</x:v>
+        <x:v>3891.561</x:v>
       </x:c>
       <x:c r="E990" s="0">
-        <x:v>4071.64</x:v>
+        <x:v>4372.54</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:5">
       <x:c r="A991" s="1">
-        <x:v>45040.927650463</x:v>
+        <x:v>45090.9231018519</x:v>
       </x:c>
       <x:c r="B991" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C991" s="0">
-        <x:v>2.67</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D991" s="0">
-        <x:v>3681.966</x:v>
+        <x:v>3888.419</x:v>
       </x:c>
       <x:c r="E991" s="0">
-        <x:v>4137.04</x:v>
+        <x:v>4369.01</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:5">
       <x:c r="A992" s="1">
-        <x:v>45037.9261226852</x:v>
+        <x:v>45089.9227430556</x:v>
       </x:c>
       <x:c r="B992" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C992" s="0">
-        <x:v>2.66</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D992" s="0">
-        <x:v>3678.833</x:v>
+        <x:v>3861.719</x:v>
       </x:c>
       <x:c r="E992" s="0">
-        <x:v>4133.52</x:v>
+        <x:v>4339.01</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:5">
       <x:c r="A993" s="1">
-        <x:v>45036.9329398148</x:v>
+        <x:v>45086.922037037</x:v>
       </x:c>
       <x:c r="B993" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C993" s="0">
-        <x:v>2.65</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D993" s="0">
-        <x:v>3675.513</x:v>
+        <x:v>3825.985</x:v>
       </x:c>
       <x:c r="E993" s="0">
-        <x:v>4129.79</x:v>
+        <x:v>4298.86</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:5">
       <x:c r="A994" s="1">
-        <x:v>45035.9238310185</x:v>
+        <x:v>45085.9233680556</x:v>
       </x:c>
       <x:c r="B994" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C994" s="0">
-        <x:v>2.78</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="D994" s="0">
-        <x:v>3697.523</x:v>
+        <x:v>3821.598</x:v>
       </x:c>
       <x:c r="E994" s="0">
-        <x:v>4154.52</x:v>
+        <x:v>4293.93</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:5">
       <x:c r="A995" s="1">
-        <x:v>45034.9304398148</x:v>
+        <x:v>45084.9221759259</x:v>
       </x:c>
       <x:c r="B995" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C995" s="0">
-        <x:v>2.79</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D995" s="0">
-        <x:v>3697.834</x:v>
+        <x:v>3798.093</x:v>
       </x:c>
       <x:c r="E995" s="0">
-        <x:v>4154.87</x:v>
+        <x:v>4267.52</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:5">
       <x:c r="A996" s="1">
-        <x:v>45033.9289930556</x:v>
+        <x:v>45083.9225694444</x:v>
       </x:c>
       <x:c r="B996" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C996" s="0">
-        <x:v>2.77</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D996" s="0">
-        <x:v>3694.675</x:v>
+        <x:v>3812.618</x:v>
       </x:c>
       <x:c r="E996" s="0">
-        <x:v>4151.32</x:v>
+        <x:v>4283.84</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:5">
       <x:c r="A997" s="1">
-        <x:v>45030.9255092593</x:v>
+        <x:v>45082.9218055556</x:v>
       </x:c>
       <x:c r="B997" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C997" s="0">
-        <x:v>2.71</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D997" s="0">
-        <x:v>3682.491</x:v>
+        <x:v>3803.682</x:v>
       </x:c>
       <x:c r="E997" s="0">
-        <x:v>4137.63</x:v>
+        <x:v>4273.8</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:5">
       <x:c r="A998" s="1">
-        <x:v>45029.9221643519</x:v>
+        <x:v>45079.9268171296</x:v>
       </x:c>
       <x:c r="B998" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C998" s="0">
-        <x:v>2.76</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="D998" s="0">
-        <x:v>3690.154</x:v>
+        <x:v>3811.309</x:v>
       </x:c>
       <x:c r="E998" s="0">
-        <x:v>4146.24</x:v>
+        <x:v>4282.37</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:5">
       <x:c r="A999" s="1">
-        <x:v>45028.9209375</x:v>
+        <x:v>45077.923599537</x:v>
       </x:c>
       <x:c r="B999" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C999" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D999" s="0">
-        <x:v>3641.88</x:v>
+        <x:v>3720.093</x:v>
       </x:c>
       <x:c r="E999" s="0">
-        <x:v>4092</x:v>
+        <x:v>4179.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:5">
       <x:c r="A1000" s="1">
-        <x:v>45027.92125</x:v>
+        <x:v>45076.9226388889</x:v>
       </x:c>
       <x:c r="B1000" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1000" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D1000" s="0">
-        <x:v>3656.974</x:v>
+        <x:v>3742.913</x:v>
       </x:c>
       <x:c r="E1000" s="0">
-        <x:v>4108.96</x:v>
+        <x:v>4205.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:5">
       <x:c r="A1001" s="1">
-        <x:v>45022.9265046296</x:v>
+        <x:v>45072.9289814815</x:v>
       </x:c>
       <x:c r="B1001" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1001" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="D1001" s="0">
-        <x:v>3653.468</x:v>
+        <x:v>3742.85</x:v>
       </x:c>
       <x:c r="E1001" s="0">
-        <x:v>4105.02</x:v>
+        <x:v>4205.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:5">
       <x:c r="A1002" s="1">
-        <x:v>45021.9241319444</x:v>
+        <x:v>45071.9262962963</x:v>
       </x:c>
       <x:c r="B1002" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1002" s="0">
-        <x:v>2.5</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D1002" s="0">
-        <x:v>3640.438</x:v>
+        <x:v>3694.639</x:v>
       </x:c>
       <x:c r="E1002" s="0">
-        <x:v>4090.38</x:v>
+        <x:v>4151.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:5">
       <x:c r="A1003" s="1">
-        <x:v>45020.9227430556</x:v>
+        <x:v>45070.9252430556</x:v>
       </x:c>
       <x:c r="B1003" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1003" s="0">
-        <x:v>2.56</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D1003" s="0">
-        <x:v>3649.543</x:v>
+        <x:v>3662.564</x:v>
       </x:c>
       <x:c r="E1003" s="0">
-        <x:v>4100.61</x:v>
+        <x:v>4115.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:5">
       <x:c r="A1004" s="1">
-        <x:v>45019.9213657407</x:v>
+        <x:v>45069.9265393519</x:v>
       </x:c>
       <x:c r="B1004" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1004" s="0">
-        <x:v>2.68</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D1004" s="0">
-        <x:v>3670.769</x:v>
+        <x:v>3689.566</x:v>
       </x:c>
       <x:c r="E1004" s="0">
-        <x:v>4124.46</x:v>
+        <x:v>4145.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:5">
       <x:c r="A1005" s="1">
-        <x:v>45016.9238773148</x:v>
+        <x:v>45068.9245949074</x:v>
       </x:c>
       <x:c r="B1005" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1005" s="0">
-        <x:v>2.61</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D1005" s="0">
-        <x:v>3657.179</x:v>
+        <x:v>3731.458</x:v>
       </x:c>
       <x:c r="E1005" s="0">
-        <x:v>4109.19</x:v>
+        <x:v>4192.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:5">
       <x:c r="A1006" s="1">
-        <x:v>45015.9232175926</x:v>
+        <x:v>45065.9233101852</x:v>
       </x:c>
       <x:c r="B1006" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1006" s="0">
-        <x:v>2.35</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D1006" s="0">
-        <x:v>3605.239</x:v>
+        <x:v>3730.853</x:v>
       </x:c>
       <x:c r="E1006" s="0">
-        <x:v>4050.83</x:v>
+        <x:v>4191.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:5">
       <x:c r="A1007" s="1">
-        <x:v>45014.9221875</x:v>
+        <x:v>45063.9257291667</x:v>
       </x:c>
       <x:c r="B1007" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1007" s="0">
-        <x:v>2.24</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D1007" s="0">
-        <x:v>3584.76</x:v>
+        <x:v>3701.305</x:v>
       </x:c>
       <x:c r="E1007" s="0">
-        <x:v>4027.82</x:v>
+        <x:v>4158.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:5">
       <x:c r="A1008" s="1">
-        <x:v>45013.9242824074</x:v>
+        <x:v>45062.9220601852</x:v>
       </x:c>
       <x:c r="B1008" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1008" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D1008" s="0">
-        <x:v>3534.43</x:v>
+        <x:v>3657.802</x:v>
       </x:c>
       <x:c r="E1008" s="0">
-        <x:v>3971.27</x:v>
+        <x:v>4109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:5">
       <x:c r="A1009" s="1">
-        <x:v>45012.9248611111</x:v>
+        <x:v>45061.9232291667</x:v>
       </x:c>
       <x:c r="B1009" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1009" s="0">
-        <x:v>2.05</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D1009" s="0">
-        <x:v>3540.028</x:v>
+        <x:v>3681.307</x:v>
       </x:c>
       <x:c r="E1009" s="0">
-        <x:v>3977.56</x:v>
+        <x:v>4136.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:5">
       <x:c r="A1010" s="1">
-        <x:v>45009.8962731482</x:v>
+        <x:v>45058.9222685185</x:v>
       </x:c>
       <x:c r="B1010" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1010" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D1010" s="0">
-        <x:v>3534.181</x:v>
+        <x:v>3670.44</x:v>
       </x:c>
       <x:c r="E1010" s="0">
-        <x:v>3970.99</x:v>
+        <x:v>4124.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:5">
       <x:c r="A1011" s="1">
-        <x:v>45008.8931712963</x:v>
+        <x:v>45057.9220949074</x:v>
       </x:c>
       <x:c r="B1011" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1011" s="0">
-        <x:v>1.94</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D1011" s="0">
-        <x:v>3514.361</x:v>
+        <x:v>3676.261</x:v>
       </x:c>
       <x:c r="E1011" s="0">
-        <x:v>3948.72</x:v>
+        <x:v>4130.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:5">
       <x:c r="A1012" s="1">
-        <x:v>45007.8898958333</x:v>
+        <x:v>45056.9215162037</x:v>
       </x:c>
       <x:c r="B1012" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1012" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D1012" s="0">
-        <x:v>3503.903</x:v>
+        <x:v>3682.5</x:v>
       </x:c>
       <x:c r="E1012" s="0">
-        <x:v>3936.97</x:v>
+        <x:v>4137.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:5">
       <x:c r="A1013" s="1">
-        <x:v>45006.8943171296</x:v>
+        <x:v>45055.9236921296</x:v>
       </x:c>
       <x:c r="B1013" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1013" s="0">
-        <x:v>2.19</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D1013" s="0">
-        <x:v>3562.554</x:v>
+        <x:v>3666.061</x:v>
       </x:c>
       <x:c r="E1013" s="0">
-        <x:v>4002.87</x:v>
+        <x:v>4119.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:5">
       <x:c r="A1014" s="1">
-        <x:v>45005.8973032407</x:v>
+        <x:v>45054.9234143519</x:v>
       </x:c>
       <x:c r="B1014" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1014" s="0">
-        <x:v>1.81</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D1014" s="0">
-        <x:v>3516.897</x:v>
+        <x:v>3682.927</x:v>
       </x:c>
       <x:c r="E1014" s="0">
-        <x:v>3951.57</x:v>
+        <x:v>4138.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:5">
       <x:c r="A1015" s="1">
-        <x:v>45001.8895486111</x:v>
+        <x:v>45051.9233101852</x:v>
       </x:c>
       <x:c r="B1015" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1015" s="0">
-        <x:v>2.03</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D1015" s="0">
-        <x:v>3524.649</x:v>
+        <x:v>3681.28</x:v>
       </x:c>
       <x:c r="E1015" s="0">
-        <x:v>3960.28</x:v>
+        <x:v>4136.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:5">
       <x:c r="A1016" s="1">
-        <x:v>45000.8959953704</x:v>
+        <x:v>45050.9222916667</x:v>
       </x:c>
       <x:c r="B1016" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1016" s="0">
-        <x:v>1.78</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D1016" s="0">
-        <x:v>3463.818</x:v>
+        <x:v>3614.495</x:v>
       </x:c>
       <x:c r="E1016" s="0">
-        <x:v>3891.93</x:v>
+        <x:v>4061.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:5">
       <x:c r="A1017" s="1">
-        <x:v>44999.9181134259</x:v>
+        <x:v>45049.9214467593</x:v>
       </x:c>
       <x:c r="B1017" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1017" s="0">
-        <x:v>1.89</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D1017" s="0">
-        <x:v>3489.298</x:v>
+        <x:v>3640.785</x:v>
       </x:c>
       <x:c r="E1017" s="0">
-        <x:v>3920.56</x:v>
+        <x:v>4090.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:5">
       <x:c r="A1018" s="1">
-        <x:v>44998.8910763889</x:v>
+        <x:v>45048.9297106481</x:v>
       </x:c>
       <x:c r="B1018" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1018" s="0">
-        <x:v>1.66</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D1018" s="0">
-        <x:v>3431.626</x:v>
+        <x:v>3666.426</x:v>
       </x:c>
       <x:c r="E1018" s="0">
-        <x:v>3855.76</x:v>
+        <x:v>4119.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:5">
       <x:c r="A1019" s="1">
-        <x:v>44995.9238657407</x:v>
+        <x:v>45044.9277314815</x:v>
       </x:c>
       <x:c r="B1019" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1019" s="0">
-        <x:v>1.69</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D1019" s="0">
-        <x:v>3436.833</x:v>
+        <x:v>3710.855</x:v>
       </x:c>
       <x:c r="E1019" s="0">
-        <x:v>3861.61</x:v>
+        <x:v>4169.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:5">
       <x:c r="A1020" s="1">
-        <x:v>44994.9312037037</x:v>
+        <x:v>45043.9243287037</x:v>
       </x:c>
       <x:c r="B1020" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1020" s="0">
-        <x:v>1.91</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D1020" s="0">
-        <x:v>3487.305</x:v>
+        <x:v>3680.488</x:v>
       </x:c>
       <x:c r="E1020" s="0">
-        <x:v>3918.32</x:v>
+        <x:v>4135.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:5">
       <x:c r="A1021" s="1">
-        <x:v>44993.9227546296</x:v>
+        <x:v>45042.9278009259</x:v>
       </x:c>
       <x:c r="B1021" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1021" s="0">
-        <x:v>2.24</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D1021" s="0">
-        <x:v>3552.889</x:v>
+        <x:v>3609.813</x:v>
       </x:c>
       <x:c r="E1021" s="0">
-        <x:v>3992.01</x:v>
+        <x:v>4055.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:5">
       <x:c r="A1022" s="1">
-        <x:v>44992.9296527778</x:v>
+        <x:v>45041.9269675926</x:v>
       </x:c>
       <x:c r="B1022" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1022" s="0">
-        <x:v>2.22</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D1022" s="0">
-        <x:v>3547.869</x:v>
+        <x:v>3623.76</x:v>
       </x:c>
       <x:c r="E1022" s="0">
-        <x:v>3986.37</x:v>
+        <x:v>4071.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:5">
       <x:c r="A1023" s="1">
-        <x:v>44991.921099537</x:v>
+        <x:v>45040.927650463</x:v>
       </x:c>
       <x:c r="B1023" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1023" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D1023" s="0">
-        <x:v>3603.094</x:v>
+        <x:v>3681.966</x:v>
       </x:c>
       <x:c r="E1023" s="0">
-        <x:v>4048.42</x:v>
+        <x:v>4137.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:5">
       <x:c r="A1024" s="1">
-        <x:v>44988.9252893518</x:v>
+        <x:v>45037.9261226852</x:v>
       </x:c>
       <x:c r="B1024" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1024" s="0">
-        <x:v>2.53</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D1024" s="0">
-        <x:v>3600.611</x:v>
+        <x:v>3678.833</x:v>
       </x:c>
       <x:c r="E1024" s="0">
-        <x:v>4045.63</x:v>
+        <x:v>4133.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:5">
       <x:c r="A1025" s="1">
-        <x:v>44987.9282175926</x:v>
+        <x:v>45036.9329398148</x:v>
       </x:c>
       <x:c r="B1025" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1025" s="0">
-        <x:v>2.24</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D1025" s="0">
-        <x:v>3543.419</x:v>
+        <x:v>3675.513</x:v>
       </x:c>
       <x:c r="E1025" s="0">
-        <x:v>3981.37</x:v>
+        <x:v>4129.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:5">
       <x:c r="A1026" s="1">
-        <x:v>44986.9265046296</x:v>
+        <x:v>45035.9238310185</x:v>
       </x:c>
       <x:c r="B1026" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1026" s="0">
-        <x:v>2.11</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D1026" s="0">
-        <x:v>3516.764</x:v>
+        <x:v>3697.523</x:v>
       </x:c>
       <x:c r="E1026" s="0">
-        <x:v>3951.42</x:v>
+        <x:v>4154.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:5">
       <x:c r="A1027" s="1">
-        <x:v>44985.9231944444</x:v>
+        <x:v>45034.9304398148</x:v>
       </x:c>
       <x:c r="B1027" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1027" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D1027" s="0">
-        <x:v>3533.389</x:v>
+        <x:v>3697.834</x:v>
       </x:c>
       <x:c r="E1027" s="0">
-        <x:v>3970.1</x:v>
+        <x:v>4154.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:5">
       <x:c r="A1028" s="1">
-        <x:v>44984.9240393518</x:v>
+        <x:v>45033.9289930556</x:v>
       </x:c>
       <x:c r="B1028" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1028" s="0">
-        <x:v>2.25</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D1028" s="0">
-        <x:v>3544.202</x:v>
+        <x:v>3694.675</x:v>
       </x:c>
       <x:c r="E1028" s="0">
-        <x:v>3982.25</x:v>
+        <x:v>4151.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:5">
       <x:c r="A1029" s="1">
-        <x:v>44981.9257175926</x:v>
+        <x:v>45030.9255092593</x:v>
       </x:c>
       <x:c r="B1029" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1029" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D1029" s="0">
-        <x:v>3533.327</x:v>
+        <x:v>3682.491</x:v>
       </x:c>
       <x:c r="E1029" s="0">
-        <x:v>3970.03</x:v>
+        <x:v>4137.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:5">
       <x:c r="A1030" s="1">
-        <x:v>44980.9228587963</x:v>
+        <x:v>45029.9221643519</x:v>
       </x:c>
       <x:c r="B1030" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1030" s="0">
-        <x:v>2.41</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D1030" s="0">
-        <x:v>3570.983</x:v>
+        <x:v>3690.154</x:v>
       </x:c>
       <x:c r="E1030" s="0">
-        <x:v>4012.34</x:v>
+        <x:v>4146.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:5">
       <x:c r="A1031" s="1">
-        <x:v>44979.9263310185</x:v>
+        <x:v>45028.9209375</x:v>
       </x:c>
       <x:c r="B1031" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1031" s="0">
-        <x:v>2.31</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D1031" s="0">
-        <x:v>3552.052</x:v>
+        <x:v>3641.88</x:v>
       </x:c>
       <x:c r="E1031" s="0">
-        <x:v>3991.07</x:v>
+        <x:v>4092</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:5">
       <x:c r="A1032" s="1">
-        <x:v>44978.9236689815</x:v>
+        <x:v>45027.92125</x:v>
       </x:c>
       <x:c r="B1032" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1032" s="0">
-        <x:v>2.34</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D1032" s="0">
-        <x:v>3557.633</x:v>
+        <x:v>3656.974</x:v>
       </x:c>
       <x:c r="E1032" s="0">
-        <x:v>3997.34</x:v>
+        <x:v>4108.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:5">
       <x:c r="A1033" s="1">
-        <x:v>44974.9216087963</x:v>
+        <x:v>45022.9265046296</x:v>
       </x:c>
       <x:c r="B1033" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1033" s="0">
-        <x:v>2.81</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D1033" s="0">
-        <x:v>3630.408</x:v>
+        <x:v>3653.468</x:v>
       </x:c>
       <x:c r="E1033" s="0">
-        <x:v>4079.11</x:v>
+        <x:v>4105.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:5">
       <x:c r="A1034" s="1">
-        <x:v>44973.9258680556</x:v>
+        <x:v>45021.9241319444</x:v>
       </x:c>
       <x:c r="B1034" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1034" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D1034" s="0">
-        <x:v>3691.364</x:v>
+        <x:v>3640.438</x:v>
       </x:c>
       <x:c r="E1034" s="0">
-        <x:v>4147.6</x:v>
+        <x:v>4090.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:5">
       <x:c r="A1035" s="1">
-        <x:v>44972.9219212963</x:v>
+        <x:v>45020.9227430556</x:v>
       </x:c>
       <x:c r="B1035" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1035" s="0">
-        <x:v>3.23</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D1035" s="0">
-        <x:v>3691.373</x:v>
+        <x:v>3649.543</x:v>
       </x:c>
       <x:c r="E1035" s="0">
-        <x:v>4147.61</x:v>
+        <x:v>4100.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:5">
       <x:c r="A1036" s="1">
-        <x:v>44971.9231712963</x:v>
+        <x:v>45019.9213657407</x:v>
       </x:c>
       <x:c r="B1036" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1036" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D1036" s="0">
-        <x:v>3681.165</x:v>
+        <x:v>3670.769</x:v>
       </x:c>
       <x:c r="E1036" s="0">
-        <x:v>4136.14</x:v>
+        <x:v>4124.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:5">
       <x:c r="A1037" s="1">
-        <x:v>44970.9232523148</x:v>
+        <x:v>45016.9238773148</x:v>
       </x:c>
       <x:c r="B1037" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1037" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D1037" s="0">
-        <x:v>3682.197</x:v>
+        <x:v>3657.179</x:v>
       </x:c>
       <x:c r="E1037" s="0">
-        <x:v>4137.3</x:v>
+        <x:v>4109.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:5">
       <x:c r="A1038" s="1">
-        <x:v>44967.924837963</x:v>
+        <x:v>45015.9232175926</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1038" s="0">
-        <x:v>2.9</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D1038" s="0">
-        <x:v>3640.509</x:v>
+        <x:v>3605.239</x:v>
       </x:c>
       <x:c r="E1038" s="0">
-        <x:v>4090.46</x:v>
+        <x:v>4050.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:5">
       <x:c r="A1039" s="1">
-        <x:v>44966.9238657407</x:v>
+        <x:v>45014.9221875</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1039" s="0">
-        <x:v>2.86</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D1039" s="0">
-        <x:v>3632.562</x:v>
+        <x:v>3584.76</x:v>
       </x:c>
       <x:c r="E1039" s="0">
-        <x:v>4081.53</x:v>
+        <x:v>4027.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:5">
       <x:c r="A1040" s="1">
-        <x:v>44965.926400463</x:v>
+        <x:v>45013.9242824074</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1040" s="0">
-        <x:v>3.07</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D1040" s="0">
-        <x:v>3664.913</x:v>
+        <x:v>3534.43</x:v>
       </x:c>
       <x:c r="E1040" s="0">
-        <x:v>4117.88</x:v>
+        <x:v>3971.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:5">
       <x:c r="A1041" s="1">
-        <x:v>44964.9234143519</x:v>
+        <x:v>45012.9248611111</x:v>
       </x:c>
       <x:c r="B1041" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1041" s="0">
-        <x:v>3.37</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D1041" s="0">
-        <x:v>3705.951</x:v>
+        <x:v>3540.028</x:v>
       </x:c>
       <x:c r="E1041" s="0">
-        <x:v>4163.99</x:v>
+        <x:v>3977.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:5">
       <x:c r="A1042" s="1">
-        <x:v>44963.9231944444</x:v>
+        <x:v>45009.8962731482</x:v>
       </x:c>
       <x:c r="B1042" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1042" s="0">
-        <x:v>3.06</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D1042" s="0">
-        <x:v>3658.843</x:v>
+        <x:v>3534.181</x:v>
       </x:c>
       <x:c r="E1042" s="0">
-        <x:v>4111.06</x:v>
+        <x:v>3970.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:5">
       <x:c r="A1043" s="1">
-        <x:v>44960.9237731481</x:v>
+        <x:v>45008.8931712963</x:v>
       </x:c>
       <x:c r="B1043" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1043" s="0">
-        <x:v>3.23</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D1043" s="0">
-        <x:v>3681.467</x:v>
+        <x:v>3514.361</x:v>
       </x:c>
       <x:c r="E1043" s="0">
-        <x:v>4136.48</x:v>
+        <x:v>3948.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:5">
       <x:c r="A1044" s="1">
-        <x:v>44959.922337963</x:v>
+        <x:v>45007.8898958333</x:v>
       </x:c>
       <x:c r="B1044" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1044" s="0">
-        <x:v>3.53</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D1044" s="0">
-        <x:v>3719.986</x:v>
+        <x:v>3503.903</x:v>
       </x:c>
       <x:c r="E1044" s="0">
-        <x:v>4179.76</x:v>
+        <x:v>3936.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:5">
       <x:c r="A1045" s="1">
-        <x:v>44958.922662037</x:v>
+        <x:v>45006.8943171296</x:v>
       </x:c>
       <x:c r="B1045" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1045" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D1045" s="0">
-        <x:v>3666.132</x:v>
+        <x:v>3562.554</x:v>
       </x:c>
       <x:c r="E1045" s="0">
-        <x:v>4119.25</x:v>
+        <x:v>4002.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:5">
       <x:c r="A1046" s="1">
-        <x:v>44957.9230902778</x:v>
+        <x:v>45005.8973032407</x:v>
       </x:c>
       <x:c r="B1046" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1046" s="0">
-        <x:v>2.92</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D1046" s="0">
-        <x:v>3628.192</x:v>
+        <x:v>3516.897</x:v>
       </x:c>
       <x:c r="E1046" s="0">
-        <x:v>4076.62</x:v>
+        <x:v>3951.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:5">
       <x:c r="A1047" s="1">
-        <x:v>44956.9344444444</x:v>
+        <x:v>45001.8895486111</x:v>
       </x:c>
       <x:c r="B1047" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1047" s="0">
-        <x:v>2.61</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D1047" s="0">
-        <x:v>3575.815</x:v>
+        <x:v>3524.649</x:v>
       </x:c>
       <x:c r="E1047" s="0">
-        <x:v>4017.77</x:v>
+        <x:v>3960.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:5">
       <x:c r="A1048" s="1">
-        <x:v>44953.9223726852</x:v>
+        <x:v>45000.8959953704</x:v>
       </x:c>
       <x:c r="B1048" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1048" s="0">
-        <x:v>2.92</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D1048" s="0">
-        <x:v>3622.79</x:v>
+        <x:v>3463.818</x:v>
       </x:c>
       <x:c r="E1048" s="0">
-        <x:v>4070.55</x:v>
+        <x:v>3891.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:5">
       <x:c r="A1049" s="1">
-        <x:v>44952.9218518519</x:v>
+        <x:v>44999.9181134259</x:v>
       </x:c>
       <x:c r="B1049" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1049" s="0">
-        <x:v>2.87</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D1049" s="0">
-        <x:v>3613.774</x:v>
+        <x:v>3489.298</x:v>
       </x:c>
       <x:c r="E1049" s="0">
-        <x:v>4060.42</x:v>
+        <x:v>3920.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:5">
       <x:c r="A1050" s="1">
-        <x:v>44951.9215625</x:v>
+        <x:v>44998.8910763889</x:v>
       </x:c>
       <x:c r="B1050" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1050" s="0">
-        <x:v>2.64</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D1050" s="0">
-        <x:v>3574.436</x:v>
+        <x:v>3431.626</x:v>
       </x:c>
       <x:c r="E1050" s="0">
-        <x:v>4016.22</x:v>
+        <x:v>3855.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:5">
       <x:c r="A1051" s="1">
-        <x:v>44950.9215046296</x:v>
+        <x:v>44995.9238657407</x:v>
       </x:c>
       <x:c r="B1051" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1051" s="0">
-        <x:v>2.65</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D1051" s="0">
-        <x:v>3575.068</x:v>
+        <x:v>3436.833</x:v>
       </x:c>
       <x:c r="E1051" s="0">
-        <x:v>4016.93</x:v>
+        <x:v>3861.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:5">
       <x:c r="A1052" s="1">
-        <x:v>44946.9222800926</x:v>
+        <x:v>44994.9312037037</x:v>
       </x:c>
       <x:c r="B1052" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1052" s="0">
-        <x:v>2.66</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D1052" s="0">
-        <x:v>3577.631</x:v>
+        <x:v>3487.305</x:v>
       </x:c>
       <x:c r="E1052" s="0">
-        <x:v>4019.81</x:v>
+        <x:v>3918.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:5">
       <x:c r="A1053" s="1">
-        <x:v>44945.9219212963</x:v>
+        <x:v>44993.9227546296</x:v>
       </x:c>
       <x:c r="B1053" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1053" s="0">
-        <x:v>2.12</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D1053" s="0">
-        <x:v>3470.012</x:v>
+        <x:v>3552.889</x:v>
       </x:c>
       <x:c r="E1053" s="0">
-        <x:v>3898.89</x:v>
+        <x:v>3992.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:5">
       <x:c r="A1054" s="1">
-        <x:v>44944.9220486111</x:v>
+        <x:v>44992.9296527778</x:v>
       </x:c>
       <x:c r="B1054" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1054" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D1054" s="0">
-        <x:v>3496.676</x:v>
+        <x:v>3547.869</x:v>
       </x:c>
       <x:c r="E1054" s="0">
-        <x:v>3928.85</x:v>
+        <x:v>3986.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:5">
       <x:c r="A1055" s="1">
-        <x:v>44943.9232175926</x:v>
+        <x:v>44991.921099537</x:v>
       </x:c>
       <x:c r="B1055" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1055" s="0">
-        <x:v>2.58</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D1055" s="0">
-        <x:v>3551.954</x:v>
+        <x:v>3603.094</x:v>
       </x:c>
       <x:c r="E1055" s="0">
-        <x:v>3990.96</x:v>
+        <x:v>4048.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:5">
       <x:c r="A1056" s="1">
-        <x:v>44939.9220601852</x:v>
+        <x:v>44988.9252893518</x:v>
       </x:c>
       <x:c r="B1056" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1056" s="0">
-        <x:v>2.64</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D1056" s="0">
-        <x:v>3559.19</x:v>
+        <x:v>3600.611</x:v>
       </x:c>
       <x:c r="E1056" s="0">
-        <x:v>3999.09</x:v>
+        <x:v>4045.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:5">
       <x:c r="A1057" s="1">
-        <x:v>44938.9234490741</x:v>
+        <x:v>44987.9282175926</x:v>
       </x:c>
       <x:c r="B1057" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1057" s="0">
-        <x:v>2.56</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D1057" s="0">
-        <x:v>3545.021</x:v>
+        <x:v>3543.419</x:v>
       </x:c>
       <x:c r="E1057" s="0">
-        <x:v>3983.17</x:v>
+        <x:v>3981.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:5">
       <x:c r="A1058" s="1">
-        <x:v>44937.9233564815</x:v>
+        <x:v>44986.9265046296</x:v>
       </x:c>
       <x:c r="B1058" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1058" s="0">
-        <x:v>2.49</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D1058" s="0">
-        <x:v>3532.953</x:v>
+        <x:v>3516.764</x:v>
       </x:c>
       <x:c r="E1058" s="0">
-        <x:v>3969.61</x:v>
+        <x:v>3951.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:5">
       <x:c r="A1059" s="1">
-        <x:v>44936.9220717593</x:v>
+        <x:v>44985.9231944444</x:v>
       </x:c>
       <x:c r="B1059" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1059" s="0">
-        <x:v>2.26</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D1059" s="0">
-        <x:v>3488.168</x:v>
+        <x:v>3533.389</x:v>
       </x:c>
       <x:c r="E1059" s="0">
-        <x:v>3919.29</x:v>
+        <x:v>3970.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:5">
       <x:c r="A1060" s="1">
-        <x:v>44935.9264583333</x:v>
+        <x:v>44984.9240393518</x:v>
       </x:c>
       <x:c r="B1060" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1060" s="0">
-        <x:v>2.14</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D1060" s="0">
-        <x:v>3463.96</x:v>
+        <x:v>3544.202</x:v>
       </x:c>
       <x:c r="E1060" s="0">
-        <x:v>3892.09</x:v>
+        <x:v>3982.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:5">
       <x:c r="A1061" s="1">
-        <x:v>44932.9228472222</x:v>
+        <x:v>44981.9257175926</x:v>
       </x:c>
       <x:c r="B1061" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1061" s="0">
-        <x:v>2.16</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D1061" s="0">
-        <x:v>3466.594</x:v>
+        <x:v>3533.327</x:v>
       </x:c>
       <x:c r="E1061" s="0">
-        <x:v>3895.05</x:v>
+        <x:v>3970.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:5">
       <x:c r="A1062" s="1">
-        <x:v>44931.9231018519</x:v>
+        <x:v>44980.9228587963</x:v>
       </x:c>
       <x:c r="B1062" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1062" s="0">
-        <x:v>1.83</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D1062" s="0">
-        <x:v>3389.191</x:v>
+        <x:v>3570.983</x:v>
       </x:c>
       <x:c r="E1062" s="0">
-        <x:v>3808.08</x:v>
+        <x:v>4012.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:5">
       <x:c r="A1063" s="1">
-        <x:v>44930.9267476852</x:v>
+        <x:v>44979.9263310185</x:v>
       </x:c>
       <x:c r="B1063" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1063" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="D1063" s="0">
-        <x:v>3429.117</x:v>
+        <x:v>3552.052</x:v>
       </x:c>
       <x:c r="E1063" s="0">
-        <x:v>3852.94</x:v>
+        <x:v>3991.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:5">
       <x:c r="A1064" s="1">
-        <x:v>44929.9236574074</x:v>
+        <x:v>44978.9236689815</x:v>
       </x:c>
       <x:c r="B1064" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1064" s="0">
-        <x:v>1.9</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D1064" s="0">
-        <x:v>3403.458</x:v>
+        <x:v>3557.633</x:v>
       </x:c>
       <x:c r="E1064" s="0">
-        <x:v>3824.11</x:v>
+        <x:v>3997.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:5">
       <x:c r="A1065" s="1">
-        <x:v>44925.9210300926</x:v>
+        <x:v>44974.9216087963</x:v>
       </x:c>
       <x:c r="B1065" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1065" s="0">
-        <x:v>1.97</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D1065" s="0">
-        <x:v>3417.155</x:v>
+        <x:v>3630.408</x:v>
       </x:c>
       <x:c r="E1065" s="0">
-        <x:v>3839.5</x:v>
+        <x:v>4079.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:5">
       <x:c r="A1066" s="1">
-        <x:v>44924.92125</x:v>
+        <x:v>44973.9258680556</x:v>
       </x:c>
       <x:c r="B1066" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1066" s="0">
-        <x:v>2.02</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D1066" s="0">
-        <x:v>3425.877</x:v>
+        <x:v>3691.364</x:v>
       </x:c>
       <x:c r="E1066" s="0">
-        <x:v>3849.3</x:v>
+        <x:v>4147.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:5">
       <x:c r="A1067" s="1">
-        <x:v>44923.9214930556</x:v>
+        <x:v>44972.9219212963</x:v>
       </x:c>
       <x:c r="B1067" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1067" s="0">
-        <x:v>1.77</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D1067" s="0">
-        <x:v>3367.048</x:v>
+        <x:v>3691.373</x:v>
       </x:c>
       <x:c r="E1067" s="0">
-        <x:v>3783.2</x:v>
+        <x:v>4147.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:5">
       <x:c r="A1068" s="1">
-        <x:v>44922.9215277778</x:v>
+        <x:v>44971.9231712963</x:v>
       </x:c>
       <x:c r="B1068" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1068" s="0">
-        <x:v>1.96</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D1068" s="0">
-        <x:v>3408.041</x:v>
+        <x:v>3681.165</x:v>
       </x:c>
       <x:c r="E1068" s="0">
-        <x:v>3829.26</x:v>
+        <x:v>4136.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:5">
       <x:c r="A1069" s="1">
-        <x:v>44918.9237152778</x:v>
+        <x:v>44970.9232523148</x:v>
       </x:c>
       <x:c r="B1069" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1069" s="0">
-        <x:v>2.04</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D1069" s="0">
-        <x:v>3421.89</x:v>
+        <x:v>3682.197</x:v>
       </x:c>
       <x:c r="E1069" s="0">
-        <x:v>3844.82</x:v>
+        <x:v>4137.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:5">
       <x:c r="A1070" s="1">
-        <x:v>44917.9228356481</x:v>
+        <x:v>44967.924837963</x:v>
       </x:c>
       <x:c r="B1070" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1070" s="0">
-        <x:v>1.95</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D1070" s="0">
-        <x:v>3401.954</x:v>
+        <x:v>3640.509</x:v>
       </x:c>
       <x:c r="E1070" s="0">
-        <x:v>3822.42</x:v>
+        <x:v>4090.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:5">
       <x:c r="A1071" s="1">
-        <x:v>44916.9286689815</x:v>
+        <x:v>44966.9238657407</x:v>
       </x:c>
       <x:c r="B1071" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1071" s="0">
-        <x:v>2.2</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D1071" s="0">
-        <x:v>3451.812</x:v>
+        <x:v>3632.562</x:v>
       </x:c>
       <x:c r="E1071" s="0">
-        <x:v>3878.44</x:v>
+        <x:v>4081.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:5">
       <x:c r="A1072" s="1">
-        <x:v>44915.9294097222</x:v>
+        <x:v>44965.926400463</x:v>
       </x:c>
       <x:c r="B1072" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1072" s="0">
-        <x:v>1.97</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D1072" s="0">
-        <x:v>3401.242</x:v>
+        <x:v>3664.913</x:v>
       </x:c>
       <x:c r="E1072" s="0">
-        <x:v>3821.62</x:v>
+        <x:v>4117.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:5">
       <x:c r="A1073" s="1">
-        <x:v>44914.9256712963</x:v>
+        <x:v>44964.9234143519</x:v>
       </x:c>
       <x:c r="B1073" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1073" s="0">
-        <x:v>1.95</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D1073" s="0">
-        <x:v>3397.682</x:v>
+        <x:v>3705.951</x:v>
       </x:c>
       <x:c r="E1073" s="0">
-        <x:v>3817.62</x:v>
+        <x:v>4163.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:5">
       <x:c r="A1074" s="1">
-        <x:v>44911.9283796296</x:v>
+        <x:v>44963.9231944444</x:v>
       </x:c>
       <x:c r="B1074" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1074" s="0">
-        <x:v>2.11</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D1074" s="0">
-        <x:v>3428.6</x:v>
+        <x:v>3658.843</x:v>
       </x:c>
       <x:c r="E1074" s="0">
-        <x:v>3852.36</x:v>
+        <x:v>4111.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:5">
       <x:c r="A1075" s="1">
-        <x:v>44910.921087963</x:v>
+        <x:v>44960.9237731481</x:v>
       </x:c>
       <x:c r="B1075" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1075" s="0">
-        <x:v>2.32</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D1075" s="0">
-        <x:v>3467.289</x:v>
+        <x:v>3681.467</x:v>
       </x:c>
       <x:c r="E1075" s="0">
-        <x:v>3895.83</x:v>
+        <x:v>4136.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:5">
       <x:c r="A1076" s="1">
-        <x:v>44909.9281481481</x:v>
+        <x:v>44959.922337963</x:v>
       </x:c>
       <x:c r="B1076" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1076" s="0">
-        <x:v>2.9</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D1076" s="0">
-        <x:v>3555.808</x:v>
+        <x:v>3719.986</x:v>
       </x:c>
       <x:c r="E1076" s="0">
-        <x:v>3995.29</x:v>
+        <x:v>4179.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:5">
       <x:c r="A1077" s="1">
-        <x:v>44908.9209953704</x:v>
+        <x:v>44958.922662037</x:v>
       </x:c>
       <x:c r="B1077" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1077" s="0">
-        <x:v>3.05</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D1077" s="0">
-        <x:v>3577.586</x:v>
+        <x:v>3666.132</x:v>
       </x:c>
       <x:c r="E1077" s="0">
-        <x:v>4019.76</x:v>
+        <x:v>4119.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:5">
       <x:c r="A1078" s="1">
-        <x:v>44907.9230671296</x:v>
+        <x:v>44957.9230902778</x:v>
       </x:c>
       <x:c r="B1078" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1078" s="0">
-        <x:v>2.88</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D1078" s="0">
-        <x:v>3551.598</x:v>
+        <x:v>3628.192</x:v>
       </x:c>
       <x:c r="E1078" s="0">
-        <x:v>3990.56</x:v>
+        <x:v>4076.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:5">
       <x:c r="A1079" s="1">
-        <x:v>44904.9255787037</x:v>
+        <x:v>44956.9344444444</x:v>
       </x:c>
       <x:c r="B1079" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1079" s="0">
-        <x:v>2.59</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D1079" s="0">
-        <x:v>3501.598</x:v>
+        <x:v>3575.815</x:v>
       </x:c>
       <x:c r="E1079" s="0">
-        <x:v>3934.38</x:v>
+        <x:v>4017.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:5">
       <x:c r="A1080" s="1">
-        <x:v>44903.9210069444</x:v>
+        <x:v>44953.9223726852</x:v>
       </x:c>
       <x:c r="B1080" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1080" s="0">
-        <x:v>2.76</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D1080" s="0">
-        <x:v>3527.533</x:v>
+        <x:v>3622.79</x:v>
       </x:c>
       <x:c r="E1080" s="0">
-        <x:v>3963.52</x:v>
+        <x:v>4070.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:5">
       <x:c r="A1081" s="1">
-        <x:v>44902.9221296296</x:v>
+        <x:v>44952.9218518519</x:v>
       </x:c>
       <x:c r="B1081" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1081" s="0">
-        <x:v>2.6</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="D1081" s="0">
-        <x:v>3501.189</x:v>
+        <x:v>3613.774</x:v>
       </x:c>
       <x:c r="E1081" s="0">
-        <x:v>3933.92</x:v>
+        <x:v>4060.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:5">
       <x:c r="A1082" s="1">
-        <x:v>44901.9287731481</x:v>
+        <x:v>44951.9215625</x:v>
       </x:c>
       <x:c r="B1082" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1082" s="0">
         <x:v>2.64</x:v>
       </x:c>
       <x:c r="D1082" s="0">
-        <x:v>3507.721</x:v>
+        <x:v>3574.436</x:v>
       </x:c>
       <x:c r="E1082" s="0">
-        <x:v>3941.26</x:v>
+        <x:v>4016.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:5">
       <x:c r="A1083" s="1">
-        <x:v>44900.930474537</x:v>
+        <x:v>44950.9215046296</x:v>
       </x:c>
       <x:c r="B1083" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1083" s="0">
-        <x:v>2.99</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D1083" s="0">
-        <x:v>3558.968</x:v>
+        <x:v>3575.068</x:v>
       </x:c>
       <x:c r="E1083" s="0">
-        <x:v>3998.84</x:v>
+        <x:v>4016.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:5">
       <x:c r="A1084" s="1">
-        <x:v>44897.9215509259</x:v>
+        <x:v>44946.9222800926</x:v>
       </x:c>
       <x:c r="B1084" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1084" s="0">
-        <x:v>3.5</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D1084" s="0">
-        <x:v>3623.822</x:v>
+        <x:v>3577.631</x:v>
       </x:c>
       <x:c r="E1084" s="0">
-        <x:v>4071.71</x:v>
+        <x:v>4019.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:5">
       <x:c r="A1085" s="1">
-        <x:v>44896.921087963</x:v>
+        <x:v>44945.9219212963</x:v>
       </x:c>
       <x:c r="B1085" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1085" s="0">
-        <x:v>3.54</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D1085" s="0">
-        <x:v>3628.156</x:v>
+        <x:v>3470.012</x:v>
       </x:c>
       <x:c r="E1085" s="0">
-        <x:v>4076.58</x:v>
+        <x:v>3898.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:5">
       <x:c r="A1086" s="1">
-        <x:v>44895.9227314815</x:v>
+        <x:v>44944.9220486111</x:v>
       </x:c>
       <x:c r="B1086" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1086" s="0">
-        <x:v>3.56</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D1086" s="0">
-        <x:v>3631.182</x:v>
+        <x:v>3496.676</x:v>
       </x:c>
       <x:c r="E1086" s="0">
-        <x:v>4079.98</x:v>
+        <x:v>3928.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:5">
       <x:c r="A1087" s="1">
-        <x:v>44894.9210648148</x:v>
+        <x:v>44943.9232175926</x:v>
       </x:c>
       <x:c r="B1087" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1087" s="0">
-        <x:v>2.85</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D1087" s="0">
-        <x:v>3522.255</x:v>
+        <x:v>3551.954</x:v>
       </x:c>
       <x:c r="E1087" s="0">
-        <x:v>3957.59</x:v>
+        <x:v>3990.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:5">
       <x:c r="A1088" s="1">
-        <x:v>44893.9217824074</x:v>
+        <x:v>44939.9220601852</x:v>
       </x:c>
       <x:c r="B1088" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1088" s="0">
-        <x:v>2.89</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D1088" s="0">
-        <x:v>3527.916</x:v>
+        <x:v>3559.19</x:v>
       </x:c>
       <x:c r="E1088" s="0">
-        <x:v>3963.95</x:v>
+        <x:v>3999.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:5">
       <x:c r="A1089" s="1">
-        <x:v>44890.9214583333</x:v>
+        <x:v>44938.9234490741</x:v>
       </x:c>
       <x:c r="B1089" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1089" s="0">
-        <x:v>3.31</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D1089" s="0">
-        <x:v>3583.247</x:v>
+        <x:v>3545.021</x:v>
       </x:c>
       <x:c r="E1089" s="0">
-        <x:v>4026.12</x:v>
+        <x:v>3983.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:5">
       <x:c r="A1090" s="1">
-        <x:v>44888.9222453704</x:v>
+        <x:v>44937.9233564815</x:v>
       </x:c>
       <x:c r="B1090" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1090" s="0">
-        <x:v>3.32</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D1090" s="0">
-        <x:v>3584.279</x:v>
+        <x:v>3532.953</x:v>
       </x:c>
       <x:c r="E1090" s="0">
-        <x:v>4027.28</x:v>
+        <x:v>3969.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:5">
       <x:c r="A1091" s="1">
-        <x:v>44887.923599537</x:v>
+        <x:v>44936.9220717593</x:v>
       </x:c>
       <x:c r="B1091" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1091" s="0">
-        <x:v>3.18</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D1091" s="0">
-        <x:v>3563.186</x:v>
+        <x:v>3488.168</x:v>
       </x:c>
       <x:c r="E1091" s="0">
-        <x:v>4003.58</x:v>
+        <x:v>3919.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:5">
       <x:c r="A1092" s="1">
-        <x:v>44886.9219328704</x:v>
+        <x:v>44935.9264583333</x:v>
       </x:c>
       <x:c r="B1092" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1092" s="0">
-        <x:v>2.87</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D1092" s="0">
-        <x:v>3515.456</x:v>
+        <x:v>3463.96</x:v>
       </x:c>
       <x:c r="E1092" s="0">
-        <x:v>3949.95</x:v>
+        <x:v>3892.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:5">
       <x:c r="A1093" s="1">
-        <x:v>44883.9215393519</x:v>
+        <x:v>44932.9228472222</x:v>
       </x:c>
       <x:c r="B1093" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1093" s="0">
-        <x:v>2.97</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="D1093" s="0">
-        <x:v>3529.215</x:v>
+        <x:v>3466.594</x:v>
       </x:c>
       <x:c r="E1093" s="0">
-        <x:v>3965.41</x:v>
+        <x:v>3895.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:5">
       <x:c r="A1094" s="1">
-        <x:v>44882.9211574074</x:v>
+        <x:v>44931.9231018519</x:v>
       </x:c>
       <x:c r="B1094" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1094" s="0">
-        <x:v>2.86</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D1094" s="0">
-        <x:v>3512.572</x:v>
+        <x:v>3389.191</x:v>
       </x:c>
       <x:c r="E1094" s="0">
-        <x:v>3946.71</x:v>
+        <x:v>3808.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:5">
       <x:c r="A1095" s="1">
-        <x:v>44881.9223726852</x:v>
+        <x:v>44930.9267476852</x:v>
       </x:c>
       <x:c r="B1095" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1095" s="0">
-        <x:v>2.93</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D1095" s="0">
-        <x:v>3523.412</x:v>
+        <x:v>3429.117</x:v>
       </x:c>
       <x:c r="E1095" s="0">
-        <x:v>3958.89</x:v>
+        <x:v>3852.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:5">
       <x:c r="A1096" s="1">
-        <x:v>44880.9223958333</x:v>
+        <x:v>44929.9236574074</x:v>
       </x:c>
       <x:c r="B1096" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1096" s="0">
-        <x:v>3.14</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D1096" s="0">
-        <x:v>3552.64</x:v>
+        <x:v>3403.458</x:v>
       </x:c>
       <x:c r="E1096" s="0">
-        <x:v>3991.73</x:v>
+        <x:v>3824.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:5">
       <x:c r="A1097" s="1">
-        <x:v>44879.9273148148</x:v>
+        <x:v>44925.9210300926</x:v>
       </x:c>
       <x:c r="B1097" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1097" s="0">
-        <x:v>2.93</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D1097" s="0">
-        <x:v>3522.024</x:v>
+        <x:v>3417.155</x:v>
       </x:c>
       <x:c r="E1097" s="0">
-        <x:v>3957.33</x:v>
+        <x:v>3839.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:5">
       <x:c r="A1098" s="1">
-        <x:v>44876.922349537</x:v>
+        <x:v>44924.92125</x:v>
       </x:c>
       <x:c r="B1098" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1098" s="0">
-        <x:v>3.16</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D1098" s="0">
-        <x:v>3553.743</x:v>
+        <x:v>3425.877</x:v>
       </x:c>
       <x:c r="E1098" s="0">
-        <x:v>3992.97</x:v>
+        <x:v>3849.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:5">
       <x:c r="A1099" s="1">
-        <x:v>44875.9260069444</x:v>
+        <x:v>44923.9214930556</x:v>
       </x:c>
       <x:c r="B1099" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1099" s="0">
-        <x:v>2.95</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D1099" s="0">
-        <x:v>3521.071</x:v>
+        <x:v>3367.048</x:v>
       </x:c>
       <x:c r="E1099" s="0">
-        <x:v>3956.26</x:v>
+        <x:v>3783.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:5">
       <x:c r="A1100" s="1">
-        <x:v>44874.9211574074</x:v>
+        <x:v>44922.9215277778</x:v>
       </x:c>
       <x:c r="B1100" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1100" s="0">
-        <x:v>2.04</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D1100" s="0">
-        <x:v>3336.245</x:v>
+        <x:v>3408.041</x:v>
       </x:c>
       <x:c r="E1100" s="0">
-        <x:v>3748.59</x:v>
+        <x:v>3829.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:5">
       <x:c r="A1101" s="1">
-        <x:v>44873.9225462963</x:v>
+        <x:v>44918.9237152778</x:v>
       </x:c>
       <x:c r="B1101" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1101" s="0">
-        <x:v>2.45</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D1101" s="0">
-        <x:v>3407.045</x:v>
+        <x:v>3421.89</x:v>
       </x:c>
       <x:c r="E1101" s="0">
-        <x:v>3828.14</x:v>
+        <x:v>3844.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:5">
       <x:c r="A1102" s="1">
-        <x:v>44872.921400463</x:v>
+        <x:v>44917.9228356481</x:v>
       </x:c>
       <x:c r="B1102" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1102" s="0">
-        <x:v>2.35</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D1102" s="0">
-        <x:v>3388.079</x:v>
+        <x:v>3401.954</x:v>
       </x:c>
       <x:c r="E1102" s="0">
-        <x:v>3806.83</x:v>
+        <x:v>3822.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:5">
       <x:c r="A1103" s="1">
-        <x:v>44869.8940740741</x:v>
+        <x:v>44916.9286689815</x:v>
       </x:c>
       <x:c r="B1103" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1103" s="0">
-        <x:v>2.18</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D1103" s="0">
-        <x:v>3355.79</x:v>
+        <x:v>3451.812</x:v>
       </x:c>
       <x:c r="E1103" s="0">
-        <x:v>3770.55</x:v>
+        <x:v>3878.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:5">
       <x:c r="A1104" s="1">
-        <x:v>44868.8953703704</x:v>
+        <x:v>44915.9294097222</x:v>
       </x:c>
       <x:c r="B1104" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C1104" s="0">
         <x:v>1.97</x:v>
       </x:c>
       <x:c r="D1104" s="0">
-        <x:v>3346.124</x:v>
+        <x:v>3401.242</x:v>
       </x:c>
       <x:c r="E1104" s="0">
-        <x:v>3759.69</x:v>
+        <x:v>3821.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:5">
       <x:c r="A1105" s="1">
-        <x:v>44867</x:v>
+        <x:v>44914.9256712963</x:v>
       </x:c>
       <x:c r="B1105" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1105" s="0">
+        <x:v>1.95</x:v>
+      </x:c>
+      <x:c r="D1105" s="0">
+        <x:v>3397.682</x:v>
+      </x:c>
       <x:c r="E1105" s="0">
-        <x:v>3871.98</x:v>
+        <x:v>3817.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:5">
       <x:c r="A1106" s="1">
-        <x:v>44866</x:v>
+        <x:v>44911.9283796296</x:v>
       </x:c>
       <x:c r="B1106" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1106" s="0">
+        <x:v>2.11</x:v>
+      </x:c>
+      <x:c r="D1106" s="0">
+        <x:v>3428.6</x:v>
+      </x:c>
       <x:c r="E1106" s="0">
-        <x:v>3871.98</x:v>
+        <x:v>3852.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:5">
       <x:c r="A1107" s="1">
-        <x:v>44865</x:v>
+        <x:v>44910.921087963</x:v>
       </x:c>
       <x:c r="B1107" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1107" s="0">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="D1107" s="0">
+        <x:v>3467.289</x:v>
+      </x:c>
       <x:c r="E1107" s="0">
-        <x:v>3901.09</x:v>
+        <x:v>3895.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:5">
       <x:c r="A1108" s="1">
-        <x:v>44864</x:v>
+        <x:v>44909.9281481481</x:v>
       </x:c>
       <x:c r="B1108" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1108" s="0">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="D1108" s="0">
+        <x:v>3555.808</x:v>
+      </x:c>
       <x:c r="E1108" s="0">
-        <x:v>3901.09</x:v>
+        <x:v>3995.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:5">
       <x:c r="A1109" s="1">
-        <x:v>44863</x:v>
+        <x:v>44908.9209953704</x:v>
       </x:c>
       <x:c r="B1109" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1109" s="0">
+        <x:v>3.05</x:v>
+      </x:c>
+      <x:c r="D1109" s="0">
+        <x:v>3577.586</x:v>
+      </x:c>
       <x:c r="E1109" s="0">
-        <x:v>3901.09</x:v>
+        <x:v>4019.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:5">
       <x:c r="A1110" s="1">
-        <x:v>44862</x:v>
+        <x:v>44907.9230671296</x:v>
       </x:c>
       <x:c r="B1110" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1110" s="0">
+        <x:v>2.88</x:v>
+      </x:c>
+      <x:c r="D1110" s="0">
+        <x:v>3551.598</x:v>
+      </x:c>
       <x:c r="E1110" s="0">
-        <x:v>3807.88</x:v>
+        <x:v>3990.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:5">
       <x:c r="A1111" s="1">
-        <x:v>44861</x:v>
+        <x:v>44904.9255787037</x:v>
       </x:c>
       <x:c r="B1111" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1111" s="0">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D1111" s="0">
+        <x:v>3501.598</x:v>
+      </x:c>
       <x:c r="E1111" s="0">
-        <x:v>3830.61</x:v>
+        <x:v>3934.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:5">
       <x:c r="A1112" s="1">
-        <x:v>44860</x:v>
+        <x:v>44903.9210069444</x:v>
       </x:c>
       <x:c r="B1112" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1112" s="0">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D1112" s="0">
+        <x:v>3527.533</x:v>
+      </x:c>
       <x:c r="E1112" s="0">
-        <x:v>3859.19</x:v>
+        <x:v>3963.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:5">
       <x:c r="A1113" s="1">
-        <x:v>44859</x:v>
+        <x:v>44902.9221296296</x:v>
       </x:c>
       <x:c r="B1113" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1113" s="0">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="D1113" s="0">
+        <x:v>3501.189</x:v>
+      </x:c>
       <x:c r="E1113" s="0">
-        <x:v>3752.75</x:v>
+        <x:v>3933.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:5">
       <x:c r="A1114" s="1">
-        <x:v>44858</x:v>
+        <x:v>44901.9287731481</x:v>
       </x:c>
       <x:c r="B1114" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1114" s="0">
+        <x:v>2.64</x:v>
+      </x:c>
+      <x:c r="D1114" s="0">
+        <x:v>3507.721</x:v>
+      </x:c>
       <x:c r="E1114" s="0">
-        <x:v>3752.78</x:v>
+        <x:v>3941.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:5">
       <x:c r="A1115" s="1">
-        <x:v>44857</x:v>
+        <x:v>44900.930474537</x:v>
       </x:c>
       <x:c r="B1115" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1115" s="0">
+        <x:v>2.99</x:v>
+      </x:c>
+      <x:c r="D1115" s="0">
+        <x:v>3558.968</x:v>
+      </x:c>
       <x:c r="E1115" s="0">
-        <x:v>3752.78</x:v>
+        <x:v>3998.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:5">
       <x:c r="A1116" s="1">
-        <x:v>44856</x:v>
+        <x:v>44897.9215509259</x:v>
       </x:c>
       <x:c r="B1116" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1116" s="0">
+        <x:v>3.5</x:v>
+      </x:c>
+      <x:c r="D1116" s="0">
+        <x:v>3623.822</x:v>
+      </x:c>
       <x:c r="E1116" s="0">
-        <x:v>3752.78</x:v>
+        <x:v>4071.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:5">
       <x:c r="A1117" s="1">
-        <x:v>44855</x:v>
+        <x:v>44896.921087963</x:v>
       </x:c>
       <x:c r="B1117" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1117" s="0">
+        <x:v>3.54</x:v>
+      </x:c>
+      <x:c r="D1117" s="0">
+        <x:v>3628.156</x:v>
+      </x:c>
       <x:c r="E1117" s="0">
-        <x:v>3665.71</x:v>
+        <x:v>4076.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:5">
       <x:c r="A1118" s="1">
-        <x:v>44854</x:v>
+        <x:v>44895.9227314815</x:v>
       </x:c>
       <x:c r="B1118" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1118" s="0">
+        <x:v>3.56</x:v>
+      </x:c>
+      <x:c r="D1118" s="0">
+        <x:v>3631.182</x:v>
+      </x:c>
       <x:c r="E1118" s="0">
-        <x:v>3695.19</x:v>
+        <x:v>4079.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:5">
       <x:c r="A1119" s="1">
-        <x:v>44853</x:v>
+        <x:v>44894.9210648148</x:v>
       </x:c>
       <x:c r="B1119" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1119" s="0">
+        <x:v>2.85</x:v>
+      </x:c>
+      <x:c r="D1119" s="0">
+        <x:v>3522.255</x:v>
+      </x:c>
       <x:c r="E1119" s="0">
-        <x:v>3720.15</x:v>
+        <x:v>3957.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:5">
       <x:c r="A1120" s="1">
-        <x:v>44852</x:v>
+        <x:v>44893.9217824074</x:v>
       </x:c>
       <x:c r="B1120" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1120" s="0">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="D1120" s="0">
+        <x:v>3527.916</x:v>
+      </x:c>
       <x:c r="E1120" s="0">
-        <x:v>3677.97</x:v>
+        <x:v>3963.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:5">
       <x:c r="A1121" s="1">
-        <x:v>44851</x:v>
+        <x:v>44890.9214583333</x:v>
       </x:c>
       <x:c r="B1121" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1121" s="0">
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="D1121" s="0">
+        <x:v>3583.247</x:v>
+      </x:c>
       <x:c r="E1121" s="0">
-        <x:v>3583.07</x:v>
+        <x:v>4026.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:5">
       <x:c r="A1122" s="1">
-        <x:v>44850</x:v>
+        <x:v>44888.9222453704</x:v>
       </x:c>
       <x:c r="B1122" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1122" s="0">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="D1122" s="0">
+        <x:v>3584.279</x:v>
+      </x:c>
       <x:c r="E1122" s="0">
-        <x:v>3583.07</x:v>
+        <x:v>4027.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:5">
       <x:c r="A1123" s="1">
-        <x:v>44849</x:v>
+        <x:v>44887.923599537</x:v>
       </x:c>
       <x:c r="B1123" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1123" s="0">
+        <x:v>3.18</x:v>
+      </x:c>
+      <x:c r="D1123" s="0">
+        <x:v>3563.186</x:v>
+      </x:c>
       <x:c r="E1123" s="0">
-        <x:v>3583.07</x:v>
+        <x:v>4003.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:5">
       <x:c r="A1124" s="1">
-        <x:v>44848</x:v>
+        <x:v>44886.9219328704</x:v>
       </x:c>
       <x:c r="B1124" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1124" s="0">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D1124" s="0">
+        <x:v>3515.456</x:v>
+      </x:c>
       <x:c r="E1124" s="0">
-        <x:v>3669.91</x:v>
+        <x:v>3949.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:5">
       <x:c r="A1125" s="1">
-        <x:v>44847</x:v>
+        <x:v>44883.9215393519</x:v>
       </x:c>
       <x:c r="B1125" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1125" s="0">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="D1125" s="0">
+        <x:v>3529.215</x:v>
+      </x:c>
       <x:c r="E1125" s="0">
-        <x:v>3577.03</x:v>
+        <x:v>3965.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:5">
       <x:c r="A1126" s="1">
-        <x:v>44846</x:v>
+        <x:v>44882.9211574074</x:v>
       </x:c>
       <x:c r="B1126" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1126" s="0">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D1126" s="0">
+        <x:v>3512.572</x:v>
+      </x:c>
       <x:c r="E1126" s="0">
-        <x:v>3588.84</x:v>
+        <x:v>3946.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:5">
       <x:c r="A1127" s="1">
-        <x:v>44845</x:v>
+        <x:v>44881.9223726852</x:v>
       </x:c>
       <x:c r="B1127" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1127" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D1127" s="0">
+        <x:v>3523.412</x:v>
+      </x:c>
       <x:c r="E1127" s="0">
-        <x:v>3612.39</x:v>
+        <x:v>3958.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:5">
       <x:c r="A1128" s="1">
-        <x:v>44844</x:v>
+        <x:v>44880.9223958333</x:v>
       </x:c>
       <x:c r="B1128" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1128" s="0">
+        <x:v>3.14</x:v>
+      </x:c>
+      <x:c r="D1128" s="0">
+        <x:v>3552.64</x:v>
+      </x:c>
       <x:c r="E1128" s="0">
-        <x:v>3639.63</x:v>
+        <x:v>3991.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:5">
       <x:c r="A1129" s="1">
-        <x:v>44843</x:v>
+        <x:v>44879.9273148148</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1129" s="0">
+        <x:v>2.93</x:v>
+      </x:c>
+      <x:c r="D1129" s="0">
+        <x:v>3522.024</x:v>
+      </x:c>
       <x:c r="E1129" s="0">
-        <x:v>3639.63</x:v>
+        <x:v>3957.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:5">
       <x:c r="A1130" s="1">
-        <x:v>44841</x:v>
+        <x:v>44876.922349537</x:v>
       </x:c>
       <x:c r="B1130" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1130" s="0">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="D1130" s="0">
+        <x:v>3553.743</x:v>
+      </x:c>
       <x:c r="E1130" s="0">
-        <x:v>3744.49</x:v>
+        <x:v>3992.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:5">
       <x:c r="A1131" s="1">
-        <x:v>44839</x:v>
+        <x:v>44875.9260069444</x:v>
       </x:c>
       <x:c r="B1131" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1131" s="0">
+        <x:v>2.95</x:v>
+      </x:c>
+      <x:c r="D1131" s="0">
+        <x:v>3521.071</x:v>
+      </x:c>
       <x:c r="E1131" s="0">
-        <x:v>3790.98</x:v>
+        <x:v>3956.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:5">
       <x:c r="A1132" s="1">
-        <x:v>44838</x:v>
+        <x:v>44874.9211574074</x:v>
       </x:c>
       <x:c r="B1132" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1132" s="0">
+        <x:v>2.04</x:v>
+      </x:c>
+      <x:c r="D1132" s="0">
+        <x:v>3336.245</x:v>
+      </x:c>
       <x:c r="E1132" s="0">
-        <x:v>3678.45</x:v>
+        <x:v>3748.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:5">
       <x:c r="A1133" s="1">
-        <x:v>44837</x:v>
+        <x:v>44873.9225462963</x:v>
       </x:c>
       <x:c r="B1133" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1133" s="0">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="D1133" s="0">
+        <x:v>3407.045</x:v>
+      </x:c>
       <x:c r="E1133" s="0">
-        <x:v>3585.62</x:v>
+        <x:v>3828.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:5">
       <x:c r="A1134" s="1">
-        <x:v>44836</x:v>
+        <x:v>44872.921400463</x:v>
       </x:c>
       <x:c r="B1134" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1134" s="0">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="D1134" s="0">
+        <x:v>3388.079</x:v>
+      </x:c>
       <x:c r="E1134" s="0">
-        <x:v>3585.62</x:v>
+        <x:v>3806.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:5">
       <x:c r="A1135" s="1">
-        <x:v>44835</x:v>
+        <x:v>44869.8940740741</x:v>
       </x:c>
       <x:c r="B1135" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1135" s="0">
+        <x:v>2.18</x:v>
+      </x:c>
+      <x:c r="D1135" s="0">
+        <x:v>3355.79</x:v>
+      </x:c>
       <x:c r="E1135" s="0">
-        <x:v>3585.62</x:v>
+        <x:v>3770.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:5">
       <x:c r="A1136" s="1">
-        <x:v>44834</x:v>
+        <x:v>44868.8953703704</x:v>
       </x:c>
       <x:c r="B1136" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
+      <x:c r="C1136" s="0">
+        <x:v>1.97</x:v>
+      </x:c>
+      <x:c r="D1136" s="0">
+        <x:v>3346.124</x:v>
+      </x:c>
       <x:c r="E1136" s="0">
-        <x:v>3640.47</x:v>
+        <x:v>3759.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:5">
       <x:c r="A1137" s="1">
-        <x:v>44833</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B1137" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1137" s="0">
-        <x:v>3719.04</x:v>
+        <x:v>3871.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:5">
       <x:c r="A1138" s="1">
-        <x:v>44832</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B1138" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1138" s="0">
-        <x:v>3647.29</x:v>
+        <x:v>3871.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:5">
       <x:c r="A1139" s="1">
-        <x:v>44831</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B1139" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1139" s="0">
-        <x:v>3655.04</x:v>
+        <x:v>3901.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:5">
       <x:c r="A1140" s="1">
-        <x:v>44830</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B1140" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1140" s="0">
-        <x:v>3693.34</x:v>
+        <x:v>3901.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:5">
       <x:c r="A1141" s="1">
-        <x:v>44829</x:v>
+        <x:v>44863</x:v>
       </x:c>
       <x:c r="B1141" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1141" s="0">
-        <x:v>3693.34</x:v>
+        <x:v>3901.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:5">
       <x:c r="A1142" s="1">
-        <x:v>44828</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B1142" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1142" s="0">
-        <x:v>3693.34</x:v>
+        <x:v>3807.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:5">
       <x:c r="A1143" s="1">
-        <x:v>44827</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B1143" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1143" s="0">
-        <x:v>3757.96</x:v>
+        <x:v>3830.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:5">
       <x:c r="A1144" s="1">
-        <x:v>44826</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B1144" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1144" s="0">
-        <x:v>3789.9</x:v>
+        <x:v>3859.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:5">
       <x:c r="A1145" s="1">
-        <x:v>44825</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B1145" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1145" s="0">
-        <x:v>3855.93</x:v>
+        <x:v>3752.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:5">
       <x:c r="A1146" s="1">
-        <x:v>44824</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B1146" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1146" s="0">
-        <x:v>3899.91</x:v>
+        <x:v>3752.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:5">
       <x:c r="A1147" s="1">
-        <x:v>44823</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B1147" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1147" s="0">
-        <x:v>3873.26</x:v>
+        <x:v>3752.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:5">
       <x:c r="A1148" s="1">
-        <x:v>44822</x:v>
+        <x:v>44856</x:v>
       </x:c>
       <x:c r="B1148" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1148" s="0">
-        <x:v>3873.26</x:v>
+        <x:v>3752.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:5">
       <x:c r="A1149" s="1">
-        <x:v>44821</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B1149" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1149" s="0">
-        <x:v>3873.26</x:v>
+        <x:v>3665.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:5">
       <x:c r="A1150" s="1">
-        <x:v>44820</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B1150" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1150" s="0">
-        <x:v>3901.35</x:v>
+        <x:v>3695.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:5">
       <x:c r="A1151" s="1">
-        <x:v>44819</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B1151" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1151" s="0">
-        <x:v>3946.03</x:v>
+        <x:v>3720.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:5">
       <x:c r="A1152" s="1">
-        <x:v>44818</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B1152" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1152" s="0">
-        <x:v>3932.69</x:v>
+        <x:v>3677.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:5">
       <x:c r="A1153" s="1">
-        <x:v>44817</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B1153" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1153" s="0">
-        <x:v>4110.41</x:v>
+        <x:v>3583.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:5">
       <x:c r="A1154" s="1">
-        <x:v>44816</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B1154" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1154" s="0">
-        <x:v>4067.37</x:v>
+        <x:v>3583.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:5">
       <x:c r="A1155" s="1">
-        <x:v>44815</x:v>
+        <x:v>44849</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1155" s="0">
-        <x:v>4067.37</x:v>
+        <x:v>3583.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:5">
       <x:c r="A1156" s="1">
-        <x:v>44814</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1156" s="0">
-        <x:v>4067.37</x:v>
+        <x:v>3669.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:5">
       <x:c r="A1157" s="1">
-        <x:v>44813</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1157" s="0">
-        <x:v>4006.17</x:v>
+        <x:v>3577.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:5">
       <x:c r="A1158" s="1">
-        <x:v>44812</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1158" s="0">
-        <x:v>3979.89</x:v>
+        <x:v>3588.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:5">
       <x:c r="A1159" s="1">
-        <x:v>44811</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1159" s="0">
-        <x:v>3908.27</x:v>
+        <x:v>3612.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:5">
       <x:c r="A1160" s="1">
-        <x:v>44810</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1160" s="0">
-        <x:v>3924.31</x:v>
+        <x:v>3639.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:5">
       <x:c r="A1161" s="1">
-        <x:v>44809</x:v>
+        <x:v>44843</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1161" s="0">
-        <x:v>3924.31</x:v>
+        <x:v>3639.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:5">
       <x:c r="A1162" s="1">
-        <x:v>44807</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1162" s="0">
-        <x:v>3924.31</x:v>
+        <x:v>3744.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:5">
       <x:c r="A1163" s="1">
-        <x:v>44806</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1163" s="0">
-        <x:v>3966.85</x:v>
+        <x:v>3790.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:5">
       <x:c r="A1164" s="1">
-        <x:v>44805</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1164" s="0">
-        <x:v>3986.17</x:v>
+        <x:v>3678.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:5">
       <x:c r="A1165" s="1">
-        <x:v>44804</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1165" s="0">
-        <x:v>3986.17</x:v>
+        <x:v>3585.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:5">
       <x:c r="A1166" s="1">
-        <x:v>44803</x:v>
+        <x:v>44836</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1166" s="0">
-        <x:v>4030.62</x:v>
+        <x:v>3585.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:5">
       <x:c r="A1167" s="1">
-        <x:v>44802</x:v>
+        <x:v>44835</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1167" s="0">
-        <x:v>4057.68</x:v>
+        <x:v>3585.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:5">
       <x:c r="A1168" s="1">
-        <x:v>44801</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1168" s="0">
-        <x:v>4057.68</x:v>
+        <x:v>3640.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:5">
       <x:c r="A1169" s="1">
-        <x:v>44800</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1169" s="0">
-        <x:v>4057.68</x:v>
+        <x:v>3719.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:5">
       <x:c r="A1170" s="1">
-        <x:v>44799</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1170" s="0">
-        <x:v>4199.23</x:v>
+        <x:v>3647.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:5">
       <x:c r="A1171" s="1">
-        <x:v>44798</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1171" s="0">
-        <x:v>4140.82</x:v>
+        <x:v>3655.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:5">
       <x:c r="A1172" s="1">
-        <x:v>44797</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1172" s="0">
-        <x:v>4128.72</x:v>
+        <x:v>3693.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:5">
       <x:c r="A1173" s="1">
-        <x:v>44796</x:v>
+        <x:v>44829</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1173" s="0">
-        <x:v>4138.11</x:v>
+        <x:v>3693.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:5">
       <x:c r="A1174" s="1">
-        <x:v>44795</x:v>
+        <x:v>44828</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1174" s="0">
-        <x:v>4228.48</x:v>
+        <x:v>3693.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:5">
       <x:c r="A1175" s="1">
-        <x:v>44794</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B1175" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1175" s="0">
-        <x:v>4228.48</x:v>
+        <x:v>3757.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:5">
       <x:c r="A1176" s="1">
-        <x:v>44793</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B1176" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1176" s="0">
-        <x:v>4228.48</x:v>
+        <x:v>3789.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:5">
       <x:c r="A1177" s="1">
-        <x:v>44792</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B1177" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1177" s="0">
-        <x:v>4283.76</x:v>
+        <x:v>3855.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:5">
       <x:c r="A1178" s="1">
-        <x:v>44791</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B1178" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1178" s="0">
-        <x:v>4274.03</x:v>
+        <x:v>3899.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:5">
       <x:c r="A1179" s="1">
-        <x:v>44790</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B1179" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E1179" s="0">
-        <x:v>4305.22</x:v>
+        <x:v>3873.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:5">
       <x:c r="A1180" s="1">
+        <x:v>44822</x:v>
+      </x:c>
+      <x:c r="B1180" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1180" s="0">
+        <x:v>3873.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1181" spans="1:5">
+      <x:c r="A1181" s="1">
+        <x:v>44821</x:v>
+      </x:c>
+      <x:c r="B1181" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1181" s="0">
+        <x:v>3873.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1182" spans="1:5">
+      <x:c r="A1182" s="1">
+        <x:v>44820</x:v>
+      </x:c>
+      <x:c r="B1182" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1182" s="0">
+        <x:v>3901.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1183" spans="1:5">
+      <x:c r="A1183" s="1">
+        <x:v>44819</x:v>
+      </x:c>
+      <x:c r="B1183" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1183" s="0">
+        <x:v>3946.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1184" spans="1:5">
+      <x:c r="A1184" s="1">
+        <x:v>44818</x:v>
+      </x:c>
+      <x:c r="B1184" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1184" s="0">
+        <x:v>3932.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1185" spans="1:5">
+      <x:c r="A1185" s="1">
+        <x:v>44817</x:v>
+      </x:c>
+      <x:c r="B1185" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1185" s="0">
+        <x:v>4110.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1186" spans="1:5">
+      <x:c r="A1186" s="1">
+        <x:v>44816</x:v>
+      </x:c>
+      <x:c r="B1186" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1186" s="0">
+        <x:v>4067.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1187" spans="1:5">
+      <x:c r="A1187" s="1">
+        <x:v>44815</x:v>
+      </x:c>
+      <x:c r="B1187" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1187" s="0">
+        <x:v>4067.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1188" spans="1:5">
+      <x:c r="A1188" s="1">
+        <x:v>44814</x:v>
+      </x:c>
+      <x:c r="B1188" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1188" s="0">
+        <x:v>4067.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1189" spans="1:5">
+      <x:c r="A1189" s="1">
+        <x:v>44813</x:v>
+      </x:c>
+      <x:c r="B1189" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1189" s="0">
+        <x:v>4006.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1190" spans="1:5">
+      <x:c r="A1190" s="1">
+        <x:v>44812</x:v>
+      </x:c>
+      <x:c r="B1190" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1190" s="0">
+        <x:v>3979.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1191" spans="1:5">
+      <x:c r="A1191" s="1">
+        <x:v>44811</x:v>
+      </x:c>
+      <x:c r="B1191" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1191" s="0">
+        <x:v>3908.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1192" spans="1:5">
+      <x:c r="A1192" s="1">
+        <x:v>44810</x:v>
+      </x:c>
+      <x:c r="B1192" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1192" s="0">
+        <x:v>3924.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1193" spans="1:5">
+      <x:c r="A1193" s="1">
+        <x:v>44809</x:v>
+      </x:c>
+      <x:c r="B1193" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1193" s="0">
+        <x:v>3924.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1194" spans="1:5">
+      <x:c r="A1194" s="1">
+        <x:v>44807</x:v>
+      </x:c>
+      <x:c r="B1194" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1194" s="0">
+        <x:v>3924.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1195" spans="1:5">
+      <x:c r="A1195" s="1">
+        <x:v>44806</x:v>
+      </x:c>
+      <x:c r="B1195" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1195" s="0">
+        <x:v>3966.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1196" spans="1:5">
+      <x:c r="A1196" s="1">
+        <x:v>44805</x:v>
+      </x:c>
+      <x:c r="B1196" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1196" s="0">
+        <x:v>3986.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1197" spans="1:5">
+      <x:c r="A1197" s="1">
+        <x:v>44804</x:v>
+      </x:c>
+      <x:c r="B1197" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1197" s="0">
+        <x:v>3986.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1198" spans="1:5">
+      <x:c r="A1198" s="1">
+        <x:v>44803</x:v>
+      </x:c>
+      <x:c r="B1198" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1198" s="0">
+        <x:v>4030.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1199" spans="1:5">
+      <x:c r="A1199" s="1">
+        <x:v>44802</x:v>
+      </x:c>
+      <x:c r="B1199" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1199" s="0">
+        <x:v>4057.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1200" spans="1:5">
+      <x:c r="A1200" s="1">
+        <x:v>44801</x:v>
+      </x:c>
+      <x:c r="B1200" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1200" s="0">
+        <x:v>4057.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1201" spans="1:5">
+      <x:c r="A1201" s="1">
+        <x:v>44800</x:v>
+      </x:c>
+      <x:c r="B1201" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1201" s="0">
+        <x:v>4057.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1202" spans="1:5">
+      <x:c r="A1202" s="1">
+        <x:v>44799</x:v>
+      </x:c>
+      <x:c r="B1202" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1202" s="0">
+        <x:v>4199.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1203" spans="1:5">
+      <x:c r="A1203" s="1">
+        <x:v>44798</x:v>
+      </x:c>
+      <x:c r="B1203" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1203" s="0">
+        <x:v>4140.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1204" spans="1:5">
+      <x:c r="A1204" s="1">
+        <x:v>44797</x:v>
+      </x:c>
+      <x:c r="B1204" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1204" s="0">
+        <x:v>4128.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1205" spans="1:5">
+      <x:c r="A1205" s="1">
+        <x:v>44796</x:v>
+      </x:c>
+      <x:c r="B1205" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1205" s="0">
+        <x:v>4138.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1206" spans="1:5">
+      <x:c r="A1206" s="1">
+        <x:v>44795</x:v>
+      </x:c>
+      <x:c r="B1206" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1206" s="0">
+        <x:v>4228.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1207" spans="1:5">
+      <x:c r="A1207" s="1">
+        <x:v>44794</x:v>
+      </x:c>
+      <x:c r="B1207" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1207" s="0">
+        <x:v>4228.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1208" spans="1:5">
+      <x:c r="A1208" s="1">
+        <x:v>44793</x:v>
+      </x:c>
+      <x:c r="B1208" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1208" s="0">
+        <x:v>4228.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1209" spans="1:5">
+      <x:c r="A1209" s="1">
+        <x:v>44792</x:v>
+      </x:c>
+      <x:c r="B1209" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1209" s="0">
+        <x:v>4283.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1210" spans="1:5">
+      <x:c r="A1210" s="1">
+        <x:v>44791</x:v>
+      </x:c>
+      <x:c r="B1210" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1210" s="0">
+        <x:v>4274.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1211" spans="1:5">
+      <x:c r="A1211" s="1">
+        <x:v>44790</x:v>
+      </x:c>
+      <x:c r="B1211" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1211" s="0">
+        <x:v>4305.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1212" spans="1:5">
+      <x:c r="A1212" s="1">
         <x:v>44789</x:v>
       </x:c>
-      <x:c r="B1180" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="E1180" s="0">
+      <x:c r="B1212" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="E1212" s="0">
         <x:v>4297.13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>History Sheet</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Area</vt:lpstr>
       <vt:lpstr>History Sheet!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>