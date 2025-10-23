--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce1ebef6e2e4f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13c821cedcde4bd68a56ee8fbf30d67c.psmdcp" Id="R2c6e06bc3540463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a512ac277994f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c46aea8a38141d9bdd0a21f94ea5a6d.psmdcp" Id="Re13962d2951645f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1119066822</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>