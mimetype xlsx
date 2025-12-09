--- v1 (2025-10-23)
+++ v2 (2025-12-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a512ac277994f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c46aea8a38141d9bdd0a21f94ea5a6d.psmdcp" Id="Re13962d2951645f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c9e05b7fa74fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49c69e7b61fa488986cb66ab52ee7a44.psmdcp" Id="Rc51d9294f5a148aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1119066822</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>