--- v2 (2025-12-09)
+++ v3 (2026-01-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c9e05b7fa74fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49c69e7b61fa488986cb66ab52ee7a44.psmdcp" Id="Rc51d9294f5a148aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e13689c6d254c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32d527da1d974ccbbdde18872eaef77e.psmdcp" Id="R8bc9d973bb354b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1119066822</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>