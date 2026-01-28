--- v3 (2026-01-01)
+++ v4 (2026-01-28)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e13689c6d254c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32d527da1d974ccbbdde18872eaef77e.psmdcp" Id="R8bc9d973bb354b21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fbecc843a764aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f602e6358a7444eaa778abf22067bcc5.psmdcp" Id="Ra6f7f81894e642ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1119066822</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>