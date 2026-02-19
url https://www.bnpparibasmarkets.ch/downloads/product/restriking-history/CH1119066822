--- v4 (2026-01-28)
+++ v5 (2026-02-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fbecc843a764aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f602e6358a7444eaa778abf22067bcc5.psmdcp" Id="Ra6f7f81894e642ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a5763847005426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c8f4023f2444bea973e208224cc9f03.psmdcp" Id="Rf9d2d2b7507948f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1119066822</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>