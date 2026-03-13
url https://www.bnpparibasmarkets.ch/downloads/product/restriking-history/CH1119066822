--- v5 (2026-02-19)
+++ v6 (2026-03-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a5763847005426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c8f4023f2444bea973e208224cc9f03.psmdcp" Id="Rf9d2d2b7507948f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3af5847f7a448a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ea5b57484874491ba51222b4369f38c.psmdcp" Id="Rb01916247bff405f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="History Sheet" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>CH1119066822</x:t>
   </x:si>
   <x:si>
     <x:t>Timestamp</x:t>
   </x:si>
   <x:si>